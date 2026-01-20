--- v3 (2025-12-30)
+++ v4 (2026-01-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$O</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3775">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3806">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Жанр</t>
   </si>
   <si>
     <t>Страна производства</t>
   </si>
   <si>
     <t>Год</t>
   </si>
   <si>
     <t>Оригинальное название</t>
   </si>
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Хронометраж</t>
   </si>
   <si>
@@ -2462,50 +2462,71 @@
   <si>
     <t>https://www.imdb.com/title/tt6203570/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/gory-2017-1030023/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1117595195?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/goryi/</t>
   </si>
   <si>
     <t>ГРЕХИ ЗАПАДА</t>
   </si>
   <si>
     <t>KILLING FAITH</t>
   </si>
   <si>
     <t>Мистический триллер со звездным составом исполнителей – Гаем Пирсом и Билом Пуллманом: самая нетривиальная история освоения американских территорий в традициях Стивена Кинга и Клинта Иствуда.</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/killing-faith/</t>
   </si>
   <si>
+    <t>ГУГЕНОТЫ</t>
+  </si>
+  <si>
+    <t>Исторический, Драма</t>
+  </si>
+  <si>
+    <t>THE HUGUENOTS / FORTUNE DE FRANCE</t>
+  </si>
+  <si>
+    <t>6х52 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt27644193/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/series/9825417/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/the-huguenots/</t>
+  </si>
+  <si>
     <t>Даааааали!</t>
   </si>
   <si>
     <t>DAAAAAALI!</t>
   </si>
   <si>
     <t>Виртуозная фантазия о причудах гения Сальвадора Дали от корифея кинематографических анекдотов Квентина Дюпье.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt23476446/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/5212650/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/lJNDK7l3rvY?si=OdAN41x7uTy7PDDz</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/dali!/</t>
   </si>
   <si>
     <t>Дама в очках и с ружьем в автомобиле</t>
   </si>
   <si>
     <t>LA DAME DANS L'AUTO AVEC DES LUNETTES ET UN FUSIL</t>
@@ -4029,50 +4050,71 @@
   <si>
     <t>Интимный дневник</t>
   </si>
   <si>
     <t>Великобритания, Нидерланды, Франция, Люксембург, Австрия</t>
   </si>
   <si>
     <t>THE PILLOW BOOK</t>
   </si>
   <si>
     <t>126 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0114134/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/18802/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/OtVhD4pPswY?si=PMX84CLT9K6TIOIS</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/intimnyij-dnevnik/</t>
   </si>
   <si>
+    <t>ИСКУССТВО ПРЕСТУПЛЕНИЯ, 1-4</t>
+  </si>
+  <si>
+    <t>Триллер, Детектив</t>
+  </si>
+  <si>
+    <t>ART OF CRIME /ART DU CRIME</t>
+  </si>
+  <si>
+    <t>6х30, 6х30, 4х60, 4х60 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt6190050/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/series/1113109/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/iskusstvo-prestupleniya,-1-4/</t>
+  </si>
+  <si>
     <t>Истории, которые нельзя рассказывать</t>
   </si>
   <si>
     <t>HISTORIAS PARA NO CONTAR / STORIES NOT TO BE TOLD</t>
   </si>
   <si>
     <t>Четыре ироничные истории о сексе и любви от мастера испанской комедии Сеска Гая («Соседи сверху», «Трумэн»).</t>
   </si>
   <si>
     <t>75 мин. (сокращенная версия) и 100 мин. (полная)</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt14149544/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/4396699/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/w9IYMMKxipE?si=YJLGkPQZPCg6ykBB</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/istorii,-kotoryie-nelzya-rasskazyivat/</t>
   </si>
   <si>
     <t>История кино: новое поколение</t>
@@ -4101,62 +4143,71 @@
   <si>
     <t>История моей жены</t>
   </si>
   <si>
     <t>Германия, Венгрия, Франция, Италия</t>
   </si>
   <si>
     <t>THE STORY OF MY WIFE</t>
   </si>
   <si>
     <t>169 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt8205028/</t>
   </si>
   <si>
     <t>https://kinopoisk.ru/film/1141066/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/AAmcejLJbRI?si=2O6QRrLBWfU1uHwR</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/istoriya-moej-zhenyi/</t>
   </si>
   <si>
+    <t>ИСЧЕЗНУВШИЕ МИРЫ АМАЗОНКИ</t>
+  </si>
+  <si>
+    <t>LOST CIVILIZATIONS OF THE AMAZONS</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt35660507/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/ischeznuvshie-miryi-amazonki/</t>
+  </si>
+  <si>
     <t>Их было десять</t>
   </si>
   <si>
     <t>They Were Ten / Ils étaient dix</t>
   </si>
   <si>
     <t>Современная адаптация шедевра Агаты Кристи — самого популярного детективного романа всех времен!</t>
   </si>
   <si>
-    <t>6х52 мин.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.imdb.com/title/tt10063310/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1254869/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/427079473?h=cba13cc183</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/ix-byilo-desyat/</t>
   </si>
   <si>
     <t>К радости</t>
   </si>
   <si>
     <t>TILL GLÄDJE</t>
   </si>
   <si>
     <t>История о любви, искусстве и преданности от шведского классика, вдохновленного примером собственной жизни</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0043048/?ref_=fn_al_tt_1</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/220954/</t>
@@ -5982,50 +6033,62 @@
   <si>
     <t>https://www.kinopoisk.ru/film/841294/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/568487641?h=e1e085a108</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/muzhiki-i-kuryi/</t>
   </si>
   <si>
     <t>Музыка в темноте</t>
   </si>
   <si>
     <t>MUSIC IN DARKNESS / MUSIK I MÖRKER</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0040622/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/74158/</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/muzyika-v-temnote/</t>
   </si>
   <si>
+    <t>МУМБО-ДЖУМБО</t>
+  </si>
+  <si>
+    <t>MUMBO-JUMBO / DA MUMBO JUMBO BLEV KÆMPESTOR</t>
+  </si>
+  <si>
+    <t>Анимационный фильм по мотивам популярной книги датского сказочника Якоба Мартина Стрида. Увлекательный сюжет, забавные персонажи, мягкий юмор, мир, который хочется рассматривать снова и снова.</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/mumbo-dzhumbo/</t>
+  </si>
+  <si>
     <t>МУРАВЬИНОЕ ЦАРСТВО</t>
   </si>
   <si>
     <t>THE REALM OF ANTS / LE ROYAUME DES FOURMIS</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1024533470?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/the-realm-of-ants/</t>
   </si>
   <si>
     <t>Мысленный волк</t>
   </si>
   <si>
     <t>МЫСЛЕННЫЙ ВОЛК</t>
   </si>
   <si>
     <t>68 мин.</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1111938/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/6jLevfV4lzM?si=3iCAQxAqbWk7aa47</t>
@@ -6081,75 +6144,93 @@
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/na-poroge-smerti/</t>
   </si>
   <si>
     <t>НАЙДИ МЕНЯ</t>
   </si>
   <si>
     <t>FOLLOW</t>
   </si>
   <si>
     <t>«Лучший 52-минутный сериал» на фестивале Fiction de la Rochelle в 2023 году.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt29607550/?ref_=fn_al_tt_5</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/5515077/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/946378952?h=f7e742530e</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/follow/</t>
   </si>
   <si>
+    <t>НАПАРНИЦЫ: АСТРИД И РАФАЭЛЛА, 1-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRIGHT MINDS / ASTRID ET RAPAHELLE </t>
+  </si>
+  <si>
+    <t>1x90, 48x52 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt11950864</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/series/1356670</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/naparniczyi-astrid-i-rafaella,-1-6/</t>
+  </si>
+  <si>
     <t>Наследник</t>
   </si>
   <si>
     <t>Узбекистан</t>
   </si>
   <si>
     <t>ZURRIYOT</t>
   </si>
   <si>
     <t xml:space="preserve">	50х40 мин.</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/775817898?h=b494841a69</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/naslednik/</t>
   </si>
   <si>
     <t>Настоящая война престолов</t>
   </si>
   <si>
     <t>The Real War Of Thrones / La Guerre des trônes, la véritable histoire de l'Europe</t>
   </si>
   <si>
-    <t>22x45 мин.</t>
+    <t>22x4, 6х52 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt6992870/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1377691/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1008599043?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/vojna-prestolov-podlinnaya-istoriya-evropyi/</t>
   </si>
   <si>
     <t>Настоящая история Одиссеи</t>
   </si>
   <si>
     <t>Франция, Италия, Канада</t>
   </si>
   <si>
     <t>ODYSSEY: BEHIND THE MYTH</t>
   </si>
   <si>
     <t xml:space="preserve">	6x52 мин.</t>
   </si>
@@ -7899,53 +7980,50 @@
   <si>
     <t>Преступить черту</t>
   </si>
   <si>
     <t>CROSS THE LINE / NO MATARÁS</t>
   </si>
   <si>
     <t>Самая яркая звезда испанского кино Марио Касас в эротическом триллере "Преступить черту".</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt4359330/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/936653/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/GVYQeXdZw1g?si=ZWUa3EJ3RKQYGqjt</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/prestupit-chertu/</t>
   </si>
   <si>
     <t>Преступления страсти</t>
   </si>
   <si>
-    <t>Триллер, Детектив</t>
-[...1 lines deleted...]
-  <si>
     <t>CRIMES OF PASSION / MÖRDAREN LJUGER INTE ENSAM</t>
   </si>
   <si>
     <t xml:space="preserve">	6x90 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt2504308/?ref_=fn_al_tt_1</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/716744/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1117418882?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/prestupleniya-strasti/</t>
   </si>
   <si>
     <t>Призрак</t>
   </si>
   <si>
     <t>GWI / BE WITH ME</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt1519633/?ref_=nv_sr_srsg_2</t>
@@ -8011,50 +8089,65 @@
     <t>https://www.youtube.com/embed/fe-nM9w5aFk?si=E4WK-DiF2sRF-vJ6</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/prizrak-u-ozera/</t>
   </si>
   <si>
     <t>Призраки Исмаэля</t>
   </si>
   <si>
     <t>ISMAEL'S GHOSTS / LES FANTÔMES D'ISMAËL</t>
   </si>
   <si>
     <t>Звезды европейского кино - Шарлотта Генсбур, Марион Котийяр, Матьё Амальрик и Луи Гаррель – в вечной истории любви от тонкого знатока чувственных переживаний, французского режиссера Арно Деплешена.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt5687040/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/prizraki-ismaelya-2017-977335/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/UCUkoqcE8lo?si=2enCtnkI12NRRHUk</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/prizraki-ismaelya/</t>
+  </si>
+  <si>
+    <t>ПРИЗРАКИ МОРЯ</t>
+  </si>
+  <si>
+    <t>SEA SHADOWS / RIVAGES</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt29427695</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/6989161/sr/1/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/prizraki-morya/</t>
   </si>
   <si>
     <t>Призраки прошлого</t>
   </si>
   <si>
     <t>BLOODLANDS</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt11285548/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1341789/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/513356508?h=57403d4f09</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/prizraki-proshlogo/</t>
   </si>
   <si>
     <t>Призрачная дверь</t>
   </si>
   <si>
     <t>GUIMOON: THE LIGHTLESS DOOR</t>
   </si>
@@ -11695,51 +11788,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L575"/>
+  <dimension ref="A1:L581"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -11755,81 +11848,81 @@
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2"/>
       <c r="J2"/>
       <c r="K2"/>
       <c r="L2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>18</v>
       </c>
       <c r="C3" t="s">
         <v>19</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>24</v>
       </c>
       <c r="J3" t="s">
         <v>25</v>
       </c>
       <c r="K3" t="s">
         <v>26</v>
       </c>
       <c r="L3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
@@ -11853,751 +11946,751 @@
         <v>31</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>32</v>
       </c>
       <c r="K4"/>
       <c r="L4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>34</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>35</v>
       </c>
       <c r="E5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F5" t="s">
         <v>36</v>
       </c>
       <c r="G5"/>
       <c r="H5" t="s">
         <v>37</v>
       </c>
       <c r="I5" t="s">
         <v>38</v>
       </c>
       <c r="J5" t="s">
         <v>39</v>
       </c>
       <c r="K5" t="s">
         <v>40</v>
       </c>
       <c r="L5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>42</v>
       </c>
       <c r="C6" t="s">
         <v>43</v>
       </c>
       <c r="D6" t="s">
         <v>44</v>
       </c>
       <c r="E6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="G6" t="s">
         <v>46</v>
       </c>
       <c r="H6" t="s">
         <v>47</v>
       </c>
       <c r="I6" t="s">
         <v>48</v>
       </c>
       <c r="J6" t="s">
         <v>49</v>
       </c>
       <c r="K6" t="s">
         <v>50</v>
       </c>
       <c r="L6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>52</v>
       </c>
       <c r="C7" t="s">
         <v>53</v>
       </c>
       <c r="D7" t="s">
         <v>44</v>
       </c>
       <c r="E7">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F7" t="s">
         <v>54</v>
       </c>
       <c r="G7"/>
       <c r="H7" t="s">
         <v>55</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>56</v>
       </c>
       <c r="K7" t="s">
         <v>57</v>
       </c>
       <c r="L7" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>59</v>
       </c>
       <c r="C8" t="s">
         <v>60</v>
       </c>
       <c r="D8" t="s">
         <v>61</v>
       </c>
       <c r="E8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F8" t="s">
         <v>62</v>
       </c>
       <c r="G8" t="s">
         <v>63</v>
       </c>
       <c r="H8" t="s">
         <v>64</v>
       </c>
       <c r="I8" t="s">
         <v>65</v>
       </c>
       <c r="J8" t="s">
         <v>66</v>
       </c>
       <c r="K8" t="s">
         <v>67</v>
       </c>
       <c r="L8" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
       <c r="C9" t="s">
         <v>70</v>
       </c>
       <c r="D9" t="s">
         <v>71</v>
       </c>
       <c r="E9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F9" t="s">
         <v>72</v>
       </c>
       <c r="G9" t="s">
         <v>63</v>
       </c>
       <c r="H9" t="s">
         <v>73</v>
       </c>
       <c r="I9" t="s">
         <v>74</v>
       </c>
       <c r="J9" t="s">
         <v>75</v>
       </c>
       <c r="K9" t="s">
         <v>76</v>
       </c>
       <c r="L9" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
       <c r="C10" t="s">
         <v>79</v>
       </c>
       <c r="D10" t="s">
         <v>80</v>
       </c>
       <c r="E10">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F10" t="s">
         <v>81</v>
       </c>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>82</v>
       </c>
       <c r="I10" t="s">
         <v>83</v>
       </c>
       <c r="J10" t="s">
         <v>84</v>
       </c>
       <c r="K10" t="s">
         <v>85</v>
       </c>
       <c r="L10" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>88</v>
       </c>
       <c r="D11" t="s">
         <v>89</v>
       </c>
       <c r="E11">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F11" t="s">
         <v>90</v>
       </c>
       <c r="G11" t="s">
         <v>91</v>
       </c>
       <c r="H11" t="s">
         <v>92</v>
       </c>
       <c r="I11"/>
       <c r="J11"/>
       <c r="K11"/>
       <c r="L11" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>94</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>95</v>
       </c>
       <c r="E12">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F12" t="s">
         <v>96</v>
       </c>
       <c r="G12" t="s">
         <v>97</v>
       </c>
       <c r="H12" t="s">
         <v>98</v>
       </c>
       <c r="I12" t="s">
         <v>99</v>
       </c>
       <c r="J12" t="s">
         <v>100</v>
       </c>
       <c r="K12" t="s">
         <v>101</v>
       </c>
       <c r="L12" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>103</v>
       </c>
       <c r="C13" t="s">
         <v>104</v>
       </c>
       <c r="D13" t="s">
         <v>80</v>
       </c>
       <c r="E13">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F13" t="s">
         <v>105</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>106</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>107</v>
       </c>
       <c r="K13" t="s">
         <v>108</v>
       </c>
       <c r="L13" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>110</v>
       </c>
       <c r="C14" t="s">
         <v>53</v>
       </c>
       <c r="D14" t="s">
         <v>44</v>
       </c>
       <c r="E14">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F14" t="s">
         <v>111</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>112</v>
       </c>
       <c r="I14" t="s">
         <v>113</v>
       </c>
       <c r="J14"/>
       <c r="K14"/>
       <c r="L14" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>115</v>
       </c>
       <c r="C15" t="s">
         <v>116</v>
       </c>
       <c r="D15" t="s">
         <v>80</v>
       </c>
       <c r="E15">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F15" t="s">
         <v>117</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>118</v>
       </c>
       <c r="I15"/>
       <c r="J15"/>
       <c r="K15" t="s">
         <v>119</v>
       </c>
       <c r="L15" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>121</v>
       </c>
       <c r="C16" t="s">
         <v>122</v>
       </c>
       <c r="D16" t="s">
         <v>123</v>
       </c>
       <c r="E16">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F16" t="s">
         <v>124</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>125</v>
       </c>
       <c r="I16" t="s">
         <v>126</v>
       </c>
       <c r="J16" t="s">
         <v>127</v>
       </c>
       <c r="K16" t="s">
         <v>128</v>
       </c>
       <c r="L16" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>130</v>
       </c>
       <c r="C17" t="s">
         <v>122</v>
       </c>
       <c r="D17" t="s">
         <v>123</v>
       </c>
       <c r="E17">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F17" t="s">
         <v>131</v>
       </c>
       <c r="G17"/>
       <c r="H17" t="s">
         <v>132</v>
       </c>
       <c r="I17" t="s">
         <v>133</v>
       </c>
       <c r="J17" t="s">
         <v>134</v>
       </c>
       <c r="K17" t="s">
         <v>135</v>
       </c>
       <c r="L17" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>137</v>
       </c>
       <c r="C18" t="s">
         <v>122</v>
       </c>
       <c r="D18" t="s">
         <v>123</v>
       </c>
       <c r="E18">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F18" t="s">
         <v>138</v>
       </c>
       <c r="G18"/>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>139</v>
       </c>
       <c r="J18" t="s">
         <v>140</v>
       </c>
       <c r="K18"/>
       <c r="L18" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>142</v>
       </c>
       <c r="C19" t="s">
         <v>143</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F19" t="s">
         <v>144</v>
       </c>
       <c r="G19"/>
       <c r="H19" t="s">
         <v>145</v>
       </c>
       <c r="I19" t="s">
         <v>146</v>
       </c>
       <c r="J19" t="s">
         <v>147</v>
       </c>
       <c r="K19" t="s">
         <v>148</v>
       </c>
       <c r="L19" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>150</v>
       </c>
       <c r="C20" t="s">
         <v>151</v>
       </c>
       <c r="D20" t="s">
         <v>152</v>
       </c>
       <c r="E20">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F20"/>
       <c r="G20" t="s">
         <v>153</v>
       </c>
       <c r="H20" t="s">
         <v>154</v>
       </c>
       <c r="I20" t="s">
         <v>155</v>
       </c>
       <c r="J20"/>
       <c r="K20"/>
       <c r="L20" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>157</v>
       </c>
       <c r="C21" t="s">
         <v>158</v>
       </c>
       <c r="D21" t="s">
         <v>159</v>
       </c>
       <c r="E21">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F21" t="s">
         <v>160</v>
       </c>
       <c r="G21" t="s">
         <v>161</v>
       </c>
       <c r="H21" t="s">
         <v>162</v>
       </c>
       <c r="I21" t="s">
         <v>163</v>
       </c>
       <c r="J21" t="s">
         <v>164</v>
       </c>
       <c r="K21" t="s">
         <v>165</v>
       </c>
       <c r="L21" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>167</v>
       </c>
       <c r="C22" t="s">
         <v>88</v>
       </c>
       <c r="D22" t="s">
         <v>44</v>
       </c>
       <c r="E22">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F22" t="s">
         <v>168</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
         <v>169</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>170</v>
       </c>
       <c r="K22" t="s">
         <v>171</v>
       </c>
       <c r="L22" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>173</v>
       </c>
       <c r="C23" t="s">
         <v>174</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F23" t="s">
         <v>175</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
         <v>176</v>
       </c>
       <c r="I23" t="s">
         <v>177</v>
       </c>
       <c r="J23" t="s">
         <v>178</v>
       </c>
       <c r="K23" t="s">
         <v>179</v>
       </c>
       <c r="L23" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>181</v>
       </c>
       <c r="C24" t="s">
         <v>182</v>
       </c>
       <c r="D24" t="s">
         <v>44</v>
       </c>
       <c r="E24">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F24" t="s">
         <v>183</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
         <v>184</v>
       </c>
       <c r="I24"/>
       <c r="J24"/>
       <c r="K24" t="s">
         <v>185</v>
       </c>
       <c r="L24" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>29</v>
       </c>
       <c r="D25" t="s">
         <v>123</v>
       </c>
       <c r="E25">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F25" t="s">
         <v>188</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
         <v>189</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>190</v>
       </c>
       <c r="K25" t="s">
         <v>191</v>
       </c>
       <c r="L25" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>193</v>
@@ -12623,51 +12716,51 @@
       </c>
       <c r="J26" t="s">
         <v>198</v>
       </c>
       <c r="K26" t="s">
         <v>199</v>
       </c>
       <c r="L26" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>201</v>
       </c>
       <c r="C27" t="s">
         <v>202</v>
       </c>
       <c r="D27" t="s">
         <v>44</v>
       </c>
       <c r="E27">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F27" t="s">
         <v>203</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
         <v>204</v>
       </c>
       <c r="I27" t="s">
         <v>205</v>
       </c>
       <c r="J27" t="s">
         <v>206</v>
       </c>
       <c r="K27" t="s">
         <v>207</v>
       </c>
       <c r="L27" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
         <v>27</v>
       </c>
@@ -12695,269 +12788,269 @@
       </c>
       <c r="J28" t="s">
         <v>215</v>
       </c>
       <c r="K28" t="s">
         <v>216</v>
       </c>
       <c r="L28" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>218</v>
       </c>
       <c r="C29" t="s">
         <v>29</v>
       </c>
       <c r="D29" t="s">
         <v>80</v>
       </c>
       <c r="E29">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F29" t="s">
         <v>219</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
         <v>220</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>221</v>
       </c>
       <c r="K29" t="s">
         <v>222</v>
       </c>
       <c r="L29" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>224</v>
       </c>
       <c r="C30" t="s">
         <v>29</v>
       </c>
       <c r="D30" t="s">
         <v>80</v>
       </c>
       <c r="E30">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F30" t="s">
         <v>225</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
         <v>226</v>
       </c>
       <c r="I30" t="s">
         <v>227</v>
       </c>
       <c r="J30" t="s">
         <v>228</v>
       </c>
       <c r="K30" t="s">
         <v>229</v>
       </c>
       <c r="L30" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>231</v>
       </c>
       <c r="C31" t="s">
         <v>174</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F31" t="s">
         <v>232</v>
       </c>
       <c r="G31"/>
       <c r="H31" t="s">
         <v>233</v>
       </c>
       <c r="I31" t="s">
         <v>234</v>
       </c>
       <c r="J31" t="s">
         <v>235</v>
       </c>
       <c r="K31" t="s">
         <v>236</v>
       </c>
       <c r="L31" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>238</v>
       </c>
       <c r="C32" t="s">
         <v>88</v>
       </c>
       <c r="D32" t="s">
         <v>239</v>
       </c>
       <c r="E32">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F32" t="s">
         <v>240</v>
       </c>
       <c r="G32" t="s">
         <v>241</v>
       </c>
       <c r="H32" t="s">
         <v>242</v>
       </c>
       <c r="I32" t="s">
         <v>243</v>
       </c>
       <c r="J32" t="s">
         <v>244</v>
       </c>
       <c r="K32" t="s">
         <v>245</v>
       </c>
       <c r="L32" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>247</v>
       </c>
       <c r="C33" t="s">
         <v>29</v>
       </c>
       <c r="D33" t="s">
         <v>248</v>
       </c>
       <c r="E33">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F33" t="s">
         <v>249</v>
       </c>
       <c r="G33"/>
       <c r="H33" t="s">
         <v>250</v>
       </c>
       <c r="I33" t="s">
         <v>251</v>
       </c>
       <c r="J33" t="s">
         <v>252</v>
       </c>
       <c r="K33" t="s">
         <v>253</v>
       </c>
       <c r="L33" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>255</v>
       </c>
       <c r="C34" t="s">
         <v>256</v>
       </c>
       <c r="D34" t="s">
         <v>80</v>
       </c>
       <c r="E34">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F34" t="s">
         <v>257</v>
       </c>
       <c r="G34" t="s">
         <v>258</v>
       </c>
       <c r="H34" t="s">
         <v>259</v>
       </c>
       <c r="I34" t="s">
         <v>260</v>
       </c>
       <c r="J34" t="s">
         <v>261</v>
       </c>
       <c r="K34" t="s">
         <v>262</v>
       </c>
       <c r="L34" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>264</v>
       </c>
       <c r="C35" t="s">
         <v>265</v>
       </c>
       <c r="D35" t="s">
         <v>44</v>
       </c>
       <c r="E35">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F35" t="s">
         <v>266</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
         <v>259</v>
       </c>
       <c r="I35" t="s">
         <v>267</v>
       </c>
       <c r="J35" t="s">
         <v>268</v>
       </c>
       <c r="K35" t="s">
         <v>269</v>
       </c>
       <c r="L35" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
         <v>35</v>
       </c>
@@ -12985,87 +13078,87 @@
       </c>
       <c r="J36" t="s">
         <v>275</v>
       </c>
       <c r="K36" t="s">
         <v>276</v>
       </c>
       <c r="L36" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>278</v>
       </c>
       <c r="C37" t="s">
         <v>194</v>
       </c>
       <c r="D37" t="s">
         <v>279</v>
       </c>
       <c r="E37">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F37" t="s">
         <v>280</v>
       </c>
       <c r="G37"/>
       <c r="H37" t="s">
         <v>281</v>
       </c>
       <c r="I37" t="s">
         <v>282</v>
       </c>
       <c r="J37" t="s">
         <v>283</v>
       </c>
       <c r="K37" t="s">
         <v>284</v>
       </c>
       <c r="L37" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>286</v>
       </c>
       <c r="C38" t="s">
         <v>19</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F38" t="s">
         <v>287</v>
       </c>
       <c r="G38" t="s">
         <v>288</v>
       </c>
       <c r="H38" t="s">
         <v>289</v>
       </c>
       <c r="I38" t="s">
         <v>290</v>
       </c>
       <c r="J38" t="s">
         <v>291</v>
       </c>
       <c r="K38" t="s">
         <v>292</v>
       </c>
       <c r="L38" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
@@ -13095,123 +13188,123 @@
       </c>
       <c r="J39" t="s">
         <v>299</v>
       </c>
       <c r="K39" t="s">
         <v>300</v>
       </c>
       <c r="L39" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>302</v>
       </c>
       <c r="C40" t="s">
         <v>303</v>
       </c>
       <c r="D40" t="s">
         <v>80</v>
       </c>
       <c r="E40">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F40" t="s">
         <v>304</v>
       </c>
       <c r="G40" t="s">
         <v>305</v>
       </c>
       <c r="H40" t="s">
         <v>306</v>
       </c>
       <c r="I40" t="s">
         <v>307</v>
       </c>
       <c r="J40" t="s">
         <v>308</v>
       </c>
       <c r="K40" t="s">
         <v>309</v>
       </c>
       <c r="L40" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>311</v>
       </c>
       <c r="C41" t="s">
         <v>29</v>
       </c>
       <c r="D41" t="s">
         <v>123</v>
       </c>
       <c r="E41">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F41" t="s">
         <v>312</v>
       </c>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>189</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>313</v>
       </c>
       <c r="K41" t="s">
         <v>314</v>
       </c>
       <c r="L41" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>316</v>
       </c>
       <c r="C42" t="s">
         <v>29</v>
       </c>
       <c r="D42" t="s">
         <v>80</v>
       </c>
       <c r="E42">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F42" t="s">
         <v>317</v>
       </c>
       <c r="G42" t="s">
         <v>318</v>
       </c>
       <c r="H42" t="s">
         <v>319</v>
       </c>
       <c r="I42" t="s">
         <v>320</v>
       </c>
       <c r="J42" t="s">
         <v>321</v>
       </c>
       <c r="K42" t="s">
         <v>322</v>
       </c>
       <c r="L42" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
@@ -13241,197 +13334,197 @@
       </c>
       <c r="J43" t="s">
         <v>328</v>
       </c>
       <c r="K43" t="s">
         <v>329</v>
       </c>
       <c r="L43" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>331</v>
       </c>
       <c r="C44" t="s">
         <v>332</v>
       </c>
       <c r="D44" t="s">
         <v>333</v>
       </c>
       <c r="E44">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F44" t="s">
         <v>334</v>
       </c>
       <c r="G44" t="s">
         <v>335</v>
       </c>
       <c r="H44" t="s">
         <v>336</v>
       </c>
       <c r="I44"/>
       <c r="J44"/>
       <c r="K44"/>
       <c r="L44" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>338</v>
       </c>
       <c r="C45" t="s">
         <v>70</v>
       </c>
       <c r="D45" t="s">
         <v>44</v>
       </c>
       <c r="E45">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F45" t="s">
         <v>339</v>
       </c>
       <c r="G45" t="s">
         <v>340</v>
       </c>
       <c r="H45" t="s">
         <v>47</v>
       </c>
       <c r="I45" t="s">
         <v>341</v>
       </c>
       <c r="J45" t="s">
         <v>342</v>
       </c>
       <c r="K45" t="s">
         <v>343</v>
       </c>
       <c r="L45" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>345</v>
       </c>
       <c r="C46" t="s">
         <v>256</v>
       </c>
       <c r="D46" t="s">
         <v>346</v>
       </c>
       <c r="E46">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F46" t="s">
         <v>347</v>
       </c>
       <c r="G46" t="s">
         <v>348</v>
       </c>
       <c r="H46" t="s">
         <v>349</v>
       </c>
       <c r="I46" t="s">
         <v>350</v>
       </c>
       <c r="J46" t="s">
         <v>351</v>
       </c>
       <c r="K46" t="s">
         <v>352</v>
       </c>
       <c r="L46" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>354</v>
       </c>
       <c r="C47" t="s">
         <v>355</v>
       </c>
       <c r="D47" t="s">
         <v>356</v>
       </c>
       <c r="E47">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F47" t="s">
         <v>357</v>
       </c>
       <c r="G47" t="s">
         <v>358</v>
       </c>
       <c r="H47" t="s">
         <v>359</v>
       </c>
       <c r="I47" t="s">
         <v>360</v>
       </c>
       <c r="J47" t="s">
         <v>361</v>
       </c>
       <c r="K47" t="s">
         <v>362</v>
       </c>
       <c r="L47" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>364</v>
       </c>
       <c r="C48" t="s">
         <v>365</v>
       </c>
       <c r="D48" t="s">
         <v>366</v>
       </c>
       <c r="E48">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F48" t="s">
         <v>367</v>
       </c>
       <c r="G48" t="s">
         <v>368</v>
       </c>
       <c r="H48" t="s">
         <v>369</v>
       </c>
       <c r="I48" t="s">
         <v>370</v>
       </c>
       <c r="J48" t="s">
         <v>371</v>
       </c>
       <c r="K48" t="s">
         <v>372</v>
       </c>
       <c r="L48" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
@@ -13499,125 +13592,125 @@
       </c>
       <c r="J50" t="s">
         <v>387</v>
       </c>
       <c r="K50" t="s">
         <v>388</v>
       </c>
       <c r="L50" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>390</v>
       </c>
       <c r="C51" t="s">
         <v>210</v>
       </c>
       <c r="D51" t="s">
         <v>391</v>
       </c>
       <c r="E51">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F51" t="s">
         <v>392</v>
       </c>
       <c r="G51" t="s">
         <v>393</v>
       </c>
       <c r="H51" t="s">
         <v>394</v>
       </c>
       <c r="I51" t="s">
         <v>395</v>
       </c>
       <c r="J51" t="s">
         <v>396</v>
       </c>
       <c r="K51" t="s">
         <v>397</v>
       </c>
       <c r="L51" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>399</v>
       </c>
       <c r="C52" t="s">
         <v>256</v>
       </c>
       <c r="D52" t="s">
         <v>400</v>
       </c>
       <c r="E52">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F52" t="s">
         <v>401</v>
       </c>
       <c r="G52"/>
       <c r="H52" t="s">
         <v>402</v>
       </c>
       <c r="I52" t="s">
         <v>403</v>
       </c>
       <c r="J52" t="s">
         <v>404</v>
       </c>
       <c r="K52" t="s">
         <v>405</v>
       </c>
       <c r="L52" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>303</v>
       </c>
       <c r="D53" t="s">
         <v>80</v>
       </c>
       <c r="E53">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F53" t="s">
         <v>408</v>
       </c>
       <c r="G53" t="s">
         <v>409</v>
       </c>
       <c r="H53" t="s">
         <v>410</v>
       </c>
       <c r="I53" t="s">
         <v>411</v>
       </c>
       <c r="J53" t="s">
         <v>412</v>
       </c>
       <c r="K53" t="s">
         <v>413</v>
       </c>
       <c r="L53" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
@@ -13643,89 +13736,89 @@
         <v>417</v>
       </c>
       <c r="I54" t="s">
         <v>418</v>
       </c>
       <c r="J54"/>
       <c r="K54"/>
       <c r="L54" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>420</v>
       </c>
       <c r="C55" t="s">
         <v>421</v>
       </c>
       <c r="D55" t="s">
         <v>422</v>
       </c>
       <c r="E55">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F55" t="s">
         <v>423</v>
       </c>
       <c r="G55" t="s">
         <v>424</v>
       </c>
       <c r="H55" t="s">
         <v>425</v>
       </c>
       <c r="I55" t="s">
         <v>426</v>
       </c>
       <c r="J55" t="s">
         <v>427</v>
       </c>
       <c r="K55" t="s">
         <v>428</v>
       </c>
       <c r="L55" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>430</v>
       </c>
       <c r="C56" t="s">
         <v>70</v>
       </c>
       <c r="D56" t="s">
         <v>95</v>
       </c>
       <c r="E56">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F56" t="s">
         <v>431</v>
       </c>
       <c r="G56" t="s">
         <v>432</v>
       </c>
       <c r="H56" t="s">
         <v>433</v>
       </c>
       <c r="I56" t="s">
         <v>434</v>
       </c>
       <c r="J56" t="s">
         <v>435</v>
       </c>
       <c r="K56" t="s">
         <v>436</v>
       </c>
       <c r="L56" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
@@ -13793,51 +13886,51 @@
       </c>
       <c r="J58" t="s">
         <v>450</v>
       </c>
       <c r="K58" t="s">
         <v>451</v>
       </c>
       <c r="L58" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>453</v>
       </c>
       <c r="C59" t="s">
         <v>29</v>
       </c>
       <c r="D59" t="s">
         <v>44</v>
       </c>
       <c r="E59">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F59" t="s">
         <v>454</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>189</v>
       </c>
       <c r="I59"/>
       <c r="J59"/>
       <c r="K59" t="s">
         <v>455</v>
       </c>
       <c r="L59" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>457</v>
       </c>
       <c r="C60" t="s">
@@ -13861,491 +13954,491 @@
       </c>
       <c r="J60" t="s">
         <v>462</v>
       </c>
       <c r="K60" t="s">
         <v>463</v>
       </c>
       <c r="L60" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>465</v>
       </c>
       <c r="C61" t="s">
         <v>466</v>
       </c>
       <c r="D61" t="s">
         <v>467</v>
       </c>
       <c r="E61">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F61" t="s">
         <v>468</v>
       </c>
       <c r="G61" t="s">
         <v>469</v>
       </c>
       <c r="H61" t="s">
         <v>349</v>
       </c>
       <c r="I61" t="s">
         <v>470</v>
       </c>
       <c r="J61" t="s">
         <v>471</v>
       </c>
       <c r="K61" t="s">
         <v>472</v>
       </c>
       <c r="L61" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>474</v>
       </c>
       <c r="C62" t="s">
         <v>475</v>
       </c>
       <c r="D62" t="s">
         <v>44</v>
       </c>
       <c r="E62">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F62" t="s">
         <v>476</v>
       </c>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>477</v>
       </c>
       <c r="I62" t="s">
         <v>478</v>
       </c>
       <c r="J62" t="s">
         <v>479</v>
       </c>
       <c r="K62"/>
       <c r="L62" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>481</v>
       </c>
       <c r="C63" t="s">
         <v>256</v>
       </c>
       <c r="D63" t="s">
         <v>482</v>
       </c>
       <c r="E63">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F63" t="s">
         <v>483</v>
       </c>
       <c r="G63" t="s">
         <v>484</v>
       </c>
       <c r="H63" t="s">
         <v>359</v>
       </c>
       <c r="I63" t="s">
         <v>485</v>
       </c>
       <c r="J63" t="s">
         <v>486</v>
       </c>
       <c r="K63" t="s">
         <v>487</v>
       </c>
       <c r="L63" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>489</v>
       </c>
       <c r="C64" t="s">
         <v>490</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F64" t="s">
         <v>491</v>
       </c>
       <c r="G64" t="s">
         <v>492</v>
       </c>
       <c r="H64" t="s">
         <v>493</v>
       </c>
       <c r="I64" t="s">
         <v>494</v>
       </c>
       <c r="J64" t="s">
         <v>495</v>
       </c>
       <c r="K64" t="s">
         <v>496</v>
       </c>
       <c r="L64" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>498</v>
       </c>
       <c r="C65" t="s">
         <v>490</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F65" t="s">
         <v>499</v>
       </c>
       <c r="G65"/>
       <c r="H65" t="s">
         <v>369</v>
       </c>
       <c r="I65" t="s">
         <v>500</v>
       </c>
       <c r="J65" t="s">
         <v>501</v>
       </c>
       <c r="K65" t="s">
         <v>502</v>
       </c>
       <c r="L65" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>504</v>
       </c>
       <c r="C66" t="s">
         <v>303</v>
       </c>
       <c r="D66" t="s">
         <v>505</v>
       </c>
       <c r="E66">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F66" t="s">
         <v>506</v>
       </c>
       <c r="G66" t="s">
         <v>507</v>
       </c>
       <c r="H66" t="s">
         <v>508</v>
       </c>
       <c r="I66" t="s">
         <v>509</v>
       </c>
       <c r="J66" t="s">
         <v>510</v>
       </c>
       <c r="K66" t="s">
         <v>511</v>
       </c>
       <c r="L66" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>513</v>
       </c>
       <c r="C67" t="s">
         <v>458</v>
       </c>
       <c r="D67" t="s">
         <v>44</v>
       </c>
       <c r="E67">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F67" t="s">
         <v>514</v>
       </c>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>515</v>
       </c>
       <c r="I67" t="s">
         <v>516</v>
       </c>
       <c r="J67"/>
       <c r="K67" t="s">
         <v>517</v>
       </c>
       <c r="L67" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>519</v>
       </c>
       <c r="C68" t="s">
         <v>70</v>
       </c>
       <c r="D68" t="s">
         <v>80</v>
       </c>
       <c r="E68">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F68" t="s">
         <v>520</v>
       </c>
       <c r="G68" t="s">
         <v>521</v>
       </c>
       <c r="H68" t="s">
         <v>92</v>
       </c>
       <c r="I68" t="s">
         <v>522</v>
       </c>
       <c r="J68" t="s">
         <v>523</v>
       </c>
       <c r="K68" t="s">
         <v>524</v>
       </c>
       <c r="L68" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>526</v>
       </c>
       <c r="C69" t="s">
         <v>70</v>
       </c>
       <c r="D69" t="s">
         <v>44</v>
       </c>
       <c r="E69">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F69" t="s">
         <v>527</v>
       </c>
       <c r="G69" t="s">
         <v>528</v>
       </c>
       <c r="H69" t="s">
         <v>529</v>
       </c>
       <c r="I69" t="s">
         <v>530</v>
       </c>
       <c r="J69" t="s">
         <v>531</v>
       </c>
       <c r="K69" t="s">
         <v>532</v>
       </c>
       <c r="L69" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>534</v>
       </c>
       <c r="C70" t="s">
         <v>53</v>
       </c>
       <c r="D70" t="s">
         <v>80</v>
       </c>
       <c r="E70">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F70" t="s">
         <v>535</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>536</v>
       </c>
       <c r="I70" t="s">
         <v>537</v>
       </c>
       <c r="J70" t="s">
         <v>538</v>
       </c>
       <c r="K70" t="s">
         <v>539</v>
       </c>
       <c r="L70" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>541</v>
       </c>
       <c r="C71" t="s">
         <v>182</v>
       </c>
       <c r="D71" t="s">
         <v>95</v>
       </c>
       <c r="E71">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F71" t="s">
         <v>542</v>
       </c>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>543</v>
       </c>
       <c r="I71" t="s">
         <v>544</v>
       </c>
       <c r="J71"/>
       <c r="K71" t="s">
         <v>545</v>
       </c>
       <c r="L71" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>547</v>
       </c>
       <c r="C72" t="s">
         <v>29</v>
       </c>
       <c r="D72" t="s">
         <v>80</v>
       </c>
       <c r="E72">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F72" t="s">
         <v>548</v>
       </c>
       <c r="G72" t="s">
         <v>549</v>
       </c>
       <c r="H72" t="s">
         <v>550</v>
       </c>
       <c r="I72" t="s">
         <v>551</v>
       </c>
       <c r="J72" t="s">
         <v>552</v>
       </c>
       <c r="K72" t="s">
         <v>553</v>
       </c>
       <c r="L72" t="s">
         <v>554</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>555</v>
       </c>
       <c r="C73" t="s">
         <v>29</v>
       </c>
       <c r="D73" t="s">
         <v>80</v>
       </c>
       <c r="E73">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F73" t="s">
         <v>548</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>556</v>
       </c>
       <c r="I73" t="s">
         <v>557</v>
       </c>
       <c r="J73" t="s">
         <v>552</v>
       </c>
       <c r="K73" t="s">
         <v>558</v>
       </c>
       <c r="L73" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
         <v>73</v>
       </c>
@@ -14409,195 +14502,195 @@
       </c>
       <c r="J75" t="s">
         <v>571</v>
       </c>
       <c r="K75" t="s">
         <v>572</v>
       </c>
       <c r="L75" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>574</v>
       </c>
       <c r="C76" t="s">
         <v>490</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F76" t="s">
         <v>575</v>
       </c>
       <c r="G76" t="s">
         <v>576</v>
       </c>
       <c r="H76" t="s">
         <v>577</v>
       </c>
       <c r="I76" t="s">
         <v>578</v>
       </c>
       <c r="J76" t="s">
         <v>579</v>
       </c>
       <c r="K76" t="s">
         <v>580</v>
       </c>
       <c r="L76" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>582</v>
       </c>
       <c r="C77" t="s">
         <v>490</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F77" t="s">
         <v>583</v>
       </c>
       <c r="G77" t="s">
         <v>584</v>
       </c>
       <c r="H77" t="s">
         <v>585</v>
       </c>
       <c r="I77" t="s">
         <v>586</v>
       </c>
       <c r="J77" t="s">
         <v>587</v>
       </c>
       <c r="K77" t="s">
         <v>588</v>
       </c>
       <c r="L77" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>590</v>
       </c>
       <c r="C78" t="s">
         <v>490</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F78" t="s">
         <v>591</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>592</v>
       </c>
       <c r="I78" t="s">
         <v>593</v>
       </c>
       <c r="J78" t="s">
         <v>594</v>
       </c>
       <c r="K78" t="s">
         <v>595</v>
       </c>
       <c r="L78" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>597</v>
       </c>
       <c r="C79" t="s">
         <v>29</v>
       </c>
       <c r="D79" t="s">
         <v>598</v>
       </c>
       <c r="E79">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F79" t="s">
         <v>599</v>
       </c>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>600</v>
       </c>
       <c r="I79"/>
       <c r="J79"/>
       <c r="K79" t="s">
         <v>601</v>
       </c>
       <c r="L79" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>603</v>
       </c>
       <c r="C80" t="s">
         <v>70</v>
       </c>
       <c r="D80" t="s">
         <v>400</v>
       </c>
       <c r="E80">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F80" t="s">
         <v>604</v>
       </c>
       <c r="G80" t="s">
         <v>605</v>
       </c>
       <c r="H80" t="s">
         <v>336</v>
       </c>
       <c r="I80" t="s">
         <v>606</v>
       </c>
       <c r="J80" t="s">
         <v>607</v>
       </c>
       <c r="K80" t="s">
         <v>608</v>
       </c>
       <c r="L80" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
@@ -14625,125 +14718,125 @@
       <c r="I81" t="s">
         <v>613</v>
       </c>
       <c r="J81"/>
       <c r="K81" t="s">
         <v>614</v>
       </c>
       <c r="L81" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>616</v>
       </c>
       <c r="C82" t="s">
         <v>70</v>
       </c>
       <c r="D82" t="s">
         <v>80</v>
       </c>
       <c r="E82">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F82" t="s">
         <v>617</v>
       </c>
       <c r="G82" t="s">
         <v>618</v>
       </c>
       <c r="H82" t="s">
         <v>433</v>
       </c>
       <c r="I82" t="s">
         <v>619</v>
       </c>
       <c r="J82" t="s">
         <v>620</v>
       </c>
       <c r="K82" t="s">
         <v>621</v>
       </c>
       <c r="L82" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>623</v>
       </c>
       <c r="C83" t="s">
         <v>104</v>
       </c>
       <c r="D83" t="s">
         <v>80</v>
       </c>
       <c r="E83">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F83" t="s">
         <v>624</v>
       </c>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>625</v>
       </c>
       <c r="I83" t="s">
         <v>626</v>
       </c>
       <c r="J83" t="s">
         <v>627</v>
       </c>
       <c r="K83" t="s">
         <v>628</v>
       </c>
       <c r="L83" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>630</v>
       </c>
       <c r="C84" t="s">
         <v>631</v>
       </c>
       <c r="D84" t="s">
         <v>159</v>
       </c>
       <c r="E84">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F84" t="s">
         <v>632</v>
       </c>
       <c r="G84" t="s">
         <v>633</v>
       </c>
       <c r="H84" t="s">
         <v>226</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>634</v>
       </c>
       <c r="K84" t="s">
         <v>635</v>
       </c>
       <c r="L84" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
         <v>84</v>
       </c>
@@ -14769,343 +14862,343 @@
       <c r="I85" t="s">
         <v>639</v>
       </c>
       <c r="J85"/>
       <c r="K85" t="s">
         <v>640</v>
       </c>
       <c r="L85" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>642</v>
       </c>
       <c r="C86" t="s">
         <v>70</v>
       </c>
       <c r="D86" t="s">
         <v>366</v>
       </c>
       <c r="E86">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F86" t="s">
         <v>643</v>
       </c>
       <c r="G86" t="s">
         <v>644</v>
       </c>
       <c r="H86" t="s">
         <v>645</v>
       </c>
       <c r="I86" t="s">
         <v>646</v>
       </c>
       <c r="J86" t="s">
         <v>647</v>
       </c>
       <c r="K86" t="s">
         <v>648</v>
       </c>
       <c r="L86" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>650</v>
       </c>
       <c r="C87" t="s">
         <v>70</v>
       </c>
       <c r="D87" t="s">
         <v>44</v>
       </c>
       <c r="E87">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F87" t="s">
         <v>651</v>
       </c>
       <c r="G87" t="s">
         <v>652</v>
       </c>
       <c r="H87" t="s">
         <v>653</v>
       </c>
       <c r="I87" t="s">
         <v>654</v>
       </c>
       <c r="J87" t="s">
         <v>655</v>
       </c>
       <c r="K87" t="s">
         <v>656</v>
       </c>
       <c r="L87" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>658</v>
       </c>
       <c r="C88" t="s">
         <v>631</v>
       </c>
       <c r="D88" t="s">
         <v>159</v>
       </c>
       <c r="E88">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F88" t="s">
         <v>659</v>
       </c>
       <c r="G88" t="s">
         <v>660</v>
       </c>
       <c r="H88" t="s">
         <v>433</v>
       </c>
       <c r="I88" t="s">
         <v>661</v>
       </c>
       <c r="J88" t="s">
         <v>662</v>
       </c>
       <c r="K88" t="s">
         <v>663</v>
       </c>
       <c r="L88" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>665</v>
       </c>
       <c r="C89" t="s">
         <v>303</v>
       </c>
       <c r="D89" t="s">
         <v>666</v>
       </c>
       <c r="E89">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F89" t="s">
         <v>667</v>
       </c>
       <c r="G89" t="s">
         <v>668</v>
       </c>
       <c r="H89" t="s">
         <v>336</v>
       </c>
       <c r="I89" t="s">
         <v>669</v>
       </c>
       <c r="J89" t="s">
         <v>670</v>
       </c>
       <c r="K89" t="s">
         <v>671</v>
       </c>
       <c r="L89" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>673</v>
       </c>
       <c r="C90" t="s">
         <v>70</v>
       </c>
       <c r="D90" t="s">
         <v>123</v>
       </c>
       <c r="E90">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F90" t="s">
         <v>674</v>
       </c>
       <c r="G90" t="s">
         <v>675</v>
       </c>
       <c r="H90" t="s">
         <v>676</v>
       </c>
       <c r="I90" t="s">
         <v>677</v>
       </c>
       <c r="J90" t="s">
         <v>678</v>
       </c>
       <c r="K90" t="s">
         <v>679</v>
       </c>
       <c r="L90" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>681</v>
       </c>
       <c r="C91" t="s">
         <v>194</v>
       </c>
       <c r="D91" t="s">
         <v>80</v>
       </c>
       <c r="E91">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F91" t="s">
         <v>682</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>683</v>
       </c>
       <c r="I91" t="s">
         <v>684</v>
       </c>
       <c r="J91" t="s">
         <v>685</v>
       </c>
       <c r="K91" t="s">
         <v>686</v>
       </c>
       <c r="L91" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>688</v>
       </c>
       <c r="C92" t="s">
         <v>29</v>
       </c>
       <c r="D92" t="s">
         <v>44</v>
       </c>
       <c r="E92">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F92" t="s">
         <v>689</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>189</v>
       </c>
       <c r="I92"/>
       <c r="J92"/>
       <c r="K92" t="s">
         <v>690</v>
       </c>
       <c r="L92" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
         <v>692</v>
       </c>
       <c r="C93" t="s">
         <v>182</v>
       </c>
       <c r="D93" t="s">
         <v>693</v>
       </c>
       <c r="E93">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F93" t="s">
         <v>694</v>
       </c>
       <c r="G93"/>
       <c r="H93" t="s">
         <v>250</v>
       </c>
       <c r="I93" t="s">
         <v>695</v>
       </c>
       <c r="J93"/>
       <c r="K93" t="s">
         <v>696</v>
       </c>
       <c r="L93" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
         <v>698</v>
       </c>
       <c r="C94" t="s">
         <v>70</v>
       </c>
       <c r="D94" t="s">
         <v>95</v>
       </c>
       <c r="E94">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F94" t="s">
         <v>699</v>
       </c>
       <c r="G94" t="s">
         <v>700</v>
       </c>
       <c r="H94" t="s">
         <v>162</v>
       </c>
       <c r="I94" t="s">
         <v>701</v>
       </c>
       <c r="J94" t="s">
         <v>702</v>
       </c>
       <c r="K94" t="s">
         <v>703</v>
       </c>
       <c r="L94" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
@@ -15137,17094 +15230,17294 @@
       </c>
       <c r="J95" t="s">
         <v>710</v>
       </c>
       <c r="K95" t="s">
         <v>711</v>
       </c>
       <c r="L95" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
         <v>713</v>
       </c>
       <c r="C96" t="s">
         <v>714</v>
       </c>
       <c r="D96" t="s">
         <v>715</v>
       </c>
       <c r="E96">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F96" t="s">
         <v>716</v>
       </c>
       <c r="G96" t="s">
         <v>717</v>
       </c>
       <c r="H96" t="s">
         <v>47</v>
       </c>
       <c r="I96" t="s">
         <v>718</v>
       </c>
       <c r="J96" t="s">
         <v>719</v>
       </c>
       <c r="K96" t="s">
         <v>720</v>
       </c>
       <c r="L96" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>722</v>
       </c>
       <c r="C97" t="s">
         <v>723</v>
       </c>
       <c r="D97" t="s">
         <v>80</v>
       </c>
       <c r="E97">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F97" t="s">
         <v>724</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
         <v>725</v>
       </c>
       <c r="I97" t="s">
         <v>726</v>
       </c>
       <c r="J97" t="s">
         <v>727</v>
       </c>
       <c r="K97" t="s">
         <v>728</v>
       </c>
       <c r="L97" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>730</v>
       </c>
       <c r="C98" t="s">
         <v>174</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F98" t="s">
         <v>731</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
         <v>732</v>
       </c>
       <c r="I98" t="s">
         <v>733</v>
       </c>
       <c r="J98" t="s">
         <v>734</v>
       </c>
       <c r="K98" t="s">
         <v>735</v>
       </c>
       <c r="L98" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>737</v>
       </c>
       <c r="C99" t="s">
         <v>174</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F99" t="s">
         <v>738</v>
       </c>
       <c r="G99"/>
       <c r="H99" t="s">
         <v>739</v>
       </c>
       <c r="I99" t="s">
         <v>740</v>
       </c>
       <c r="J99" t="s">
         <v>741</v>
       </c>
       <c r="K99" t="s">
         <v>742</v>
       </c>
       <c r="L99" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>744</v>
       </c>
       <c r="C100" t="s">
         <v>29</v>
       </c>
       <c r="D100" t="s">
         <v>745</v>
       </c>
       <c r="E100">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F100" t="s">
         <v>746</v>
       </c>
       <c r="G100" t="s">
         <v>747</v>
       </c>
       <c r="H100" t="s">
         <v>748</v>
       </c>
       <c r="I100" t="s">
         <v>749</v>
       </c>
       <c r="J100" t="s">
         <v>750</v>
       </c>
       <c r="K100" t="s">
         <v>751</v>
       </c>
       <c r="L100" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>753</v>
       </c>
       <c r="C101" t="s">
         <v>29</v>
       </c>
       <c r="D101" t="s">
         <v>44</v>
       </c>
       <c r="E101">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F101" t="s">
         <v>754</v>
       </c>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>755</v>
       </c>
       <c r="I101"/>
       <c r="J101"/>
       <c r="K101" t="s">
         <v>756</v>
       </c>
       <c r="L101" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>758</v>
       </c>
       <c r="C102" t="s">
         <v>70</v>
       </c>
       <c r="D102" t="s">
         <v>123</v>
       </c>
       <c r="E102">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F102" t="s">
         <v>759</v>
       </c>
       <c r="G102" t="s">
         <v>760</v>
       </c>
       <c r="H102"/>
       <c r="I102" t="s">
         <v>761</v>
       </c>
       <c r="J102" t="s">
         <v>762</v>
       </c>
       <c r="K102" t="s">
         <v>763</v>
       </c>
       <c r="L102" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>765</v>
       </c>
       <c r="C103" t="s">
         <v>766</v>
       </c>
       <c r="D103" t="s">
         <v>80</v>
       </c>
       <c r="E103">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F103" t="s">
         <v>767</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
         <v>768</v>
       </c>
       <c r="I103" t="s">
         <v>769</v>
       </c>
       <c r="J103" t="s">
         <v>770</v>
       </c>
       <c r="K103" t="s">
         <v>771</v>
       </c>
       <c r="L103" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>773</v>
       </c>
       <c r="C104" t="s">
         <v>174</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F104" t="s">
         <v>774</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
         <v>64</v>
       </c>
       <c r="I104" t="s">
         <v>775</v>
       </c>
       <c r="J104" t="s">
         <v>776</v>
       </c>
       <c r="K104" t="s">
         <v>777</v>
       </c>
       <c r="L104" t="s">
         <v>778</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>779</v>
       </c>
       <c r="C105" t="s">
         <v>194</v>
       </c>
       <c r="D105" t="s">
         <v>693</v>
       </c>
       <c r="E105">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F105" t="s">
         <v>780</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
         <v>781</v>
       </c>
       <c r="I105" t="s">
         <v>782</v>
       </c>
       <c r="J105" t="s">
         <v>783</v>
       </c>
       <c r="K105" t="s">
         <v>784</v>
       </c>
       <c r="L105" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>786</v>
       </c>
       <c r="C106" t="s">
         <v>29</v>
       </c>
       <c r="D106" t="s">
         <v>787</v>
       </c>
       <c r="E106">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F106" t="s">
         <v>788</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
         <v>789</v>
       </c>
       <c r="I106" t="s">
         <v>790</v>
       </c>
       <c r="J106" t="s">
         <v>791</v>
       </c>
       <c r="K106" t="s">
         <v>792</v>
       </c>
       <c r="L106" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>794</v>
       </c>
       <c r="C107" t="s">
         <v>795</v>
       </c>
       <c r="D107" t="s">
         <v>80</v>
       </c>
       <c r="E107">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F107" t="s">
         <v>796</v>
       </c>
       <c r="G107"/>
       <c r="H107" t="s">
         <v>797</v>
       </c>
       <c r="I107" t="s">
         <v>798</v>
       </c>
       <c r="J107" t="s">
         <v>799</v>
       </c>
       <c r="K107" t="s">
         <v>800</v>
       </c>
       <c r="L107" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>802</v>
       </c>
       <c r="C108" t="s">
         <v>29</v>
       </c>
       <c r="D108" t="s">
         <v>803</v>
       </c>
       <c r="E108">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F108" t="s">
         <v>804</v>
       </c>
       <c r="G108" t="s">
         <v>805</v>
       </c>
       <c r="H108" t="s">
         <v>725</v>
       </c>
       <c r="I108" t="s">
         <v>806</v>
       </c>
       <c r="J108" t="s">
         <v>807</v>
       </c>
       <c r="K108" t="s">
         <v>808</v>
       </c>
       <c r="L108" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>810</v>
       </c>
       <c r="C109" t="s">
         <v>256</v>
       </c>
       <c r="D109" t="s">
         <v>80</v>
       </c>
       <c r="E109">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F109" t="s">
         <v>811</v>
       </c>
       <c r="G109" t="s">
         <v>812</v>
       </c>
       <c r="H109" t="s">
         <v>306</v>
       </c>
       <c r="I109"/>
       <c r="J109"/>
       <c r="K109"/>
       <c r="L109" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
         <v>814</v>
       </c>
       <c r="C110" t="s">
-        <v>70</v>
+        <v>815</v>
       </c>
       <c r="D110" t="s">
         <v>44</v>
       </c>
       <c r="E110">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F110" t="s">
-        <v>815</v>
-[...1 lines deleted...]
-      <c r="G110" t="s">
         <v>816</v>
       </c>
+      <c r="G110"/>
       <c r="H110" t="s">
-        <v>410</v>
+        <v>817</v>
       </c>
       <c r="I110" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="J110" t="s">
-        <v>818</v>
-[...1 lines deleted...]
-      <c r="K110" t="s">
         <v>819</v>
       </c>
+      <c r="K110"/>
       <c r="L110" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>821</v>
       </c>
       <c r="C111" t="s">
-        <v>122</v>
+        <v>70</v>
       </c>
       <c r="D111" t="s">
-        <v>505</v>
+        <v>44</v>
       </c>
       <c r="E111">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F111" t="s">
         <v>822</v>
       </c>
-      <c r="G111"/>
+      <c r="G111" t="s">
+        <v>823</v>
+      </c>
       <c r="H111" t="s">
-        <v>336</v>
+        <v>410</v>
       </c>
       <c r="I111" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="J111" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="K111" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="L111" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="C112" t="s">
         <v>122</v>
       </c>
       <c r="D112" t="s">
         <v>505</v>
       </c>
       <c r="E112">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F112" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>336</v>
       </c>
       <c r="I112" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="J112" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="K112" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="L112" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="C113" t="s">
-        <v>13</v>
+        <v>122</v>
       </c>
       <c r="D113" t="s">
-        <v>832</v>
+        <v>505</v>
       </c>
       <c r="E113">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F113" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="G113"/>
-      <c r="H113"/>
+      <c r="H113" t="s">
+        <v>336</v>
+      </c>
       <c r="I113" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="J113" t="s">
         <v>835</v>
       </c>
       <c r="K113" t="s">
         <v>836</v>
       </c>
       <c r="L113" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
         <v>838</v>
       </c>
       <c r="C114" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="D114" t="s">
-        <v>80</v>
+        <v>839</v>
       </c>
       <c r="E114">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F114" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="G114"/>
-      <c r="H114" t="s">
-[...3 lines deleted...]
-      <c r="J114"/>
+      <c r="H114"/>
+      <c r="I114" t="s">
+        <v>841</v>
+      </c>
+      <c r="J114" t="s">
+        <v>842</v>
+      </c>
       <c r="K114" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="L114" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="C115" t="s">
-        <v>256</v>
+        <v>29</v>
       </c>
       <c r="D115" t="s">
-        <v>366</v>
+        <v>80</v>
       </c>
       <c r="E115">
-        <v>1960</v>
+        <v>2026</v>
       </c>
       <c r="F115" t="s">
-        <v>844</v>
-[...7 lines deleted...]
-      <c r="I115" t="s">
         <v>846</v>
       </c>
-      <c r="J115" t="s">
+      <c r="G115"/>
+      <c r="H115" t="s">
         <v>847</v>
       </c>
-      <c r="K115"/>
+      <c r="I115"/>
+      <c r="J115"/>
+      <c r="K115" t="s">
+        <v>848</v>
+      </c>
       <c r="L115" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C116" t="s">
-        <v>303</v>
+        <v>256</v>
       </c>
       <c r="D116" t="s">
-        <v>71</v>
+        <v>366</v>
       </c>
       <c r="E116">
-        <v>2025</v>
+        <v>1960</v>
       </c>
       <c r="F116" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-      <c r="H116" t="s">
         <v>851</v>
       </c>
+      <c r="G116" t="s">
+        <v>852</v>
+      </c>
+      <c r="H116">
+        <v>86</v>
+      </c>
       <c r="I116" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="J116" t="s">
-        <v>853</v>
-[...1 lines deleted...]
-      <c r="K116" t="s">
         <v>854</v>
       </c>
+      <c r="K116"/>
       <c r="L116" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>856</v>
       </c>
       <c r="C117" t="s">
+        <v>303</v>
+      </c>
+      <c r="D117" t="s">
+        <v>71</v>
+      </c>
+      <c r="E117">
+        <v>2026</v>
+      </c>
+      <c r="F117" t="s">
         <v>857</v>
-      </c>
-[...7 lines deleted...]
-        <v>858</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>154</v>
+        <v>858</v>
       </c>
       <c r="I117" t="s">
         <v>859</v>
       </c>
       <c r="J117" t="s">
         <v>860</v>
       </c>
       <c r="K117" t="s">
         <v>861</v>
       </c>
       <c r="L117" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
         <v>863</v>
       </c>
       <c r="C118" t="s">
-        <v>194</v>
+        <v>864</v>
       </c>
       <c r="D118" t="s">
         <v>80</v>
       </c>
       <c r="E118">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F118" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>781</v>
-[...1 lines deleted...]
-      <c r="I118"/>
+        <v>154</v>
+      </c>
+      <c r="I118" t="s">
+        <v>866</v>
+      </c>
       <c r="J118" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="K118" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="L118" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="C119" t="s">
-        <v>104</v>
+        <v>194</v>
       </c>
       <c r="D119" t="s">
-        <v>123</v>
+        <v>80</v>
       </c>
       <c r="E119">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F119" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>870</v>
-[...5 lines deleted...]
-      <c r="K119"/>
+        <v>781</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>872</v>
+      </c>
+      <c r="K119" t="s">
+        <v>873</v>
+      </c>
       <c r="L119" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="C120" t="s">
-        <v>29</v>
+        <v>104</v>
       </c>
       <c r="D120" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="E120">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F120" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="I120"/>
+        <v>877</v>
+      </c>
+      <c r="I120" t="s">
+        <v>878</v>
+      </c>
       <c r="J120"/>
-      <c r="K120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K120"/>
       <c r="L120" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="C121" t="s">
         <v>29</v>
       </c>
       <c r="D121" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="E121">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F121" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>879</v>
+        <v>189</v>
       </c>
       <c r="I121"/>
       <c r="J121"/>
       <c r="K121" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="L121" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="C122" t="s">
         <v>29</v>
       </c>
       <c r="D122" t="s">
-        <v>693</v>
+        <v>80</v>
       </c>
       <c r="E122">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F122" t="s">
-        <v>883</v>
-[...3 lines deleted...]
-      </c>
+        <v>885</v>
+      </c>
+      <c r="G122"/>
       <c r="H122" t="s">
-        <v>885</v>
-[...1 lines deleted...]
-      <c r="I122" t="s">
         <v>886</v>
       </c>
-      <c r="J122" t="s">
+      <c r="I122"/>
+      <c r="J122"/>
+      <c r="K122" t="s">
         <v>887</v>
       </c>
-      <c r="K122" t="s">
+      <c r="L122" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>890</v>
+        <v>889</v>
       </c>
       <c r="C123" t="s">
         <v>29</v>
       </c>
       <c r="D123" t="s">
-        <v>44</v>
+        <v>693</v>
       </c>
       <c r="E123">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F123" t="s">
+        <v>890</v>
+      </c>
+      <c r="G123" t="s">
         <v>891</v>
       </c>
-      <c r="G123"/>
       <c r="H123" t="s">
-        <v>92</v>
+        <v>892</v>
       </c>
       <c r="I123" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="J123" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="K123" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="L123" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C124" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="D124" t="s">
-        <v>897</v>
+        <v>44</v>
       </c>
       <c r="E124">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F124" t="s">
         <v>898</v>
       </c>
-      <c r="G124" t="s">
+      <c r="G124"/>
+      <c r="H124" t="s">
+        <v>92</v>
+      </c>
+      <c r="I124" t="s">
         <v>899</v>
       </c>
-      <c r="H124" t="s">
+      <c r="J124" t="s">
         <v>900</v>
       </c>
-      <c r="I124" t="s">
+      <c r="K124" t="s">
         <v>901</v>
       </c>
-      <c r="J124" t="s">
+      <c r="L124" t="s">
         <v>902</v>
-      </c>
-[...4 lines deleted...]
-        <v>904</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
+        <v>903</v>
+      </c>
+      <c r="C125" t="s">
+        <v>43</v>
+      </c>
+      <c r="D125" t="s">
+        <v>904</v>
+      </c>
+      <c r="E125">
+        <v>2026</v>
+      </c>
+      <c r="F125" t="s">
         <v>905</v>
       </c>
-      <c r="C125" t="s">
-[...8 lines deleted...]
-      <c r="F125" t="s">
+      <c r="G125" t="s">
         <v>906</v>
       </c>
-      <c r="G125"/>
       <c r="H125" t="s">
         <v>907</v>
       </c>
       <c r="I125" t="s">
         <v>908</v>
       </c>
       <c r="J125" t="s">
         <v>909</v>
       </c>
       <c r="K125" t="s">
         <v>910</v>
       </c>
       <c r="L125" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
         <v>912</v>
       </c>
       <c r="C126" t="s">
-        <v>13</v>
+        <v>194</v>
       </c>
       <c r="D126" t="s">
-        <v>14</v>
+        <v>80</v>
       </c>
       <c r="E126">
-        <v>1997</v>
+        <v>1970</v>
       </c>
       <c r="F126" t="s">
         <v>913</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>23</v>
+        <v>914</v>
       </c>
       <c r="I126" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="J126" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="K126" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="L126" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C127" t="s">
-        <v>256</v>
+        <v>13</v>
       </c>
       <c r="D127" t="s">
-        <v>919</v>
+        <v>14</v>
       </c>
       <c r="E127">
-        <v>2025</v>
+        <v>1997</v>
       </c>
       <c r="F127" t="s">
         <v>920</v>
       </c>
-      <c r="G127" t="s">
+      <c r="G127"/>
+      <c r="H127" t="s">
+        <v>23</v>
+      </c>
+      <c r="I127" t="s">
         <v>921</v>
       </c>
-      <c r="H127" t="s">
+      <c r="J127" t="s">
         <v>922</v>
       </c>
-      <c r="I127" t="s">
+      <c r="K127" t="s">
         <v>923</v>
       </c>
-      <c r="J127" t="s">
+      <c r="L127" t="s">
         <v>924</v>
-      </c>
-[...4 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
+        <v>925</v>
+      </c>
+      <c r="C128" t="s">
+        <v>256</v>
+      </c>
+      <c r="D128" t="s">
+        <v>926</v>
+      </c>
+      <c r="E128">
+        <v>2026</v>
+      </c>
+      <c r="F128" t="s">
         <v>927</v>
       </c>
-      <c r="C128" t="s">
-[...8 lines deleted...]
-      <c r="F128" t="s">
+      <c r="G128" t="s">
         <v>928</v>
       </c>
-      <c r="G128" t="s">
+      <c r="H128" t="s">
         <v>929</v>
       </c>
-      <c r="H128" t="s">
+      <c r="I128" t="s">
         <v>930</v>
       </c>
-      <c r="I128" t="s">
+      <c r="J128" t="s">
         <v>931</v>
       </c>
-      <c r="J128" t="s">
+      <c r="K128" t="s">
         <v>932</v>
       </c>
-      <c r="K128" t="s">
+      <c r="L128" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
+        <v>934</v>
+      </c>
+      <c r="C129" t="s">
+        <v>29</v>
+      </c>
+      <c r="D129" t="s">
+        <v>80</v>
+      </c>
+      <c r="E129">
+        <v>2026</v>
+      </c>
+      <c r="F129" t="s">
         <v>935</v>
       </c>
-      <c r="C129" t="s">
-[...8 lines deleted...]
-      <c r="F129" t="s">
+      <c r="G129" t="s">
         <v>936</v>
       </c>
-      <c r="G129" t="s">
+      <c r="H129" t="s">
         <v>937</v>
       </c>
-      <c r="H129" t="s">
+      <c r="I129" t="s">
         <v>938</v>
       </c>
-      <c r="I129" t="s">
+      <c r="J129" t="s">
         <v>939</v>
       </c>
-      <c r="J129" t="s">
+      <c r="K129" t="s">
         <v>940</v>
       </c>
-      <c r="K129" t="s">
+      <c r="L129" t="s">
         <v>941</v>
-      </c>
-[...1 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>943</v>
+        <v>942</v>
       </c>
       <c r="C130" t="s">
-        <v>944</v>
+        <v>70</v>
       </c>
       <c r="D130" t="s">
         <v>44</v>
       </c>
       <c r="E130">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F130" t="s">
+        <v>943</v>
+      </c>
+      <c r="G130" t="s">
+        <v>944</v>
+      </c>
+      <c r="H130" t="s">
         <v>945</v>
       </c>
-      <c r="G130"/>
-      <c r="H130" t="s">
+      <c r="I130" t="s">
         <v>946</v>
       </c>
-      <c r="I130"/>
       <c r="J130" t="s">
         <v>947</v>
       </c>
       <c r="K130" t="s">
         <v>948</v>
       </c>
       <c r="L130" t="s">
         <v>949</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
         <v>950</v>
       </c>
       <c r="C131" t="s">
-        <v>29</v>
+        <v>951</v>
       </c>
       <c r="D131" t="s">
         <v>44</v>
       </c>
       <c r="E131">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F131" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>953</v>
+      </c>
+      <c r="I131"/>
       <c r="J131" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="K131" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="L131" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C132" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="D132" t="s">
-        <v>957</v>
+        <v>44</v>
       </c>
       <c r="E132">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F132" t="s">
         <v>958</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
+        <v>92</v>
+      </c>
+      <c r="I132" t="s">
         <v>959</v>
       </c>
-      <c r="I132"/>
-      <c r="J132"/>
+      <c r="J132" t="s">
+        <v>960</v>
+      </c>
       <c r="K132" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="L132" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C133" t="s">
-        <v>303</v>
+        <v>70</v>
       </c>
       <c r="D133" t="s">
-        <v>467</v>
+        <v>964</v>
       </c>
       <c r="E133">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F133" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
-        <v>964</v>
-[...4 lines deleted...]
-      <c r="J133" t="s">
         <v>966</v>
       </c>
+      <c r="I133"/>
+      <c r="J133"/>
       <c r="K133" t="s">
         <v>967</v>
       </c>
       <c r="L133" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
         <v>969</v>
       </c>
       <c r="C134" t="s">
-        <v>88</v>
+        <v>303</v>
       </c>
       <c r="D134" t="s">
+        <v>467</v>
+      </c>
+      <c r="E134">
+        <v>2026</v>
+      </c>
+      <c r="F134" t="s">
         <v>970</v>
-      </c>
-[...4 lines deleted...]
-        <v>971</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
-        <v>92</v>
+        <v>971</v>
       </c>
       <c r="I134" t="s">
         <v>972</v>
       </c>
       <c r="J134" t="s">
         <v>973</v>
       </c>
       <c r="K134" t="s">
         <v>974</v>
       </c>
       <c r="L134" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
         <v>976</v>
       </c>
       <c r="C135" t="s">
-        <v>194</v>
+        <v>88</v>
       </c>
       <c r="D135" t="s">
-        <v>80</v>
+        <v>977</v>
       </c>
       <c r="E135">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F135" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>106</v>
+        <v>92</v>
       </c>
       <c r="I135" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="J135" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="K135" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="L135" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C136" t="s">
-        <v>458</v>
+        <v>194</v>
       </c>
       <c r="D136" t="s">
-        <v>239</v>
+        <v>80</v>
       </c>
       <c r="E136">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F136" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>984</v>
-[...2 lines deleted...]
-      <c r="J136"/>
+        <v>106</v>
+      </c>
+      <c r="I136" t="s">
+        <v>985</v>
+      </c>
+      <c r="J136" t="s">
+        <v>986</v>
+      </c>
       <c r="K136" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="L136" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C137" t="s">
-        <v>13</v>
+        <v>458</v>
       </c>
       <c r="D137" t="s">
-        <v>44</v>
+        <v>239</v>
       </c>
       <c r="E137">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F137" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
-        <v>989</v>
-[...4 lines deleted...]
-      <c r="J137" t="s">
         <v>991</v>
       </c>
+      <c r="I137"/>
+      <c r="J137"/>
       <c r="K137" t="s">
         <v>992</v>
       </c>
       <c r="L137" t="s">
         <v>993</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
         <v>994</v>
       </c>
       <c r="C138" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="D138" t="s">
-        <v>400</v>
+        <v>44</v>
       </c>
       <c r="E138">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F138" t="s">
         <v>995</v>
       </c>
-      <c r="G138" t="s">
+      <c r="G138"/>
+      <c r="H138" t="s">
         <v>996</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
       <c r="I138" t="s">
         <v>997</v>
       </c>
       <c r="J138" t="s">
         <v>998</v>
       </c>
       <c r="K138" t="s">
         <v>999</v>
       </c>
       <c r="L138" t="s">
         <v>1000</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
         <v>1001</v>
       </c>
       <c r="C139" t="s">
-        <v>256</v>
+        <v>70</v>
       </c>
       <c r="D139" t="s">
+        <v>400</v>
+      </c>
+      <c r="E139">
+        <v>2026</v>
+      </c>
+      <c r="F139" t="s">
         <v>1002</v>
       </c>
-      <c r="E139">
-[...2 lines deleted...]
-      <c r="F139" t="s">
+      <c r="G139" t="s">
         <v>1003</v>
       </c>
-      <c r="G139" t="s">
+      <c r="H139" t="s">
+        <v>645</v>
+      </c>
+      <c r="I139" t="s">
         <v>1004</v>
       </c>
-      <c r="H139" t="s">
+      <c r="J139" t="s">
         <v>1005</v>
       </c>
-      <c r="I139" t="s">
+      <c r="K139" t="s">
         <v>1006</v>
       </c>
-      <c r="J139" t="s">
+      <c r="L139" t="s">
         <v>1007</v>
-      </c>
-[...4 lines deleted...]
-        <v>1009</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C140" t="s">
+        <v>256</v>
+      </c>
+      <c r="D140" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E140">
+        <v>1986</v>
+      </c>
+      <c r="F140" t="s">
         <v>1010</v>
       </c>
-      <c r="C140" t="s">
-[...8 lines deleted...]
-      <c r="F140" t="s">
+      <c r="G140" t="s">
         <v>1011</v>
       </c>
-      <c r="G140" t="s">
+      <c r="H140" t="s">
         <v>1012</v>
       </c>
-      <c r="H140" t="s">
+      <c r="I140" t="s">
         <v>1013</v>
       </c>
-      <c r="I140" t="s">
+      <c r="J140" t="s">
         <v>1014</v>
       </c>
-      <c r="J140" t="s">
+      <c r="K140" t="s">
         <v>1015</v>
       </c>
-      <c r="K140" t="s">
+      <c r="L140" t="s">
         <v>1016</v>
-      </c>
-[...1 lines deleted...]
-        <v>1017</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C141" t="s">
+        <v>265</v>
+      </c>
+      <c r="D141" t="s">
+        <v>391</v>
+      </c>
+      <c r="E141">
+        <v>2026</v>
+      </c>
+      <c r="F141" t="s">
         <v>1018</v>
       </c>
-      <c r="C141" t="s">
-[...8 lines deleted...]
-      <c r="F141" t="s">
+      <c r="G141" t="s">
         <v>1019</v>
       </c>
-      <c r="G141" t="s">
+      <c r="H141" t="s">
         <v>1020</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="I141" t="s">
         <v>1021</v>
       </c>
       <c r="J141" t="s">
         <v>1022</v>
       </c>
-      <c r="K141"/>
+      <c r="K141" t="s">
+        <v>1023</v>
+      </c>
       <c r="L141" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C142" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="D142" t="s">
-        <v>123</v>
+        <v>366</v>
       </c>
       <c r="E142">
-        <v>2025</v>
+        <v>1960</v>
       </c>
       <c r="F142" t="s">
-        <v>1025</v>
-[...5 lines deleted...]
-      <c r="I142"/>
+        <v>1026</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H142">
+        <v>83</v>
+      </c>
+      <c r="I142" t="s">
+        <v>1028</v>
+      </c>
       <c r="J142" t="s">
-        <v>1026</v>
-[...3 lines deleted...]
-      </c>
+        <v>1029</v>
+      </c>
+      <c r="K142"/>
       <c r="L142" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="C143" t="s">
-        <v>857</v>
+        <v>29</v>
       </c>
       <c r="D143" t="s">
-        <v>80</v>
+        <v>123</v>
       </c>
       <c r="E143">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F143" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
-        <v>1031</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="I143"/>
       <c r="J143" t="s">
         <v>1033</v>
       </c>
       <c r="K143" t="s">
         <v>1034</v>
       </c>
       <c r="L143" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
         <v>1036</v>
       </c>
       <c r="C144" t="s">
-        <v>70</v>
+        <v>864</v>
       </c>
       <c r="D144" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="E144">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F144" t="s">
         <v>1037</v>
       </c>
-      <c r="G144" t="s">
+      <c r="G144"/>
+      <c r="H144" t="s">
         <v>1038</v>
-      </c>
-[...1 lines deleted...]
-        <v>1031</v>
       </c>
       <c r="I144" t="s">
         <v>1039</v>
       </c>
       <c r="J144" t="s">
         <v>1040</v>
       </c>
       <c r="K144" t="s">
         <v>1041</v>
       </c>
       <c r="L144" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
         <v>1043</v>
       </c>
       <c r="C145" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="D145" t="s">
-        <v>366</v>
+        <v>44</v>
       </c>
       <c r="E145">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F145" t="s">
         <v>1044</v>
       </c>
       <c r="G145" t="s">
         <v>1045</v>
       </c>
-      <c r="H145">
-        <v>84</v>
+      <c r="H145" t="s">
+        <v>1038</v>
       </c>
       <c r="I145" t="s">
         <v>1046</v>
       </c>
       <c r="J145" t="s">
         <v>1047</v>
       </c>
-      <c r="K145"/>
+      <c r="K145" t="s">
+        <v>1048</v>
+      </c>
       <c r="L145" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C146" t="s">
         <v>13</v>
       </c>
       <c r="D146" t="s">
-        <v>44</v>
+        <v>366</v>
       </c>
       <c r="E146">
-        <v>1986</v>
+        <v>2026</v>
       </c>
       <c r="F146" t="s">
-        <v>1050</v>
-[...2 lines deleted...]
-      <c r="H146" t="s">
         <v>1051</v>
       </c>
+      <c r="G146" t="s">
+        <v>1052</v>
+      </c>
+      <c r="H146">
+        <v>84</v>
+      </c>
       <c r="I146" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="J146" t="s">
-        <v>1053</v>
-[...1 lines deleted...]
-      <c r="K146" t="s">
         <v>1054</v>
       </c>
+      <c r="K146"/>
       <c r="L146" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
         <v>1056</v>
       </c>
       <c r="C147" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="D147" t="s">
         <v>44</v>
       </c>
       <c r="E147">
-        <v>2025</v>
+        <v>1986</v>
       </c>
       <c r="F147" t="s">
         <v>1057</v>
       </c>
-      <c r="G147" t="s">
+      <c r="G147"/>
+      <c r="H147" t="s">
         <v>1058</v>
-      </c>
-[...1 lines deleted...]
-        <v>1051</v>
       </c>
       <c r="I147" t="s">
         <v>1059</v>
       </c>
       <c r="J147" t="s">
         <v>1060</v>
       </c>
       <c r="K147" t="s">
         <v>1061</v>
       </c>
       <c r="L147" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
         <v>1063</v>
       </c>
       <c r="C148" t="s">
         <v>43</v>
       </c>
       <c r="D148" t="s">
         <v>44</v>
       </c>
       <c r="E148">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F148" t="s">
         <v>1064</v>
       </c>
-      <c r="G148"/>
+      <c r="G148" t="s">
+        <v>1065</v>
+      </c>
       <c r="H148" t="s">
-        <v>1031</v>
+        <v>1058</v>
       </c>
       <c r="I148" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="J148" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="K148" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="L148" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="C149" t="s">
-        <v>1070</v>
+        <v>43</v>
       </c>
       <c r="D149" t="s">
-        <v>366</v>
+        <v>44</v>
       </c>
       <c r="E149">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F149" t="s">
         <v>1071</v>
       </c>
-      <c r="G149" t="s">
+      <c r="G149"/>
+      <c r="H149" t="s">
+        <v>1038</v>
+      </c>
+      <c r="I149" t="s">
         <v>1072</v>
       </c>
-      <c r="H149">
-[...2 lines deleted...]
-      <c r="I149" t="s">
+      <c r="J149" t="s">
         <v>1073</v>
       </c>
-      <c r="J149" t="s">
+      <c r="K149" t="s">
         <v>1074</v>
       </c>
-      <c r="K149"/>
       <c r="L149" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
         <v>1076</v>
       </c>
       <c r="C150" t="s">
-        <v>29</v>
+        <v>1077</v>
       </c>
       <c r="D150" t="s">
-        <v>123</v>
+        <v>366</v>
       </c>
       <c r="E150">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F150" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="G150" t="s">
-        <v>1078</v>
-[...1 lines deleted...]
-      <c r="H150" t="s">
         <v>1079</v>
+      </c>
+      <c r="H150">
+        <v>103</v>
       </c>
       <c r="I150" t="s">
         <v>1080</v>
       </c>
       <c r="J150" t="s">
         <v>1081</v>
       </c>
-      <c r="K150" t="s">
+      <c r="K150"/>
+      <c r="L150" t="s">
         <v>1082</v>
-      </c>
-[...1 lines deleted...]
-        <v>1083</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C151" t="s">
+        <v>29</v>
+      </c>
+      <c r="D151" t="s">
+        <v>123</v>
+      </c>
+      <c r="E151">
+        <v>2026</v>
+      </c>
+      <c r="F151" t="s">
         <v>1084</v>
       </c>
-      <c r="C151" t="s">
-[...8 lines deleted...]
-      <c r="F151" t="s">
+      <c r="G151" t="s">
         <v>1085</v>
       </c>
-      <c r="G151"/>
       <c r="H151" t="s">
         <v>1086</v>
       </c>
       <c r="I151" t="s">
         <v>1087</v>
       </c>
       <c r="J151" t="s">
         <v>1088</v>
       </c>
       <c r="K151" t="s">
         <v>1089</v>
       </c>
       <c r="L151" t="s">
         <v>1090</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
         <v>1091</v>
       </c>
       <c r="C152" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="D152" t="s">
-        <v>80</v>
+        <v>839</v>
       </c>
       <c r="E152">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F152" t="s">
-        <v>249</v>
+        <v>1092</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>840</v>
-[...2 lines deleted...]
-      <c r="J152"/>
+        <v>1093</v>
+      </c>
+      <c r="I152" t="s">
+        <v>1094</v>
+      </c>
+      <c r="J152" t="s">
+        <v>1095</v>
+      </c>
       <c r="K152" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="L152" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="C153" t="s">
         <v>29</v>
       </c>
       <c r="D153" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="E153">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F153" t="s">
-        <v>1095</v>
-[...3 lines deleted...]
-      </c>
+        <v>249</v>
+      </c>
+      <c r="G153"/>
       <c r="H153" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>847</v>
+      </c>
+      <c r="I153"/>
       <c r="J153"/>
       <c r="K153" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="L153" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C154" t="s">
         <v>29</v>
       </c>
       <c r="D154" t="s">
-        <v>123</v>
+        <v>44</v>
       </c>
       <c r="E154">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F154" t="s">
-        <v>1101</v>
-[...1 lines deleted...]
-      <c r="G154"/>
+        <v>1102</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1103</v>
+      </c>
       <c r="H154" t="s">
-        <v>189</v>
-[...4 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1104</v>
+      </c>
+      <c r="J154"/>
       <c r="K154" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="L154" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="C155" t="s">
         <v>29</v>
       </c>
       <c r="D155" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="E155">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F155" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-      <c r="J155"/>
+        <v>189</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>1109</v>
+      </c>
       <c r="K155" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="L155" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="C156" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="D156" t="s">
         <v>44</v>
       </c>
       <c r="E156">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F156" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>1112</v>
+        <v>55</v>
       </c>
       <c r="I156" t="s">
-        <v>1113</v>
-[...1 lines deleted...]
-      <c r="J156" t="s">
         <v>1114</v>
       </c>
+      <c r="J156"/>
       <c r="K156" t="s">
         <v>1115</v>
       </c>
       <c r="L156" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
         <v>1117</v>
       </c>
       <c r="C157" t="s">
-        <v>1118</v>
+        <v>122</v>
       </c>
       <c r="D157" t="s">
         <v>44</v>
       </c>
       <c r="E157">
         <v>1970</v>
       </c>
       <c r="F157" t="s">
-        <v>1119</v>
+        <v>1118</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
+        <v>1119</v>
+      </c>
+      <c r="I157" t="s">
         <v>1120</v>
       </c>
-      <c r="I157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J157" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
       <c r="K157" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="L157" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="C158" t="s">
-        <v>122</v>
+        <v>1125</v>
       </c>
       <c r="D158" t="s">
         <v>44</v>
       </c>
       <c r="E158">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F158" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>946</v>
-[...1 lines deleted...]
-      <c r="I158"/>
+        <v>1127</v>
+      </c>
+      <c r="I158" t="s">
+        <v>1120</v>
+      </c>
       <c r="J158" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
       <c r="K158" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="L158" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="C159" t="s">
-        <v>182</v>
+        <v>122</v>
       </c>
       <c r="D159" t="s">
         <v>44</v>
       </c>
       <c r="E159">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F159" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>112</v>
+        <v>953</v>
       </c>
       <c r="I159"/>
-      <c r="J159"/>
+      <c r="J159" t="s">
+        <v>1121</v>
+      </c>
       <c r="K159" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="L159" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="C160" t="s">
-        <v>303</v>
+        <v>182</v>
       </c>
       <c r="D160" t="s">
-        <v>346</v>
+        <v>44</v>
       </c>
       <c r="E160">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F160" t="s">
-        <v>1131</v>
-[...3 lines deleted...]
-      </c>
+        <v>1134</v>
+      </c>
+      <c r="G160"/>
       <c r="H160" t="s">
-        <v>336</v>
-[...6 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160"/>
       <c r="K160" t="s">
         <v>1135</v>
       </c>
       <c r="L160" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
         <v>1137</v>
       </c>
       <c r="C161" t="s">
-        <v>256</v>
+        <v>303</v>
       </c>
       <c r="D161" t="s">
-        <v>80</v>
+        <v>346</v>
       </c>
       <c r="E161">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F161" t="s">
         <v>1138</v>
       </c>
-      <c r="G161"/>
+      <c r="G161" t="s">
+        <v>1139</v>
+      </c>
       <c r="H161" t="s">
-        <v>1139</v>
+        <v>336</v>
       </c>
       <c r="I161" t="s">
         <v>1140</v>
       </c>
       <c r="J161" t="s">
         <v>1141</v>
       </c>
       <c r="K161" t="s">
         <v>1142</v>
       </c>
       <c r="L161" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
         <v>1144</v>
       </c>
       <c r="C162" t="s">
-        <v>43</v>
+        <v>256</v>
       </c>
       <c r="D162" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="E162">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F162" t="s">
         <v>1145</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
         <v>1146</v>
       </c>
       <c r="I162" t="s">
         <v>1147</v>
       </c>
       <c r="J162" t="s">
         <v>1148</v>
       </c>
       <c r="K162" t="s">
         <v>1149</v>
       </c>
       <c r="L162" t="s">
         <v>1150</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
         <v>1151</v>
       </c>
       <c r="C163" t="s">
-        <v>104</v>
+        <v>43</v>
       </c>
       <c r="D163" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="E163">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F163" t="s">
         <v>1152</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-      <c r="J163"/>
+        <v>1153</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1154</v>
+      </c>
+      <c r="J163" t="s">
+        <v>1155</v>
+      </c>
       <c r="K163" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="L163" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="C164" t="s">
-        <v>303</v>
+        <v>104</v>
       </c>
       <c r="D164" t="s">
-        <v>467</v>
+        <v>80</v>
       </c>
       <c r="E164">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F164" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>1157</v>
-[...6 lines deleted...]
-      </c>
+        <v>536</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164"/>
       <c r="K164" t="s">
         <v>1160</v>
       </c>
       <c r="L164" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
         <v>1162</v>
       </c>
       <c r="C165" t="s">
+        <v>303</v>
+      </c>
+      <c r="D165" t="s">
+        <v>467</v>
+      </c>
+      <c r="E165">
+        <v>2026</v>
+      </c>
+      <c r="F165" t="s">
         <v>1163</v>
       </c>
-      <c r="D165" t="s">
-[...5 lines deleted...]
-      <c r="F165" t="s">
+      <c r="G165"/>
+      <c r="H165" t="s">
         <v>1164</v>
       </c>
-      <c r="G165" t="s">
+      <c r="I165" t="s">
         <v>1165</v>
       </c>
-      <c r="H165" t="s">
-[...2 lines deleted...]
-      <c r="I165" t="s">
+      <c r="J165" t="s">
         <v>1166</v>
       </c>
-      <c r="J165" t="s">
+      <c r="K165" t="s">
         <v>1167</v>
       </c>
-      <c r="K165" t="s">
+      <c r="L165" t="s">
         <v>1168</v>
-      </c>
-[...1 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C166" t="s">
         <v>1170</v>
       </c>
-      <c r="C166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D166" t="s">
-        <v>803</v>
+        <v>366</v>
       </c>
       <c r="E166">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F166" t="s">
         <v>1171</v>
       </c>
-      <c r="G166"/>
+      <c r="G166" t="s">
+        <v>1172</v>
+      </c>
       <c r="H166" t="s">
-        <v>1172</v>
-[...2 lines deleted...]
-      <c r="J166"/>
+        <v>907</v>
+      </c>
+      <c r="I166" t="s">
+        <v>1173</v>
+      </c>
+      <c r="J166" t="s">
+        <v>1174</v>
+      </c>
       <c r="K166" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="L166" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="C167" t="s">
-        <v>490</v>
+        <v>29</v>
       </c>
       <c r="D167" t="s">
-        <v>20</v>
+        <v>803</v>
       </c>
       <c r="E167">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F167" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>64</v>
-[...6 lines deleted...]
-      </c>
+        <v>1179</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167"/>
       <c r="K167" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="L167" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="C168" t="s">
         <v>490</v>
       </c>
       <c r="D168" t="s">
         <v>20</v>
       </c>
       <c r="E168">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F168" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>349</v>
+        <v>64</v>
       </c>
       <c r="I168" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="J168" t="s">
-        <v>1184</v>
-[...1 lines deleted...]
-      <c r="K168"/>
+        <v>1185</v>
+      </c>
+      <c r="K168" t="s">
+        <v>1186</v>
+      </c>
       <c r="L168" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="C169" t="s">
-        <v>70</v>
+        <v>490</v>
       </c>
       <c r="D169" t="s">
-        <v>159</v>
+        <v>20</v>
       </c>
       <c r="E169">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F169" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>900</v>
+        <v>349</v>
       </c>
       <c r="I169" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="J169" t="s">
-        <v>1189</v>
-[...3 lines deleted...]
-      </c>
+        <v>1191</v>
+      </c>
+      <c r="K169"/>
       <c r="L169" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="C170" t="s">
-        <v>182</v>
+        <v>70</v>
       </c>
       <c r="D170" t="s">
-        <v>44</v>
+        <v>159</v>
       </c>
       <c r="E170">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F170" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>92</v>
+        <v>907</v>
       </c>
       <c r="I170" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="J170" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="K170" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="L170" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C171" t="s">
-        <v>1199</v>
-[...1 lines deleted...]
-      <c r="D171"/>
+        <v>182</v>
+      </c>
+      <c r="D171" t="s">
+        <v>44</v>
+      </c>
       <c r="E171">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F171" t="s">
         <v>1200</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>402</v>
-[...1 lines deleted...]
-      <c r="I171"/>
+        <v>92</v>
+      </c>
+      <c r="I171" t="s">
+        <v>1201</v>
+      </c>
       <c r="J171" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="K171" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="L171" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="C172" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>1206</v>
+      </c>
+      <c r="D172"/>
       <c r="E172">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F172" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>37</v>
+        <v>402</v>
       </c>
       <c r="I172"/>
-      <c r="J172"/>
+      <c r="J172" t="s">
+        <v>1208</v>
+      </c>
       <c r="K172" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="L172" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="C173" t="s">
         <v>29</v>
       </c>
       <c r="D173" t="s">
-        <v>123</v>
+        <v>44</v>
       </c>
       <c r="E173">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F173" t="s">
-        <v>1209</v>
-[...3 lines deleted...]
-      </c>
+        <v>1212</v>
+      </c>
+      <c r="G173"/>
       <c r="H173" t="s">
-        <v>732</v>
-[...6 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173"/>
       <c r="K173" t="s">
         <v>1213</v>
       </c>
       <c r="L173" t="s">
         <v>1214</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
         <v>1215</v>
       </c>
       <c r="C174" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D174" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="E174">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F174" t="s">
         <v>1216</v>
       </c>
-      <c r="G174"/>
+      <c r="G174" t="s">
+        <v>1217</v>
+      </c>
       <c r="H174" t="s">
-        <v>1217</v>
-[...2 lines deleted...]
-      <c r="J174"/>
+        <v>732</v>
+      </c>
+      <c r="I174" t="s">
+        <v>1218</v>
+      </c>
+      <c r="J174" t="s">
+        <v>1219</v>
+      </c>
       <c r="K174" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="L174" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="C175" t="s">
-        <v>256</v>
+        <v>53</v>
       </c>
       <c r="D175" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="E175">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F175" t="s">
-        <v>1221</v>
-[...3 lines deleted...]
-      </c>
+        <v>1223</v>
+      </c>
+      <c r="G175"/>
       <c r="H175" t="s">
-        <v>154</v>
-[...4 lines deleted...]
-      <c r="J175" t="s">
         <v>1224</v>
       </c>
+      <c r="I175"/>
+      <c r="J175"/>
       <c r="K175" t="s">
         <v>1225</v>
       </c>
       <c r="L175" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
         <v>1227</v>
       </c>
       <c r="C176" t="s">
-        <v>29</v>
+        <v>256</v>
       </c>
       <c r="D176" t="s">
-        <v>123</v>
+        <v>80</v>
       </c>
       <c r="E176">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F176" t="s">
         <v>1228</v>
       </c>
-      <c r="G176"/>
+      <c r="G176" t="s">
+        <v>1229</v>
+      </c>
       <c r="H176" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="I176"/>
+        <v>154</v>
+      </c>
+      <c r="I176" t="s">
+        <v>1230</v>
+      </c>
       <c r="J176" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="K176" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="L176" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="C177" t="s">
         <v>29</v>
       </c>
       <c r="D177" t="s">
-        <v>80</v>
+        <v>123</v>
       </c>
       <c r="E177">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F177" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>1234</v>
+        <v>189</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="K177" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="L177" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="C178" t="s">
-        <v>256</v>
+        <v>29</v>
       </c>
       <c r="D178" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="E178">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F178" t="s">
-        <v>1239</v>
-[...1 lines deleted...]
-      <c r="G178" t="s">
         <v>1240</v>
       </c>
+      <c r="G178"/>
       <c r="H178" t="s">
-        <v>1146</v>
-[...1 lines deleted...]
-      <c r="I178" t="s">
         <v>1241</v>
       </c>
+      <c r="I178"/>
       <c r="J178" t="s">
         <v>1242</v>
       </c>
       <c r="K178" t="s">
         <v>1243</v>
       </c>
       <c r="L178" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
         <v>1245</v>
       </c>
       <c r="C179" t="s">
+        <v>256</v>
+      </c>
+      <c r="D179" t="s">
+        <v>95</v>
+      </c>
+      <c r="E179">
+        <v>2026</v>
+      </c>
+      <c r="F179" t="s">
         <v>1246</v>
       </c>
-      <c r="D179" t="s">
+      <c r="G179" t="s">
         <v>1247</v>
       </c>
-      <c r="E179">
-[...2 lines deleted...]
-      <c r="F179" t="s">
+      <c r="H179" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I179" t="s">
         <v>1248</v>
       </c>
-      <c r="G179"/>
-[...3 lines deleted...]
-      <c r="I179" t="s">
+      <c r="J179" t="s">
         <v>1249</v>
       </c>
-      <c r="J179" t="s">
+      <c r="K179" t="s">
         <v>1250</v>
       </c>
-      <c r="K179" t="s">
+      <c r="L179" t="s">
         <v>1251</v>
-      </c>
-[...1 lines deleted...]
-        <v>1252</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C180" t="s">
         <v>1253</v>
       </c>
-      <c r="C180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D180" t="s">
-        <v>211</v>
+        <v>1254</v>
       </c>
       <c r="E180">
-        <v>2025</v>
+        <v>1999</v>
       </c>
       <c r="F180" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>1255</v>
+        <v>529</v>
       </c>
       <c r="I180" t="s">
         <v>1256</v>
       </c>
       <c r="J180" t="s">
         <v>1257</v>
       </c>
       <c r="K180" t="s">
         <v>1258</v>
       </c>
       <c r="L180" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
         <v>1260</v>
       </c>
       <c r="C181" t="s">
+        <v>13</v>
+      </c>
+      <c r="D181" t="s">
+        <v>211</v>
+      </c>
+      <c r="E181">
+        <v>2026</v>
+      </c>
+      <c r="F181" t="s">
         <v>1261</v>
       </c>
-      <c r="D181" t="s">
-[...5 lines deleted...]
-      <c r="F181" t="s">
+      <c r="G181"/>
+      <c r="H181" t="s">
         <v>1262</v>
       </c>
-      <c r="G181"/>
-[...3 lines deleted...]
-      <c r="K181"/>
+      <c r="I181" t="s">
+        <v>1263</v>
+      </c>
+      <c r="J181" t="s">
+        <v>1264</v>
+      </c>
+      <c r="K181" t="s">
+        <v>1265</v>
+      </c>
       <c r="L181" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="C182" t="s">
-        <v>256</v>
+        <v>1268</v>
       </c>
       <c r="D182" t="s">
-        <v>1265</v>
+        <v>20</v>
       </c>
       <c r="E182">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F182" t="s">
-        <v>1266</v>
-[...10 lines deleted...]
-      <c r="J182" t="s">
         <v>1269</v>
       </c>
-      <c r="K182" t="s">
+      <c r="G182"/>
+      <c r="H182"/>
+      <c r="I182"/>
+      <c r="J182"/>
+      <c r="K182"/>
+      <c r="L182" t="s">
         <v>1270</v>
-      </c>
-[...1 lines deleted...]
-        <v>1271</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C183" t="s">
+        <v>256</v>
+      </c>
+      <c r="D183" t="s">
         <v>1272</v>
       </c>
-      <c r="C183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E183">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F183" t="s">
         <v>1273</v>
       </c>
-      <c r="G183"/>
+      <c r="G183" t="s">
+        <v>1274</v>
+      </c>
       <c r="H183" t="s">
-        <v>1274</v>
+        <v>1058</v>
       </c>
       <c r="I183" t="s">
         <v>1275</v>
       </c>
-      <c r="J183"/>
+      <c r="J183" t="s">
+        <v>1276</v>
+      </c>
       <c r="K183" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="L183" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="C184" t="s">
-        <v>256</v>
+        <v>458</v>
       </c>
       <c r="D184" t="s">
-        <v>366</v>
+        <v>80</v>
       </c>
       <c r="E184">
-        <v>1980</v>
+        <v>2026</v>
       </c>
       <c r="F184" t="s">
-        <v>1279</v>
-[...1 lines deleted...]
-      <c r="G184" t="s">
         <v>1280</v>
       </c>
-      <c r="H184">
-        <v>97</v>
+      <c r="G184"/>
+      <c r="H184" t="s">
+        <v>1281</v>
       </c>
       <c r="I184" t="s">
-        <v>1281</v>
-[...1 lines deleted...]
-      <c r="J184" t="s">
         <v>1282</v>
       </c>
-      <c r="K184"/>
+      <c r="J184"/>
+      <c r="K184" t="s">
+        <v>1283</v>
+      </c>
       <c r="L184" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="C185" t="s">
-        <v>13</v>
+        <v>256</v>
       </c>
       <c r="D185" t="s">
-        <v>71</v>
+        <v>366</v>
       </c>
       <c r="E185">
-        <v>2025</v>
+        <v>1980</v>
       </c>
       <c r="F185" t="s">
-        <v>1285</v>
-[...2 lines deleted...]
-      <c r="H185" t="s">
         <v>1286</v>
       </c>
+      <c r="G185" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H185">
+        <v>97</v>
+      </c>
       <c r="I185" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="J185" t="s">
-        <v>1288</v>
-[...1 lines deleted...]
-      <c r="K185" t="s">
         <v>1289</v>
       </c>
+      <c r="K185"/>
       <c r="L185" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
         <v>1291</v>
       </c>
       <c r="C186" t="s">
+        <v>13</v>
+      </c>
+      <c r="D186" t="s">
+        <v>71</v>
+      </c>
+      <c r="E186">
+        <v>2026</v>
+      </c>
+      <c r="F186" t="s">
         <v>1292</v>
       </c>
-      <c r="D186" t="s">
+      <c r="G186"/>
+      <c r="H186" t="s">
         <v>1293</v>
       </c>
-      <c r="E186">
-[...2 lines deleted...]
-      <c r="F186" t="s">
+      <c r="I186" t="s">
         <v>1294</v>
       </c>
-      <c r="G186" t="s">
+      <c r="J186" t="s">
         <v>1295</v>
       </c>
-      <c r="H186" t="s">
-[...2 lines deleted...]
-      <c r="I186" t="s">
+      <c r="K186" t="s">
         <v>1296</v>
       </c>
-      <c r="J186" t="s">
+      <c r="L186" t="s">
         <v>1297</v>
-      </c>
-[...4 lines deleted...]
-        <v>1299</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D187" t="s">
         <v>1300</v>
       </c>
-      <c r="C187" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E187">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F187" t="s">
         <v>1301</v>
       </c>
       <c r="G187" t="s">
         <v>1302</v>
       </c>
       <c r="H187" t="s">
-        <v>425</v>
+        <v>1164</v>
       </c>
       <c r="I187" t="s">
         <v>1303</v>
       </c>
       <c r="J187" t="s">
         <v>1304</v>
       </c>
-      <c r="K187"/>
+      <c r="K187" t="s">
+        <v>1305</v>
+      </c>
       <c r="L187" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C188" t="s">
-        <v>1307</v>
+        <v>88</v>
       </c>
       <c r="D188" t="s">
+        <v>44</v>
+      </c>
+      <c r="E188">
+        <v>2026</v>
+      </c>
+      <c r="F188" t="s">
         <v>1308</v>
       </c>
-      <c r="E188">
-[...2 lines deleted...]
-      <c r="F188" t="s">
+      <c r="G188" t="s">
         <v>1309</v>
       </c>
-      <c r="G188" t="s">
+      <c r="H188" t="s">
+        <v>425</v>
+      </c>
+      <c r="I188" t="s">
         <v>1310</v>
       </c>
-      <c r="H188" t="s">
-[...2 lines deleted...]
-      <c r="I188" t="s">
+      <c r="J188" t="s">
         <v>1311</v>
       </c>
-      <c r="J188" t="s">
+      <c r="K188"/>
+      <c r="L188" t="s">
         <v>1312</v>
-      </c>
-[...4 lines deleted...]
-        <v>1314</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D189" t="s">
         <v>1315</v>
       </c>
-      <c r="C189" t="s">
-[...2 lines deleted...]
-      <c r="D189" t="s">
+      <c r="E189">
+        <v>2026</v>
+      </c>
+      <c r="F189" t="s">
         <v>1316</v>
       </c>
-      <c r="E189">
-[...2 lines deleted...]
-      <c r="F189" t="s">
+      <c r="G189" t="s">
         <v>1317</v>
       </c>
-      <c r="G189"/>
       <c r="H189" t="s">
-        <v>1157</v>
+        <v>1153</v>
       </c>
       <c r="I189" t="s">
         <v>1318</v>
       </c>
       <c r="J189" t="s">
         <v>1319</v>
       </c>
       <c r="K189" t="s">
         <v>1320</v>
       </c>
       <c r="L189" t="s">
         <v>1321</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
         <v>1322</v>
       </c>
       <c r="C190" t="s">
-        <v>256</v>
+        <v>29</v>
       </c>
       <c r="D190" t="s">
-        <v>366</v>
+        <v>1323</v>
       </c>
       <c r="E190">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F190" t="s">
-        <v>1323</v>
-[...1 lines deleted...]
-      <c r="G190" t="s">
         <v>1324</v>
       </c>
+      <c r="G190"/>
       <c r="H190" t="s">
+        <v>1164</v>
+      </c>
+      <c r="I190" t="s">
         <v>1325</v>
       </c>
-      <c r="I190"/>
-      <c r="J190"/>
+      <c r="J190" t="s">
+        <v>1326</v>
+      </c>
       <c r="K190" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="L190" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="C191" t="s">
-        <v>13</v>
+        <v>256</v>
       </c>
       <c r="D191" t="s">
-        <v>1329</v>
+        <v>366</v>
       </c>
       <c r="E191">
-        <v>1995</v>
+        <v>1970</v>
       </c>
       <c r="F191" t="s">
         <v>1330</v>
       </c>
-      <c r="G191"/>
+      <c r="G191" t="s">
+        <v>1331</v>
+      </c>
       <c r="H191" t="s">
-        <v>1331</v>
-[...1 lines deleted...]
-      <c r="I191" t="s">
         <v>1332</v>
       </c>
-      <c r="J191" t="s">
+      <c r="I191"/>
+      <c r="J191"/>
+      <c r="K191" t="s">
         <v>1333</v>
       </c>
-      <c r="K191" t="s">
+      <c r="L191" t="s">
         <v>1334</v>
-      </c>
-[...1 lines deleted...]
-        <v>1335</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C192" t="s">
+        <v>13</v>
+      </c>
+      <c r="D192" t="s">
         <v>1336</v>
       </c>
-      <c r="C192" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E192">
-        <v>2025</v>
+        <v>1995</v>
       </c>
       <c r="F192" t="s">
         <v>1337</v>
       </c>
-      <c r="G192" t="s">
+      <c r="G192"/>
+      <c r="H192" t="s">
         <v>1338</v>
       </c>
-      <c r="H192" t="s">
+      <c r="I192" t="s">
         <v>1339</v>
       </c>
-      <c r="I192" t="s">
+      <c r="J192" t="s">
         <v>1340</v>
       </c>
-      <c r="J192" t="s">
+      <c r="K192" t="s">
         <v>1341</v>
       </c>
-      <c r="K192" t="s">
+      <c r="L192" t="s">
         <v>1342</v>
-      </c>
-[...1 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C193" t="s">
         <v>1344</v>
       </c>
-      <c r="C193" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D193" t="s">
-        <v>123</v>
+        <v>44</v>
       </c>
       <c r="E193">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F193" t="s">
         <v>1345</v>
       </c>
-      <c r="G193" t="s">
+      <c r="G193"/>
+      <c r="H193" t="s">
         <v>1346</v>
       </c>
-      <c r="H193" t="s">
+      <c r="I193" t="s">
         <v>1347</v>
       </c>
-      <c r="I193" t="s">
+      <c r="J193" t="s">
         <v>1348</v>
       </c>
-      <c r="J193" t="s">
+      <c r="K193"/>
+      <c r="L193" t="s">
         <v>1349</v>
-      </c>
-[...4 lines deleted...]
-        <v>1351</v>
       </c>
     </row>
     <row r="194" spans="1:12">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="C194" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="D194" t="s">
-        <v>123</v>
+        <v>239</v>
       </c>
       <c r="E194">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F194" t="s">
-        <v>1345</v>
-[...1 lines deleted...]
-      <c r="G194"/>
+        <v>1351</v>
+      </c>
+      <c r="G194" t="s">
+        <v>1352</v>
+      </c>
       <c r="H194" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="I194" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="J194" t="s">
-        <v>1349</v>
-[...2 lines deleted...]
-      <c r="L194"/>
+        <v>1355</v>
+      </c>
+      <c r="K194" t="s">
+        <v>1356</v>
+      </c>
+      <c r="L194" t="s">
+        <v>1357</v>
+      </c>
     </row>
     <row r="195" spans="1:12">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="C195" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="D195" t="s">
-        <v>1353</v>
+        <v>123</v>
       </c>
       <c r="E195">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F195" t="s">
-        <v>1354</v>
-[...1 lines deleted...]
-      <c r="G195"/>
+        <v>1359</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1360</v>
+      </c>
       <c r="H195" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="I195" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="J195" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
       <c r="K195" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="L195" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="196" spans="1:12">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>1360</v>
+        <v>1358</v>
       </c>
       <c r="C196" t="s">
-        <v>256</v>
+        <v>29</v>
       </c>
       <c r="D196" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="E196">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F196" t="s">
+        <v>1359</v>
+      </c>
+      <c r="G196"/>
+      <c r="H196" t="s">
         <v>1361</v>
       </c>
-      <c r="G196" t="s">
+      <c r="I196" t="s">
         <v>1362</v>
       </c>
-      <c r="H196" t="s">
+      <c r="J196" t="s">
         <v>1363</v>
       </c>
-      <c r="I196" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="K196"/>
+      <c r="L196"/>
     </row>
     <row r="197" spans="1:12">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>1368</v>
+        <v>1366</v>
       </c>
       <c r="C197" t="s">
         <v>43</v>
       </c>
       <c r="D197" t="s">
-        <v>366</v>
+        <v>1367</v>
       </c>
       <c r="E197">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F197" t="s">
+        <v>1368</v>
+      </c>
+      <c r="G197"/>
+      <c r="H197" t="s">
         <v>1369</v>
       </c>
-      <c r="G197" t="s">
+      <c r="I197" t="s">
         <v>1370</v>
       </c>
-      <c r="H197">
-[...2 lines deleted...]
-      <c r="I197" t="s">
+      <c r="J197" t="s">
         <v>1371</v>
       </c>
-      <c r="J197" t="s">
+      <c r="K197" t="s">
         <v>1372</v>
       </c>
-      <c r="K197"/>
       <c r="L197" t="s">
         <v>1373</v>
       </c>
     </row>
     <row r="198" spans="1:12">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
         <v>1374</v>
       </c>
       <c r="C198" t="s">
-        <v>490</v>
+        <v>29</v>
       </c>
       <c r="D198" t="s">
         <v>44</v>
       </c>
       <c r="E198">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F198" t="s">
         <v>1375</v>
       </c>
       <c r="G198"/>
       <c r="H198" t="s">
-        <v>1363</v>
+        <v>112</v>
       </c>
       <c r="I198" t="s">
         <v>1376</v>
       </c>
-      <c r="J198" t="s">
+      <c r="J198"/>
+      <c r="K198"/>
+      <c r="L198" t="s">
         <v>1377</v>
-      </c>
-[...4 lines deleted...]
-        <v>1379</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>1380</v>
+        <v>1378</v>
       </c>
       <c r="C199" t="s">
-        <v>29</v>
+        <v>256</v>
       </c>
       <c r="D199" t="s">
         <v>44</v>
       </c>
       <c r="E199">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F199" t="s">
+        <v>1379</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H199" t="s">
+        <v>817</v>
+      </c>
+      <c r="I199" t="s">
         <v>1381</v>
       </c>
-      <c r="G199"/>
-[...4 lines deleted...]
-      <c r="J199"/>
+      <c r="J199" t="s">
+        <v>1382</v>
+      </c>
       <c r="K199" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="L199" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="C200" t="s">
         <v>43</v>
       </c>
       <c r="D200" t="s">
-        <v>1385</v>
+        <v>366</v>
       </c>
       <c r="E200">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F200" t="s">
         <v>1386</v>
       </c>
-      <c r="G200"/>
-      <c r="H200" t="s">
+      <c r="G200" t="s">
         <v>1387</v>
+      </c>
+      <c r="H200">
+        <v>94</v>
       </c>
       <c r="I200" t="s">
         <v>1388</v>
       </c>
       <c r="J200" t="s">
         <v>1389</v>
       </c>
       <c r="K200"/>
       <c r="L200" t="s">
         <v>1390</v>
       </c>
     </row>
     <row r="201" spans="1:12">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
         <v>1391</v>
       </c>
       <c r="C201" t="s">
-        <v>70</v>
+        <v>490</v>
       </c>
       <c r="D201" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="E201">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F201" t="s">
         <v>1392</v>
       </c>
-      <c r="G201" t="s">
+      <c r="G201"/>
+      <c r="H201" t="s">
+        <v>817</v>
+      </c>
+      <c r="I201" t="s">
         <v>1393</v>
       </c>
-      <c r="H201" t="s">
-[...2 lines deleted...]
-      <c r="I201" t="s">
+      <c r="J201" t="s">
         <v>1394</v>
       </c>
-      <c r="J201" t="s">
+      <c r="K201" t="s">
         <v>1395</v>
       </c>
-      <c r="K201" t="s">
+      <c r="L201" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="202" spans="1:12">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C202" t="s">
+        <v>29</v>
+      </c>
+      <c r="D202" t="s">
+        <v>44</v>
+      </c>
+      <c r="E202">
+        <v>2026</v>
+      </c>
+      <c r="F202" t="s">
         <v>1398</v>
-      </c>
-[...10 lines deleted...]
-        <v>1399</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
+        <v>189</v>
+      </c>
+      <c r="I202"/>
+      <c r="J202"/>
+      <c r="K202" t="s">
+        <v>1399</v>
+      </c>
+      <c r="L202" t="s">
         <v>1400</v>
-      </c>
-[...10 lines deleted...]
-        <v>1404</v>
       </c>
     </row>
     <row r="203" spans="1:12">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C203" t="s">
+        <v>43</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E203">
+        <v>1970</v>
+      </c>
+      <c r="F203" t="s">
+        <v>1403</v>
+      </c>
+      <c r="G203"/>
+      <c r="H203" t="s">
+        <v>1404</v>
+      </c>
+      <c r="I203" t="s">
         <v>1405</v>
       </c>
-      <c r="C203" t="s">
-[...8 lines deleted...]
-      <c r="F203" t="s">
+      <c r="J203" t="s">
         <v>1406</v>
       </c>
-      <c r="G203" t="s">
+      <c r="K203"/>
+      <c r="L203" t="s">
         <v>1407</v>
-      </c>
-[...13 lines deleted...]
-        <v>1411</v>
       </c>
     </row>
     <row r="204" spans="1:12">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C204" t="s">
+        <v>70</v>
+      </c>
+      <c r="D204" t="s">
+        <v>71</v>
+      </c>
+      <c r="E204">
+        <v>2026</v>
+      </c>
+      <c r="F204" t="s">
+        <v>1409</v>
+      </c>
+      <c r="G204" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H204" t="s">
+        <v>585</v>
+      </c>
+      <c r="I204" t="s">
+        <v>1411</v>
+      </c>
+      <c r="J204" t="s">
         <v>1412</v>
       </c>
-      <c r="C204" t="s">
-[...8 lines deleted...]
-      <c r="F204" t="s">
+      <c r="K204" t="s">
         <v>1413</v>
       </c>
-      <c r="G204"/>
-      <c r="H204" t="s">
+      <c r="L204" t="s">
         <v>1414</v>
-      </c>
-[...10 lines deleted...]
-        <v>1418</v>
       </c>
     </row>
     <row r="205" spans="1:12">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>1419</v>
+        <v>1415</v>
       </c>
       <c r="C205" t="s">
-        <v>29</v>
+        <v>303</v>
       </c>
       <c r="D205" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="E205">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F205" t="s">
-        <v>1420</v>
+        <v>1416</v>
       </c>
       <c r="G205"/>
       <c r="H205" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="J205"/>
+        <v>1417</v>
+      </c>
+      <c r="I205" t="s">
+        <v>1418</v>
+      </c>
+      <c r="J205" t="s">
+        <v>1419</v>
+      </c>
       <c r="K205" t="s">
+        <v>1420</v>
+      </c>
+      <c r="L205" t="s">
         <v>1421</v>
-      </c>
-[...1 lines deleted...]
-        <v>1422</v>
       </c>
     </row>
     <row r="206" spans="1:12">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C206" t="s">
+        <v>70</v>
+      </c>
+      <c r="D206" t="s">
+        <v>239</v>
+      </c>
+      <c r="E206">
+        <v>2026</v>
+      </c>
+      <c r="F206" t="s">
         <v>1423</v>
       </c>
-      <c r="C206" t="s">
-[...2 lines deleted...]
-      <c r="D206" t="s">
+      <c r="G206" t="s">
         <v>1424</v>
       </c>
-      <c r="E206">
-[...2 lines deleted...]
-      <c r="F206" t="s">
+      <c r="H206" t="s">
+        <v>732</v>
+      </c>
+      <c r="I206" t="s">
         <v>1425</v>
       </c>
-      <c r="G206"/>
-[...3 lines deleted...]
-      <c r="I206" t="s">
+      <c r="J206" t="s">
         <v>1426</v>
       </c>
-      <c r="J206" t="s">
+      <c r="K206" t="s">
         <v>1427</v>
       </c>
-      <c r="K206" t="s">
+      <c r="L206" t="s">
         <v>1428</v>
-      </c>
-[...1 lines deleted...]
-        <v>1429</v>
       </c>
     </row>
     <row r="207" spans="1:12">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C207" t="s">
+        <v>13</v>
+      </c>
+      <c r="D207" t="s">
+        <v>44</v>
+      </c>
+      <c r="E207">
+        <v>2026</v>
+      </c>
+      <c r="F207" t="s">
         <v>1430</v>
-      </c>
-[...10 lines deleted...]
-        <v>1431</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
-        <v>349</v>
+        <v>1431</v>
       </c>
       <c r="I207" t="s">
         <v>1432</v>
       </c>
       <c r="J207" t="s">
         <v>1433</v>
       </c>
-      <c r="K207"/>
+      <c r="K207" t="s">
+        <v>1434</v>
+      </c>
       <c r="L207" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="208" spans="1:12">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="C208" t="s">
-        <v>458</v>
+        <v>29</v>
       </c>
       <c r="D208" t="s">
-        <v>1436</v>
+        <v>44</v>
       </c>
       <c r="E208">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F208" t="s">
         <v>1437</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
-        <v>1438</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="I208"/>
       <c r="J208"/>
       <c r="K208" t="s">
-        <v>1440</v>
+        <v>1438</v>
       </c>
       <c r="L208" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="209" spans="1:12">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
       <c r="C209" t="s">
         <v>706</v>
       </c>
       <c r="D209" t="s">
-        <v>123</v>
+        <v>1441</v>
       </c>
       <c r="E209">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="F209" t="s">
-        <v>1443</v>
+        <v>1442</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
-        <v>359</v>
+        <v>768</v>
       </c>
       <c r="I209" t="s">
+        <v>1443</v>
+      </c>
+      <c r="J209" t="s">
         <v>1444</v>
       </c>
-      <c r="J209" t="s">
+      <c r="K209" t="s">
         <v>1445</v>
       </c>
-      <c r="K209" t="s">
+      <c r="L209" t="s">
         <v>1446</v>
-      </c>
-[...1 lines deleted...]
-        <v>1447</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C210" t="s">
+        <v>29</v>
+      </c>
+      <c r="D210" t="s">
+        <v>14</v>
+      </c>
+      <c r="E210">
+        <v>2026</v>
+      </c>
+      <c r="F210" t="s">
         <v>1448</v>
       </c>
-      <c r="C210" t="s">
-[...8 lines deleted...]
-      <c r="F210" t="s">
+      <c r="G210"/>
+      <c r="H210" t="s">
+        <v>349</v>
+      </c>
+      <c r="I210" t="s">
         <v>1449</v>
       </c>
-      <c r="G210" t="s">
+      <c r="J210" t="s">
         <v>1450</v>
       </c>
-      <c r="H210" t="s">
-[...4 lines deleted...]
-      <c r="K210" t="s">
+      <c r="K210"/>
+      <c r="L210" t="s">
         <v>1451</v>
-      </c>
-[...1 lines deleted...]
-        <v>1452</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C211" t="s">
+        <v>458</v>
+      </c>
+      <c r="D211" t="s">
         <v>1453</v>
       </c>
-      <c r="C211" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E211">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F211" t="s">
         <v>1454</v>
       </c>
-      <c r="G211" t="s">
+      <c r="G211"/>
+      <c r="H211" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="I211" t="s">
         <v>1456</v>
       </c>
-      <c r="J211" t="s">
+      <c r="J211"/>
+      <c r="K211" t="s">
         <v>1457</v>
       </c>
-      <c r="K211" t="s">
+      <c r="L211" t="s">
         <v>1458</v>
-      </c>
-[...1 lines deleted...]
-        <v>1459</v>
       </c>
     </row>
     <row r="212" spans="1:12">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C212" t="s">
+        <v>706</v>
+      </c>
+      <c r="D212" t="s">
+        <v>123</v>
+      </c>
+      <c r="E212">
+        <v>1998</v>
+      </c>
+      <c r="F212" t="s">
         <v>1460</v>
-      </c>
-[...10 lines deleted...]
-        <v>1463</v>
       </c>
       <c r="G212"/>
       <c r="H212" t="s">
-        <v>493</v>
+        <v>359</v>
       </c>
       <c r="I212" t="s">
+        <v>1461</v>
+      </c>
+      <c r="J212" t="s">
+        <v>1462</v>
+      </c>
+      <c r="K212" t="s">
+        <v>1463</v>
+      </c>
+      <c r="L212" t="s">
         <v>1464</v>
-      </c>
-[...7 lines deleted...]
-        <v>1467</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C213" t="s">
+        <v>13</v>
+      </c>
+      <c r="D213" t="s">
+        <v>44</v>
+      </c>
+      <c r="E213">
+        <v>2026</v>
+      </c>
+      <c r="F213" t="s">
+        <v>1466</v>
+      </c>
+      <c r="G213" t="s">
+        <v>1467</v>
+      </c>
+      <c r="H213" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I213"/>
+      <c r="J213"/>
+      <c r="K213" t="s">
         <v>1468</v>
       </c>
-      <c r="C213" t="s">
-[...8 lines deleted...]
-      <c r="F213" t="s">
+      <c r="L213" t="s">
         <v>1469</v>
-      </c>
-[...14 lines deleted...]
-        <v>1473</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C214" t="s">
+        <v>706</v>
+      </c>
+      <c r="D214" t="s">
+        <v>44</v>
+      </c>
+      <c r="E214">
+        <v>2026</v>
+      </c>
+      <c r="F214" t="s">
+        <v>1471</v>
+      </c>
+      <c r="G214" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H214" t="s">
+        <v>73</v>
+      </c>
+      <c r="I214" t="s">
+        <v>1473</v>
+      </c>
+      <c r="J214" t="s">
         <v>1474</v>
       </c>
-      <c r="C214" t="s">
+      <c r="K214" t="s">
         <v>1475</v>
       </c>
-      <c r="D214" t="s">
-[...5 lines deleted...]
-      <c r="F214" t="s">
+      <c r="L214" t="s">
         <v>1476</v>
-      </c>
-[...10 lines deleted...]
-        <v>1479</v>
       </c>
     </row>
     <row r="215" spans="1:12">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
+        <v>1477</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E215">
+        <v>1991</v>
+      </c>
+      <c r="F215" t="s">
         <v>1480</v>
-      </c>
-[...10 lines deleted...]
-        <v>1481</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>600</v>
+        <v>493</v>
       </c>
       <c r="I215" t="s">
+        <v>1481</v>
+      </c>
+      <c r="J215" t="s">
         <v>1482</v>
       </c>
-      <c r="J215"/>
       <c r="K215" t="s">
         <v>1483</v>
       </c>
       <c r="L215" t="s">
         <v>1484</v>
       </c>
     </row>
     <row r="216" spans="1:12">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
         <v>1485</v>
       </c>
       <c r="C216" t="s">
-        <v>43</v>
+        <v>1170</v>
       </c>
       <c r="D216" t="s">
+        <v>123</v>
+      </c>
+      <c r="E216">
+        <v>1998</v>
+      </c>
+      <c r="F216" t="s">
         <v>1486</v>
       </c>
-      <c r="E216">
-[...2 lines deleted...]
-      <c r="F216" t="s">
+      <c r="G216"/>
+      <c r="H216" t="s">
+        <v>797</v>
+      </c>
+      <c r="I216" t="s">
         <v>1487</v>
       </c>
-      <c r="G216" t="s">
+      <c r="J216" t="s">
         <v>1488</v>
       </c>
-      <c r="H216" t="s">
-[...2 lines deleted...]
-      <c r="I216" t="s">
+      <c r="K216" t="s">
         <v>1489</v>
       </c>
-      <c r="J216" t="s">
+      <c r="L216" t="s">
         <v>1490</v>
-      </c>
-[...4 lines deleted...]
-        <v>1492</v>
       </c>
     </row>
     <row r="217" spans="1:12">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C217" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D217" t="s">
+        <v>80</v>
+      </c>
+      <c r="E217">
+        <v>2026</v>
+      </c>
+      <c r="F217" t="s">
         <v>1493</v>
       </c>
-      <c r="C217" t="s">
-[...2 lines deleted...]
-      <c r="D217" t="s">
+      <c r="G217"/>
+      <c r="H217" t="s">
         <v>1494</v>
       </c>
-      <c r="E217">
-[...2 lines deleted...]
-      <c r="F217" t="s">
+      <c r="I217" t="s">
         <v>1495</v>
       </c>
-      <c r="G217" t="s">
+      <c r="J217"/>
+      <c r="K217"/>
+      <c r="L217" t="s">
         <v>1496</v>
-      </c>
-[...13 lines deleted...]
-        <v>1501</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>1502</v>
+        <v>1497</v>
       </c>
       <c r="C218" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D218" t="s">
         <v>44</v>
       </c>
       <c r="E218">
-        <v>1998</v>
+        <v>2026</v>
       </c>
       <c r="F218" t="s">
-        <v>1503</v>
+        <v>1498</v>
       </c>
       <c r="G218"/>
       <c r="H218" t="s">
-        <v>1504</v>
+        <v>600</v>
       </c>
       <c r="I218" t="s">
-        <v>1505</v>
-[...3 lines deleted...]
-      </c>
+        <v>1499</v>
+      </c>
+      <c r="J218"/>
       <c r="K218" t="s">
-        <v>1507</v>
+        <v>1500</v>
       </c>
       <c r="L218" t="s">
-        <v>1508</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C219" t="s">
+        <v>43</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E219">
+        <v>2026</v>
+      </c>
+      <c r="F219" t="s">
+        <v>1504</v>
+      </c>
+      <c r="G219" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H219" t="s">
+        <v>359</v>
+      </c>
+      <c r="I219" t="s">
+        <v>1506</v>
+      </c>
+      <c r="J219" t="s">
+        <v>1507</v>
+      </c>
+      <c r="K219" t="s">
+        <v>1508</v>
+      </c>
+      <c r="L219" t="s">
         <v>1509</v>
-      </c>
-[...28 lines deleted...]
-        <v>1516</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C220" t="s">
+        <v>475</v>
+      </c>
+      <c r="D220" t="s">
+        <v>1511</v>
+      </c>
+      <c r="E220">
+        <v>2026</v>
+      </c>
+      <c r="F220" t="s">
+        <v>1512</v>
+      </c>
+      <c r="G220" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H220" t="s">
+        <v>1514</v>
+      </c>
+      <c r="I220" t="s">
+        <v>1515</v>
+      </c>
+      <c r="J220" t="s">
+        <v>1516</v>
+      </c>
+      <c r="K220" t="s">
         <v>1517</v>
       </c>
-      <c r="C220" t="s">
+      <c r="L220" t="s">
         <v>1518</v>
-      </c>
-[...25 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C221" t="s">
+        <v>13</v>
+      </c>
+      <c r="D221" t="s">
+        <v>44</v>
+      </c>
+      <c r="E221">
+        <v>1998</v>
+      </c>
+      <c r="F221" t="s">
+        <v>1520</v>
+      </c>
+      <c r="G221"/>
+      <c r="H221" t="s">
+        <v>1521</v>
+      </c>
+      <c r="I221" t="s">
+        <v>1522</v>
+      </c>
+      <c r="J221" t="s">
+        <v>1523</v>
+      </c>
+      <c r="K221" t="s">
+        <v>1524</v>
+      </c>
+      <c r="L221" t="s">
         <v>1525</v>
-      </c>
-[...24 lines deleted...]
-        <v>1530</v>
       </c>
     </row>
     <row r="222" spans="1:12">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C222" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D222" t="s">
+        <v>333</v>
+      </c>
+      <c r="E222">
+        <v>2026</v>
+      </c>
+      <c r="F222" t="s">
+        <v>1528</v>
+      </c>
+      <c r="G222" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H222" t="s">
+        <v>577</v>
+      </c>
+      <c r="I222" t="s">
+        <v>1530</v>
+      </c>
+      <c r="J222" t="s">
         <v>1531</v>
       </c>
-      <c r="C222" t="s">
-[...8 lines deleted...]
-      <c r="F222" t="s">
+      <c r="K222" t="s">
         <v>1532</v>
       </c>
-      <c r="G222"/>
-[...3 lines deleted...]
-      <c r="I222" t="s">
+      <c r="L222" t="s">
         <v>1533</v>
-      </c>
-[...7 lines deleted...]
-        <v>1536</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D223" t="s">
+        <v>391</v>
+      </c>
+      <c r="E223">
+        <v>2026</v>
+      </c>
+      <c r="F223" t="s">
+        <v>1536</v>
+      </c>
+      <c r="G223" t="s">
         <v>1537</v>
       </c>
-      <c r="C223" t="s">
-[...8 lines deleted...]
-      <c r="F223" t="s">
+      <c r="H223">
+        <v>133</v>
+      </c>
+      <c r="I223" t="s">
         <v>1538</v>
       </c>
-      <c r="G223"/>
-[...3 lines deleted...]
-      <c r="I223"/>
       <c r="J223" t="s">
-        <v>1026</v>
+        <v>1539</v>
       </c>
       <c r="K223" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="L223" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="C224" t="s">
         <v>29</v>
       </c>
       <c r="D224" t="s">
-        <v>803</v>
+        <v>80</v>
       </c>
       <c r="E224">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F224" t="s">
-        <v>1542</v>
-[...1 lines deleted...]
-      <c r="G224"/>
+        <v>1543</v>
+      </c>
+      <c r="G224" t="s">
+        <v>1544</v>
+      </c>
       <c r="H224" t="s">
-        <v>220</v>
+        <v>1545</v>
       </c>
       <c r="I224"/>
       <c r="J224"/>
       <c r="K224" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="L224" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="C225" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="D225" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="E225">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F225" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>1547</v>
-[...1 lines deleted...]
-      <c r="I225"/>
+        <v>64</v>
+      </c>
+      <c r="I225" t="s">
+        <v>1550</v>
+      </c>
       <c r="J225" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
       <c r="K225" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
       <c r="L225" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="C226" t="s">
-        <v>1163</v>
+        <v>29</v>
       </c>
       <c r="D226" t="s">
         <v>123</v>
       </c>
       <c r="E226">
-        <v>1996</v>
+        <v>2026</v>
       </c>
       <c r="F226" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="I226"/>
       <c r="J226" t="s">
-        <v>1554</v>
+        <v>1033</v>
       </c>
       <c r="K226" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="L226" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="C227" t="s">
-        <v>1558</v>
+        <v>29</v>
       </c>
       <c r="D227" t="s">
-        <v>123</v>
+        <v>803</v>
       </c>
       <c r="E227">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F227" t="s">
         <v>1559</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
+        <v>220</v>
+      </c>
+      <c r="I227"/>
+      <c r="J227"/>
+      <c r="K227" t="s">
         <v>1560</v>
       </c>
-      <c r="I227" t="s">
+      <c r="L227" t="s">
         <v>1561</v>
-      </c>
-[...7 lines deleted...]
-        <v>1564</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C228" t="s">
+        <v>29</v>
+      </c>
+      <c r="D228" t="s">
+        <v>80</v>
+      </c>
+      <c r="E228">
+        <v>1970</v>
+      </c>
+      <c r="F228" t="s">
+        <v>1563</v>
+      </c>
+      <c r="G228"/>
+      <c r="H228" t="s">
+        <v>1564</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
         <v>1565</v>
       </c>
-      <c r="C228" t="s">
-[...8 lines deleted...]
-      <c r="F228" t="s">
+      <c r="K228" t="s">
         <v>1566</v>
       </c>
-      <c r="G228" t="s">
+      <c r="L228" t="s">
         <v>1567</v>
-      </c>
-[...11 lines deleted...]
-        <v>1570</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>1571</v>
+        <v>1568</v>
       </c>
       <c r="C229" t="s">
-        <v>88</v>
+        <v>1170</v>
       </c>
       <c r="D229" t="s">
-        <v>80</v>
+        <v>123</v>
       </c>
       <c r="E229">
-        <v>2025</v>
+        <v>1996</v>
       </c>
       <c r="F229" t="s">
-        <v>1572</v>
-[...3 lines deleted...]
-      </c>
+        <v>1569</v>
+      </c>
+      <c r="G229"/>
       <c r="H229" t="s">
         <v>92</v>
       </c>
       <c r="I229" t="s">
-        <v>1574</v>
+        <v>1570</v>
       </c>
       <c r="J229" t="s">
-        <v>1575</v>
+        <v>1571</v>
       </c>
       <c r="K229" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="L229" t="s">
-        <v>1577</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>1578</v>
-[...2 lines deleted...]
-      <c r="D230"/>
+        <v>1574</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D230" t="s">
+        <v>123</v>
+      </c>
       <c r="E230">
         <v>1970</v>
       </c>
       <c r="F230" t="s">
+        <v>1576</v>
+      </c>
+      <c r="G230"/>
+      <c r="H230" t="s">
+        <v>1577</v>
+      </c>
+      <c r="I230" t="s">
+        <v>1578</v>
+      </c>
+      <c r="J230" t="s">
         <v>1579</v>
       </c>
-      <c r="G230"/>
-[...3 lines deleted...]
-      <c r="K230"/>
+      <c r="K230" t="s">
+        <v>1580</v>
+      </c>
       <c r="L230" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="C231" t="s">
-        <v>1582</v>
+        <v>43</v>
       </c>
       <c r="D231" t="s">
-        <v>239</v>
+        <v>366</v>
       </c>
       <c r="E231">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F231" t="s">
         <v>1583</v>
       </c>
       <c r="G231" t="s">
         <v>1584</v>
       </c>
-      <c r="H231" t="s">
-        <v>92</v>
+      <c r="H231">
+        <v>93</v>
       </c>
       <c r="I231" t="s">
         <v>1585</v>
       </c>
       <c r="J231" t="s">
         <v>1586</v>
       </c>
-      <c r="K231" t="s">
+      <c r="K231"/>
+      <c r="L231" t="s">
         <v>1587</v>
-      </c>
-[...1 lines deleted...]
-        <v>1588</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C232" t="s">
+        <v>88</v>
+      </c>
+      <c r="D232" t="s">
+        <v>80</v>
+      </c>
+      <c r="E232">
+        <v>2026</v>
+      </c>
+      <c r="F232" t="s">
         <v>1589</v>
       </c>
-      <c r="C232" t="s">
-[...8 lines deleted...]
-      <c r="F232" t="s">
+      <c r="G232" t="s">
         <v>1590</v>
       </c>
-      <c r="G232"/>
       <c r="H232" t="s">
+        <v>92</v>
+      </c>
+      <c r="I232" t="s">
         <v>1591</v>
       </c>
-      <c r="I232" t="s">
+      <c r="J232" t="s">
         <v>1592</v>
       </c>
-      <c r="J232" t="s">
+      <c r="K232" t="s">
         <v>1593</v>
       </c>
-      <c r="K232" t="s">
+      <c r="L232" t="s">
         <v>1594</v>
-      </c>
-[...1 lines deleted...]
-        <v>1595</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C233"/>
+      <c r="D233"/>
+      <c r="E233">
+        <v>1970</v>
+      </c>
+      <c r="F233" t="s">
         <v>1596</v>
       </c>
-      <c r="C233" t="s">
+      <c r="G233"/>
+      <c r="H233"/>
+      <c r="I233"/>
+      <c r="J233"/>
+      <c r="K233"/>
+      <c r="L233" t="s">
         <v>1597</v>
-      </c>
-[...23 lines deleted...]
-        <v>1603</v>
       </c>
     </row>
     <row r="234" spans="1:12">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D234" t="s">
+        <v>239</v>
+      </c>
+      <c r="E234">
+        <v>2026</v>
+      </c>
+      <c r="F234" t="s">
+        <v>1600</v>
+      </c>
+      <c r="G234" t="s">
+        <v>1601</v>
+      </c>
+      <c r="H234" t="s">
+        <v>92</v>
+      </c>
+      <c r="I234" t="s">
+        <v>1602</v>
+      </c>
+      <c r="J234" t="s">
+        <v>1603</v>
+      </c>
+      <c r="K234" t="s">
         <v>1604</v>
       </c>
-      <c r="C234" t="s">
-[...8 lines deleted...]
-      <c r="F234" t="s">
+      <c r="L234" t="s">
         <v>1605</v>
-      </c>
-[...10 lines deleted...]
-        <v>1608</v>
       </c>
     </row>
     <row r="235" spans="1:12">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
+        <v>1606</v>
+      </c>
+      <c r="C235" t="s">
+        <v>194</v>
+      </c>
+      <c r="D235" t="s">
+        <v>123</v>
+      </c>
+      <c r="E235">
+        <v>1970</v>
+      </c>
+      <c r="F235" t="s">
+        <v>1607</v>
+      </c>
+      <c r="G235"/>
+      <c r="H235" t="s">
+        <v>1608</v>
+      </c>
+      <c r="I235" t="s">
         <v>1609</v>
       </c>
-      <c r="C235" t="s">
-[...8 lines deleted...]
-      <c r="F235" t="s">
+      <c r="J235" t="s">
         <v>1610</v>
       </c>
-      <c r="G235" t="s">
+      <c r="K235" t="s">
         <v>1611</v>
       </c>
-      <c r="H235" t="s">
-[...4 lines deleted...]
-      <c r="K235" t="s">
+      <c r="L235" t="s">
         <v>1612</v>
-      </c>
-[...1 lines deleted...]
-        <v>1613</v>
       </c>
     </row>
     <row r="236" spans="1:12">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C236" t="s">
         <v>1614</v>
       </c>
-      <c r="C236" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D236" t="s">
-        <v>44</v>
+        <v>1615</v>
       </c>
       <c r="E236">
-        <v>2025</v>
+        <v>1999</v>
       </c>
       <c r="F236" t="s">
-        <v>1615</v>
-[...1 lines deleted...]
-      <c r="G236" t="s">
         <v>1616</v>
       </c>
+      <c r="G236"/>
       <c r="H236" t="s">
-        <v>676</v>
+        <v>1361</v>
       </c>
       <c r="I236" t="s">
         <v>1617</v>
       </c>
       <c r="J236" t="s">
         <v>1618</v>
       </c>
       <c r="K236" t="s">
         <v>1619</v>
       </c>
       <c r="L236" t="s">
         <v>1620</v>
       </c>
     </row>
     <row r="237" spans="1:12">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
         <v>1621</v>
       </c>
       <c r="C237" t="s">
-        <v>458</v>
+        <v>29</v>
       </c>
       <c r="D237" t="s">
         <v>44</v>
       </c>
       <c r="E237">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F237" t="s">
         <v>1622</v>
       </c>
       <c r="G237"/>
       <c r="H237" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="I237" t="s">
         <v>1623</v>
       </c>
+      <c r="I237"/>
       <c r="J237"/>
       <c r="K237" t="s">
         <v>1624</v>
       </c>
       <c r="L237" t="s">
         <v>1625</v>
       </c>
     </row>
     <row r="238" spans="1:12">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
         <v>1626</v>
       </c>
       <c r="C238" t="s">
         <v>29</v>
       </c>
       <c r="D238" t="s">
-        <v>787</v>
+        <v>80</v>
       </c>
       <c r="E238">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F238" t="s">
         <v>1627</v>
       </c>
-      <c r="G238"/>
+      <c r="G238" t="s">
+        <v>1628</v>
+      </c>
       <c r="H238" t="s">
-        <v>789</v>
-[...4 lines deleted...]
-      <c r="J238" t="s">
+        <v>433</v>
+      </c>
+      <c r="I238"/>
+      <c r="J238"/>
+      <c r="K238" t="s">
         <v>1629</v>
       </c>
-      <c r="K238" t="s">
+      <c r="L238" t="s">
         <v>1630</v>
-      </c>
-[...1 lines deleted...]
-        <v>1631</v>
       </c>
     </row>
     <row r="239" spans="1:12">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C239" t="s">
+        <v>29</v>
+      </c>
+      <c r="D239" t="s">
+        <v>44</v>
+      </c>
+      <c r="E239">
+        <v>2026</v>
+      </c>
+      <c r="F239" t="s">
         <v>1632</v>
       </c>
-      <c r="C239" t="s">
-[...2 lines deleted...]
-      <c r="D239" t="s">
+      <c r="G239" t="s">
         <v>1633</v>
       </c>
-      <c r="E239">
-[...2 lines deleted...]
-      <c r="F239" t="s">
+      <c r="H239" t="s">
+        <v>676</v>
+      </c>
+      <c r="I239" t="s">
         <v>1634</v>
       </c>
-      <c r="G239" t="s">
+      <c r="J239" t="s">
         <v>1635</v>
       </c>
-      <c r="H239" t="s">
+      <c r="K239" t="s">
         <v>1636</v>
       </c>
-      <c r="I239" t="s">
+      <c r="L239" t="s">
         <v>1637</v>
-      </c>
-[...7 lines deleted...]
-        <v>1640</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C240" t="s">
+        <v>458</v>
+      </c>
+      <c r="D240" t="s">
+        <v>44</v>
+      </c>
+      <c r="E240">
+        <v>2026</v>
+      </c>
+      <c r="F240" t="s">
+        <v>1639</v>
+      </c>
+      <c r="G240"/>
+      <c r="H240" t="s">
+        <v>112</v>
+      </c>
+      <c r="I240" t="s">
+        <v>1640</v>
+      </c>
+      <c r="J240"/>
+      <c r="K240" t="s">
         <v>1641</v>
       </c>
-      <c r="C240" t="s">
-[...8 lines deleted...]
-      <c r="F240" t="s">
+      <c r="L240" t="s">
         <v>1642</v>
-      </c>
-[...14 lines deleted...]
-        <v>1646</v>
       </c>
     </row>
     <row r="241" spans="1:12">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C241" t="s">
+        <v>29</v>
+      </c>
+      <c r="D241" t="s">
+        <v>787</v>
+      </c>
+      <c r="E241">
+        <v>2026</v>
+      </c>
+      <c r="F241" t="s">
+        <v>1644</v>
+      </c>
+      <c r="G241"/>
+      <c r="H241" t="s">
+        <v>789</v>
+      </c>
+      <c r="I241" t="s">
+        <v>1645</v>
+      </c>
+      <c r="J241" t="s">
+        <v>1646</v>
+      </c>
+      <c r="K241" t="s">
         <v>1647</v>
       </c>
-      <c r="C241" t="s">
-[...8 lines deleted...]
-      <c r="F241" t="s">
+      <c r="L241" t="s">
         <v>1648</v>
-      </c>
-[...14 lines deleted...]
-        <v>1652</v>
       </c>
     </row>
     <row r="242" spans="1:12">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C242" t="s">
+        <v>88</v>
+      </c>
+      <c r="D242" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E242">
+        <v>2026</v>
+      </c>
+      <c r="F242" t="s">
+        <v>1651</v>
+      </c>
+      <c r="G242" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H242" t="s">
         <v>1653</v>
       </c>
-      <c r="C242" t="s">
-[...8 lines deleted...]
-      <c r="F242" t="s">
+      <c r="I242" t="s">
         <v>1654</v>
       </c>
-      <c r="G242" t="s">
+      <c r="J242" t="s">
         <v>1655</v>
       </c>
-      <c r="H242">
-[...2 lines deleted...]
-      <c r="I242" t="s">
+      <c r="K242" t="s">
         <v>1656</v>
       </c>
-      <c r="J242" t="s">
+      <c r="L242" t="s">
         <v>1657</v>
-      </c>
-[...2 lines deleted...]
-        <v>1658</v>
       </c>
     </row>
     <row r="243" spans="1:12">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C243" t="s">
+        <v>43</v>
+      </c>
+      <c r="D243" t="s">
+        <v>366</v>
+      </c>
+      <c r="E243">
+        <v>2026</v>
+      </c>
+      <c r="F243" t="s">
         <v>1659</v>
       </c>
-      <c r="C243" t="s">
-[...8 lines deleted...]
-      <c r="F243" t="s">
+      <c r="G243" t="s">
         <v>1660</v>
       </c>
-      <c r="G243" t="s">
+      <c r="H243">
+        <v>93</v>
+      </c>
+      <c r="I243" t="s">
         <v>1661</v>
       </c>
-      <c r="H243" t="s">
-[...2 lines deleted...]
-      <c r="I243" t="s">
+      <c r="J243" t="s">
         <v>1662</v>
       </c>
-      <c r="J243" t="s">
+      <c r="K243"/>
+      <c r="L243" t="s">
         <v>1663</v>
-      </c>
-[...4 lines deleted...]
-        <v>1665</v>
       </c>
     </row>
     <row r="244" spans="1:12">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C244" t="s">
+        <v>13</v>
+      </c>
+      <c r="D244" t="s">
+        <v>366</v>
+      </c>
+      <c r="E244">
+        <v>2026</v>
+      </c>
+      <c r="F244" t="s">
+        <v>1665</v>
+      </c>
+      <c r="G244" t="s">
         <v>1666</v>
       </c>
-      <c r="C244" t="s">
-[...8 lines deleted...]
-      <c r="F244" t="s">
+      <c r="H244">
+        <v>95</v>
+      </c>
+      <c r="I244" t="s">
         <v>1667</v>
       </c>
-      <c r="G244"/>
-[...3 lines deleted...]
-      <c r="I244" t="s">
+      <c r="J244" t="s">
         <v>1668</v>
       </c>
-      <c r="J244" t="s">
+      <c r="K244"/>
+      <c r="L244" t="s">
         <v>1669</v>
-      </c>
-[...4 lines deleted...]
-        <v>1671</v>
       </c>
     </row>
     <row r="245" spans="1:12">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
+        <v>1670</v>
+      </c>
+      <c r="C245" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D245" t="s">
+        <v>366</v>
+      </c>
+      <c r="E245">
+        <v>2026</v>
+      </c>
+      <c r="F245" t="s">
+        <v>1671</v>
+      </c>
+      <c r="G245" t="s">
         <v>1672</v>
       </c>
-      <c r="C245" t="s">
+      <c r="H245">
+        <v>96</v>
+      </c>
+      <c r="I245" t="s">
         <v>1673</v>
       </c>
-      <c r="D245" t="s">
-[...5 lines deleted...]
-      <c r="F245" t="s">
+      <c r="J245" t="s">
         <v>1674</v>
       </c>
-      <c r="G245" t="s">
+      <c r="K245"/>
+      <c r="L245" t="s">
         <v>1675</v>
-      </c>
-[...13 lines deleted...]
-        <v>1679</v>
       </c>
     </row>
     <row r="246" spans="1:12">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="C246" t="s">
-        <v>256</v>
+        <v>70</v>
       </c>
       <c r="D246" t="s">
-        <v>832</v>
+        <v>391</v>
       </c>
       <c r="E246">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F246" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G246" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H246" t="s">
+        <v>732</v>
+      </c>
+      <c r="I246" t="s">
+        <v>1679</v>
+      </c>
+      <c r="J246" t="s">
         <v>1680</v>
       </c>
-      <c r="G246"/>
-      <c r="H246" t="s">
+      <c r="K246" t="s">
         <v>1681</v>
       </c>
-      <c r="I246" t="s">
+      <c r="L246" t="s">
         <v>1682</v>
-      </c>
-[...7 lines deleted...]
-        <v>1685</v>
       </c>
     </row>
     <row r="247" spans="1:12">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>1686</v>
+        <v>1683</v>
       </c>
       <c r="C247" t="s">
-        <v>256</v>
+        <v>79</v>
       </c>
       <c r="D247" t="s">
-        <v>1002</v>
+        <v>279</v>
       </c>
       <c r="E247">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F247" t="s">
-        <v>1687</v>
+        <v>1684</v>
       </c>
       <c r="G247"/>
       <c r="H247" t="s">
-        <v>1146</v>
+        <v>907</v>
       </c>
       <c r="I247" t="s">
+        <v>1685</v>
+      </c>
+      <c r="J247" t="s">
+        <v>1686</v>
+      </c>
+      <c r="K247" t="s">
+        <v>1687</v>
+      </c>
+      <c r="L247" t="s">
         <v>1688</v>
-      </c>
-[...7 lines deleted...]
-        <v>1691</v>
       </c>
     </row>
     <row r="248" spans="1:12">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C248" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D248" t="s">
+        <v>44</v>
+      </c>
+      <c r="E248">
+        <v>2026</v>
+      </c>
+      <c r="F248" t="s">
+        <v>1691</v>
+      </c>
+      <c r="G248" t="s">
         <v>1692</v>
       </c>
-      <c r="C248" t="s">
-[...8 lines deleted...]
-      <c r="F248" t="s">
+      <c r="H248" t="s">
+        <v>73</v>
+      </c>
+      <c r="I248" t="s">
         <v>1693</v>
       </c>
-      <c r="G248"/>
-[...3 lines deleted...]
-      <c r="I248" t="s">
+      <c r="J248" t="s">
         <v>1694</v>
       </c>
-      <c r="J248" t="s">
+      <c r="K248" t="s">
         <v>1695</v>
       </c>
-      <c r="K248" t="s">
+      <c r="L248" t="s">
         <v>1696</v>
-      </c>
-[...1 lines deleted...]
-        <v>1697</v>
       </c>
     </row>
     <row r="249" spans="1:12">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>1698</v>
+        <v>1689</v>
       </c>
       <c r="C249" t="s">
-        <v>29</v>
+        <v>256</v>
       </c>
       <c r="D249" t="s">
-        <v>803</v>
+        <v>839</v>
       </c>
       <c r="E249">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F249" t="s">
-        <v>1699</v>
+        <v>1697</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
+        <v>1698</v>
+      </c>
+      <c r="I249" t="s">
+        <v>1699</v>
+      </c>
+      <c r="J249" t="s">
         <v>1700</v>
       </c>
-      <c r="I249"/>
-      <c r="J249" t="s">
+      <c r="K249" t="s">
         <v>1701</v>
       </c>
-      <c r="K249" t="s">
+      <c r="L249" t="s">
         <v>1702</v>
-      </c>
-[...1 lines deleted...]
-        <v>1703</v>
       </c>
     </row>
     <row r="250" spans="1:12">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C250" t="s">
+        <v>256</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E250">
+        <v>2026</v>
+      </c>
+      <c r="F250" t="s">
         <v>1704</v>
-      </c>
-[...10 lines deleted...]
-        <v>1705</v>
       </c>
       <c r="G250"/>
       <c r="H250" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I250" t="s">
+        <v>1705</v>
+      </c>
+      <c r="J250" t="s">
         <v>1706</v>
       </c>
-      <c r="I250"/>
-      <c r="J250" t="s">
+      <c r="K250" t="s">
         <v>1707</v>
       </c>
-      <c r="K250" t="s">
+      <c r="L250" t="s">
         <v>1708</v>
-      </c>
-[...1 lines deleted...]
-        <v>1709</v>
       </c>
     </row>
     <row r="251" spans="1:12">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C251" t="s">
+        <v>70</v>
+      </c>
+      <c r="D251" t="s">
+        <v>391</v>
+      </c>
+      <c r="E251">
+        <v>2026</v>
+      </c>
+      <c r="F251" t="s">
         <v>1710</v>
       </c>
-      <c r="C251" t="s">
-[...2 lines deleted...]
-      <c r="D251" t="s">
+      <c r="G251"/>
+      <c r="H251">
+        <v>97</v>
+      </c>
+      <c r="I251" t="s">
         <v>1711</v>
       </c>
-      <c r="E251">
-[...2 lines deleted...]
-      <c r="F251" t="s">
+      <c r="J251" t="s">
         <v>1712</v>
       </c>
-      <c r="G251" t="s">
+      <c r="K251" t="s">
         <v>1713</v>
       </c>
-      <c r="H251" t="s">
-[...2 lines deleted...]
-      <c r="I251" t="s">
+      <c r="L251" t="s">
         <v>1714</v>
-      </c>
-[...7 lines deleted...]
-        <v>1717</v>
       </c>
     </row>
     <row r="252" spans="1:12">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>1718</v>
+        <v>1715</v>
       </c>
       <c r="C252" t="s">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="D252" t="s">
-        <v>1719</v>
+        <v>803</v>
       </c>
       <c r="E252">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F252" t="s">
-        <v>1720</v>
+        <v>1716</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
-        <v>1721</v>
-[...3 lines deleted...]
-      </c>
+        <v>1717</v>
+      </c>
+      <c r="I252"/>
       <c r="J252" t="s">
-        <v>1723</v>
-[...1 lines deleted...]
-      <c r="K252"/>
+        <v>1718</v>
+      </c>
+      <c r="K252" t="s">
+        <v>1719</v>
+      </c>
       <c r="L252" t="s">
-        <v>1724</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="253" spans="1:12">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C253" t="s">
+        <v>29</v>
+      </c>
+      <c r="D253" t="s">
+        <v>803</v>
+      </c>
+      <c r="E253">
+        <v>2026</v>
+      </c>
+      <c r="F253" t="s">
+        <v>1722</v>
+      </c>
+      <c r="G253"/>
+      <c r="H253" t="s">
+        <v>1723</v>
+      </c>
+      <c r="I253"/>
+      <c r="J253" t="s">
+        <v>1724</v>
+      </c>
+      <c r="K253" t="s">
         <v>1725</v>
       </c>
-      <c r="C253" t="s">
+      <c r="L253" t="s">
         <v>1726</v>
-      </c>
-[...25 lines deleted...]
-        <v>1732</v>
       </c>
     </row>
     <row r="254" spans="1:12">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C254" t="s">
+        <v>256</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E254">
+        <v>2026</v>
+      </c>
+      <c r="F254" t="s">
+        <v>1729</v>
+      </c>
+      <c r="G254" t="s">
+        <v>1730</v>
+      </c>
+      <c r="H254" t="s">
+        <v>369</v>
+      </c>
+      <c r="I254" t="s">
+        <v>1731</v>
+      </c>
+      <c r="J254" t="s">
+        <v>1732</v>
+      </c>
+      <c r="K254" t="s">
         <v>1733</v>
       </c>
-      <c r="C254" t="s">
-[...8 lines deleted...]
-      <c r="F254" t="s">
+      <c r="L254" t="s">
         <v>1734</v>
-      </c>
-[...14 lines deleted...]
-        <v>1738</v>
       </c>
     </row>
     <row r="255" spans="1:12">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>1739</v>
+        <v>1735</v>
       </c>
       <c r="C255" t="s">
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="D255" t="s">
-        <v>44</v>
+        <v>1736</v>
       </c>
       <c r="E255">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F255" t="s">
-        <v>1740</v>
+        <v>1737</v>
       </c>
       <c r="G255"/>
       <c r="H255" t="s">
-        <v>336</v>
+        <v>1738</v>
       </c>
       <c r="I255" t="s">
+        <v>1739</v>
+      </c>
+      <c r="J255" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K255"/>
+      <c r="L255" t="s">
         <v>1741</v>
-      </c>
-[...7 lines deleted...]
-        <v>1744</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D256" t="s">
+        <v>20</v>
+      </c>
+      <c r="E256">
+        <v>2026</v>
+      </c>
+      <c r="F256" t="s">
+        <v>1744</v>
+      </c>
+      <c r="G256" t="s">
         <v>1745</v>
       </c>
-      <c r="C256" t="s">
-[...8 lines deleted...]
-      <c r="F256" t="s">
+      <c r="H256" t="s">
+        <v>493</v>
+      </c>
+      <c r="I256" t="s">
         <v>1746</v>
       </c>
-      <c r="G256"/>
-      <c r="H256" t="s">
+      <c r="J256" t="s">
         <v>1747</v>
       </c>
-      <c r="I256" t="s">
+      <c r="K256" t="s">
         <v>1748</v>
       </c>
-      <c r="J256"/>
-      <c r="K256" t="s">
+      <c r="L256" t="s">
         <v>1749</v>
-      </c>
-[...1 lines deleted...]
-        <v>1750</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C257" t="s">
+        <v>13</v>
+      </c>
+      <c r="D257" t="s">
+        <v>44</v>
+      </c>
+      <c r="E257">
+        <v>1986</v>
+      </c>
+      <c r="F257" t="s">
         <v>1751</v>
-      </c>
-[...10 lines deleted...]
-        <v>1752</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
+        <v>47</v>
+      </c>
+      <c r="I257" t="s">
+        <v>1752</v>
+      </c>
+      <c r="J257" t="s">
         <v>1753</v>
       </c>
-      <c r="I257"/>
-      <c r="J257" t="s">
+      <c r="K257" t="s">
         <v>1754</v>
       </c>
-      <c r="K257" t="s">
+      <c r="L257" t="s">
         <v>1755</v>
-      </c>
-[...1 lines deleted...]
-        <v>1756</v>
       </c>
     </row>
     <row r="258" spans="1:12">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>1757</v>
+        <v>1756</v>
       </c>
       <c r="C258" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="D258" t="s">
         <v>44</v>
       </c>
       <c r="E258">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F258" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
+        <v>336</v>
+      </c>
+      <c r="I258" t="s">
+        <v>1758</v>
+      </c>
+      <c r="J258" t="s">
         <v>1759</v>
       </c>
-      <c r="I258"/>
-      <c r="J258" t="s">
+      <c r="K258" t="s">
         <v>1760</v>
       </c>
-      <c r="K258" t="s">
+      <c r="L258" t="s">
         <v>1761</v>
-      </c>
-[...1 lines deleted...]
-        <v>1762</v>
       </c>
     </row>
     <row r="259" spans="1:12">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
+        <v>1762</v>
+      </c>
+      <c r="C259" t="s">
+        <v>53</v>
+      </c>
+      <c r="D259" t="s">
+        <v>80</v>
+      </c>
+      <c r="E259">
+        <v>2026</v>
+      </c>
+      <c r="F259" t="s">
         <v>1763</v>
-      </c>
-[...10 lines deleted...]
-        <v>1764</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
+        <v>1764</v>
+      </c>
+      <c r="I259" t="s">
         <v>1765</v>
       </c>
-      <c r="I259"/>
-      <c r="J259" t="s">
+      <c r="J259"/>
+      <c r="K259" t="s">
         <v>1766</v>
-      </c>
-[...1 lines deleted...]
-        <v>1761</v>
       </c>
       <c r="L259" t="s">
         <v>1767</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
         <v>1768</v>
       </c>
       <c r="C260" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="D260" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="E260">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F260" t="s">
         <v>1769</v>
       </c>
-      <c r="G260" t="s">
+      <c r="G260"/>
+      <c r="H260" t="s">
         <v>1770</v>
       </c>
-      <c r="H260" t="s">
-[...2 lines deleted...]
-      <c r="I260" t="s">
+      <c r="I260"/>
+      <c r="J260" t="s">
         <v>1771</v>
       </c>
-      <c r="J260" t="s">
+      <c r="K260" t="s">
         <v>1772</v>
       </c>
-      <c r="K260" t="s">
+      <c r="L260" t="s">
         <v>1773</v>
-      </c>
-[...1 lines deleted...]
-        <v>1774</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
+        <v>1774</v>
+      </c>
+      <c r="C261" t="s">
+        <v>88</v>
+      </c>
+      <c r="D261" t="s">
+        <v>44</v>
+      </c>
+      <c r="E261">
+        <v>2026</v>
+      </c>
+      <c r="F261" t="s">
         <v>1775</v>
-      </c>
-[...10 lines deleted...]
-        <v>1777</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
+        <v>1776</v>
+      </c>
+      <c r="I261"/>
+      <c r="J261" t="s">
+        <v>1777</v>
+      </c>
+      <c r="K261" t="s">
         <v>1778</v>
       </c>
-      <c r="I261" t="s">
+      <c r="L261" t="s">
         <v>1779</v>
-      </c>
-[...5 lines deleted...]
-        <v>1781</v>
       </c>
     </row>
     <row r="262" spans="1:12">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>1782</v>
+        <v>1780</v>
       </c>
       <c r="C262" t="s">
-        <v>1783</v>
+        <v>88</v>
       </c>
       <c r="D262" t="s">
-        <v>159</v>
+        <v>44</v>
       </c>
       <c r="E262">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F262" t="s">
-        <v>1784</v>
+        <v>1781</v>
       </c>
       <c r="G262"/>
       <c r="H262" t="s">
-        <v>989</v>
-[...3 lines deleted...]
-      </c>
+        <v>1782</v>
+      </c>
+      <c r="I262"/>
       <c r="J262" t="s">
-        <v>1786</v>
+        <v>1783</v>
       </c>
       <c r="K262" t="s">
-        <v>1787</v>
+        <v>1778</v>
       </c>
       <c r="L262" t="s">
-        <v>1788</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="263" spans="1:12">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
+        <v>1785</v>
+      </c>
+      <c r="C263" t="s">
+        <v>43</v>
+      </c>
+      <c r="D263" t="s">
+        <v>71</v>
+      </c>
+      <c r="E263">
+        <v>2026</v>
+      </c>
+      <c r="F263" t="s">
+        <v>1786</v>
+      </c>
+      <c r="G263" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1058</v>
+      </c>
+      <c r="I263" t="s">
+        <v>1788</v>
+      </c>
+      <c r="J263" t="s">
         <v>1789</v>
       </c>
-      <c r="C263" t="s">
-[...8 lines deleted...]
-      <c r="F263" t="s">
+      <c r="K263" t="s">
         <v>1790</v>
       </c>
-      <c r="G263"/>
-[...4 lines deleted...]
-      <c r="J263" t="s">
+      <c r="L263" t="s">
         <v>1791</v>
-      </c>
-[...4 lines deleted...]
-        <v>1793</v>
       </c>
     </row>
     <row r="264" spans="1:12">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E264">
+        <v>1970</v>
+      </c>
+      <c r="F264" t="s">
         <v>1794</v>
-      </c>
-[...10 lines deleted...]
-        <v>1795</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
-        <v>220</v>
+        <v>1795</v>
       </c>
       <c r="I264" t="s">
         <v>1796</v>
       </c>
       <c r="J264" t="s">
         <v>1797</v>
       </c>
-      <c r="K264" t="s">
+      <c r="K264"/>
+      <c r="L264" t="s">
         <v>1798</v>
-      </c>
-[...1 lines deleted...]
-        <v>1799</v>
       </c>
     </row>
     <row r="265" spans="1:12">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C265" t="s">
         <v>1800</v>
       </c>
-      <c r="C265" t="s">
+      <c r="D265" t="s">
+        <v>159</v>
+      </c>
+      <c r="E265">
+        <v>2026</v>
+      </c>
+      <c r="F265" t="s">
         <v>1801</v>
-      </c>
-[...7 lines deleted...]
-        <v>1802</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
+        <v>996</v>
+      </c>
+      <c r="I265" t="s">
+        <v>1802</v>
+      </c>
+      <c r="J265" t="s">
         <v>1803</v>
       </c>
-      <c r="I265" t="s">
+      <c r="K265" t="s">
         <v>1804</v>
       </c>
-      <c r="J265" t="s">
+      <c r="L265" t="s">
         <v>1805</v>
-      </c>
-[...4 lines deleted...]
-        <v>1807</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>1808</v>
+        <v>1806</v>
       </c>
       <c r="C266" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="D266" t="s">
         <v>44</v>
       </c>
       <c r="E266">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F266" t="s">
+        <v>1807</v>
+      </c>
+      <c r="G266"/>
+      <c r="H266" t="s">
+        <v>789</v>
+      </c>
+      <c r="I266"/>
+      <c r="J266" t="s">
+        <v>1808</v>
+      </c>
+      <c r="K266" t="s">
         <v>1809</v>
       </c>
-      <c r="G266" t="s">
+      <c r="L266" t="s">
         <v>1810</v>
-      </c>
-[...13 lines deleted...]
-        <v>1814</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C267" t="s">
+        <v>256</v>
+      </c>
+      <c r="D267" t="s">
+        <v>787</v>
+      </c>
+      <c r="E267">
+        <v>2026</v>
+      </c>
+      <c r="F267" t="s">
+        <v>1812</v>
+      </c>
+      <c r="G267"/>
+      <c r="H267" t="s">
+        <v>220</v>
+      </c>
+      <c r="I267" t="s">
+        <v>1813</v>
+      </c>
+      <c r="J267" t="s">
+        <v>1814</v>
+      </c>
+      <c r="K267" t="s">
         <v>1815</v>
       </c>
-      <c r="C267" t="s">
-[...8 lines deleted...]
-      <c r="F267" t="s">
+      <c r="L267" t="s">
         <v>1816</v>
-      </c>
-[...16 lines deleted...]
-        <v>1821</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>1822</v>
+        <v>1817</v>
       </c>
       <c r="C268" t="s">
-        <v>194</v>
+        <v>1818</v>
       </c>
       <c r="D268" t="s">
-        <v>123</v>
+        <v>44</v>
       </c>
       <c r="E268">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F268" t="s">
-        <v>1823</v>
+        <v>1819</v>
       </c>
       <c r="G268"/>
       <c r="H268" t="s">
-        <v>543</v>
+        <v>1820</v>
       </c>
       <c r="I268" t="s">
+        <v>1821</v>
+      </c>
+      <c r="J268" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K268" t="s">
+        <v>1823</v>
+      </c>
+      <c r="L268" t="s">
         <v>1824</v>
-      </c>
-[...5 lines deleted...]
-        <v>1826</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C269" t="s">
+        <v>70</v>
+      </c>
+      <c r="D269" t="s">
+        <v>44</v>
+      </c>
+      <c r="E269">
+        <v>2026</v>
+      </c>
+      <c r="F269" t="s">
+        <v>1826</v>
+      </c>
+      <c r="G269" t="s">
         <v>1827</v>
       </c>
-      <c r="C269" t="s">
+      <c r="H269" t="s">
+        <v>732</v>
+      </c>
+      <c r="I269" t="s">
         <v>1828</v>
       </c>
-      <c r="D269" t="s">
+      <c r="J269" t="s">
         <v>1829</v>
       </c>
-      <c r="E269">
-[...2 lines deleted...]
-      <c r="F269" t="s">
+      <c r="K269" t="s">
         <v>1830</v>
       </c>
-      <c r="G269" t="s">
+      <c r="L269" t="s">
         <v>1831</v>
-      </c>
-[...13 lines deleted...]
-        <v>1835</v>
       </c>
     </row>
     <row r="270" spans="1:12">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D270" t="s">
+        <v>366</v>
+      </c>
+      <c r="E270">
+        <v>2026</v>
+      </c>
+      <c r="F270" t="s">
+        <v>1833</v>
+      </c>
+      <c r="G270" t="s">
+        <v>1834</v>
+      </c>
+      <c r="H270" t="s">
+        <v>64</v>
+      </c>
+      <c r="I270" t="s">
+        <v>1835</v>
+      </c>
+      <c r="J270" t="s">
         <v>1836</v>
       </c>
-      <c r="C270" t="s">
+      <c r="K270" t="s">
         <v>1837</v>
       </c>
-      <c r="D270" t="s">
+      <c r="L270" t="s">
         <v>1838</v>
-      </c>
-[...20 lines deleted...]
-        <v>1843</v>
       </c>
     </row>
     <row r="271" spans="1:12">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>1844</v>
+        <v>1839</v>
       </c>
       <c r="C271" t="s">
-        <v>1837</v>
+        <v>194</v>
       </c>
       <c r="D271" t="s">
-        <v>159</v>
+        <v>123</v>
       </c>
       <c r="E271">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F271" t="s">
-        <v>1845</v>
-[...5 lines deleted...]
-        <v>119</v>
+        <v>1840</v>
+      </c>
+      <c r="G271"/>
+      <c r="H271" t="s">
+        <v>543</v>
       </c>
       <c r="I271" t="s">
-        <v>1847</v>
-[...3 lines deleted...]
-      </c>
+        <v>1841</v>
+      </c>
+      <c r="J271"/>
       <c r="K271" t="s">
-        <v>1849</v>
+        <v>1842</v>
       </c>
       <c r="L271" t="s">
-        <v>1850</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="272" spans="1:12">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E272">
+        <v>2026</v>
+      </c>
+      <c r="F272" t="s">
+        <v>1847</v>
+      </c>
+      <c r="G272" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I272" t="s">
+        <v>1849</v>
+      </c>
+      <c r="J272" t="s">
+        <v>1850</v>
+      </c>
+      <c r="K272" t="s">
         <v>1851</v>
       </c>
-      <c r="C272" t="s">
-[...2 lines deleted...]
-      <c r="D272" t="s">
+      <c r="L272" t="s">
         <v>1852</v>
-      </c>
-[...22 lines deleted...]
-        <v>1858</v>
       </c>
     </row>
     <row r="273" spans="1:12">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D273" t="s">
+        <v>1855</v>
+      </c>
+      <c r="E273">
+        <v>2026</v>
+      </c>
+      <c r="F273" t="s">
+        <v>1856</v>
+      </c>
+      <c r="G273"/>
+      <c r="H273" t="s">
+        <v>1038</v>
+      </c>
+      <c r="I273" t="s">
+        <v>1857</v>
+      </c>
+      <c r="J273" t="s">
+        <v>1858</v>
+      </c>
+      <c r="K273" t="s">
         <v>1859</v>
       </c>
-      <c r="C273" t="s">
+      <c r="L273" t="s">
         <v>1860</v>
-      </c>
-[...25 lines deleted...]
-        <v>1866</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D274" t="s">
+        <v>159</v>
+      </c>
+      <c r="E274">
+        <v>2026</v>
+      </c>
+      <c r="F274" t="s">
+        <v>1862</v>
+      </c>
+      <c r="G274" t="s">
+        <v>1863</v>
+      </c>
+      <c r="H274">
+        <v>119</v>
+      </c>
+      <c r="I274" t="s">
+        <v>1864</v>
+      </c>
+      <c r="J274" t="s">
+        <v>1865</v>
+      </c>
+      <c r="K274" t="s">
+        <v>1866</v>
+      </c>
+      <c r="L274" t="s">
         <v>1867</v>
-      </c>
-[...26 lines deleted...]
-        <v>1873</v>
       </c>
     </row>
     <row r="275" spans="1:12">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C275" t="s">
+        <v>70</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1869</v>
+      </c>
+      <c r="E275">
+        <v>2026</v>
+      </c>
+      <c r="F275" t="s">
+        <v>1870</v>
+      </c>
+      <c r="G275" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1058</v>
+      </c>
+      <c r="I275" t="s">
+        <v>1872</v>
+      </c>
+      <c r="J275" t="s">
+        <v>1873</v>
+      </c>
+      <c r="K275" t="s">
         <v>1874</v>
       </c>
-      <c r="C275" t="s">
+      <c r="L275" t="s">
         <v>1875</v>
-      </c>
-[...21 lines deleted...]
-        <v>1881</v>
       </c>
     </row>
     <row r="276" spans="1:12">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D276" t="s">
+        <v>44</v>
+      </c>
+      <c r="E276">
+        <v>2026</v>
+      </c>
+      <c r="F276" t="s">
+        <v>1878</v>
+      </c>
+      <c r="G276" t="s">
+        <v>1879</v>
+      </c>
+      <c r="H276" t="s">
+        <v>73</v>
+      </c>
+      <c r="I276" t="s">
+        <v>1880</v>
+      </c>
+      <c r="J276" t="s">
+        <v>1881</v>
+      </c>
+      <c r="K276" t="s">
         <v>1882</v>
       </c>
-      <c r="C276" t="s">
-[...8 lines deleted...]
-      <c r="F276" t="s">
+      <c r="L276" t="s">
         <v>1883</v>
-      </c>
-[...12 lines deleted...]
-        <v>1886</v>
       </c>
     </row>
     <row r="277" spans="1:12">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>1887</v>
+        <v>1884</v>
       </c>
       <c r="C277" t="s">
-        <v>256</v>
+        <v>1885</v>
       </c>
       <c r="D277" t="s">
-        <v>239</v>
+        <v>80</v>
       </c>
       <c r="E277">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F277" t="s">
-        <v>1888</v>
+        <v>1886</v>
       </c>
       <c r="G277"/>
       <c r="H277" t="s">
+        <v>508</v>
+      </c>
+      <c r="I277" t="s">
+        <v>1887</v>
+      </c>
+      <c r="J277" t="s">
+        <v>1888</v>
+      </c>
+      <c r="K277" t="s">
         <v>1889</v>
       </c>
-      <c r="I277" t="s">
+      <c r="L277" t="s">
         <v>1890</v>
-      </c>
-[...7 lines deleted...]
-        <v>1893</v>
       </c>
     </row>
     <row r="278" spans="1:12">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1893</v>
+      </c>
+      <c r="E278">
+        <v>2026</v>
+      </c>
+      <c r="F278" t="s">
         <v>1894</v>
       </c>
-      <c r="C278" t="s">
-[...8 lines deleted...]
-      <c r="F278" t="s">
+      <c r="G278" t="s">
         <v>1895</v>
       </c>
-      <c r="G278"/>
       <c r="H278" t="s">
-        <v>336</v>
+        <v>1896</v>
       </c>
       <c r="I278" t="s">
-        <v>1896</v>
-[...1 lines deleted...]
-      <c r="J278" t="s">
         <v>1897</v>
       </c>
-      <c r="K278" t="s">
+      <c r="J278"/>
+      <c r="K278"/>
+      <c r="L278" t="s">
         <v>1898</v>
-      </c>
-[...1 lines deleted...]
-        <v>1899</v>
       </c>
     </row>
     <row r="279" spans="1:12">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C279" t="s">
+        <v>13</v>
+      </c>
+      <c r="D279" t="s">
+        <v>366</v>
+      </c>
+      <c r="E279">
+        <v>1963</v>
+      </c>
+      <c r="F279" t="s">
         <v>1900</v>
       </c>
-      <c r="C279" t="s">
-[...8 lines deleted...]
-      <c r="F279" t="s">
+      <c r="G279" t="s">
         <v>1901</v>
       </c>
-      <c r="G279"/>
       <c r="H279" t="s">
-        <v>840</v>
+        <v>732</v>
       </c>
       <c r="I279"/>
-      <c r="J279" t="s">
+      <c r="J279"/>
+      <c r="K279" t="s">
         <v>1902</v>
       </c>
-      <c r="K279" t="s">
+      <c r="L279" t="s">
         <v>1903</v>
-      </c>
-[...1 lines deleted...]
-        <v>1904</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C280" t="s">
+        <v>256</v>
+      </c>
+      <c r="D280" t="s">
+        <v>239</v>
+      </c>
+      <c r="E280">
+        <v>2026</v>
+      </c>
+      <c r="F280" t="s">
         <v>1905</v>
       </c>
-      <c r="C280" t="s">
-[...8 lines deleted...]
-      <c r="F280" t="s">
+      <c r="G280"/>
+      <c r="H280" t="s">
         <v>1906</v>
       </c>
-      <c r="G280" t="s">
+      <c r="I280" t="s">
         <v>1907</v>
       </c>
-      <c r="H280" t="s">
-[...2 lines deleted...]
-      <c r="I280" t="s">
+      <c r="J280" t="s">
         <v>1908</v>
       </c>
-      <c r="J280" t="s">
+      <c r="K280" t="s">
         <v>1909</v>
       </c>
-      <c r="K280" t="s">
+      <c r="L280" t="s">
         <v>1910</v>
-      </c>
-[...1 lines deleted...]
-        <v>1911</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C281" t="s">
+        <v>256</v>
+      </c>
+      <c r="D281" t="s">
+        <v>80</v>
+      </c>
+      <c r="E281">
+        <v>2026</v>
+      </c>
+      <c r="F281" t="s">
         <v>1912</v>
       </c>
-      <c r="C281" t="s">
-[...2 lines deleted...]
-      <c r="D281" t="s">
+      <c r="G281"/>
+      <c r="H281" t="s">
+        <v>336</v>
+      </c>
+      <c r="I281" t="s">
         <v>1913</v>
       </c>
-      <c r="E281">
-[...2 lines deleted...]
-      <c r="F281" t="s">
+      <c r="J281" t="s">
         <v>1914</v>
       </c>
-      <c r="G281" t="s">
+      <c r="K281" t="s">
         <v>1915</v>
       </c>
-      <c r="H281" t="s">
-[...2 lines deleted...]
-      <c r="I281" t="s">
+      <c r="L281" t="s">
         <v>1916</v>
-      </c>
-[...7 lines deleted...]
-        <v>1919</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>1920</v>
+        <v>1917</v>
       </c>
       <c r="C282" t="s">
         <v>29</v>
       </c>
       <c r="D282" t="s">
         <v>80</v>
       </c>
       <c r="E282">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F282" t="s">
-        <v>1921</v>
+        <v>1918</v>
       </c>
       <c r="G282"/>
       <c r="H282" t="s">
-        <v>1922</v>
+        <v>847</v>
       </c>
       <c r="I282"/>
       <c r="J282" t="s">
-        <v>1923</v>
+        <v>1919</v>
       </c>
       <c r="K282" t="s">
-        <v>1924</v>
+        <v>1920</v>
       </c>
       <c r="L282" t="s">
-        <v>1925</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C283" t="s">
+        <v>13</v>
+      </c>
+      <c r="D283" t="s">
+        <v>20</v>
+      </c>
+      <c r="E283">
+        <v>2026</v>
+      </c>
+      <c r="F283" t="s">
+        <v>1923</v>
+      </c>
+      <c r="G283" t="s">
+        <v>1924</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1338</v>
+      </c>
+      <c r="I283" t="s">
+        <v>1925</v>
+      </c>
+      <c r="J283" t="s">
         <v>1926</v>
       </c>
-      <c r="C283" t="s">
-[...2 lines deleted...]
-      <c r="D283" t="s">
+      <c r="K283" t="s">
         <v>1927</v>
       </c>
-      <c r="E283">
-[...2 lines deleted...]
-      <c r="F283" t="s">
+      <c r="L283" t="s">
         <v>1928</v>
-      </c>
-[...14 lines deleted...]
-        <v>1933</v>
       </c>
     </row>
     <row r="284" spans="1:12">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C284" t="s">
+        <v>29</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1930</v>
+      </c>
+      <c r="E284">
+        <v>2026</v>
+      </c>
+      <c r="F284" t="s">
+        <v>1931</v>
+      </c>
+      <c r="G284" t="s">
+        <v>1932</v>
+      </c>
+      <c r="H284" t="s">
+        <v>508</v>
+      </c>
+      <c r="I284" t="s">
+        <v>1933</v>
+      </c>
+      <c r="J284" t="s">
         <v>1934</v>
       </c>
-      <c r="C284" t="s">
-[...8 lines deleted...]
-      <c r="F284" t="s">
+      <c r="K284" t="s">
         <v>1935</v>
       </c>
-      <c r="G284" t="s">
+      <c r="L284" t="s">
         <v>1936</v>
-      </c>
-[...13 lines deleted...]
-        <v>1940</v>
       </c>
     </row>
     <row r="285" spans="1:12">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>1941</v>
+        <v>1937</v>
       </c>
       <c r="C285" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D285" t="s">
-        <v>832</v>
+        <v>80</v>
       </c>
       <c r="E285">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F285" t="s">
-        <v>1942</v>
+        <v>1938</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
-        <v>1943</v>
-[...3 lines deleted...]
-      </c>
+        <v>1939</v>
+      </c>
+      <c r="I285"/>
       <c r="J285" t="s">
-        <v>1945</v>
+        <v>1940</v>
       </c>
       <c r="K285" t="s">
-        <v>1946</v>
+        <v>1941</v>
       </c>
       <c r="L285" t="s">
-        <v>1947</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="286" spans="1:12">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>1948</v>
+        <v>1943</v>
       </c>
       <c r="C286" t="s">
-        <v>1949</v>
+        <v>122</v>
       </c>
       <c r="D286" t="s">
-        <v>123</v>
+        <v>1944</v>
       </c>
       <c r="E286">
-        <v>1985</v>
+        <v>1970</v>
       </c>
       <c r="F286" t="s">
-        <v>1950</v>
+        <v>1945</v>
       </c>
       <c r="G286"/>
       <c r="H286" t="s">
-        <v>1031</v>
+        <v>1946</v>
       </c>
       <c r="I286" t="s">
-        <v>1951</v>
+        <v>1947</v>
       </c>
       <c r="J286" t="s">
-        <v>1952</v>
+        <v>1948</v>
       </c>
       <c r="K286" t="s">
-        <v>1953</v>
+        <v>1949</v>
       </c>
       <c r="L286" t="s">
-        <v>1954</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="287" spans="1:12">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>1955</v>
+        <v>1951</v>
       </c>
       <c r="C287" t="s">
         <v>70</v>
       </c>
       <c r="D287" t="s">
-        <v>505</v>
+        <v>391</v>
       </c>
       <c r="E287">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F287" t="s">
+        <v>1952</v>
+      </c>
+      <c r="G287" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H287">
+        <v>103</v>
+      </c>
+      <c r="I287" t="s">
+        <v>1954</v>
+      </c>
+      <c r="J287" t="s">
+        <v>1955</v>
+      </c>
+      <c r="K287" t="s">
         <v>1956</v>
       </c>
-      <c r="G287"/>
-[...3 lines deleted...]
-      <c r="I287" t="s">
+      <c r="L287" t="s">
         <v>1957</v>
-      </c>
-[...7 lines deleted...]
-        <v>1960</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>1961</v>
+        <v>1958</v>
       </c>
       <c r="C288" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="D288" t="s">
-        <v>1962</v>
+        <v>839</v>
       </c>
       <c r="E288">
         <v>1970</v>
       </c>
       <c r="F288" t="s">
+        <v>1959</v>
+      </c>
+      <c r="G288"/>
+      <c r="H288" t="s">
+        <v>1960</v>
+      </c>
+      <c r="I288" t="s">
+        <v>1961</v>
+      </c>
+      <c r="J288" t="s">
+        <v>1962</v>
+      </c>
+      <c r="K288" t="s">
         <v>1963</v>
       </c>
-      <c r="G288" t="s">
+      <c r="L288" t="s">
         <v>1964</v>
-      </c>
-[...13 lines deleted...]
-        <v>1968</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>1969</v>
+        <v>1965</v>
       </c>
       <c r="C289" t="s">
-        <v>1246</v>
+        <v>1966</v>
       </c>
       <c r="D289" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="E289">
-        <v>1989</v>
+        <v>1985</v>
       </c>
       <c r="F289" t="s">
-        <v>1970</v>
+        <v>1967</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
+        <v>1038</v>
+      </c>
+      <c r="I289" t="s">
+        <v>1968</v>
+      </c>
+      <c r="J289" t="s">
+        <v>1969</v>
+      </c>
+      <c r="K289" t="s">
+        <v>1970</v>
+      </c>
+      <c r="L289" t="s">
         <v>1971</v>
-      </c>
-[...10 lines deleted...]
-        <v>1975</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>1976</v>
+        <v>1972</v>
       </c>
       <c r="C290" t="s">
-        <v>1307</v>
+        <v>70</v>
       </c>
       <c r="D290" t="s">
-        <v>159</v>
+        <v>505</v>
       </c>
       <c r="E290">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F290" t="s">
-        <v>1977</v>
+        <v>1973</v>
       </c>
       <c r="G290"/>
       <c r="H290" t="s">
-        <v>625</v>
+        <v>1164</v>
       </c>
       <c r="I290" t="s">
-        <v>1978</v>
+        <v>1974</v>
       </c>
       <c r="J290" t="s">
-        <v>1979</v>
+        <v>1975</v>
       </c>
       <c r="K290" t="s">
-        <v>1980</v>
+        <v>1976</v>
       </c>
       <c r="L290" t="s">
-        <v>1981</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C291" t="s">
+        <v>88</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1979</v>
+      </c>
+      <c r="E291">
+        <v>1970</v>
+      </c>
+      <c r="F291" t="s">
+        <v>1980</v>
+      </c>
+      <c r="G291" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H291" t="s">
+        <v>425</v>
+      </c>
+      <c r="I291" t="s">
         <v>1982</v>
       </c>
-      <c r="C291" t="s">
-[...8 lines deleted...]
-      <c r="F291" t="s">
+      <c r="J291" t="s">
         <v>1983</v>
       </c>
-      <c r="G291"/>
-[...3 lines deleted...]
-      <c r="I291" t="s">
+      <c r="K291" t="s">
         <v>1984</v>
       </c>
-      <c r="J291" t="s">
+      <c r="L291" t="s">
         <v>1985</v>
-      </c>
-[...2 lines deleted...]
-        <v>1986</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>1987</v>
+        <v>1986</v>
       </c>
       <c r="C292" t="s">
-        <v>29</v>
+        <v>1253</v>
       </c>
       <c r="D292" t="s">
         <v>44</v>
       </c>
       <c r="E292">
-        <v>2025</v>
+        <v>1989</v>
       </c>
       <c r="F292" t="s">
-        <v>1988</v>
+        <v>1987</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="J292"/>
+        <v>1988</v>
+      </c>
+      <c r="I292" t="s">
+        <v>1989</v>
+      </c>
+      <c r="J292" t="s">
+        <v>1990</v>
+      </c>
       <c r="K292" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="L292" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="C293" t="s">
-        <v>13</v>
+        <v>1314</v>
       </c>
       <c r="D293" t="s">
-        <v>30</v>
+        <v>159</v>
       </c>
       <c r="E293">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F293" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="G293"/>
       <c r="H293" t="s">
-        <v>1993</v>
-[...1 lines deleted...]
-      <c r="I293"/>
+        <v>625</v>
+      </c>
+      <c r="I293" t="s">
+        <v>1995</v>
+      </c>
       <c r="J293" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="K293" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="L293" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="C294" t="s">
-        <v>1998</v>
+        <v>13</v>
       </c>
       <c r="D294" t="s">
-        <v>1999</v>
+        <v>366</v>
       </c>
       <c r="E294">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F294" t="s">
         <v>2000</v>
       </c>
       <c r="G294"/>
-      <c r="H294" t="s">
-        <v>425</v>
+      <c r="H294">
+        <v>87</v>
       </c>
       <c r="I294" t="s">
         <v>2001</v>
       </c>
       <c r="J294" t="s">
         <v>2002</v>
       </c>
-      <c r="K294" t="s">
+      <c r="K294"/>
+      <c r="L294" t="s">
         <v>2003</v>
-      </c>
-[...1 lines deleted...]
-        <v>2004</v>
       </c>
     </row>
     <row r="295" spans="1:12">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C295" t="s">
+        <v>88</v>
+      </c>
+      <c r="D295" t="s">
+        <v>159</v>
+      </c>
+      <c r="E295">
+        <v>2026</v>
+      </c>
+      <c r="F295" t="s">
         <v>2005</v>
       </c>
-      <c r="C295" t="s">
-[...8 lines deleted...]
-      <c r="F295" t="s">
+      <c r="G295" t="s">
         <v>2006</v>
       </c>
-      <c r="G295" t="s">
+      <c r="H295" t="s">
+        <v>289</v>
+      </c>
+      <c r="I295"/>
+      <c r="J295"/>
+      <c r="K295"/>
+      <c r="L295" t="s">
         <v>2007</v>
-      </c>
-[...13 lines deleted...]
-        <v>2012</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="C296" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="D296" t="s">
         <v>44</v>
       </c>
       <c r="E296">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F296" t="s">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="G296"/>
       <c r="H296" t="s">
-        <v>1255</v>
-[...6 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="I296"/>
+      <c r="J296"/>
       <c r="K296" t="s">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="L296" t="s">
-        <v>2019</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="C297"/>
+        <v>2012</v>
+      </c>
+      <c r="C297" t="s">
+        <v>13</v>
+      </c>
       <c r="D297" t="s">
-        <v>2021</v>
+        <v>30</v>
       </c>
       <c r="E297">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F297" t="s">
-        <v>2022</v>
+        <v>2013</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="I297"/>
-      <c r="J297"/>
+      <c r="J297" t="s">
+        <v>2015</v>
+      </c>
       <c r="K297" t="s">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="L297" t="s">
-        <v>2025</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>2026</v>
+        <v>2018</v>
       </c>
       <c r="C298" t="s">
-        <v>29</v>
+        <v>2019</v>
       </c>
       <c r="D298" t="s">
-        <v>44</v>
+        <v>2020</v>
       </c>
       <c r="E298">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F298" t="s">
-        <v>2027</v>
+        <v>2021</v>
       </c>
       <c r="G298"/>
       <c r="H298" t="s">
-        <v>2028</v>
+        <v>425</v>
       </c>
       <c r="I298" t="s">
-        <v>2029</v>
+        <v>2022</v>
       </c>
       <c r="J298" t="s">
-        <v>2030</v>
+        <v>2023</v>
       </c>
       <c r="K298" t="s">
-        <v>2031</v>
+        <v>2024</v>
       </c>
       <c r="L298" t="s">
-        <v>2032</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C299" t="s">
+        <v>303</v>
+      </c>
+      <c r="D299" t="s">
+        <v>239</v>
+      </c>
+      <c r="E299">
+        <v>2026</v>
+      </c>
+      <c r="F299" t="s">
+        <v>2027</v>
+      </c>
+      <c r="G299" t="s">
+        <v>2028</v>
+      </c>
+      <c r="H299" t="s">
+        <v>2029</v>
+      </c>
+      <c r="I299" t="s">
+        <v>2030</v>
+      </c>
+      <c r="J299" t="s">
+        <v>2031</v>
+      </c>
+      <c r="K299" t="s">
+        <v>2032</v>
+      </c>
+      <c r="L299" t="s">
         <v>2033</v>
-      </c>
-[...24 lines deleted...]
-        <v>2039</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C300" t="s">
+        <v>122</v>
+      </c>
+      <c r="D300" t="s">
+        <v>44</v>
+      </c>
+      <c r="E300">
+        <v>2026</v>
+      </c>
+      <c r="F300" t="s">
+        <v>2035</v>
+      </c>
+      <c r="G300" t="s">
+        <v>2036</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1262</v>
+      </c>
+      <c r="I300" t="s">
+        <v>2037</v>
+      </c>
+      <c r="J300" t="s">
+        <v>2038</v>
+      </c>
+      <c r="K300" t="s">
+        <v>2039</v>
+      </c>
+      <c r="L300" t="s">
         <v>2040</v>
-      </c>
-[...26 lines deleted...]
-        <v>2045</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>2046</v>
+        <v>2041</v>
       </c>
       <c r="C301" t="s">
-        <v>194</v>
+        <v>1344</v>
       </c>
       <c r="D301" t="s">
-        <v>80</v>
+        <v>505</v>
       </c>
       <c r="E301">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F301" t="s">
-        <v>2047</v>
+        <v>2042</v>
       </c>
       <c r="G301"/>
       <c r="H301" t="s">
-        <v>781</v>
+        <v>2043</v>
       </c>
       <c r="I301" t="s">
-        <v>2048</v>
+        <v>2044</v>
       </c>
       <c r="J301" t="s">
-        <v>2048</v>
-[...3 lines deleted...]
-      </c>
+        <v>2045</v>
+      </c>
+      <c r="K301"/>
       <c r="L301" t="s">
-        <v>2050</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>2051</v>
-[...3 lines deleted...]
-      </c>
+        <v>2047</v>
+      </c>
+      <c r="C302"/>
       <c r="D302" t="s">
-        <v>80</v>
+        <v>2048</v>
       </c>
       <c r="E302">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F302" t="s">
-        <v>2052</v>
+        <v>2049</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
-        <v>319</v>
-[...6 lines deleted...]
-      </c>
+        <v>2050</v>
+      </c>
+      <c r="I302"/>
+      <c r="J302"/>
       <c r="K302" t="s">
-        <v>2055</v>
+        <v>2051</v>
       </c>
       <c r="L302" t="s">
-        <v>2056</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C303" t="s">
+        <v>29</v>
+      </c>
+      <c r="D303" t="s">
+        <v>44</v>
+      </c>
+      <c r="E303">
+        <v>1970</v>
+      </c>
+      <c r="F303" t="s">
+        <v>2054</v>
+      </c>
+      <c r="G303"/>
+      <c r="H303" t="s">
+        <v>2055</v>
+      </c>
+      <c r="I303" t="s">
+        <v>2056</v>
+      </c>
+      <c r="J303" t="s">
         <v>2057</v>
       </c>
-      <c r="C303" t="s">
-[...8 lines deleted...]
-      <c r="F303" t="s">
+      <c r="K303" t="s">
         <v>2058</v>
       </c>
-      <c r="G303" t="s">
+      <c r="L303" t="s">
         <v>2059</v>
-      </c>
-[...11 lines deleted...]
-        <v>2062</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C304" t="s">
+        <v>53</v>
+      </c>
+      <c r="D304" t="s">
+        <v>2061</v>
+      </c>
+      <c r="E304">
+        <v>2026</v>
+      </c>
+      <c r="F304" t="s">
+        <v>2062</v>
+      </c>
+      <c r="G304"/>
+      <c r="H304" t="s">
         <v>2063</v>
       </c>
-      <c r="C304" t="s">
-[...8 lines deleted...]
-      <c r="F304" t="s">
+      <c r="I304"/>
+      <c r="J304" t="s">
         <v>2064</v>
       </c>
-      <c r="G304" t="s">
+      <c r="K304" t="s">
         <v>2065</v>
       </c>
-      <c r="H304" t="s">
-[...2 lines deleted...]
-      <c r="I304" t="s">
+      <c r="L304" t="s">
         <v>2066</v>
-      </c>
-[...7 lines deleted...]
-        <v>2069</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>2070</v>
+        <v>2067</v>
       </c>
       <c r="C305" t="s">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="D305" t="s">
-        <v>2071</v>
+        <v>80</v>
       </c>
       <c r="E305">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F305" t="s">
-        <v>2072</v>
+        <v>2068</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>789</v>
+        <v>402</v>
       </c>
       <c r="I305" t="s">
-        <v>2073</v>
+        <v>2069</v>
       </c>
       <c r="J305" t="s">
-        <v>2074</v>
+        <v>2070</v>
       </c>
       <c r="K305" t="s">
-        <v>2075</v>
+        <v>2071</v>
       </c>
       <c r="L305" t="s">
-        <v>2076</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C306" t="s">
+        <v>194</v>
+      </c>
+      <c r="D306" t="s">
+        <v>80</v>
+      </c>
+      <c r="E306">
+        <v>2026</v>
+      </c>
+      <c r="F306" t="s">
+        <v>2074</v>
+      </c>
+      <c r="G306"/>
+      <c r="H306" t="s">
+        <v>781</v>
+      </c>
+      <c r="I306" t="s">
+        <v>2075</v>
+      </c>
+      <c r="J306" t="s">
+        <v>2075</v>
+      </c>
+      <c r="K306" t="s">
+        <v>2076</v>
+      </c>
+      <c r="L306" t="s">
         <v>2077</v>
-      </c>
-[...28 lines deleted...]
-        <v>2084</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>2085</v>
+        <v>2078</v>
       </c>
       <c r="C307" t="s">
-        <v>490</v>
+        <v>332</v>
       </c>
       <c r="D307" t="s">
         <v>80</v>
       </c>
       <c r="E307">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F307" t="s">
-        <v>2086</v>
+        <v>2079</v>
       </c>
       <c r="G307"/>
       <c r="H307" t="s">
-        <v>2087</v>
+        <v>319</v>
       </c>
       <c r="I307" t="s">
-        <v>2088</v>
+        <v>2080</v>
       </c>
       <c r="J307" t="s">
-        <v>2089</v>
+        <v>2081</v>
       </c>
       <c r="K307" t="s">
-        <v>2090</v>
+        <v>2082</v>
       </c>
       <c r="L307" t="s">
-        <v>2091</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
-        <v>2092</v>
+        <v>2084</v>
       </c>
       <c r="C308" t="s">
-        <v>256</v>
+        <v>1077</v>
       </c>
       <c r="D308" t="s">
-        <v>123</v>
+        <v>366</v>
       </c>
       <c r="E308">
-        <v>1994</v>
+        <v>1964</v>
       </c>
       <c r="F308" t="s">
-        <v>2093</v>
-[...3 lines deleted...]
-        <v>676</v>
+        <v>2085</v>
+      </c>
+      <c r="G308" t="s">
+        <v>2086</v>
+      </c>
+      <c r="H308">
+        <v>75</v>
       </c>
       <c r="I308" t="s">
-        <v>2094</v>
+        <v>2087</v>
       </c>
       <c r="J308" t="s">
-        <v>2095</v>
-[...3 lines deleted...]
-      </c>
+        <v>2088</v>
+      </c>
+      <c r="K308"/>
       <c r="L308" t="s">
-        <v>2097</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
-        <v>2098</v>
+        <v>2090</v>
       </c>
       <c r="C309" t="s">
-        <v>2099</v>
+        <v>19</v>
       </c>
       <c r="D309" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="E309">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F309" t="s">
-        <v>2100</v>
-[...1 lines deleted...]
-      <c r="G309"/>
+        <v>2091</v>
+      </c>
+      <c r="G309" t="s">
+        <v>2092</v>
+      </c>
       <c r="H309" t="s">
-        <v>1079</v>
-[...2 lines deleted...]
-      <c r="J309"/>
+        <v>1514</v>
+      </c>
+      <c r="I309" t="s">
+        <v>2093</v>
+      </c>
+      <c r="J309" t="s">
+        <v>2094</v>
+      </c>
       <c r="K309" t="s">
-        <v>2101</v>
+        <v>2095</v>
       </c>
       <c r="L309" t="s">
-        <v>2102</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>2103</v>
+        <v>2097</v>
       </c>
       <c r="C310" t="s">
-        <v>29</v>
+        <v>88</v>
       </c>
       <c r="D310" t="s">
-        <v>123</v>
+        <v>2098</v>
       </c>
       <c r="E310">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F310" t="s">
-        <v>2104</v>
+        <v>2099</v>
       </c>
       <c r="G310"/>
       <c r="H310" t="s">
-        <v>2105</v>
+        <v>789</v>
       </c>
       <c r="I310" t="s">
-        <v>2106</v>
-[...1 lines deleted...]
-      <c r="J310"/>
+        <v>2100</v>
+      </c>
+      <c r="J310" t="s">
+        <v>2101</v>
+      </c>
       <c r="K310" t="s">
-        <v>2107</v>
+        <v>2102</v>
       </c>
       <c r="L310" t="s">
-        <v>2108</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
+        <v>2104</v>
+      </c>
+      <c r="C311" t="s">
+        <v>43</v>
+      </c>
+      <c r="D311" t="s">
+        <v>2105</v>
+      </c>
+      <c r="E311">
+        <v>2026</v>
+      </c>
+      <c r="F311" t="s">
+        <v>2106</v>
+      </c>
+      <c r="G311" t="s">
+        <v>2107</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1020</v>
+      </c>
+      <c r="I311" t="s">
+        <v>2108</v>
+      </c>
+      <c r="J311" t="s">
         <v>2109</v>
       </c>
-      <c r="C311" t="s">
-[...2 lines deleted...]
-      <c r="D311" t="s">
+      <c r="K311" t="s">
         <v>2110</v>
       </c>
-      <c r="E311">
-[...2 lines deleted...]
-      <c r="F311" t="s">
+      <c r="L311" t="s">
         <v>2111</v>
-      </c>
-[...14 lines deleted...]
-        <v>2115</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>2116</v>
+        <v>2112</v>
       </c>
       <c r="C312" t="s">
-        <v>88</v>
+        <v>490</v>
       </c>
       <c r="D312" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="E312">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F312" t="s">
-        <v>2117</v>
+        <v>2113</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="I312"/>
+        <v>2114</v>
+      </c>
+      <c r="I312" t="s">
+        <v>2115</v>
+      </c>
       <c r="J312" t="s">
+        <v>2116</v>
+      </c>
+      <c r="K312" t="s">
+        <v>2117</v>
+      </c>
+      <c r="L312" t="s">
         <v>2118</v>
-      </c>
-[...4 lines deleted...]
-        <v>2120</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>2121</v>
+        <v>2119</v>
       </c>
       <c r="C313" t="s">
-        <v>13</v>
+        <v>256</v>
       </c>
       <c r="D313" t="s">
-        <v>2122</v>
+        <v>123</v>
       </c>
       <c r="E313">
-        <v>1970</v>
+        <v>1994</v>
       </c>
       <c r="F313" t="s">
-        <v>2123</v>
+        <v>2120</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
+        <v>676</v>
+      </c>
+      <c r="I313" t="s">
+        <v>2121</v>
+      </c>
+      <c r="J313" t="s">
+        <v>2122</v>
+      </c>
+      <c r="K313" t="s">
+        <v>2123</v>
+      </c>
+      <c r="L313" t="s">
         <v>2124</v>
-      </c>
-[...10 lines deleted...]
-        <v>2128</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
-        <v>2129</v>
-[...1 lines deleted...]
-      <c r="C314"/>
+        <v>2125</v>
+      </c>
+      <c r="C314" t="s">
+        <v>2126</v>
+      </c>
       <c r="D314" t="s">
         <v>80</v>
       </c>
       <c r="E314">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F314" t="s">
-        <v>2130</v>
+        <v>2127</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
-        <v>2131</v>
-[...6 lines deleted...]
-      </c>
+        <v>1086</v>
+      </c>
+      <c r="I314"/>
+      <c r="J314"/>
       <c r="K314" t="s">
-        <v>2134</v>
+        <v>2128</v>
       </c>
       <c r="L314" t="s">
-        <v>2135</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
-        <v>2136</v>
+        <v>2130</v>
       </c>
       <c r="C315" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="D315" t="s">
-        <v>239</v>
+        <v>123</v>
       </c>
       <c r="E315">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F315" t="s">
-        <v>2137</v>
-[...3 lines deleted...]
-      </c>
+        <v>2131</v>
+      </c>
+      <c r="G315"/>
       <c r="H315" t="s">
-        <v>162</v>
+        <v>2132</v>
       </c>
       <c r="I315" t="s">
-        <v>2139</v>
-[...3 lines deleted...]
-      </c>
+        <v>2133</v>
+      </c>
+      <c r="J315"/>
       <c r="K315" t="s">
-        <v>2141</v>
+        <v>2134</v>
       </c>
       <c r="L315" t="s">
-        <v>2142</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
-        <v>2143</v>
+        <v>2136</v>
       </c>
       <c r="C316" t="s">
-        <v>29</v>
+        <v>202</v>
       </c>
       <c r="D316" t="s">
-        <v>2144</v>
+        <v>2137</v>
       </c>
       <c r="E316">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F316" t="s">
-        <v>2145</v>
-[...3 lines deleted...]
-      </c>
+        <v>2138</v>
+      </c>
+      <c r="G316"/>
       <c r="H316" t="s">
-        <v>2147</v>
+        <v>592</v>
       </c>
       <c r="I316" t="s">
-        <v>2148</v>
-[...1 lines deleted...]
-      <c r="J316"/>
+        <v>2139</v>
+      </c>
+      <c r="J316" t="s">
+        <v>2140</v>
+      </c>
       <c r="K316" t="s">
-        <v>2149</v>
+        <v>2141</v>
       </c>
       <c r="L316" t="s">
-        <v>2150</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>2151</v>
+        <v>2143</v>
       </c>
       <c r="C317" t="s">
-        <v>1163</v>
+        <v>88</v>
       </c>
       <c r="D317" t="s">
-        <v>832</v>
+        <v>44</v>
       </c>
       <c r="E317">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F317" t="s">
-        <v>2152</v>
+        <v>2144</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
-        <v>2153</v>
-[...3 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="I317"/>
       <c r="J317" t="s">
-        <v>2155</v>
+        <v>2145</v>
       </c>
       <c r="K317" t="s">
-        <v>2156</v>
+        <v>2146</v>
       </c>
       <c r="L317" t="s">
-        <v>2157</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>2158</v>
+        <v>2148</v>
       </c>
       <c r="C318" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="D318" t="s">
-        <v>2159</v>
+        <v>2149</v>
       </c>
       <c r="E318">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F318" t="s">
-        <v>2160</v>
-[...3 lines deleted...]
-      </c>
+        <v>2150</v>
+      </c>
+      <c r="G318"/>
       <c r="H318" t="s">
-        <v>92</v>
+        <v>2151</v>
       </c>
       <c r="I318" t="s">
-        <v>2162</v>
+        <v>2152</v>
       </c>
       <c r="J318" t="s">
-        <v>2163</v>
+        <v>2153</v>
       </c>
       <c r="K318" t="s">
-        <v>2164</v>
+        <v>2154</v>
       </c>
       <c r="L318" t="s">
-        <v>2165</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
-        <v>2166</v>
-[...3 lines deleted...]
-      </c>
+        <v>2156</v>
+      </c>
+      <c r="C319"/>
       <c r="D319" t="s">
+        <v>80</v>
+      </c>
+      <c r="E319">
+        <v>2026</v>
+      </c>
+      <c r="F319" t="s">
+        <v>2157</v>
+      </c>
+      <c r="G319"/>
+      <c r="H319" t="s">
+        <v>2158</v>
+      </c>
+      <c r="I319" t="s">
         <v>2159</v>
       </c>
-      <c r="E319">
-[...13 lines deleted...]
-      </c>
       <c r="J319" t="s">
-        <v>2170</v>
+        <v>2160</v>
       </c>
       <c r="K319" t="s">
-        <v>2171</v>
+        <v>2161</v>
       </c>
       <c r="L319" t="s">
-        <v>2172</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
-        <v>2173</v>
+        <v>2163</v>
       </c>
       <c r="C320" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="D320" t="s">
-        <v>80</v>
+        <v>239</v>
       </c>
       <c r="E320">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F320" t="s">
-        <v>2174</v>
+        <v>2164</v>
       </c>
       <c r="G320" t="s">
-        <v>2175</v>
+        <v>2165</v>
       </c>
       <c r="H320" t="s">
-        <v>797</v>
+        <v>162</v>
       </c>
       <c r="I320" t="s">
-        <v>2176</v>
+        <v>2166</v>
       </c>
       <c r="J320" t="s">
-        <v>2177</v>
+        <v>2167</v>
       </c>
       <c r="K320" t="s">
-        <v>2178</v>
+        <v>2168</v>
       </c>
       <c r="L320" t="s">
-        <v>2179</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
-        <v>2180</v>
+        <v>2170</v>
       </c>
       <c r="C321" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="D321" t="s">
-        <v>44</v>
+        <v>2171</v>
       </c>
       <c r="E321">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F321" t="s">
-        <v>2181</v>
+        <v>2172</v>
       </c>
       <c r="G321" t="s">
-        <v>2182</v>
+        <v>2173</v>
       </c>
       <c r="H321" t="s">
-        <v>797</v>
+        <v>2174</v>
       </c>
       <c r="I321" t="s">
-        <v>2183</v>
-[...3 lines deleted...]
-      </c>
+        <v>2175</v>
+      </c>
+      <c r="J321"/>
       <c r="K321" t="s">
-        <v>2185</v>
+        <v>2176</v>
       </c>
       <c r="L321" t="s">
-        <v>2186</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
-        <v>2187</v>
+        <v>2178</v>
       </c>
       <c r="C322" t="s">
-        <v>70</v>
+        <v>1170</v>
       </c>
       <c r="D322" t="s">
-        <v>95</v>
+        <v>839</v>
       </c>
       <c r="E322">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F322" t="s">
-        <v>2188</v>
+        <v>2179</v>
       </c>
       <c r="G322"/>
       <c r="H322" t="s">
-        <v>529</v>
+        <v>2180</v>
       </c>
       <c r="I322" t="s">
-        <v>2189</v>
+        <v>2181</v>
       </c>
       <c r="J322" t="s">
-        <v>2190</v>
+        <v>2182</v>
       </c>
       <c r="K322" t="s">
-        <v>2191</v>
+        <v>2183</v>
       </c>
       <c r="L322" t="s">
-        <v>2192</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>2193</v>
+        <v>2185</v>
       </c>
       <c r="C323" t="s">
-        <v>2194</v>
+        <v>88</v>
       </c>
       <c r="D323" t="s">
-        <v>2195</v>
+        <v>2186</v>
       </c>
       <c r="E323">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F323" t="s">
-        <v>2196</v>
+        <v>2187</v>
       </c>
       <c r="G323" t="s">
-        <v>2197</v>
+        <v>2188</v>
       </c>
       <c r="H323" t="s">
-        <v>2198</v>
+        <v>92</v>
       </c>
       <c r="I323" t="s">
-        <v>2199</v>
+        <v>2189</v>
       </c>
       <c r="J323" t="s">
-        <v>2200</v>
+        <v>2190</v>
       </c>
       <c r="K323" t="s">
-        <v>2201</v>
+        <v>2191</v>
       </c>
       <c r="L323" t="s">
-        <v>2202</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>2203</v>
+        <v>2193</v>
       </c>
       <c r="C324" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="D324" t="s">
-        <v>2204</v>
+        <v>2186</v>
       </c>
       <c r="E324">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F324" t="s">
-        <v>2205</v>
+        <v>2194</v>
       </c>
       <c r="G324" t="s">
-        <v>2206</v>
+        <v>2195</v>
       </c>
       <c r="H324" t="s">
-        <v>645</v>
+        <v>162</v>
       </c>
       <c r="I324" t="s">
-        <v>2207</v>
+        <v>2196</v>
       </c>
       <c r="J324" t="s">
-        <v>2208</v>
+        <v>2197</v>
       </c>
       <c r="K324" t="s">
-        <v>2209</v>
+        <v>2198</v>
       </c>
       <c r="L324" t="s">
-        <v>2210</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
-        <v>2211</v>
+        <v>2200</v>
       </c>
       <c r="C325" t="s">
-        <v>2212</v>
+        <v>88</v>
       </c>
       <c r="D325" t="s">
-        <v>123</v>
+        <v>80</v>
       </c>
       <c r="E325">
-        <v>1993</v>
+        <v>2026</v>
       </c>
       <c r="F325" t="s">
-        <v>2213</v>
-[...1 lines deleted...]
-      <c r="G325"/>
+        <v>2201</v>
+      </c>
+      <c r="G325" t="s">
+        <v>2202</v>
+      </c>
       <c r="H325" t="s">
-        <v>204</v>
+        <v>797</v>
       </c>
       <c r="I325" t="s">
-        <v>2214</v>
+        <v>2203</v>
       </c>
       <c r="J325" t="s">
-        <v>2215</v>
+        <v>2204</v>
       </c>
       <c r="K325" t="s">
-        <v>2216</v>
+        <v>2205</v>
       </c>
       <c r="L325" t="s">
-        <v>2217</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
-        <v>2218</v>
+        <v>2207</v>
       </c>
       <c r="C326" t="s">
         <v>43</v>
       </c>
       <c r="D326" t="s">
         <v>44</v>
       </c>
       <c r="E326">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F326" t="s">
-        <v>2219</v>
-[...1 lines deleted...]
-      <c r="G326"/>
+        <v>2208</v>
+      </c>
+      <c r="G326" t="s">
+        <v>2209</v>
+      </c>
       <c r="H326" t="s">
-        <v>47</v>
+        <v>797</v>
       </c>
       <c r="I326" t="s">
-        <v>2220</v>
+        <v>2210</v>
       </c>
       <c r="J326" t="s">
-        <v>2221</v>
+        <v>2211</v>
       </c>
       <c r="K326" t="s">
-        <v>2222</v>
+        <v>2212</v>
       </c>
       <c r="L326" t="s">
-        <v>2223</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
-        <v>2224</v>
+        <v>2214</v>
       </c>
       <c r="C327" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="D327" t="s">
-        <v>44</v>
+        <v>95</v>
       </c>
       <c r="E327">
-        <v>1995</v>
+        <v>2026</v>
       </c>
       <c r="F327" t="s">
-        <v>2225</v>
+        <v>2215</v>
       </c>
       <c r="G327"/>
       <c r="H327" t="s">
-        <v>92</v>
+        <v>529</v>
       </c>
       <c r="I327" t="s">
-        <v>2226</v>
+        <v>2216</v>
       </c>
       <c r="J327" t="s">
-        <v>2227</v>
+        <v>2217</v>
       </c>
       <c r="K327" t="s">
-        <v>2228</v>
+        <v>2218</v>
       </c>
       <c r="L327" t="s">
-        <v>2229</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>2230</v>
+        <v>2220</v>
       </c>
       <c r="C328" t="s">
-        <v>70</v>
+        <v>2221</v>
       </c>
       <c r="D328" t="s">
-        <v>2231</v>
+        <v>2222</v>
       </c>
       <c r="E328">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F328" t="s">
-        <v>2232</v>
+        <v>2223</v>
       </c>
       <c r="G328" t="s">
-        <v>2233</v>
+        <v>2224</v>
       </c>
       <c r="H328" t="s">
-        <v>154</v>
+        <v>2225</v>
       </c>
       <c r="I328" t="s">
-        <v>2234</v>
+        <v>2226</v>
       </c>
       <c r="J328" t="s">
-        <v>2235</v>
+        <v>2227</v>
       </c>
       <c r="K328" t="s">
-        <v>2236</v>
+        <v>2228</v>
       </c>
       <c r="L328" t="s">
-        <v>2237</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>2238</v>
+        <v>2230</v>
       </c>
       <c r="C329" t="s">
-        <v>332</v>
+        <v>43</v>
       </c>
       <c r="D329" t="s">
-        <v>80</v>
+        <v>2231</v>
       </c>
       <c r="E329">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F329" t="s">
-        <v>2239</v>
+        <v>2232</v>
       </c>
       <c r="G329" t="s">
-        <v>2240</v>
+        <v>2233</v>
       </c>
       <c r="H329" t="s">
-        <v>336</v>
+        <v>645</v>
       </c>
       <c r="I329" t="s">
-        <v>2241</v>
+        <v>2234</v>
       </c>
       <c r="J329" t="s">
-        <v>2242</v>
+        <v>2235</v>
       </c>
       <c r="K329" t="s">
-        <v>2243</v>
+        <v>2236</v>
       </c>
       <c r="L329" t="s">
-        <v>2244</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>2245</v>
+        <v>2238</v>
       </c>
       <c r="C330" t="s">
-        <v>13</v>
+        <v>2239</v>
       </c>
       <c r="D330" t="s">
-        <v>1852</v>
+        <v>123</v>
       </c>
       <c r="E330">
-        <v>2025</v>
+        <v>1993</v>
       </c>
       <c r="F330" t="s">
-        <v>2246</v>
+        <v>2240</v>
       </c>
       <c r="G330"/>
       <c r="H330" t="s">
-        <v>964</v>
+        <v>204</v>
       </c>
       <c r="I330" t="s">
-        <v>2247</v>
+        <v>2241</v>
       </c>
       <c r="J330" t="s">
-        <v>2247</v>
+        <v>2242</v>
       </c>
       <c r="K330" t="s">
-        <v>2248</v>
+        <v>2243</v>
       </c>
       <c r="L330" t="s">
-        <v>2249</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>2250</v>
+        <v>2245</v>
       </c>
       <c r="C331" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="D331" t="s">
-        <v>787</v>
+        <v>44</v>
       </c>
       <c r="E331">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F331" t="s">
-        <v>2251</v>
+        <v>2246</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
-        <v>789</v>
+        <v>47</v>
       </c>
       <c r="I331" t="s">
-        <v>2252</v>
+        <v>2247</v>
       </c>
       <c r="J331" t="s">
-        <v>2253</v>
+        <v>2248</v>
       </c>
       <c r="K331" t="s">
-        <v>2254</v>
+        <v>2249</v>
       </c>
       <c r="L331" t="s">
-        <v>2255</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C332" t="s">
+        <v>13</v>
+      </c>
+      <c r="D332" t="s">
+        <v>44</v>
+      </c>
+      <c r="E332">
+        <v>1995</v>
+      </c>
+      <c r="F332" t="s">
+        <v>2252</v>
+      </c>
+      <c r="G332"/>
+      <c r="H332" t="s">
+        <v>92</v>
+      </c>
+      <c r="I332" t="s">
+        <v>2253</v>
+      </c>
+      <c r="J332" t="s">
+        <v>2254</v>
+      </c>
+      <c r="K332" t="s">
+        <v>2255</v>
+      </c>
+      <c r="L332" t="s">
         <v>2256</v>
-      </c>
-[...28 lines deleted...]
-        <v>2263</v>
       </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
-        <v>2264</v>
+        <v>2257</v>
       </c>
       <c r="C333" t="s">
         <v>70</v>
       </c>
       <c r="D333" t="s">
-        <v>2265</v>
+        <v>2258</v>
       </c>
       <c r="E333">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F333" t="s">
-        <v>2266</v>
-[...1 lines deleted...]
-      <c r="G333"/>
+        <v>2259</v>
+      </c>
+      <c r="G333" t="s">
+        <v>2260</v>
+      </c>
       <c r="H333" t="s">
-        <v>1157</v>
+        <v>154</v>
       </c>
       <c r="I333" t="s">
-        <v>2267</v>
+        <v>2261</v>
       </c>
       <c r="J333" t="s">
-        <v>2268</v>
+        <v>2262</v>
       </c>
       <c r="K333" t="s">
-        <v>2269</v>
+        <v>2263</v>
       </c>
       <c r="L333" t="s">
-        <v>2270</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
+        <v>2265</v>
+      </c>
+      <c r="C334" t="s">
+        <v>332</v>
+      </c>
+      <c r="D334" t="s">
+        <v>80</v>
+      </c>
+      <c r="E334">
+        <v>2026</v>
+      </c>
+      <c r="F334" t="s">
+        <v>2266</v>
+      </c>
+      <c r="G334" t="s">
+        <v>2267</v>
+      </c>
+      <c r="H334" t="s">
+        <v>336</v>
+      </c>
+      <c r="I334" t="s">
+        <v>2268</v>
+      </c>
+      <c r="J334" t="s">
+        <v>2269</v>
+      </c>
+      <c r="K334" t="s">
+        <v>2270</v>
+      </c>
+      <c r="L334" t="s">
         <v>2271</v>
-      </c>
-[...28 lines deleted...]
-        <v>2278</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>2279</v>
+        <v>2272</v>
       </c>
       <c r="C335" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D335" t="s">
-        <v>20</v>
+        <v>1869</v>
       </c>
       <c r="E335">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F335" t="s">
-        <v>2280</v>
-[...3 lines deleted...]
-      </c>
+        <v>2273</v>
+      </c>
+      <c r="G335"/>
       <c r="H335" t="s">
-        <v>625</v>
+        <v>971</v>
       </c>
       <c r="I335" t="s">
-        <v>2282</v>
+        <v>2274</v>
       </c>
       <c r="J335" t="s">
-        <v>2283</v>
-[...1 lines deleted...]
-      <c r="K335"/>
+        <v>2274</v>
+      </c>
+      <c r="K335" t="s">
+        <v>2275</v>
+      </c>
       <c r="L335" t="s">
-        <v>2284</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>2285</v>
+        <v>2277</v>
       </c>
       <c r="C336" t="s">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="D336" t="s">
-        <v>2286</v>
+        <v>787</v>
       </c>
       <c r="E336">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F336" t="s">
-        <v>2287</v>
-[...3 lines deleted...]
-      </c>
+        <v>2278</v>
+      </c>
+      <c r="G336"/>
       <c r="H336" t="s">
-        <v>2289</v>
+        <v>789</v>
       </c>
       <c r="I336" t="s">
-        <v>2290</v>
+        <v>2279</v>
       </c>
       <c r="J336" t="s">
-        <v>2291</v>
+        <v>2280</v>
       </c>
       <c r="K336" t="s">
-        <v>2292</v>
+        <v>2281</v>
       </c>
       <c r="L336" t="s">
-        <v>2293</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
-        <v>2294</v>
+        <v>2283</v>
       </c>
       <c r="C337" t="s">
-        <v>13</v>
+        <v>2284</v>
       </c>
       <c r="D337" t="s">
-        <v>44</v>
+        <v>467</v>
       </c>
       <c r="E337">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F337" t="s">
-        <v>2295</v>
-[...1 lines deleted...]
-      <c r="G337"/>
+        <v>2285</v>
+      </c>
+      <c r="G337" t="s">
+        <v>2286</v>
+      </c>
       <c r="H337" t="s">
-        <v>2296</v>
+        <v>1058</v>
       </c>
       <c r="I337" t="s">
-        <v>2297</v>
+        <v>2287</v>
       </c>
       <c r="J337" t="s">
-        <v>2298</v>
+        <v>2288</v>
       </c>
       <c r="K337" t="s">
-        <v>2299</v>
+        <v>2289</v>
       </c>
       <c r="L337" t="s">
-        <v>2300</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>2301</v>
+        <v>2291</v>
       </c>
       <c r="C338" t="s">
         <v>70</v>
       </c>
       <c r="D338" t="s">
-        <v>44</v>
+        <v>2292</v>
       </c>
       <c r="E338">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F338" t="s">
-        <v>2302</v>
+        <v>2293</v>
       </c>
       <c r="G338"/>
-      <c r="H338">
-        <v>97</v>
+      <c r="H338" t="s">
+        <v>1164</v>
       </c>
       <c r="I338" t="s">
-        <v>2303</v>
+        <v>2294</v>
       </c>
       <c r="J338" t="s">
-        <v>2304</v>
+        <v>2295</v>
       </c>
       <c r="K338" t="s">
-        <v>2305</v>
+        <v>2296</v>
       </c>
       <c r="L338" t="s">
-        <v>2306</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
-        <v>2307</v>
+        <v>2298</v>
       </c>
       <c r="C339" t="s">
-        <v>2212</v>
+        <v>13</v>
       </c>
       <c r="D339" t="s">
-        <v>1424</v>
+        <v>2299</v>
       </c>
       <c r="E339">
-        <v>2025</v>
+        <v>1978</v>
       </c>
       <c r="F339" t="s">
-        <v>2308</v>
+        <v>2300</v>
       </c>
       <c r="G339" t="s">
-        <v>2309</v>
+        <v>2301</v>
       </c>
       <c r="H339" t="s">
-        <v>1031</v>
+        <v>797</v>
       </c>
       <c r="I339" t="s">
-        <v>2310</v>
+        <v>2302</v>
       </c>
       <c r="J339" t="s">
-        <v>2311</v>
+        <v>2303</v>
       </c>
       <c r="K339" t="s">
-        <v>2312</v>
+        <v>2304</v>
       </c>
       <c r="L339" t="s">
-        <v>2313</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="340" spans="1:12">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340" t="s">
-        <v>2314</v>
+        <v>2306</v>
       </c>
       <c r="C340" t="s">
-        <v>706</v>
+        <v>19</v>
       </c>
       <c r="D340" t="s">
-        <v>2315</v>
+        <v>20</v>
       </c>
       <c r="E340">
-        <v>1988</v>
+        <v>2026</v>
       </c>
       <c r="F340" t="s">
-        <v>2316</v>
-[...1 lines deleted...]
-      <c r="G340"/>
+        <v>2307</v>
+      </c>
+      <c r="G340" t="s">
+        <v>2308</v>
+      </c>
       <c r="H340" t="s">
-        <v>748</v>
+        <v>625</v>
       </c>
       <c r="I340" t="s">
-        <v>2317</v>
+        <v>2309</v>
       </c>
       <c r="J340" t="s">
-        <v>2318</v>
-[...3 lines deleted...]
-      </c>
+        <v>2310</v>
+      </c>
+      <c r="K340"/>
       <c r="L340" t="s">
-        <v>2320</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="341" spans="1:12">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
-        <v>2321</v>
+        <v>2312</v>
       </c>
       <c r="C341" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="D341" t="s">
-        <v>80</v>
+        <v>2313</v>
       </c>
       <c r="E341">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F341" t="s">
-        <v>2322</v>
-[...1 lines deleted...]
-      <c r="G341"/>
+        <v>2314</v>
+      </c>
+      <c r="G341" t="s">
+        <v>2315</v>
+      </c>
       <c r="H341" t="s">
-        <v>885</v>
+        <v>2316</v>
       </c>
       <c r="I341" t="s">
-        <v>2323</v>
-[...1 lines deleted...]
-      <c r="J341"/>
+        <v>2317</v>
+      </c>
+      <c r="J341" t="s">
+        <v>2318</v>
+      </c>
       <c r="K341" t="s">
-        <v>2324</v>
+        <v>2319</v>
       </c>
       <c r="L341" t="s">
-        <v>2325</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="342" spans="1:12">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
-        <v>2326</v>
+        <v>2321</v>
       </c>
       <c r="C342" t="s">
         <v>13</v>
       </c>
       <c r="D342" t="s">
-        <v>159</v>
+        <v>44</v>
       </c>
       <c r="E342">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F342" t="s">
-        <v>2327</v>
+        <v>2322</v>
       </c>
       <c r="G342"/>
       <c r="H342" t="s">
-        <v>359</v>
+        <v>2323</v>
       </c>
       <c r="I342" t="s">
-        <v>2328</v>
+        <v>2324</v>
       </c>
       <c r="J342" t="s">
-        <v>2329</v>
+        <v>2325</v>
       </c>
       <c r="K342" t="s">
-        <v>2330</v>
+        <v>2326</v>
       </c>
       <c r="L342" t="s">
-        <v>2331</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="343" spans="1:12">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
+        <v>2328</v>
+      </c>
+      <c r="C343" t="s">
+        <v>70</v>
+      </c>
+      <c r="D343" t="s">
+        <v>44</v>
+      </c>
+      <c r="E343">
+        <v>2026</v>
+      </c>
+      <c r="F343" t="s">
+        <v>2329</v>
+      </c>
+      <c r="G343"/>
+      <c r="H343">
+        <v>97</v>
+      </c>
+      <c r="I343" t="s">
+        <v>2330</v>
+      </c>
+      <c r="J343" t="s">
+        <v>2331</v>
+      </c>
+      <c r="K343" t="s">
         <v>2332</v>
       </c>
-      <c r="C343" t="s">
-[...8 lines deleted...]
-      <c r="F343" t="s">
+      <c r="L343" t="s">
         <v>2333</v>
-      </c>
-[...14 lines deleted...]
-        <v>2337</v>
       </c>
     </row>
     <row r="344" spans="1:12">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344" t="s">
+        <v>2334</v>
+      </c>
+      <c r="C344" t="s">
+        <v>2239</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1441</v>
+      </c>
+      <c r="E344">
+        <v>2026</v>
+      </c>
+      <c r="F344" t="s">
+        <v>2335</v>
+      </c>
+      <c r="G344" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1038</v>
+      </c>
+      <c r="I344" t="s">
+        <v>2337</v>
+      </c>
+      <c r="J344" t="s">
         <v>2338</v>
       </c>
-      <c r="C344" t="s">
-[...8 lines deleted...]
-      <c r="F344" t="s">
+      <c r="K344" t="s">
         <v>2339</v>
       </c>
-      <c r="G344"/>
-      <c r="H344" t="s">
+      <c r="L344" t="s">
         <v>2340</v>
-      </c>
-[...10 lines deleted...]
-        <v>2344</v>
       </c>
     </row>
     <row r="345" spans="1:12">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
+        <v>2341</v>
+      </c>
+      <c r="C345" t="s">
+        <v>706</v>
+      </c>
+      <c r="D345" t="s">
+        <v>2342</v>
+      </c>
+      <c r="E345">
+        <v>1988</v>
+      </c>
+      <c r="F345" t="s">
+        <v>2343</v>
+      </c>
+      <c r="G345"/>
+      <c r="H345" t="s">
+        <v>748</v>
+      </c>
+      <c r="I345" t="s">
+        <v>2344</v>
+      </c>
+      <c r="J345" t="s">
         <v>2345</v>
       </c>
-      <c r="C345" t="s">
+      <c r="K345" t="s">
         <v>2346</v>
       </c>
-      <c r="D345" t="s">
+      <c r="L345" t="s">
         <v>2347</v>
-      </c>
-[...22 lines deleted...]
-        <v>2354</v>
       </c>
     </row>
     <row r="346" spans="1:12">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
-        <v>2355</v>
+        <v>2348</v>
       </c>
       <c r="C346" t="s">
-        <v>303</v>
+        <v>53</v>
       </c>
       <c r="D346" t="s">
-        <v>391</v>
+        <v>80</v>
       </c>
       <c r="E346">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F346" t="s">
-        <v>2356</v>
-[...3 lines deleted...]
-      </c>
+        <v>2349</v>
+      </c>
+      <c r="G346"/>
       <c r="H346" t="s">
-        <v>306</v>
+        <v>892</v>
       </c>
       <c r="I346" t="s">
-        <v>2358</v>
-[...3 lines deleted...]
-      </c>
+        <v>2350</v>
+      </c>
+      <c r="J346"/>
       <c r="K346" t="s">
-        <v>2360</v>
+        <v>2351</v>
       </c>
       <c r="L346" t="s">
-        <v>2361</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="347" spans="1:12">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
-        <v>2362</v>
+        <v>2353</v>
       </c>
       <c r="C347" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="D347" t="s">
-        <v>44</v>
+        <v>159</v>
       </c>
       <c r="E347">
-        <v>1984</v>
+        <v>2026</v>
       </c>
       <c r="F347" t="s">
-        <v>2363</v>
-[...3 lines deleted...]
-      </c>
+        <v>2354</v>
+      </c>
+      <c r="G347"/>
       <c r="H347" t="s">
-        <v>625</v>
+        <v>359</v>
       </c>
       <c r="I347" t="s">
-        <v>2365</v>
+        <v>2355</v>
       </c>
       <c r="J347" t="s">
-        <v>2366</v>
+        <v>2356</v>
       </c>
       <c r="K347" t="s">
-        <v>2367</v>
+        <v>2357</v>
       </c>
       <c r="L347" t="s">
-        <v>2368</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="348" spans="1:12">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
-        <v>2369</v>
+        <v>2359</v>
       </c>
       <c r="C348" t="s">
-        <v>43</v>
+        <v>723</v>
       </c>
       <c r="D348" t="s">
-        <v>2370</v>
+        <v>80</v>
       </c>
       <c r="E348">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F348" t="s">
-        <v>2371</v>
+        <v>2360</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
-        <v>242</v>
+        <v>725</v>
       </c>
       <c r="I348" t="s">
-        <v>2372</v>
+        <v>2361</v>
       </c>
       <c r="J348" t="s">
-        <v>2373</v>
+        <v>2362</v>
       </c>
       <c r="K348" t="s">
-        <v>2374</v>
+        <v>2363</v>
       </c>
       <c r="L348" t="s">
-        <v>2375</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="349" spans="1:12">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>2376</v>
+        <v>2365</v>
       </c>
       <c r="C349" t="s">
-        <v>265</v>
+        <v>13</v>
       </c>
       <c r="D349" t="s">
         <v>366</v>
       </c>
       <c r="E349">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F349" t="s">
-        <v>2377</v>
-[...3 lines deleted...]
-      </c>
+        <v>2366</v>
+      </c>
+      <c r="G349"/>
       <c r="H349" t="s">
-        <v>2379</v>
+        <v>2367</v>
       </c>
       <c r="I349" t="s">
-        <v>2380</v>
+        <v>2368</v>
       </c>
       <c r="J349" t="s">
-        <v>2381</v>
+        <v>2369</v>
       </c>
       <c r="K349" t="s">
-        <v>2382</v>
+        <v>2370</v>
       </c>
       <c r="L349" t="s">
-        <v>2383</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="350" spans="1:12">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>2384</v>
+        <v>2372</v>
       </c>
       <c r="C350" t="s">
-        <v>2385</v>
+        <v>2373</v>
       </c>
       <c r="D350" t="s">
-        <v>20</v>
+        <v>2374</v>
       </c>
       <c r="E350">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F350" t="s">
-        <v>2386</v>
-[...1 lines deleted...]
-      <c r="G350"/>
+        <v>2375</v>
+      </c>
+      <c r="G350" t="s">
+        <v>2376</v>
+      </c>
       <c r="H350" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      <c r="K350"/>
+        <v>2377</v>
+      </c>
+      <c r="I350" t="s">
+        <v>2378</v>
+      </c>
+      <c r="J350" t="s">
+        <v>2379</v>
+      </c>
+      <c r="K350" t="s">
+        <v>2380</v>
+      </c>
       <c r="L350" t="s">
-        <v>2387</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="351" spans="1:12">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
+        <v>2382</v>
+      </c>
+      <c r="C351" t="s">
+        <v>303</v>
+      </c>
+      <c r="D351" t="s">
+        <v>391</v>
+      </c>
+      <c r="E351">
+        <v>2026</v>
+      </c>
+      <c r="F351" t="s">
+        <v>2383</v>
+      </c>
+      <c r="G351" t="s">
+        <v>2384</v>
+      </c>
+      <c r="H351" t="s">
+        <v>306</v>
+      </c>
+      <c r="I351" t="s">
+        <v>2385</v>
+      </c>
+      <c r="J351" t="s">
+        <v>2386</v>
+      </c>
+      <c r="K351" t="s">
+        <v>2387</v>
+      </c>
+      <c r="L351" t="s">
         <v>2388</v>
-      </c>
-[...26 lines deleted...]
-        <v>2395</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352" t="s">
-        <v>2396</v>
+        <v>2389</v>
       </c>
       <c r="C352" t="s">
-        <v>2397</v>
+        <v>43</v>
       </c>
       <c r="D352" t="s">
-        <v>391</v>
+        <v>44</v>
       </c>
       <c r="E352">
-        <v>2025</v>
+        <v>1984</v>
       </c>
       <c r="F352" t="s">
-        <v>2398</v>
+        <v>2390</v>
       </c>
       <c r="G352" t="s">
-        <v>2399</v>
+        <v>2391</v>
       </c>
       <c r="H352" t="s">
-        <v>1497</v>
+        <v>625</v>
       </c>
       <c r="I352" t="s">
-        <v>2400</v>
+        <v>2392</v>
       </c>
       <c r="J352" t="s">
-        <v>2401</v>
+        <v>2393</v>
       </c>
       <c r="K352" t="s">
-        <v>2402</v>
+        <v>2394</v>
       </c>
       <c r="L352" t="s">
-        <v>2403</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353" t="s">
-        <v>2404</v>
+        <v>2396</v>
       </c>
       <c r="C353" t="s">
-        <v>490</v>
+        <v>43</v>
       </c>
       <c r="D353" t="s">
-        <v>20</v>
+        <v>2397</v>
       </c>
       <c r="E353">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F353" t="s">
-        <v>2405</v>
+        <v>2398</v>
       </c>
       <c r="G353"/>
       <c r="H353" t="s">
-        <v>1146</v>
+        <v>242</v>
       </c>
       <c r="I353" t="s">
-        <v>2406</v>
+        <v>2399</v>
       </c>
       <c r="J353" t="s">
-        <v>2407</v>
+        <v>2400</v>
       </c>
       <c r="K353" t="s">
-        <v>2408</v>
+        <v>2401</v>
       </c>
       <c r="L353" t="s">
-        <v>2409</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354" t="s">
+        <v>2403</v>
+      </c>
+      <c r="C354" t="s">
+        <v>265</v>
+      </c>
+      <c r="D354" t="s">
+        <v>366</v>
+      </c>
+      <c r="E354">
+        <v>1970</v>
+      </c>
+      <c r="F354" t="s">
+        <v>2404</v>
+      </c>
+      <c r="G354" t="s">
+        <v>2405</v>
+      </c>
+      <c r="H354" t="s">
+        <v>2406</v>
+      </c>
+      <c r="I354" t="s">
+        <v>2407</v>
+      </c>
+      <c r="J354" t="s">
+        <v>2408</v>
+      </c>
+      <c r="K354" t="s">
+        <v>2409</v>
+      </c>
+      <c r="L354" t="s">
         <v>2410</v>
-      </c>
-[...22 lines deleted...]
-        <v>2413</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>2414</v>
+        <v>2411</v>
       </c>
       <c r="C355" t="s">
-        <v>2415</v>
+        <v>2412</v>
       </c>
       <c r="D355" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="E355">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F355" t="s">
-        <v>2416</v>
+        <v>2413</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>900</v>
-[...9 lines deleted...]
-      </c>
+        <v>529</v>
+      </c>
+      <c r="I355"/>
+      <c r="J355"/>
+      <c r="K355"/>
       <c r="L355" t="s">
-        <v>2420</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356" t="s">
+        <v>2415</v>
+      </c>
+      <c r="C356" t="s">
+        <v>2416</v>
+      </c>
+      <c r="D356" t="s">
+        <v>35</v>
+      </c>
+      <c r="E356">
+        <v>2026</v>
+      </c>
+      <c r="F356" t="s">
+        <v>2417</v>
+      </c>
+      <c r="G356"/>
+      <c r="H356" t="s">
+        <v>2418</v>
+      </c>
+      <c r="I356" t="s">
+        <v>2419</v>
+      </c>
+      <c r="J356" t="s">
+        <v>2420</v>
+      </c>
+      <c r="K356" t="s">
         <v>2421</v>
       </c>
-      <c r="C356"/>
-[...4 lines deleted...]
-      <c r="F356" t="s">
+      <c r="L356" t="s">
         <v>2422</v>
-      </c>
-[...6 lines deleted...]
-        <v>2423</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
+        <v>2423</v>
+      </c>
+      <c r="C357" t="s">
         <v>2424</v>
       </c>
-      <c r="C357" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D357" t="s">
-        <v>20</v>
+        <v>391</v>
       </c>
       <c r="E357">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F357" t="s">
         <v>2425</v>
       </c>
       <c r="G357" t="s">
         <v>2426</v>
       </c>
       <c r="H357" t="s">
-        <v>1051</v>
+        <v>1514</v>
       </c>
       <c r="I357" t="s">
         <v>2427</v>
       </c>
       <c r="J357" t="s">
         <v>2428</v>
       </c>
-      <c r="K357"/>
+      <c r="K357" t="s">
+        <v>2429</v>
+      </c>
       <c r="L357" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
       <c r="C358" t="s">
-        <v>104</v>
+        <v>490</v>
       </c>
       <c r="D358" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="E358">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F358" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
-        <v>1591</v>
-[...2 lines deleted...]
-      <c r="J358"/>
+        <v>1153</v>
+      </c>
+      <c r="I358" t="s">
+        <v>2433</v>
+      </c>
+      <c r="J358" t="s">
+        <v>2434</v>
+      </c>
       <c r="K358" t="s">
-        <v>2432</v>
+        <v>2435</v>
       </c>
       <c r="L358" t="s">
-        <v>2433</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="359" spans="1:12">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
-        <v>2434</v>
+        <v>2437</v>
       </c>
       <c r="C359" t="s">
-        <v>256</v>
+        <v>29</v>
       </c>
       <c r="D359" t="s">
-        <v>1711</v>
+        <v>44</v>
       </c>
       <c r="E359">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F359" t="s">
-        <v>2435</v>
+        <v>2438</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
-        <v>2436</v>
-[...6 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="I359"/>
+      <c r="J359"/>
       <c r="K359" t="s">
         <v>2439</v>
       </c>
       <c r="L359" t="s">
         <v>2440</v>
       </c>
     </row>
     <row r="360" spans="1:12">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
         <v>2441</v>
       </c>
       <c r="C360" t="s">
-        <v>70</v>
+        <v>2442</v>
       </c>
       <c r="D360" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
       <c r="E360">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F360" t="s">
-        <v>2442</v>
-[...1 lines deleted...]
-      <c r="G360" t="s">
         <v>2443</v>
       </c>
+      <c r="G360"/>
       <c r="H360" t="s">
-        <v>162</v>
+        <v>907</v>
       </c>
       <c r="I360" t="s">
         <v>2444</v>
       </c>
       <c r="J360" t="s">
         <v>2445</v>
       </c>
       <c r="K360" t="s">
         <v>2446</v>
       </c>
       <c r="L360" t="s">
         <v>2447</v>
       </c>
     </row>
     <row r="361" spans="1:12">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
         <v>2448</v>
       </c>
-      <c r="C361" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C361"/>
+      <c r="D361"/>
       <c r="E361">
         <v>1970</v>
       </c>
       <c r="F361" t="s">
         <v>2449</v>
       </c>
       <c r="G361"/>
-      <c r="H361" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H361"/>
       <c r="I361"/>
       <c r="J361"/>
-      <c r="K361" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K361"/>
       <c r="L361" t="s">
-        <v>2452</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="362" spans="1:12">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
+        <v>2451</v>
+      </c>
+      <c r="C362" t="s">
+        <v>19</v>
+      </c>
+      <c r="D362" t="s">
+        <v>20</v>
+      </c>
+      <c r="E362">
+        <v>2026</v>
+      </c>
+      <c r="F362" t="s">
+        <v>2452</v>
+      </c>
+      <c r="G362" t="s">
         <v>2453</v>
       </c>
-      <c r="C362" t="s">
-[...2 lines deleted...]
-      <c r="D362" t="s">
+      <c r="H362" t="s">
+        <v>1058</v>
+      </c>
+      <c r="I362" t="s">
         <v>2454</v>
       </c>
-      <c r="E362">
-[...2 lines deleted...]
-      <c r="F362" t="s">
+      <c r="J362" t="s">
         <v>2455</v>
       </c>
-      <c r="G362" t="s">
+      <c r="K362"/>
+      <c r="L362" t="s">
         <v>2456</v>
-      </c>
-[...13 lines deleted...]
-        <v>2460</v>
       </c>
     </row>
     <row r="363" spans="1:12">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
-        <v>2461</v>
+        <v>2457</v>
       </c>
       <c r="C363" t="s">
-        <v>1163</v>
+        <v>104</v>
       </c>
       <c r="D363" t="s">
-        <v>14</v>
+        <v>80</v>
       </c>
       <c r="E363">
-        <v>1996</v>
+        <v>1970</v>
       </c>
       <c r="F363" t="s">
-        <v>2462</v>
+        <v>2458</v>
       </c>
       <c r="G363"/>
       <c r="H363" t="s">
-        <v>508</v>
-[...6 lines deleted...]
-      </c>
+        <v>1608</v>
+      </c>
+      <c r="I363"/>
+      <c r="J363"/>
       <c r="K363" t="s">
-        <v>2465</v>
+        <v>2459</v>
       </c>
       <c r="L363" t="s">
-        <v>2466</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="364" spans="1:12">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>2467</v>
+        <v>2461</v>
       </c>
       <c r="C364" t="s">
-        <v>104</v>
+        <v>256</v>
       </c>
       <c r="D364" t="s">
-        <v>80</v>
+        <v>1728</v>
       </c>
       <c r="E364">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F364" t="s">
-        <v>2468</v>
+        <v>2462</v>
       </c>
       <c r="G364"/>
       <c r="H364" t="s">
-        <v>2469</v>
-[...2 lines deleted...]
-      <c r="J364"/>
+        <v>2463</v>
+      </c>
+      <c r="I364" t="s">
+        <v>2464</v>
+      </c>
+      <c r="J364" t="s">
+        <v>2465</v>
+      </c>
       <c r="K364" t="s">
-        <v>2470</v>
+        <v>2466</v>
       </c>
       <c r="L364" t="s">
-        <v>2471</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="365" spans="1:12">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C365" t="s">
+        <v>70</v>
+      </c>
+      <c r="D365" t="s">
+        <v>95</v>
+      </c>
+      <c r="E365">
+        <v>2026</v>
+      </c>
+      <c r="F365" t="s">
+        <v>2469</v>
+      </c>
+      <c r="G365" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H365" t="s">
+        <v>162</v>
+      </c>
+      <c r="I365" t="s">
+        <v>2471</v>
+      </c>
+      <c r="J365" t="s">
         <v>2472</v>
       </c>
-      <c r="C365" t="s">
-[...8 lines deleted...]
-      <c r="F365" t="s">
+      <c r="K365" t="s">
         <v>2473</v>
       </c>
-      <c r="G365" t="s">
+      <c r="L365" t="s">
         <v>2474</v>
-      </c>
-[...13 lines deleted...]
-        <v>2478</v>
       </c>
     </row>
     <row r="366" spans="1:12">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
-        <v>2479</v>
-[...1 lines deleted...]
-      <c r="C366"/>
+        <v>2475</v>
+      </c>
+      <c r="C366" t="s">
+        <v>88</v>
+      </c>
       <c r="D366" t="s">
-        <v>2021</v>
+        <v>44</v>
       </c>
       <c r="E366">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F366" t="s">
-        <v>2480</v>
+        <v>2476</v>
       </c>
       <c r="G366"/>
       <c r="H366" t="s">
-        <v>2481</v>
+        <v>2477</v>
       </c>
       <c r="I366"/>
       <c r="J366"/>
       <c r="K366" t="s">
-        <v>2482</v>
+        <v>2478</v>
       </c>
       <c r="L366" t="s">
-        <v>2483</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="367" spans="1:12">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C367" t="s">
+        <v>70</v>
+      </c>
+      <c r="D367" t="s">
+        <v>2481</v>
+      </c>
+      <c r="E367">
+        <v>2026</v>
+      </c>
+      <c r="F367" t="s">
+        <v>2482</v>
+      </c>
+      <c r="G367" t="s">
+        <v>2483</v>
+      </c>
+      <c r="H367" t="s">
+        <v>529</v>
+      </c>
+      <c r="I367" t="s">
         <v>2484</v>
       </c>
-      <c r="C367" t="s">
-[...8 lines deleted...]
-      <c r="F367" t="s">
+      <c r="J367" t="s">
         <v>2485</v>
       </c>
-      <c r="G367"/>
-      <c r="H367" t="s">
+      <c r="K367" t="s">
         <v>2486</v>
       </c>
-      <c r="I367"/>
-      <c r="J367" t="s">
+      <c r="L367" t="s">
         <v>2487</v>
-      </c>
-[...4 lines deleted...]
-        <v>2489</v>
       </c>
     </row>
     <row r="368" spans="1:12">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
-        <v>2490</v>
+        <v>2488</v>
       </c>
       <c r="C368" t="s">
-        <v>88</v>
+        <v>1170</v>
       </c>
       <c r="D368" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E368">
-        <v>1970</v>
+        <v>1996</v>
       </c>
       <c r="F368" t="s">
-        <v>2491</v>
+        <v>2489</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
+        <v>508</v>
+      </c>
+      <c r="I368" t="s">
+        <v>2490</v>
+      </c>
+      <c r="J368" t="s">
+        <v>2491</v>
+      </c>
+      <c r="K368" t="s">
         <v>2492</v>
       </c>
-      <c r="I368"/>
-      <c r="J368" t="s">
+      <c r="L368" t="s">
         <v>2493</v>
-      </c>
-[...2 lines deleted...]
-        <v>2494</v>
       </c>
     </row>
     <row r="369" spans="1:12">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
+        <v>2494</v>
+      </c>
+      <c r="C369" t="s">
+        <v>104</v>
+      </c>
+      <c r="D369" t="s">
+        <v>80</v>
+      </c>
+      <c r="E369">
+        <v>2026</v>
+      </c>
+      <c r="F369" t="s">
         <v>2495</v>
-      </c>
-[...10 lines deleted...]
-        <v>2496</v>
       </c>
       <c r="G369"/>
       <c r="H369" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="I369" t="s">
+        <v>2496</v>
+      </c>
+      <c r="I369"/>
+      <c r="J369"/>
+      <c r="K369" t="s">
         <v>2497</v>
       </c>
-      <c r="J369" t="s">
+      <c r="L369" t="s">
         <v>2498</v>
-      </c>
-[...4 lines deleted...]
-        <v>2500</v>
       </c>
     </row>
     <row r="370" spans="1:12">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C370" t="s">
+        <v>43</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E370">
+        <v>2026</v>
+      </c>
+      <c r="F370" t="s">
+        <v>2500</v>
+      </c>
+      <c r="G370" t="s">
         <v>2501</v>
       </c>
-      <c r="C370" t="s">
-[...8 lines deleted...]
-      <c r="F370" t="s">
+      <c r="H370" t="s">
+        <v>64</v>
+      </c>
+      <c r="I370" t="s">
         <v>2502</v>
       </c>
-      <c r="G370" t="s">
+      <c r="J370" t="s">
         <v>2503</v>
       </c>
-      <c r="H370">
-[...2 lines deleted...]
-      <c r="I370" t="s">
+      <c r="K370" t="s">
         <v>2504</v>
       </c>
-      <c r="J370" t="s">
+      <c r="L370" t="s">
         <v>2505</v>
-      </c>
-[...2 lines deleted...]
-        <v>2506</v>
       </c>
     </row>
     <row r="371" spans="1:12">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
+        <v>2506</v>
+      </c>
+      <c r="C371"/>
+      <c r="D371" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E371">
+        <v>2026</v>
+      </c>
+      <c r="F371" t="s">
         <v>2507</v>
       </c>
-      <c r="C371" t="s">
-[...8 lines deleted...]
-      <c r="F371" t="s">
+      <c r="G371"/>
+      <c r="H371" t="s">
         <v>2508</v>
       </c>
-      <c r="G371" t="s">
+      <c r="I371"/>
+      <c r="J371"/>
+      <c r="K371" t="s">
         <v>2509</v>
       </c>
-      <c r="H371" t="s">
-[...2 lines deleted...]
-      <c r="I371" t="s">
+      <c r="L371" t="s">
         <v>2510</v>
-      </c>
-[...7 lines deleted...]
-        <v>2513</v>
       </c>
     </row>
     <row r="372" spans="1:12">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
-        <v>2514</v>
+        <v>2511</v>
       </c>
       <c r="C372" t="s">
-        <v>1510</v>
+        <v>53</v>
       </c>
       <c r="D372" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="E372">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="F372"/>
+        <v>2026</v>
+      </c>
+      <c r="F372" t="s">
+        <v>2512</v>
+      </c>
       <c r="G372"/>
       <c r="H372" t="s">
-        <v>2515</v>
+        <v>2513</v>
       </c>
       <c r="I372"/>
       <c r="J372" t="s">
+        <v>2514</v>
+      </c>
+      <c r="K372" t="s">
+        <v>2515</v>
+      </c>
+      <c r="L372" t="s">
         <v>2516</v>
-      </c>
-[...2 lines deleted...]
-        <v>2517</v>
       </c>
     </row>
     <row r="373" spans="1:12">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
+        <v>2517</v>
+      </c>
+      <c r="C373" t="s">
+        <v>88</v>
+      </c>
+      <c r="D373" t="s">
+        <v>30</v>
+      </c>
+      <c r="E373">
+        <v>1970</v>
+      </c>
+      <c r="F373" t="s">
         <v>2518</v>
-      </c>
-[...10 lines deleted...]
-        <v>2519</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
+        <v>2519</v>
+      </c>
+      <c r="I373"/>
+      <c r="J373" t="s">
         <v>2520</v>
       </c>
-      <c r="I373" t="s">
-[...2 lines deleted...]
-      <c r="J373"/>
       <c r="K373"/>
       <c r="L373" t="s">
-        <v>2522</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="374" spans="1:12">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
+        <v>2522</v>
+      </c>
+      <c r="C374" t="s">
+        <v>43</v>
+      </c>
+      <c r="D374" t="s">
+        <v>123</v>
+      </c>
+      <c r="E374">
+        <v>1988</v>
+      </c>
+      <c r="F374" t="s">
         <v>2523</v>
-      </c>
-[...10 lines deleted...]
-        <v>2524</v>
       </c>
       <c r="G374"/>
       <c r="H374" t="s">
+        <v>226</v>
+      </c>
+      <c r="I374" t="s">
+        <v>2524</v>
+      </c>
+      <c r="J374" t="s">
         <v>2525</v>
       </c>
-      <c r="I374" t="s">
+      <c r="K374" t="s">
         <v>2526</v>
       </c>
-      <c r="J374" t="s">
+      <c r="L374" t="s">
         <v>2527</v>
-      </c>
-[...4 lines deleted...]
-        <v>2529</v>
       </c>
     </row>
     <row r="375" spans="1:12">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
+        <v>2528</v>
+      </c>
+      <c r="C375" t="s">
+        <v>13</v>
+      </c>
+      <c r="D375" t="s">
+        <v>366</v>
+      </c>
+      <c r="E375">
+        <v>2026</v>
+      </c>
+      <c r="F375" t="s">
+        <v>2529</v>
+      </c>
+      <c r="G375" t="s">
         <v>2530</v>
       </c>
-      <c r="C375" t="s">
-[...8 lines deleted...]
-      <c r="F375" t="s">
+      <c r="H375">
+        <v>99</v>
+      </c>
+      <c r="I375" t="s">
         <v>2531</v>
       </c>
-      <c r="G375" t="s">
+      <c r="J375" t="s">
         <v>2532</v>
       </c>
-      <c r="H375" t="s">
-[...2 lines deleted...]
-      <c r="I375" t="s">
+      <c r="K375"/>
+      <c r="L375" t="s">
         <v>2533</v>
-      </c>
-[...7 lines deleted...]
-        <v>2536</v>
       </c>
     </row>
     <row r="376" spans="1:12">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
+        <v>2534</v>
+      </c>
+      <c r="C376" t="s">
+        <v>256</v>
+      </c>
+      <c r="D376" t="s">
+        <v>159</v>
+      </c>
+      <c r="E376">
+        <v>2026</v>
+      </c>
+      <c r="F376" t="s">
+        <v>2535</v>
+      </c>
+      <c r="G376" t="s">
+        <v>2536</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1038</v>
+      </c>
+      <c r="I376" t="s">
         <v>2537</v>
       </c>
-      <c r="C376" t="s">
-[...2 lines deleted...]
-      <c r="D376" t="s">
+      <c r="J376" t="s">
         <v>2538</v>
       </c>
-      <c r="E376">
-[...2 lines deleted...]
-      <c r="F376" t="s">
+      <c r="K376" t="s">
         <v>2539</v>
       </c>
-      <c r="G376" t="s">
+      <c r="L376" t="s">
         <v>2540</v>
-      </c>
-[...13 lines deleted...]
-        <v>2544</v>
       </c>
     </row>
     <row r="377" spans="1:12">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
-        <v>2545</v>
+        <v>2541</v>
       </c>
       <c r="C377" t="s">
-        <v>43</v>
+        <v>1527</v>
       </c>
       <c r="D377" t="s">
-        <v>467</v>
+        <v>30</v>
       </c>
       <c r="E377">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="F377"/>
+      <c r="G377"/>
       <c r="H377" t="s">
-        <v>577</v>
-[...3 lines deleted...]
-      </c>
+        <v>2542</v>
+      </c>
+      <c r="I377"/>
       <c r="J377" t="s">
-        <v>2549</v>
-[...3 lines deleted...]
-      </c>
+        <v>2543</v>
+      </c>
+      <c r="K377"/>
       <c r="L377" t="s">
-        <v>2551</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="378" spans="1:12">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>2552</v>
+        <v>2545</v>
       </c>
       <c r="C378" t="s">
-        <v>70</v>
+        <v>194</v>
       </c>
       <c r="D378" t="s">
-        <v>123</v>
+        <v>80</v>
       </c>
       <c r="E378">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F378" t="s">
-        <v>2553</v>
+        <v>2546</v>
       </c>
       <c r="G378"/>
       <c r="H378" t="s">
-        <v>2554</v>
+        <v>2547</v>
       </c>
       <c r="I378" t="s">
-        <v>2555</v>
-[...3 lines deleted...]
-      </c>
+        <v>2548</v>
+      </c>
+      <c r="J378"/>
       <c r="K378"/>
       <c r="L378" t="s">
-        <v>2557</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="379" spans="1:12">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
-        <v>2558</v>
+        <v>2550</v>
       </c>
       <c r="C379" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="D379" t="s">
-        <v>832</v>
+        <v>44</v>
       </c>
       <c r="E379">
         <v>1970</v>
       </c>
       <c r="F379" t="s">
-        <v>2559</v>
+        <v>2551</v>
       </c>
       <c r="G379"/>
       <c r="H379" t="s">
-        <v>2560</v>
+        <v>2552</v>
       </c>
       <c r="I379" t="s">
-        <v>2561</v>
+        <v>2553</v>
       </c>
       <c r="J379" t="s">
-        <v>2562</v>
+        <v>2554</v>
       </c>
       <c r="K379" t="s">
-        <v>2563</v>
+        <v>2555</v>
       </c>
       <c r="L379" t="s">
-        <v>2564</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="380" spans="1:12">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
-        <v>2565</v>
+        <v>2557</v>
       </c>
       <c r="C380" t="s">
-        <v>2566</v>
+        <v>43</v>
       </c>
       <c r="D380" t="s">
-        <v>2567</v>
+        <v>505</v>
       </c>
       <c r="E380">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F380" t="s">
-        <v>2568</v>
-[...1 lines deleted...]
-      <c r="G380"/>
+        <v>2558</v>
+      </c>
+      <c r="G380" t="s">
+        <v>2559</v>
+      </c>
       <c r="H380" t="s">
-        <v>732</v>
+        <v>529</v>
       </c>
       <c r="I380" t="s">
-        <v>2569</v>
+        <v>2560</v>
       </c>
       <c r="J380" t="s">
-        <v>2570</v>
+        <v>2561</v>
       </c>
       <c r="K380" t="s">
-        <v>2571</v>
+        <v>2562</v>
       </c>
       <c r="L380" t="s">
-        <v>2572</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="381" spans="1:12">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
-        <v>2573</v>
+        <v>2564</v>
       </c>
       <c r="C381" t="s">
-        <v>2574</v>
+        <v>70</v>
       </c>
       <c r="D381" t="s">
-        <v>159</v>
+        <v>2565</v>
       </c>
       <c r="E381">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F381" t="s">
-        <v>2575</v>
-[...1 lines deleted...]
-      <c r="G381"/>
+        <v>2566</v>
+      </c>
+      <c r="G381" t="s">
+        <v>2567</v>
+      </c>
       <c r="H381" t="s">
-        <v>2576</v>
+        <v>732</v>
       </c>
       <c r="I381" t="s">
-        <v>2577</v>
+        <v>2568</v>
       </c>
       <c r="J381" t="s">
-        <v>2578</v>
+        <v>2569</v>
       </c>
       <c r="K381" t="s">
-        <v>2579</v>
+        <v>2570</v>
       </c>
       <c r="L381" t="s">
-        <v>2580</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="382" spans="1:12">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
-        <v>2581</v>
+        <v>2572</v>
       </c>
       <c r="C382" t="s">
         <v>43</v>
       </c>
       <c r="D382" t="s">
-        <v>239</v>
+        <v>467</v>
       </c>
       <c r="E382">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F382" t="s">
-        <v>2582</v>
+        <v>2573</v>
       </c>
       <c r="G382" t="s">
-        <v>2583</v>
+        <v>2574</v>
       </c>
       <c r="H382" t="s">
-        <v>964</v>
+        <v>577</v>
       </c>
       <c r="I382" t="s">
-        <v>2584</v>
+        <v>2575</v>
       </c>
       <c r="J382" t="s">
-        <v>2585</v>
+        <v>2576</v>
       </c>
       <c r="K382" t="s">
-        <v>2586</v>
+        <v>2577</v>
       </c>
       <c r="L382" t="s">
-        <v>2587</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="383" spans="1:12">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
-        <v>2588</v>
+        <v>2579</v>
       </c>
       <c r="C383" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="D383" t="s">
-        <v>2589</v>
+        <v>123</v>
       </c>
       <c r="E383">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F383" t="s">
-        <v>2590</v>
+        <v>2580</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
-        <v>2591</v>
+        <v>2581</v>
       </c>
       <c r="I383" t="s">
-        <v>2592</v>
+        <v>2582</v>
       </c>
       <c r="J383" t="s">
-        <v>2593</v>
-[...3 lines deleted...]
-      </c>
+        <v>2583</v>
+      </c>
+      <c r="K383"/>
       <c r="L383" t="s">
-        <v>2595</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="384" spans="1:12">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
-        <v>2596</v>
+        <v>2585</v>
       </c>
       <c r="C384" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="D384" t="s">
-        <v>239</v>
+        <v>839</v>
       </c>
       <c r="E384">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F384" t="s">
-        <v>2597</v>
-[...5 lines deleted...]
-        <v>104</v>
+        <v>2586</v>
+      </c>
+      <c r="G384"/>
+      <c r="H384" t="s">
+        <v>2587</v>
       </c>
       <c r="I384" t="s">
-        <v>2599</v>
+        <v>2588</v>
       </c>
       <c r="J384" t="s">
-        <v>2600</v>
+        <v>2589</v>
       </c>
       <c r="K384" t="s">
-        <v>2601</v>
+        <v>2590</v>
       </c>
       <c r="L384" t="s">
-        <v>2602</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="385" spans="1:12">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
-        <v>2603</v>
+        <v>2592</v>
       </c>
       <c r="C385" t="s">
-        <v>43</v>
+        <v>2593</v>
       </c>
       <c r="D385" t="s">
-        <v>80</v>
+        <v>2594</v>
       </c>
       <c r="E385">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F385" t="s">
-        <v>2604</v>
+        <v>2595</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
-        <v>2605</v>
+        <v>732</v>
       </c>
       <c r="I385" t="s">
-        <v>2606</v>
+        <v>2596</v>
       </c>
       <c r="J385" t="s">
-        <v>2607</v>
+        <v>2597</v>
       </c>
       <c r="K385" t="s">
-        <v>2608</v>
+        <v>2598</v>
       </c>
       <c r="L385" t="s">
-        <v>2609</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="386" spans="1:12">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>2610</v>
+        <v>2600</v>
       </c>
       <c r="C386" t="s">
-        <v>43</v>
+        <v>2601</v>
       </c>
       <c r="D386" t="s">
-        <v>1711</v>
+        <v>159</v>
       </c>
       <c r="E386">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F386" t="s">
-        <v>2611</v>
-[...3 lines deleted...]
-      </c>
+        <v>2602</v>
+      </c>
+      <c r="G386"/>
       <c r="H386" t="s">
-        <v>1031</v>
+        <v>2603</v>
       </c>
       <c r="I386" t="s">
-        <v>2613</v>
+        <v>2604</v>
       </c>
       <c r="J386" t="s">
-        <v>2614</v>
+        <v>2605</v>
       </c>
       <c r="K386" t="s">
-        <v>2615</v>
+        <v>2606</v>
       </c>
       <c r="L386" t="s">
-        <v>2616</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="387" spans="1:12">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
-        <v>2617</v>
+        <v>2608</v>
       </c>
       <c r="C387" t="s">
-        <v>256</v>
+        <v>43</v>
       </c>
       <c r="D387" t="s">
         <v>239</v>
       </c>
       <c r="E387">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F387" t="s">
-        <v>2618</v>
+        <v>2609</v>
       </c>
       <c r="G387" t="s">
-        <v>2619</v>
+        <v>2610</v>
       </c>
       <c r="H387" t="s">
-        <v>900</v>
+        <v>971</v>
       </c>
       <c r="I387" t="s">
-        <v>2620</v>
+        <v>2611</v>
       </c>
       <c r="J387" t="s">
-        <v>2621</v>
+        <v>2612</v>
       </c>
       <c r="K387" t="s">
-        <v>2622</v>
+        <v>2613</v>
       </c>
       <c r="L387" t="s">
-        <v>2623</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="388" spans="1:12">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
-        <v>2624</v>
+        <v>2615</v>
       </c>
       <c r="C388" t="s">
-        <v>2625</v>
+        <v>13</v>
       </c>
       <c r="D388" t="s">
-        <v>366</v>
+        <v>2616</v>
       </c>
       <c r="E388">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F388" t="s">
-        <v>2626</v>
+        <v>2617</v>
       </c>
       <c r="G388"/>
       <c r="H388" t="s">
-        <v>2627</v>
+        <v>2618</v>
       </c>
       <c r="I388" t="s">
-        <v>2628</v>
+        <v>2619</v>
       </c>
       <c r="J388" t="s">
-        <v>2629</v>
+        <v>2620</v>
       </c>
       <c r="K388" t="s">
-        <v>2630</v>
+        <v>2621</v>
       </c>
       <c r="L388" t="s">
-        <v>2631</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="389" spans="1:12">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
-        <v>2632</v>
+        <v>2623</v>
       </c>
       <c r="C389" t="s">
-        <v>303</v>
+        <v>70</v>
       </c>
       <c r="D389" t="s">
-        <v>467</v>
+        <v>239</v>
       </c>
       <c r="E389">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F389" t="s">
-        <v>2633</v>
-[...2 lines deleted...]
-      <c r="H389"/>
+        <v>2624</v>
+      </c>
+      <c r="G389" t="s">
+        <v>2625</v>
+      </c>
+      <c r="H389">
+        <v>104</v>
+      </c>
       <c r="I389" t="s">
-        <v>2634</v>
+        <v>2626</v>
       </c>
       <c r="J389" t="s">
-        <v>2635</v>
+        <v>2627</v>
       </c>
       <c r="K389" t="s">
-        <v>2636</v>
+        <v>2628</v>
       </c>
       <c r="L389" t="s">
-        <v>2637</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="390" spans="1:12">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
-        <v>2638</v>
+        <v>2630</v>
       </c>
       <c r="C390" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="D390" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="E390">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F390" t="s">
-        <v>2639</v>
-[...3 lines deleted...]
-      </c>
+        <v>2631</v>
+      </c>
+      <c r="G390"/>
       <c r="H390" t="s">
-        <v>625</v>
+        <v>2632</v>
       </c>
       <c r="I390" t="s">
-        <v>2641</v>
+        <v>2633</v>
       </c>
       <c r="J390" t="s">
-        <v>2642</v>
+        <v>2634</v>
       </c>
       <c r="K390" t="s">
-        <v>2643</v>
+        <v>2635</v>
       </c>
       <c r="L390" t="s">
-        <v>2644</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="391" spans="1:12">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
-        <v>2645</v>
+        <v>2637</v>
       </c>
       <c r="C391" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="D391" t="s">
-        <v>44</v>
+        <v>1728</v>
       </c>
       <c r="E391">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F391" t="s">
-        <v>2646</v>
-[...1 lines deleted...]
-      <c r="G391"/>
+        <v>2638</v>
+      </c>
+      <c r="G391" t="s">
+        <v>2639</v>
+      </c>
       <c r="H391" t="s">
-        <v>112</v>
+        <v>1038</v>
       </c>
       <c r="I391" t="s">
-        <v>2647</v>
-[...1 lines deleted...]
-      <c r="J391"/>
+        <v>2640</v>
+      </c>
+      <c r="J391" t="s">
+        <v>2641</v>
+      </c>
       <c r="K391" t="s">
-        <v>2648</v>
+        <v>2642</v>
       </c>
       <c r="L391" t="s">
-        <v>2649</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="392" spans="1:12">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
-        <v>2650</v>
+        <v>2644</v>
       </c>
       <c r="C392" t="s">
         <v>256</v>
       </c>
       <c r="D392" t="s">
-        <v>467</v>
+        <v>239</v>
       </c>
       <c r="E392">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F392" t="s">
-        <v>2651</v>
-[...1 lines deleted...]
-      <c r="G392"/>
+        <v>2645</v>
+      </c>
+      <c r="G392" t="s">
+        <v>2646</v>
+      </c>
       <c r="H392" t="s">
-        <v>16</v>
+        <v>907</v>
       </c>
       <c r="I392" t="s">
-        <v>2652</v>
+        <v>2647</v>
       </c>
       <c r="J392" t="s">
-        <v>2653</v>
+        <v>2648</v>
       </c>
       <c r="K392" t="s">
-        <v>2654</v>
+        <v>2649</v>
       </c>
       <c r="L392" t="s">
-        <v>2655</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="393" spans="1:12">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D393" t="s">
+        <v>366</v>
+      </c>
+      <c r="E393">
+        <v>2026</v>
+      </c>
+      <c r="F393" t="s">
+        <v>2652</v>
+      </c>
+      <c r="G393"/>
+      <c r="H393" t="s">
+        <v>2653</v>
+      </c>
+      <c r="I393" t="s">
+        <v>2654</v>
+      </c>
+      <c r="J393" t="s">
+        <v>2655</v>
+      </c>
+      <c r="K393" t="s">
         <v>2656</v>
       </c>
-      <c r="C393" t="s">
-[...8 lines deleted...]
-      <c r="F393" t="s">
+      <c r="L393" t="s">
         <v>2657</v>
-      </c>
-[...16 lines deleted...]
-        <v>2662</v>
       </c>
     </row>
     <row r="394" spans="1:12">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
+        <v>2658</v>
+      </c>
+      <c r="C394" t="s">
+        <v>303</v>
+      </c>
+      <c r="D394" t="s">
+        <v>467</v>
+      </c>
+      <c r="E394">
+        <v>2026</v>
+      </c>
+      <c r="F394" t="s">
+        <v>2659</v>
+      </c>
+      <c r="G394"/>
+      <c r="H394"/>
+      <c r="I394" t="s">
+        <v>2660</v>
+      </c>
+      <c r="J394" t="s">
+        <v>2661</v>
+      </c>
+      <c r="K394" t="s">
+        <v>2662</v>
+      </c>
+      <c r="L394" t="s">
         <v>2663</v>
-      </c>
-[...26 lines deleted...]
-        <v>2668</v>
       </c>
     </row>
     <row r="395" spans="1:12">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
+        <v>2664</v>
+      </c>
+      <c r="C395" t="s">
+        <v>88</v>
+      </c>
+      <c r="D395" t="s">
+        <v>20</v>
+      </c>
+      <c r="E395">
+        <v>2026</v>
+      </c>
+      <c r="F395" t="s">
+        <v>2665</v>
+      </c>
+      <c r="G395" t="s">
+        <v>2666</v>
+      </c>
+      <c r="H395" t="s">
+        <v>625</v>
+      </c>
+      <c r="I395" t="s">
+        <v>2667</v>
+      </c>
+      <c r="J395" t="s">
+        <v>2668</v>
+      </c>
+      <c r="K395" t="s">
         <v>2669</v>
       </c>
-      <c r="C395" t="s">
-[...8 lines deleted...]
-      <c r="F395" t="s">
+      <c r="L395" t="s">
         <v>2670</v>
-      </c>
-[...14 lines deleted...]
-        <v>2674</v>
       </c>
     </row>
     <row r="396" spans="1:12">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
-        <v>2675</v>
+        <v>2671</v>
       </c>
       <c r="C396" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="D396" t="s">
         <v>44</v>
       </c>
       <c r="E396">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F396" t="s">
-        <v>2676</v>
+        <v>2672</v>
       </c>
       <c r="G396"/>
       <c r="H396" t="s">
-        <v>2677</v>
+        <v>112</v>
       </c>
       <c r="I396" t="s">
-        <v>2678</v>
-[...3 lines deleted...]
-      </c>
+        <v>2673</v>
+      </c>
+      <c r="J396"/>
       <c r="K396" t="s">
-        <v>2680</v>
+        <v>2674</v>
       </c>
       <c r="L396" t="s">
-        <v>2681</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="397" spans="1:12">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
-        <v>2682</v>
+        <v>2676</v>
       </c>
       <c r="C397" t="s">
-        <v>88</v>
+        <v>256</v>
       </c>
       <c r="D397" t="s">
-        <v>598</v>
+        <v>467</v>
       </c>
       <c r="E397">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F397" t="s">
-        <v>2683</v>
+        <v>2677</v>
       </c>
       <c r="G397"/>
       <c r="H397" t="s">
-        <v>2684</v>
+        <v>16</v>
       </c>
       <c r="I397" t="s">
-        <v>2685</v>
-[...1 lines deleted...]
-      <c r="J397"/>
+        <v>2678</v>
+      </c>
+      <c r="J397" t="s">
+        <v>2679</v>
+      </c>
       <c r="K397" t="s">
-        <v>2686</v>
+        <v>2680</v>
       </c>
       <c r="L397" t="s">
-        <v>2687</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="398" spans="1:12">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
+        <v>2682</v>
+      </c>
+      <c r="C398" t="s">
+        <v>43</v>
+      </c>
+      <c r="D398" t="s">
+        <v>44</v>
+      </c>
+      <c r="E398">
+        <v>2026</v>
+      </c>
+      <c r="F398" t="s">
+        <v>2683</v>
+      </c>
+      <c r="G398" t="s">
+        <v>2684</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I398" t="s">
+        <v>2685</v>
+      </c>
+      <c r="J398" t="s">
+        <v>2686</v>
+      </c>
+      <c r="K398" t="s">
+        <v>2687</v>
+      </c>
+      <c r="L398" t="s">
         <v>2688</v>
-      </c>
-[...26 lines deleted...]
-        <v>2695</v>
       </c>
     </row>
     <row r="399" spans="1:12">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
-        <v>2696</v>
+        <v>2689</v>
       </c>
       <c r="C399" t="s">
-        <v>88</v>
+        <v>1253</v>
       </c>
       <c r="D399" t="s">
-        <v>333</v>
+        <v>44</v>
       </c>
       <c r="E399">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F399" t="s">
-        <v>2697</v>
+        <v>2690</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
-        <v>92</v>
+        <v>817</v>
       </c>
       <c r="I399" t="s">
-        <v>2698</v>
+        <v>2691</v>
       </c>
       <c r="J399" t="s">
-        <v>2699</v>
-[...3 lines deleted...]
-      </c>
+        <v>2692</v>
+      </c>
+      <c r="K399"/>
       <c r="L399" t="s">
-        <v>2701</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="400" spans="1:12">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
-        <v>2702</v>
+        <v>2694</v>
       </c>
       <c r="C400" t="s">
-        <v>88</v>
+        <v>256</v>
       </c>
       <c r="D400" t="s">
-        <v>333</v>
+        <v>123</v>
       </c>
       <c r="E400">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F400" t="s">
-        <v>2703</v>
+        <v>2695</v>
       </c>
       <c r="G400"/>
       <c r="H400" t="s">
-        <v>319</v>
+        <v>37</v>
       </c>
       <c r="I400" t="s">
-        <v>2704</v>
+        <v>2696</v>
       </c>
       <c r="J400" t="s">
-        <v>2705</v>
+        <v>2697</v>
       </c>
       <c r="K400" t="s">
-        <v>2706</v>
+        <v>2698</v>
       </c>
       <c r="L400" t="s">
-        <v>2707</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="401" spans="1:12">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
-        <v>2708</v>
+        <v>2700</v>
       </c>
       <c r="C401" t="s">
-        <v>13</v>
+        <v>303</v>
       </c>
       <c r="D401" t="s">
-        <v>366</v>
+        <v>467</v>
       </c>
       <c r="E401">
-        <v>1962</v>
+        <v>2026</v>
       </c>
       <c r="F401" t="s">
-        <v>2709</v>
-[...5 lines deleted...]
-        <v>77</v>
+        <v>2701</v>
+      </c>
+      <c r="G401"/>
+      <c r="H401" t="s">
+        <v>1164</v>
       </c>
       <c r="I401" t="s">
-        <v>2711</v>
+        <v>2702</v>
       </c>
       <c r="J401" t="s">
-        <v>2712</v>
-[...1 lines deleted...]
-      <c r="K401"/>
+        <v>2703</v>
+      </c>
+      <c r="K401" t="s">
+        <v>2704</v>
+      </c>
       <c r="L401" t="s">
-        <v>2713</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="402" spans="1:12">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
-        <v>2714</v>
+        <v>2706</v>
       </c>
       <c r="C402" t="s">
-        <v>29</v>
+        <v>88</v>
       </c>
       <c r="D402" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="E402">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F402" t="s">
-        <v>2715</v>
+        <v>2707</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
-        <v>2716</v>
+        <v>2708</v>
       </c>
       <c r="I402" t="s">
-        <v>2717</v>
+        <v>2709</v>
       </c>
       <c r="J402" t="s">
-        <v>2718</v>
-[...1 lines deleted...]
-      <c r="K402"/>
+        <v>2710</v>
+      </c>
+      <c r="K402" t="s">
+        <v>2711</v>
+      </c>
       <c r="L402" t="s">
-        <v>2719</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="403" spans="1:12">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403" t="s">
-        <v>2720</v>
+        <v>2713</v>
       </c>
       <c r="C403" t="s">
-        <v>194</v>
+        <v>88</v>
       </c>
       <c r="D403" t="s">
-        <v>80</v>
+        <v>598</v>
       </c>
       <c r="E403">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F403" t="s">
-        <v>2721</v>
+        <v>2714</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
-        <v>2722</v>
+        <v>2715</v>
       </c>
       <c r="I403" t="s">
-        <v>2723</v>
+        <v>2716</v>
       </c>
       <c r="J403"/>
       <c r="K403" t="s">
-        <v>2724</v>
+        <v>2717</v>
       </c>
       <c r="L403" t="s">
-        <v>2725</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="404" spans="1:12">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404" t="s">
-        <v>2726</v>
+        <v>2719</v>
       </c>
       <c r="C404" t="s">
-        <v>2727</v>
+        <v>88</v>
       </c>
       <c r="D404" t="s">
-        <v>80</v>
+        <v>2720</v>
       </c>
       <c r="E404">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F404" t="s">
-        <v>2728</v>
+        <v>2721</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="I404"/>
+        <v>2722</v>
+      </c>
+      <c r="I404" t="s">
+        <v>2723</v>
+      </c>
       <c r="J404" t="s">
-        <v>2729</v>
+        <v>2724</v>
       </c>
       <c r="K404" t="s">
-        <v>2730</v>
+        <v>2725</v>
       </c>
       <c r="L404" t="s">
-        <v>2731</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="405" spans="1:12">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405" t="s">
-        <v>2732</v>
+        <v>2727</v>
       </c>
       <c r="C405" t="s">
-        <v>256</v>
+        <v>88</v>
       </c>
       <c r="D405" t="s">
-        <v>239</v>
+        <v>333</v>
       </c>
       <c r="E405">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F405" t="s">
-        <v>2733</v>
+        <v>2728</v>
       </c>
       <c r="G405"/>
       <c r="H405" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="I405" t="s">
-        <v>2734</v>
+        <v>2729</v>
       </c>
       <c r="J405" t="s">
-        <v>2735</v>
+        <v>2730</v>
       </c>
       <c r="K405" t="s">
-        <v>2736</v>
+        <v>2731</v>
       </c>
       <c r="L405" t="s">
-        <v>2737</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406" t="s">
+        <v>2733</v>
+      </c>
+      <c r="C406" t="s">
+        <v>88</v>
+      </c>
+      <c r="D406" t="s">
+        <v>333</v>
+      </c>
+      <c r="E406">
+        <v>2026</v>
+      </c>
+      <c r="F406" t="s">
+        <v>2734</v>
+      </c>
+      <c r="G406"/>
+      <c r="H406" t="s">
+        <v>319</v>
+      </c>
+      <c r="I406" t="s">
+        <v>2735</v>
+      </c>
+      <c r="J406" t="s">
+        <v>2736</v>
+      </c>
+      <c r="K406" t="s">
+        <v>2737</v>
+      </c>
+      <c r="L406" t="s">
         <v>2738</v>
       </c>
-      <c r="C406" t="s">
-[...26 lines deleted...]
-      <c r="L406"/>
     </row>
     <row r="407" spans="1:12">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C407" t="s">
+        <v>13</v>
+      </c>
+      <c r="D407" t="s">
+        <v>366</v>
+      </c>
+      <c r="E407">
+        <v>1962</v>
+      </c>
+      <c r="F407" t="s">
+        <v>2740</v>
+      </c>
+      <c r="G407" t="s">
+        <v>2741</v>
+      </c>
+      <c r="H407">
+        <v>77</v>
+      </c>
+      <c r="I407" t="s">
         <v>2742</v>
       </c>
-      <c r="C407" t="s">
-[...8 lines deleted...]
-      <c r="F407" t="s">
+      <c r="J407" t="s">
         <v>2743</v>
       </c>
-      <c r="G407"/>
-[...4 lines deleted...]
-      <c r="J407" t="s">
+      <c r="K407"/>
+      <c r="L407" t="s">
         <v>2744</v>
-      </c>
-[...4 lines deleted...]
-        <v>2746</v>
       </c>
     </row>
     <row r="408" spans="1:12">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C408" t="s">
+        <v>29</v>
+      </c>
+      <c r="D408" t="s">
+        <v>80</v>
+      </c>
+      <c r="E408">
+        <v>1970</v>
+      </c>
+      <c r="F408" t="s">
+        <v>2746</v>
+      </c>
+      <c r="G408"/>
+      <c r="H408" t="s">
         <v>2747</v>
       </c>
-      <c r="C408" t="s">
-[...2 lines deleted...]
-      <c r="D408" t="s">
+      <c r="I408" t="s">
         <v>2748</v>
       </c>
-      <c r="E408">
-[...2 lines deleted...]
-      <c r="F408" t="s">
+      <c r="J408" t="s">
         <v>2749</v>
       </c>
-      <c r="G408" t="s">
+      <c r="K408"/>
+      <c r="L408" t="s">
         <v>2750</v>
-      </c>
-[...9 lines deleted...]
-        <v>2752</v>
       </c>
     </row>
     <row r="409" spans="1:12">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409" t="s">
+        <v>2751</v>
+      </c>
+      <c r="C409" t="s">
+        <v>194</v>
+      </c>
+      <c r="D409" t="s">
+        <v>80</v>
+      </c>
+      <c r="E409">
+        <v>1970</v>
+      </c>
+      <c r="F409" t="s">
+        <v>2752</v>
+      </c>
+      <c r="G409"/>
+      <c r="H409" t="s">
         <v>2753</v>
       </c>
-      <c r="C409" t="s">
-[...8 lines deleted...]
-      <c r="F409" t="s">
+      <c r="I409" t="s">
         <v>2754</v>
       </c>
-      <c r="G409" t="s">
+      <c r="J409"/>
+      <c r="K409" t="s">
         <v>2755</v>
       </c>
-      <c r="H409" t="s">
-[...2 lines deleted...]
-      <c r="I409" t="s">
+      <c r="L409" t="s">
         <v>2756</v>
-      </c>
-[...7 lines deleted...]
-        <v>2759</v>
       </c>
     </row>
     <row r="410" spans="1:12">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410" t="s">
-        <v>2760</v>
+        <v>2757</v>
       </c>
       <c r="C410" t="s">
-        <v>2761</v>
+        <v>2758</v>
       </c>
       <c r="D410" t="s">
-        <v>2762</v>
+        <v>80</v>
       </c>
       <c r="E410">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F410" t="s">
-        <v>2763</v>
+        <v>2759</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
-        <v>220</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="I410"/>
       <c r="J410" t="s">
-        <v>2765</v>
+        <v>2760</v>
       </c>
       <c r="K410" t="s">
-        <v>2766</v>
+        <v>2761</v>
       </c>
       <c r="L410" t="s">
-        <v>2767</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="411" spans="1:12">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411" t="s">
-        <v>2768</v>
+        <v>2763</v>
       </c>
       <c r="C411" t="s">
-        <v>116</v>
+        <v>256</v>
       </c>
       <c r="D411" t="s">
-        <v>123</v>
+        <v>239</v>
       </c>
       <c r="E411">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F411" t="s">
-        <v>2769</v>
+        <v>2764</v>
       </c>
       <c r="G411"/>
       <c r="H411" t="s">
-        <v>2770</v>
+        <v>23</v>
       </c>
       <c r="I411" t="s">
-        <v>2771</v>
+        <v>2765</v>
       </c>
       <c r="J411" t="s">
-        <v>2772</v>
+        <v>2766</v>
       </c>
       <c r="K411" t="s">
-        <v>2773</v>
+        <v>2767</v>
       </c>
       <c r="L411" t="s">
-        <v>2774</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="412" spans="1:12">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412" t="s">
-        <v>2775</v>
+        <v>2769</v>
       </c>
       <c r="C412" t="s">
-        <v>29</v>
+        <v>256</v>
       </c>
       <c r="D412" t="s">
-        <v>80</v>
+        <v>2770</v>
       </c>
       <c r="E412">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F412" t="s">
-        <v>2776</v>
-[...1 lines deleted...]
-      <c r="G412"/>
+        <v>2764</v>
+      </c>
+      <c r="G412" t="s">
+        <v>2771</v>
+      </c>
       <c r="H412" t="s">
-        <v>1706</v>
-[...1 lines deleted...]
-      <c r="I412"/>
+        <v>23</v>
+      </c>
+      <c r="I412" t="s">
+        <v>2765</v>
+      </c>
       <c r="J412" t="s">
-        <v>2777</v>
+        <v>2772</v>
       </c>
       <c r="K412" t="s">
-        <v>2778</v>
-[...3 lines deleted...]
-      </c>
+        <v>2767</v>
+      </c>
+      <c r="L412"/>
     </row>
     <row r="413" spans="1:12">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413" t="s">
-        <v>2780</v>
+        <v>2773</v>
       </c>
       <c r="C413" t="s">
         <v>29</v>
       </c>
       <c r="D413" t="s">
-        <v>1436</v>
+        <v>123</v>
       </c>
       <c r="E413">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F413" t="s">
-        <v>2781</v>
+        <v>2774</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
-        <v>2782</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="I413"/>
       <c r="J413" t="s">
-        <v>2784</v>
+        <v>2775</v>
       </c>
       <c r="K413" t="s">
-        <v>2785</v>
+        <v>2776</v>
       </c>
       <c r="L413" t="s">
-        <v>2786</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="414" spans="1:12">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414" t="s">
-        <v>2787</v>
+        <v>2778</v>
       </c>
       <c r="C414" t="s">
-        <v>13</v>
+        <v>631</v>
       </c>
       <c r="D414" t="s">
-        <v>44</v>
+        <v>2779</v>
       </c>
       <c r="E414">
-        <v>1989</v>
+        <v>2026</v>
       </c>
       <c r="F414" t="s">
-        <v>2788</v>
-[...1 lines deleted...]
-      <c r="G414"/>
+        <v>2780</v>
+      </c>
+      <c r="G414" t="s">
+        <v>2781</v>
+      </c>
       <c r="H414" t="s">
-        <v>2789</v>
-[...6 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="I414"/>
+      <c r="J414"/>
       <c r="K414" t="s">
-        <v>2792</v>
+        <v>2782</v>
       </c>
       <c r="L414" t="s">
-        <v>2793</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="415" spans="1:12">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415" t="s">
-        <v>2794</v>
+        <v>2784</v>
       </c>
       <c r="C415" t="s">
-        <v>2795</v>
+        <v>88</v>
       </c>
       <c r="D415" t="s">
-        <v>803</v>
+        <v>400</v>
       </c>
       <c r="E415">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F415" t="s">
-        <v>2796</v>
-[...1 lines deleted...]
-      <c r="G415"/>
+        <v>2785</v>
+      </c>
+      <c r="G415" t="s">
+        <v>2786</v>
+      </c>
       <c r="H415" t="s">
-        <v>2797</v>
+        <v>2225</v>
       </c>
       <c r="I415" t="s">
-        <v>2798</v>
+        <v>2787</v>
       </c>
       <c r="J415" t="s">
-        <v>2799</v>
+        <v>2788</v>
       </c>
       <c r="K415" t="s">
-        <v>2800</v>
+        <v>2789</v>
       </c>
       <c r="L415" t="s">
-        <v>2801</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="416" spans="1:12">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>2802</v>
+        <v>2791</v>
       </c>
       <c r="C416" t="s">
-        <v>13</v>
+        <v>2792</v>
       </c>
       <c r="D416" t="s">
-        <v>44</v>
+        <v>2793</v>
       </c>
       <c r="E416">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F416" t="s">
-        <v>2803</v>
+        <v>2794</v>
       </c>
       <c r="G416"/>
       <c r="H416" t="s">
-        <v>1146</v>
+        <v>220</v>
       </c>
       <c r="I416" t="s">
-        <v>2804</v>
+        <v>2795</v>
       </c>
       <c r="J416" t="s">
-        <v>2805</v>
+        <v>2796</v>
       </c>
       <c r="K416" t="s">
-        <v>2806</v>
+        <v>2797</v>
       </c>
       <c r="L416" t="s">
-        <v>2807</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="417" spans="1:12">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417" t="s">
-        <v>2808</v>
+        <v>2799</v>
       </c>
       <c r="C417" t="s">
-        <v>29</v>
+        <v>116</v>
       </c>
       <c r="D417" t="s">
-        <v>803</v>
+        <v>123</v>
       </c>
       <c r="E417">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F417" t="s">
-        <v>2809</v>
-[...3 lines deleted...]
-      </c>
+        <v>2800</v>
+      </c>
+      <c r="G417"/>
       <c r="H417" t="s">
-        <v>930</v>
+        <v>2801</v>
       </c>
       <c r="I417" t="s">
-        <v>2811</v>
+        <v>2802</v>
       </c>
       <c r="J417" t="s">
-        <v>2812</v>
+        <v>2803</v>
       </c>
       <c r="K417" t="s">
-        <v>2813</v>
+        <v>2804</v>
       </c>
       <c r="L417" t="s">
-        <v>2814</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="418" spans="1:12">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
-        <v>2815</v>
+        <v>2806</v>
       </c>
       <c r="C418" t="s">
-        <v>2816</v>
+        <v>29</v>
       </c>
       <c r="D418" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="E418">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="F418"/>
+        <v>2026</v>
+      </c>
+      <c r="F418" t="s">
+        <v>2807</v>
+      </c>
       <c r="G418"/>
       <c r="H418" t="s">
-        <v>2817</v>
+        <v>1723</v>
       </c>
       <c r="I418"/>
       <c r="J418" t="s">
-        <v>2818</v>
+        <v>2808</v>
       </c>
       <c r="K418" t="s">
-        <v>2819</v>
+        <v>2809</v>
       </c>
       <c r="L418" t="s">
-        <v>2820</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419" t="s">
-        <v>2821</v>
+        <v>2811</v>
       </c>
       <c r="C419" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="D419" t="s">
-        <v>80</v>
+        <v>1453</v>
       </c>
       <c r="E419">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F419" t="s">
-        <v>2822</v>
+        <v>2812</v>
       </c>
       <c r="G419"/>
       <c r="H419" t="s">
-        <v>797</v>
+        <v>2813</v>
       </c>
       <c r="I419" t="s">
-        <v>2823</v>
+        <v>2814</v>
       </c>
       <c r="J419" t="s">
-        <v>2824</v>
+        <v>2815</v>
       </c>
       <c r="K419" t="s">
-        <v>2825</v>
+        <v>2816</v>
       </c>
       <c r="L419" t="s">
-        <v>2826</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="420" spans="1:12">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420" t="s">
-        <v>2827</v>
+        <v>2818</v>
       </c>
       <c r="C420" t="s">
-        <v>2828</v>
+        <v>13</v>
       </c>
       <c r="D420" t="s">
-        <v>505</v>
+        <v>44</v>
       </c>
       <c r="E420">
-        <v>2025</v>
+        <v>1989</v>
       </c>
       <c r="F420" t="s">
-        <v>2829</v>
-[...3 lines deleted...]
-      </c>
+        <v>2819</v>
+      </c>
+      <c r="G420"/>
       <c r="H420" t="s">
-        <v>739</v>
+        <v>2820</v>
       </c>
       <c r="I420" t="s">
-        <v>2831</v>
+        <v>2821</v>
       </c>
       <c r="J420" t="s">
-        <v>2832</v>
+        <v>2822</v>
       </c>
       <c r="K420" t="s">
-        <v>2833</v>
+        <v>2823</v>
       </c>
       <c r="L420" t="s">
-        <v>2834</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="421" spans="1:12">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421" t="s">
-        <v>2835</v>
+        <v>2825</v>
       </c>
       <c r="C421" t="s">
-        <v>70</v>
+        <v>2826</v>
       </c>
       <c r="D421" t="s">
-        <v>239</v>
+        <v>803</v>
       </c>
       <c r="E421">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F421" t="s">
-        <v>2836</v>
-[...3 lines deleted...]
-      </c>
+        <v>2827</v>
+      </c>
+      <c r="G421"/>
       <c r="H421" t="s">
-        <v>73</v>
+        <v>2828</v>
       </c>
       <c r="I421" t="s">
-        <v>2838</v>
+        <v>2829</v>
       </c>
       <c r="J421" t="s">
-        <v>2839</v>
+        <v>2830</v>
       </c>
       <c r="K421" t="s">
-        <v>2840</v>
+        <v>2831</v>
       </c>
       <c r="L421" t="s">
-        <v>2841</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="422" spans="1:12">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
-        <v>2842</v>
+        <v>2833</v>
       </c>
       <c r="C422" t="s">
-        <v>303</v>
+        <v>13</v>
       </c>
       <c r="D422" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="E422">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F422" t="s">
-        <v>2843</v>
+        <v>2834</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
-        <v>900</v>
+        <v>1153</v>
       </c>
       <c r="I422" t="s">
-        <v>2844</v>
+        <v>2835</v>
       </c>
       <c r="J422" t="s">
-        <v>2845</v>
+        <v>2836</v>
       </c>
       <c r="K422" t="s">
-        <v>2846</v>
+        <v>2837</v>
       </c>
       <c r="L422" t="s">
-        <v>2847</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="423" spans="1:12">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
-        <v>2848</v>
+        <v>2839</v>
       </c>
       <c r="C423" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="D423" t="s">
-        <v>2849</v>
+        <v>803</v>
       </c>
       <c r="E423">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F423" t="s">
-        <v>2850</v>
+        <v>2840</v>
       </c>
       <c r="G423" t="s">
-        <v>2851</v>
+        <v>2841</v>
       </c>
       <c r="H423" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-      <c r="J423"/>
+        <v>937</v>
+      </c>
+      <c r="I423" t="s">
+        <v>2842</v>
+      </c>
+      <c r="J423" t="s">
+        <v>2843</v>
+      </c>
       <c r="K423" t="s">
-        <v>2852</v>
+        <v>2844</v>
       </c>
       <c r="L423" t="s">
-        <v>2853</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="424" spans="1:12">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
-        <v>2854</v>
+        <v>2846</v>
       </c>
       <c r="C424" t="s">
-        <v>256</v>
+        <v>2847</v>
       </c>
       <c r="D424" t="s">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="E424">
-        <v>2025</v>
-[...3 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="F424"/>
       <c r="G424"/>
       <c r="H424" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>2848</v>
+      </c>
+      <c r="I424"/>
       <c r="J424" t="s">
-        <v>2857</v>
+        <v>2849</v>
       </c>
       <c r="K424" t="s">
-        <v>2858</v>
+        <v>2850</v>
       </c>
       <c r="L424" t="s">
-        <v>2859</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="425" spans="1:12">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
-        <v>2860</v>
+        <v>2852</v>
       </c>
       <c r="C425" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="D425" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="E425">
-        <v>2025</v>
-[...6 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="F425" t="s">
+        <v>2853</v>
+      </c>
+      <c r="G425"/>
       <c r="H425" t="s">
-        <v>1051</v>
+        <v>797</v>
       </c>
       <c r="I425" t="s">
-        <v>2862</v>
+        <v>2854</v>
       </c>
       <c r="J425" t="s">
-        <v>2863</v>
+        <v>2855</v>
       </c>
       <c r="K425" t="s">
-        <v>2864</v>
+        <v>2856</v>
       </c>
       <c r="L425" t="s">
-        <v>2865</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="426" spans="1:12">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
-        <v>2866</v>
+        <v>2858</v>
       </c>
       <c r="C426" t="s">
-        <v>29</v>
+        <v>2859</v>
       </c>
       <c r="D426" t="s">
-        <v>80</v>
+        <v>505</v>
       </c>
       <c r="E426">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F426" t="s">
-        <v>2867</v>
-[...1 lines deleted...]
-      <c r="G426"/>
+        <v>2860</v>
+      </c>
+      <c r="G426" t="s">
+        <v>2861</v>
+      </c>
       <c r="H426" t="s">
-        <v>781</v>
-[...1 lines deleted...]
-      <c r="I426"/>
+        <v>739</v>
+      </c>
+      <c r="I426" t="s">
+        <v>2862</v>
+      </c>
       <c r="J426" t="s">
-        <v>2868</v>
-[...1 lines deleted...]
-      <c r="K426"/>
+        <v>2863</v>
+      </c>
+      <c r="K426" t="s">
+        <v>2864</v>
+      </c>
       <c r="L426" t="s">
-        <v>2869</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="427" spans="1:12">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
+        <v>2866</v>
+      </c>
+      <c r="C427" t="s">
+        <v>70</v>
+      </c>
+      <c r="D427" t="s">
+        <v>239</v>
+      </c>
+      <c r="E427">
+        <v>2026</v>
+      </c>
+      <c r="F427" t="s">
+        <v>2867</v>
+      </c>
+      <c r="G427" t="s">
+        <v>2868</v>
+      </c>
+      <c r="H427" t="s">
+        <v>73</v>
+      </c>
+      <c r="I427" t="s">
+        <v>2869</v>
+      </c>
+      <c r="J427" t="s">
         <v>2870</v>
       </c>
-      <c r="C427" t="s">
-[...13 lines deleted...]
-      <c r="I427" t="s">
+      <c r="K427" t="s">
         <v>2871</v>
       </c>
-      <c r="J427" t="s">
+      <c r="L427" t="s">
         <v>2872</v>
-      </c>
-[...2 lines deleted...]
-        <v>2873</v>
       </c>
     </row>
     <row r="428" spans="1:12">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
-        <v>2874</v>
+        <v>2873</v>
       </c>
       <c r="C428" t="s">
-        <v>194</v>
+        <v>303</v>
       </c>
       <c r="D428" t="s">
         <v>80</v>
       </c>
       <c r="E428">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F428" t="s">
-        <v>2875</v>
+        <v>2874</v>
       </c>
       <c r="G428"/>
       <c r="H428" t="s">
+        <v>907</v>
+      </c>
+      <c r="I428" t="s">
+        <v>2875</v>
+      </c>
+      <c r="J428" t="s">
         <v>2876</v>
       </c>
-      <c r="I428" t="s">
+      <c r="K428" t="s">
         <v>2877</v>
       </c>
-      <c r="J428" t="s">
+      <c r="L428" t="s">
         <v>2878</v>
-      </c>
-[...2 lines deleted...]
-        <v>2879</v>
       </c>
     </row>
     <row r="429" spans="1:12">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
+        <v>2879</v>
+      </c>
+      <c r="C429" t="s">
+        <v>70</v>
+      </c>
+      <c r="D429" t="s">
         <v>2880</v>
       </c>
-      <c r="C429" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E429">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F429" t="s">
         <v>2881</v>
       </c>
-      <c r="G429"/>
+      <c r="G429" t="s">
+        <v>2882</v>
+      </c>
       <c r="H429" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
       <c r="I429"/>
       <c r="J429"/>
       <c r="K429" t="s">
-        <v>2882</v>
+        <v>2883</v>
       </c>
       <c r="L429" t="s">
-        <v>2883</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="430" spans="1:12">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
-        <v>2884</v>
+        <v>2885</v>
       </c>
       <c r="C430" t="s">
-        <v>88</v>
+        <v>256</v>
       </c>
       <c r="D430" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="E430">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F430" t="s">
-        <v>2885</v>
+        <v>2886</v>
       </c>
       <c r="G430"/>
       <c r="H430" t="s">
-        <v>2886</v>
-[...2 lines deleted...]
-      <c r="J430"/>
+        <v>92</v>
+      </c>
+      <c r="I430" t="s">
+        <v>2887</v>
+      </c>
+      <c r="J430" t="s">
+        <v>2888</v>
+      </c>
       <c r="K430" t="s">
-        <v>2887</v>
+        <v>2889</v>
       </c>
       <c r="L430" t="s">
-        <v>2888</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="431" spans="1:12">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
-        <v>2889</v>
-[...1 lines deleted...]
-      <c r="C431"/>
+        <v>2891</v>
+      </c>
+      <c r="C431" t="s">
+        <v>43</v>
+      </c>
       <c r="D431" t="s">
-        <v>2021</v>
+        <v>95</v>
       </c>
       <c r="E431">
-        <v>1970</v>
-[...4 lines deleted...]
-      <c r="G431"/>
+        <v>2026</v>
+      </c>
+      <c r="F431">
+        <v>303</v>
+      </c>
+      <c r="G431" t="s">
+        <v>2892</v>
+      </c>
       <c r="H431" t="s">
-        <v>2891</v>
-[...2 lines deleted...]
-      <c r="J431"/>
+        <v>1058</v>
+      </c>
+      <c r="I431" t="s">
+        <v>2893</v>
+      </c>
+      <c r="J431" t="s">
+        <v>2894</v>
+      </c>
       <c r="K431" t="s">
-        <v>2892</v>
+        <v>2895</v>
       </c>
       <c r="L431" t="s">
-        <v>2893</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="432" spans="1:12">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>2894</v>
+        <v>2897</v>
       </c>
       <c r="C432" t="s">
-        <v>2895</v>
+        <v>29</v>
       </c>
       <c r="D432" t="s">
-        <v>239</v>
+        <v>80</v>
       </c>
       <c r="E432">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F432" t="s">
-        <v>2896</v>
-[...3 lines deleted...]
-      </c>
+        <v>2898</v>
+      </c>
+      <c r="G432"/>
       <c r="H432" t="s">
-        <v>585</v>
-[...4 lines deleted...]
-      <c r="J432"/>
+        <v>781</v>
+      </c>
+      <c r="I432"/>
+      <c r="J432" t="s">
+        <v>2899</v>
+      </c>
       <c r="K432"/>
       <c r="L432" t="s">
-        <v>2899</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="433" spans="1:12">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
-        <v>2900</v>
+        <v>2901</v>
       </c>
       <c r="C433" t="s">
-        <v>1118</v>
+        <v>490</v>
       </c>
       <c r="D433" t="s">
-        <v>2901</v>
+        <v>30</v>
       </c>
       <c r="E433">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="F433" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F433"/>
+      <c r="G433"/>
+      <c r="H433" t="s">
+        <v>23</v>
+      </c>
+      <c r="I433" t="s">
         <v>2902</v>
       </c>
-      <c r="G433" t="s">
+      <c r="J433" t="s">
         <v>2903</v>
       </c>
-      <c r="H433" t="s">
-[...2 lines deleted...]
-      <c r="I433" t="s">
+      <c r="K433"/>
+      <c r="L433" t="s">
         <v>2904</v>
-      </c>
-[...7 lines deleted...]
-        <v>2907</v>
       </c>
     </row>
     <row r="434" spans="1:12">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
-        <v>2908</v>
+        <v>2905</v>
       </c>
       <c r="C434" t="s">
-        <v>70</v>
+        <v>194</v>
       </c>
       <c r="D434" t="s">
-        <v>2370</v>
+        <v>80</v>
       </c>
       <c r="E434">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F434" t="s">
-        <v>2909</v>
+        <v>2906</v>
       </c>
       <c r="G434"/>
       <c r="H434" t="s">
+        <v>2907</v>
+      </c>
+      <c r="I434" t="s">
+        <v>2908</v>
+      </c>
+      <c r="J434" t="s">
+        <v>2909</v>
+      </c>
+      <c r="K434"/>
+      <c r="L434" t="s">
         <v>2910</v>
-      </c>
-[...10 lines deleted...]
-        <v>2914</v>
       </c>
     </row>
     <row r="435" spans="1:12">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
-        <v>2915</v>
+        <v>2911</v>
       </c>
       <c r="C435" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="D435" t="s">
-        <v>211</v>
+        <v>44</v>
       </c>
       <c r="E435">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F435" t="s">
-        <v>2916</v>
-[...3 lines deleted...]
-      </c>
+        <v>2912</v>
+      </c>
+      <c r="G435"/>
       <c r="H435" t="s">
-        <v>2918</v>
-[...6 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="I435"/>
+      <c r="J435"/>
       <c r="K435" t="s">
-        <v>2921</v>
+        <v>2913</v>
       </c>
       <c r="L435" t="s">
-        <v>2922</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="436" spans="1:12">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
-        <v>2923</v>
+        <v>2915</v>
       </c>
       <c r="C436" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="D436" t="s">
-        <v>391</v>
+        <v>44</v>
       </c>
       <c r="E436">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F436" t="s">
-        <v>2924</v>
-[...3 lines deleted...]
-      </c>
+        <v>2916</v>
+      </c>
+      <c r="G436"/>
       <c r="H436" t="s">
-        <v>2926</v>
-[...6 lines deleted...]
-      </c>
+        <v>2917</v>
+      </c>
+      <c r="I436"/>
+      <c r="J436"/>
       <c r="K436" t="s">
-        <v>2929</v>
+        <v>2918</v>
       </c>
       <c r="L436" t="s">
-        <v>2930</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="437" spans="1:12">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
-        <v>2931</v>
-[...3 lines deleted...]
-      </c>
+        <v>2920</v>
+      </c>
+      <c r="C437"/>
       <c r="D437" t="s">
-        <v>44</v>
+        <v>2048</v>
       </c>
       <c r="E437">
-        <v>1997</v>
+        <v>1970</v>
       </c>
       <c r="F437" t="s">
-        <v>2932</v>
+        <v>2921</v>
       </c>
       <c r="G437"/>
       <c r="H437" t="s">
-        <v>162</v>
-[...6 lines deleted...]
-      </c>
+        <v>2922</v>
+      </c>
+      <c r="I437"/>
+      <c r="J437"/>
       <c r="K437" t="s">
-        <v>2935</v>
+        <v>2923</v>
       </c>
       <c r="L437" t="s">
-        <v>2936</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="438" spans="1:12">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
-        <v>2937</v>
+        <v>2925</v>
       </c>
       <c r="C438" t="s">
-        <v>70</v>
+        <v>2926</v>
       </c>
       <c r="D438" t="s">
         <v>239</v>
       </c>
       <c r="E438">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F438" t="s">
-        <v>2938</v>
+        <v>2927</v>
       </c>
       <c r="G438" t="s">
-        <v>2939</v>
+        <v>2928</v>
       </c>
       <c r="H438" t="s">
-        <v>73</v>
+        <v>585</v>
       </c>
       <c r="I438" t="s">
-        <v>2940</v>
-[...6 lines deleted...]
-      </c>
+        <v>2929</v>
+      </c>
+      <c r="J438"/>
+      <c r="K438"/>
       <c r="L438" t="s">
-        <v>2943</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="439" spans="1:12">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
-        <v>2944</v>
+        <v>2931</v>
       </c>
       <c r="C439" t="s">
-        <v>2945</v>
+        <v>1125</v>
       </c>
       <c r="D439" t="s">
-        <v>2946</v>
+        <v>2932</v>
       </c>
       <c r="E439">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F439" t="s">
-        <v>2947</v>
-[...1 lines deleted...]
-      <c r="G439"/>
+        <v>2933</v>
+      </c>
+      <c r="G439" t="s">
+        <v>2934</v>
+      </c>
       <c r="H439" t="s">
-        <v>676</v>
+        <v>1038</v>
       </c>
       <c r="I439" t="s">
-        <v>2948</v>
+        <v>2935</v>
       </c>
       <c r="J439" t="s">
-        <v>2949</v>
+        <v>2936</v>
       </c>
       <c r="K439" t="s">
-        <v>2950</v>
+        <v>2937</v>
       </c>
       <c r="L439" t="s">
-        <v>2951</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="440" spans="1:12">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
-        <v>2952</v>
+        <v>2939</v>
       </c>
       <c r="C440" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="D440" t="s">
-        <v>44</v>
+        <v>2397</v>
       </c>
       <c r="E440">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F440" t="s">
-        <v>2953</v>
+        <v>2940</v>
       </c>
       <c r="G440"/>
       <c r="H440" t="s">
-        <v>2954</v>
-[...1 lines deleted...]
-      <c r="I440"/>
+        <v>2941</v>
+      </c>
+      <c r="I440" t="s">
+        <v>2942</v>
+      </c>
       <c r="J440" t="s">
-        <v>2955</v>
+        <v>2943</v>
       </c>
       <c r="K440" t="s">
-        <v>2956</v>
+        <v>2944</v>
       </c>
       <c r="L440" t="s">
-        <v>2957</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
-        <v>2958</v>
+        <v>2946</v>
       </c>
       <c r="C441" t="s">
-        <v>2727</v>
+        <v>13</v>
       </c>
       <c r="D441" t="s">
-        <v>80</v>
+        <v>211</v>
       </c>
       <c r="E441">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F441" t="s">
-        <v>2959</v>
+        <v>2947</v>
       </c>
       <c r="G441" t="s">
-        <v>2960</v>
+        <v>2948</v>
       </c>
       <c r="H441" t="s">
-        <v>625</v>
+        <v>2949</v>
       </c>
       <c r="I441" t="s">
-        <v>2961</v>
+        <v>2950</v>
       </c>
       <c r="J441" t="s">
-        <v>2962</v>
+        <v>2951</v>
       </c>
       <c r="K441" t="s">
-        <v>2963</v>
+        <v>2952</v>
       </c>
       <c r="L441" t="s">
-        <v>2964</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
-        <v>2965</v>
+        <v>2954</v>
       </c>
       <c r="C442" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="D442" t="s">
-        <v>832</v>
+        <v>391</v>
       </c>
       <c r="E442">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F442" t="s">
-        <v>2966</v>
-[...1 lines deleted...]
-      <c r="G442"/>
+        <v>2955</v>
+      </c>
+      <c r="G442" t="s">
+        <v>2956</v>
+      </c>
       <c r="H442" t="s">
-        <v>2967</v>
+        <v>2957</v>
       </c>
       <c r="I442" t="s">
-        <v>2968</v>
+        <v>2958</v>
       </c>
       <c r="J442" t="s">
-        <v>2969</v>
-[...1 lines deleted...]
-      <c r="K442"/>
+        <v>2959</v>
+      </c>
+      <c r="K442" t="s">
+        <v>2960</v>
+      </c>
       <c r="L442" t="s">
-        <v>2970</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
-        <v>2971</v>
+        <v>2962</v>
       </c>
       <c r="C443" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="D443" t="s">
-        <v>505</v>
+        <v>44</v>
       </c>
       <c r="E443">
-        <v>2025</v>
+        <v>1997</v>
       </c>
       <c r="F443" t="s">
-        <v>2972</v>
-[...3 lines deleted...]
-      </c>
+        <v>2963</v>
+      </c>
+      <c r="G443"/>
       <c r="H443" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="I443" t="s">
-        <v>2974</v>
+        <v>2964</v>
       </c>
       <c r="J443" t="s">
-        <v>2975</v>
+        <v>2965</v>
       </c>
       <c r="K443" t="s">
-        <v>2976</v>
+        <v>2966</v>
       </c>
       <c r="L443" t="s">
-        <v>2977</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
-        <v>2978</v>
+        <v>2968</v>
       </c>
       <c r="C444" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="D444" t="s">
-        <v>44</v>
+        <v>239</v>
       </c>
       <c r="E444">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F444" t="s">
-        <v>2979</v>
-[...1 lines deleted...]
-      <c r="G444"/>
+        <v>2969</v>
+      </c>
+      <c r="G444" t="s">
+        <v>2970</v>
+      </c>
       <c r="H444" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-      <c r="J444"/>
+        <v>73</v>
+      </c>
+      <c r="I444" t="s">
+        <v>2971</v>
+      </c>
+      <c r="J444" t="s">
+        <v>2972</v>
+      </c>
       <c r="K444" t="s">
-        <v>2980</v>
+        <v>2973</v>
       </c>
       <c r="L444" t="s">
-        <v>2981</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445" t="s">
+        <v>2975</v>
+      </c>
+      <c r="C445" t="s">
+        <v>2976</v>
+      </c>
+      <c r="D445" t="s">
+        <v>2977</v>
+      </c>
+      <c r="E445">
+        <v>2026</v>
+      </c>
+      <c r="F445" t="s">
+        <v>2978</v>
+      </c>
+      <c r="G445"/>
+      <c r="H445" t="s">
+        <v>676</v>
+      </c>
+      <c r="I445" t="s">
+        <v>2979</v>
+      </c>
+      <c r="J445" t="s">
+        <v>2980</v>
+      </c>
+      <c r="K445" t="s">
+        <v>2981</v>
+      </c>
+      <c r="L445" t="s">
         <v>2982</v>
-      </c>
-[...28 lines deleted...]
-        <v>2989</v>
       </c>
     </row>
     <row r="446" spans="1:12">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446" t="s">
-        <v>2990</v>
+        <v>2983</v>
       </c>
       <c r="C446" t="s">
         <v>88</v>
       </c>
       <c r="D446" t="s">
-        <v>2991</v>
+        <v>44</v>
       </c>
       <c r="E446">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F446" t="s">
-        <v>2992</v>
-[...3 lines deleted...]
-      </c>
+        <v>2984</v>
+      </c>
+      <c r="G446"/>
       <c r="H446" t="s">
-        <v>964</v>
-[...3 lines deleted...]
-      </c>
+        <v>2985</v>
+      </c>
+      <c r="I446"/>
       <c r="J446" t="s">
-        <v>2995</v>
+        <v>2986</v>
       </c>
       <c r="K446" t="s">
-        <v>2996</v>
+        <v>2987</v>
       </c>
       <c r="L446" t="s">
-        <v>2997</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="447" spans="1:12">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447" t="s">
-        <v>2998</v>
+        <v>2989</v>
       </c>
       <c r="C447" t="s">
-        <v>88</v>
+        <v>2758</v>
       </c>
       <c r="D447" t="s">
-        <v>897</v>
+        <v>80</v>
       </c>
       <c r="E447">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F447" t="s">
-        <v>2999</v>
+        <v>2990</v>
       </c>
       <c r="G447" t="s">
-        <v>3000</v>
+        <v>2991</v>
       </c>
       <c r="H447" t="s">
-        <v>725</v>
+        <v>625</v>
       </c>
       <c r="I447" t="s">
-        <v>3001</v>
+        <v>2992</v>
       </c>
       <c r="J447" t="s">
-        <v>3002</v>
+        <v>2993</v>
       </c>
       <c r="K447" t="s">
-        <v>3003</v>
+        <v>2994</v>
       </c>
       <c r="L447" t="s">
-        <v>3004</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448" t="s">
-        <v>3005</v>
+        <v>2996</v>
       </c>
       <c r="C448" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="D448" t="s">
-        <v>400</v>
+        <v>839</v>
       </c>
       <c r="E448">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F448" t="s">
-        <v>3006</v>
-[...3 lines deleted...]
-      </c>
+        <v>2997</v>
+      </c>
+      <c r="G448"/>
       <c r="H448" t="s">
-        <v>336</v>
+        <v>2998</v>
       </c>
       <c r="I448" t="s">
-        <v>3008</v>
+        <v>2999</v>
       </c>
       <c r="J448" t="s">
-        <v>3009</v>
-[...3 lines deleted...]
-      </c>
+        <v>3000</v>
+      </c>
+      <c r="K448"/>
       <c r="L448" t="s">
-        <v>3011</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449" t="s">
-        <v>3012</v>
+        <v>3002</v>
       </c>
       <c r="C449" t="s">
         <v>70</v>
       </c>
       <c r="D449" t="s">
-        <v>400</v>
+        <v>505</v>
       </c>
       <c r="E449">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F449" t="s">
-        <v>3013</v>
+        <v>3003</v>
       </c>
       <c r="G449" t="s">
-        <v>3014</v>
+        <v>3004</v>
       </c>
       <c r="H449" t="s">
-        <v>529</v>
+        <v>154</v>
       </c>
       <c r="I449" t="s">
-        <v>3015</v>
+        <v>3005</v>
       </c>
       <c r="J449" t="s">
-        <v>3016</v>
+        <v>3006</v>
       </c>
       <c r="K449" t="s">
-        <v>3017</v>
+        <v>3007</v>
       </c>
       <c r="L449" t="s">
-        <v>3018</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450" t="s">
-        <v>3019</v>
+        <v>3009</v>
       </c>
       <c r="C450" t="s">
         <v>29</v>
       </c>
       <c r="D450" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="E450">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F450" t="s">
-        <v>3020</v>
+        <v>3010</v>
       </c>
       <c r="G450"/>
       <c r="H450" t="s">
-        <v>840</v>
-[...6 lines deleted...]
-      </c>
+        <v>789</v>
+      </c>
+      <c r="I450"/>
+      <c r="J450"/>
       <c r="K450" t="s">
-        <v>3023</v>
+        <v>3011</v>
       </c>
       <c r="L450" t="s">
-        <v>3024</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451" t="s">
-        <v>3025</v>
-[...1 lines deleted...]
-      <c r="C451"/>
+        <v>3013</v>
+      </c>
+      <c r="C451" t="s">
+        <v>3014</v>
+      </c>
       <c r="D451" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="E451">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F451" t="s">
-        <v>3026</v>
-[...1 lines deleted...]
-      <c r="G451"/>
+        <v>3015</v>
+      </c>
+      <c r="G451" t="s">
+        <v>3016</v>
+      </c>
       <c r="H451" t="s">
-        <v>3027</v>
-[...1 lines deleted...]
-      <c r="I451"/>
+        <v>154</v>
+      </c>
+      <c r="I451" t="s">
+        <v>3017</v>
+      </c>
       <c r="J451" t="s">
-        <v>3028</v>
+        <v>3018</v>
       </c>
       <c r="K451" t="s">
-        <v>3029</v>
+        <v>3019</v>
       </c>
       <c r="L451" t="s">
-        <v>3030</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452" t="s">
-        <v>3031</v>
+        <v>3021</v>
       </c>
       <c r="C452" t="s">
-        <v>256</v>
+        <v>88</v>
       </c>
       <c r="D452" t="s">
-        <v>366</v>
+        <v>3022</v>
       </c>
       <c r="E452">
-        <v>1961</v>
+        <v>2026</v>
       </c>
       <c r="F452" t="s">
-        <v>3032</v>
+        <v>3023</v>
       </c>
       <c r="G452" t="s">
-        <v>3033</v>
+        <v>3024</v>
       </c>
       <c r="H452" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-      <c r="J452"/>
+        <v>971</v>
+      </c>
+      <c r="I452" t="s">
+        <v>3025</v>
+      </c>
+      <c r="J452" t="s">
+        <v>3026</v>
+      </c>
       <c r="K452" t="s">
-        <v>3034</v>
+        <v>3027</v>
       </c>
       <c r="L452" t="s">
-        <v>3035</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453" t="s">
-        <v>3036</v>
+        <v>3029</v>
       </c>
       <c r="C453" t="s">
-        <v>256</v>
+        <v>88</v>
       </c>
       <c r="D453" t="s">
-        <v>239</v>
+        <v>904</v>
       </c>
       <c r="E453">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F453" t="s">
-        <v>3037</v>
-[...1 lines deleted...]
-      <c r="G453"/>
+        <v>3030</v>
+      </c>
+      <c r="G453" t="s">
+        <v>3031</v>
+      </c>
       <c r="H453" t="s">
-        <v>1157</v>
+        <v>725</v>
       </c>
       <c r="I453" t="s">
-        <v>3038</v>
+        <v>3032</v>
       </c>
       <c r="J453" t="s">
-        <v>3039</v>
+        <v>3033</v>
       </c>
       <c r="K453" t="s">
-        <v>3040</v>
+        <v>3034</v>
       </c>
       <c r="L453" t="s">
-        <v>3041</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="454" spans="1:12">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454" t="s">
+        <v>3036</v>
+      </c>
+      <c r="C454" t="s">
+        <v>70</v>
+      </c>
+      <c r="D454" t="s">
+        <v>400</v>
+      </c>
+      <c r="E454">
+        <v>2026</v>
+      </c>
+      <c r="F454" t="s">
+        <v>3037</v>
+      </c>
+      <c r="G454" t="s">
+        <v>3038</v>
+      </c>
+      <c r="H454" t="s">
+        <v>336</v>
+      </c>
+      <c r="I454" t="s">
+        <v>3039</v>
+      </c>
+      <c r="J454" t="s">
+        <v>3040</v>
+      </c>
+      <c r="K454" t="s">
+        <v>3041</v>
+      </c>
+      <c r="L454" t="s">
         <v>3042</v>
-      </c>
-[...26 lines deleted...]
-        <v>3048</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455" t="s">
+        <v>3043</v>
+      </c>
+      <c r="C455" t="s">
+        <v>70</v>
+      </c>
+      <c r="D455" t="s">
+        <v>400</v>
+      </c>
+      <c r="E455">
+        <v>2026</v>
+      </c>
+      <c r="F455" t="s">
+        <v>3044</v>
+      </c>
+      <c r="G455" t="s">
+        <v>3045</v>
+      </c>
+      <c r="H455" t="s">
+        <v>529</v>
+      </c>
+      <c r="I455" t="s">
+        <v>3046</v>
+      </c>
+      <c r="J455" t="s">
+        <v>3047</v>
+      </c>
+      <c r="K455" t="s">
+        <v>3048</v>
+      </c>
+      <c r="L455" t="s">
         <v>3049</v>
-      </c>
-[...24 lines deleted...]
-        <v>3053</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456" t="s">
-        <v>3054</v>
+        <v>3050</v>
       </c>
       <c r="C456" t="s">
-        <v>706</v>
+        <v>29</v>
       </c>
       <c r="D456" t="s">
-        <v>123</v>
+        <v>80</v>
       </c>
       <c r="E456">
-        <v>1990</v>
+        <v>2026</v>
       </c>
       <c r="F456" t="s">
-        <v>3055</v>
+        <v>3051</v>
       </c>
       <c r="G456"/>
       <c r="H456" t="s">
-        <v>23</v>
+        <v>847</v>
       </c>
       <c r="I456" t="s">
-        <v>3056</v>
+        <v>3052</v>
       </c>
       <c r="J456" t="s">
-        <v>3057</v>
+        <v>3053</v>
       </c>
       <c r="K456" t="s">
-        <v>3058</v>
+        <v>3054</v>
       </c>
       <c r="L456" t="s">
-        <v>3059</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="457" spans="1:12">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457" t="s">
-        <v>3060</v>
-[...3 lines deleted...]
-      </c>
+        <v>3056</v>
+      </c>
+      <c r="C457"/>
       <c r="D457" t="s">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="E457">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F457" t="s">
-        <v>3061</v>
+        <v>3057</v>
       </c>
       <c r="G457"/>
       <c r="H457" t="s">
-        <v>840</v>
+        <v>3058</v>
       </c>
       <c r="I457"/>
       <c r="J457" t="s">
-        <v>3062</v>
+        <v>3059</v>
       </c>
       <c r="K457" t="s">
-        <v>3063</v>
+        <v>3060</v>
       </c>
       <c r="L457" t="s">
-        <v>3064</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="458" spans="1:12">
       <c r="A458">
         <v>457</v>
       </c>
       <c r="B458" t="s">
-        <v>3065</v>
+        <v>3062</v>
       </c>
       <c r="C458" t="s">
-        <v>3066</v>
+        <v>256</v>
       </c>
       <c r="D458" t="s">
-        <v>3067</v>
+        <v>366</v>
       </c>
       <c r="E458">
-        <v>2025</v>
+        <v>1961</v>
       </c>
       <c r="F458" t="s">
-        <v>3068</v>
+        <v>3063</v>
       </c>
       <c r="G458" t="s">
-        <v>3069</v>
+        <v>3064</v>
       </c>
       <c r="H458" t="s">
-        <v>732</v>
+        <v>92</v>
       </c>
       <c r="I458"/>
       <c r="J458"/>
-      <c r="K458"/>
+      <c r="K458" t="s">
+        <v>3065</v>
+      </c>
       <c r="L458" t="s">
-        <v>3070</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="459" spans="1:12">
       <c r="A459">
         <v>458</v>
       </c>
       <c r="B459" t="s">
-        <v>3071</v>
+        <v>3067</v>
       </c>
       <c r="C459" t="s">
-        <v>303</v>
+        <v>256</v>
       </c>
       <c r="D459" t="s">
-        <v>95</v>
+        <v>239</v>
       </c>
       <c r="E459">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F459" t="s">
-        <v>3072</v>
+        <v>3068</v>
       </c>
       <c r="G459"/>
       <c r="H459" t="s">
-        <v>3073</v>
+        <v>1164</v>
       </c>
       <c r="I459" t="s">
-        <v>3074</v>
+        <v>3069</v>
       </c>
       <c r="J459" t="s">
-        <v>3075</v>
+        <v>3070</v>
       </c>
       <c r="K459" t="s">
-        <v>3076</v>
+        <v>3071</v>
       </c>
       <c r="L459" t="s">
-        <v>3077</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="460" spans="1:12">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460" t="s">
-        <v>3078</v>
+        <v>3073</v>
       </c>
       <c r="C460" t="s">
-        <v>194</v>
+        <v>1793</v>
       </c>
       <c r="D460" t="s">
-        <v>80</v>
+        <v>3074</v>
       </c>
       <c r="E460">
-        <v>2025</v>
+        <v>1997</v>
       </c>
       <c r="F460" t="s">
-        <v>3079</v>
+        <v>3075</v>
       </c>
       <c r="G460"/>
       <c r="H460" t="s">
-        <v>3080</v>
+        <v>306</v>
       </c>
       <c r="I460" t="s">
-        <v>3081</v>
-[...2 lines deleted...]
-      <c r="K460"/>
+        <v>3076</v>
+      </c>
+      <c r="J460" t="s">
+        <v>3077</v>
+      </c>
+      <c r="K460" t="s">
+        <v>3078</v>
+      </c>
       <c r="L460" t="s">
-        <v>3082</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="461" spans="1:12">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461" t="s">
+        <v>3080</v>
+      </c>
+      <c r="C461" t="s">
+        <v>256</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E461">
+        <v>2026</v>
+      </c>
+      <c r="F461" t="s">
+        <v>3081</v>
+      </c>
+      <c r="G461"/>
+      <c r="H461" t="s">
+        <v>971</v>
+      </c>
+      <c r="I461" t="s">
+        <v>3082</v>
+      </c>
+      <c r="J461" t="s">
         <v>3083</v>
       </c>
-      <c r="C461" t="s">
-[...8 lines deleted...]
-      <c r="F461" t="s">
+      <c r="K461"/>
+      <c r="L461" t="s">
         <v>3084</v>
-      </c>
-[...16 lines deleted...]
-        <v>3089</v>
       </c>
     </row>
     <row r="462" spans="1:12">
       <c r="A462">
         <v>461</v>
       </c>
       <c r="B462" t="s">
+        <v>3085</v>
+      </c>
+      <c r="C462" t="s">
+        <v>706</v>
+      </c>
+      <c r="D462" t="s">
+        <v>123</v>
+      </c>
+      <c r="E462">
+        <v>1990</v>
+      </c>
+      <c r="F462" t="s">
+        <v>3086</v>
+      </c>
+      <c r="G462"/>
+      <c r="H462" t="s">
+        <v>23</v>
+      </c>
+      <c r="I462" t="s">
+        <v>3087</v>
+      </c>
+      <c r="J462" t="s">
+        <v>3088</v>
+      </c>
+      <c r="K462" t="s">
+        <v>3089</v>
+      </c>
+      <c r="L462" t="s">
         <v>3090</v>
-      </c>
-[...28 lines deleted...]
-        <v>3096</v>
       </c>
     </row>
     <row r="463" spans="1:12">
       <c r="A463">
         <v>462</v>
       </c>
       <c r="B463" t="s">
-        <v>3097</v>
+        <v>3091</v>
       </c>
       <c r="C463" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D463" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="E463">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F463" t="s">
-        <v>3098</v>
+        <v>3092</v>
       </c>
       <c r="G463"/>
       <c r="H463" t="s">
-        <v>112</v>
+        <v>847</v>
       </c>
       <c r="I463"/>
-      <c r="J463"/>
+      <c r="J463" t="s">
+        <v>3093</v>
+      </c>
       <c r="K463" t="s">
-        <v>3099</v>
+        <v>3094</v>
       </c>
       <c r="L463" t="s">
-        <v>3100</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="464" spans="1:12">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464" t="s">
-        <v>3101</v>
+        <v>3096</v>
       </c>
       <c r="C464" t="s">
-        <v>29</v>
+        <v>3097</v>
       </c>
       <c r="D464" t="s">
-        <v>44</v>
+        <v>3098</v>
       </c>
       <c r="E464">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F464" t="s">
-        <v>3102</v>
-[...1 lines deleted...]
-      <c r="G464"/>
+        <v>3099</v>
+      </c>
+      <c r="G464" t="s">
+        <v>3100</v>
+      </c>
       <c r="H464" t="s">
-        <v>189</v>
+        <v>732</v>
       </c>
       <c r="I464"/>
       <c r="J464"/>
-      <c r="K464" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K464"/>
       <c r="L464" t="s">
-        <v>3104</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="465" spans="1:12">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465" t="s">
-        <v>3105</v>
+        <v>3102</v>
       </c>
       <c r="C465" t="s">
-        <v>29</v>
+        <v>303</v>
       </c>
       <c r="D465" t="s">
-        <v>44</v>
+        <v>95</v>
       </c>
       <c r="E465">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F465" t="s">
-        <v>3106</v>
+        <v>3103</v>
       </c>
       <c r="G465"/>
       <c r="H465" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="J465"/>
+        <v>3104</v>
+      </c>
+      <c r="I465" t="s">
+        <v>3105</v>
+      </c>
+      <c r="J465" t="s">
+        <v>3106</v>
+      </c>
       <c r="K465" t="s">
         <v>3107</v>
       </c>
       <c r="L465" t="s">
         <v>3108</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466">
         <v>465</v>
       </c>
       <c r="B466" t="s">
         <v>3109</v>
       </c>
       <c r="C466" t="s">
         <v>194</v>
       </c>
       <c r="D466" t="s">
         <v>80</v>
       </c>
       <c r="E466">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F466" t="s">
         <v>3110</v>
       </c>
       <c r="G466"/>
       <c r="H466" t="s">
         <v>3111</v>
       </c>
       <c r="I466" t="s">
         <v>3112</v>
       </c>
-      <c r="J466" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J466"/>
       <c r="K466"/>
       <c r="L466" t="s">
-        <v>3114</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467">
         <v>466</v>
       </c>
       <c r="B467" t="s">
-        <v>3109</v>
-[...1 lines deleted...]
-      <c r="C467"/>
+        <v>3114</v>
+      </c>
+      <c r="C467" t="s">
+        <v>13</v>
+      </c>
       <c r="D467" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="E467">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F467" t="s">
         <v>3115</v>
       </c>
-      <c r="G467"/>
+      <c r="G467" t="s">
+        <v>3116</v>
+      </c>
       <c r="H467" t="s">
-        <v>3111</v>
+        <v>971</v>
       </c>
       <c r="I467" t="s">
-        <v>3112</v>
-[...3 lines deleted...]
-      <c r="L467"/>
+        <v>3117</v>
+      </c>
+      <c r="J467" t="s">
+        <v>3118</v>
+      </c>
+      <c r="K467" t="s">
+        <v>3119</v>
+      </c>
+      <c r="L467" t="s">
+        <v>3120</v>
+      </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468" t="s">
-        <v>3116</v>
+        <v>3121</v>
       </c>
       <c r="C468" t="s">
-        <v>631</v>
+        <v>13</v>
       </c>
       <c r="D468" t="s">
-        <v>44</v>
+        <v>366</v>
       </c>
       <c r="E468">
-        <v>1975</v>
+        <v>2026</v>
       </c>
       <c r="F468" t="s">
-        <v>3117</v>
-[...1 lines deleted...]
-      <c r="G468"/>
+        <v>3122</v>
+      </c>
+      <c r="G468" t="s">
+        <v>3123</v>
+      </c>
       <c r="H468" t="s">
-        <v>748</v>
+        <v>739</v>
       </c>
       <c r="I468" t="s">
-        <v>3118</v>
+        <v>3124</v>
       </c>
       <c r="J468" t="s">
-        <v>3119</v>
+        <v>3125</v>
       </c>
       <c r="K468" t="s">
-        <v>3120</v>
+        <v>3126</v>
       </c>
       <c r="L468" t="s">
-        <v>3121</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469" t="s">
-        <v>3122</v>
+        <v>3128</v>
       </c>
       <c r="C469" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="D469" t="s">
-        <v>693</v>
+        <v>44</v>
       </c>
       <c r="E469">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F469" t="s">
-        <v>3123</v>
-[...3 lines deleted...]
-      </c>
+        <v>3129</v>
+      </c>
+      <c r="G469"/>
       <c r="H469" t="s">
-        <v>3125</v>
+        <v>112</v>
       </c>
       <c r="I469"/>
-      <c r="J469" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J469"/>
       <c r="K469" t="s">
-        <v>3127</v>
+        <v>3130</v>
       </c>
       <c r="L469" t="s">
-        <v>3128</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470" t="s">
-        <v>3129</v>
+        <v>3132</v>
       </c>
       <c r="C470" t="s">
         <v>29</v>
       </c>
       <c r="D470" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="E470">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F470" t="s">
-        <v>3123</v>
+        <v>3133</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
-        <v>840</v>
-[...6 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="I470"/>
+      <c r="J470"/>
       <c r="K470" t="s">
-        <v>3131</v>
+        <v>3134</v>
       </c>
       <c r="L470" t="s">
-        <v>3132</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="471" spans="1:12">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471" t="s">
-        <v>3133</v>
+        <v>3136</v>
       </c>
       <c r="C471" t="s">
-        <v>490</v>
+        <v>29</v>
       </c>
       <c r="D471" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="E471">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F471" t="s">
-        <v>3134</v>
+        <v>3137</v>
       </c>
       <c r="G471"/>
       <c r="H471" t="s">
-        <v>3135</v>
-[...6 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="I471"/>
+      <c r="J471"/>
       <c r="K471" t="s">
         <v>3138</v>
       </c>
       <c r="L471" t="s">
         <v>3139</v>
       </c>
     </row>
     <row r="472" spans="1:12">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472" t="s">
         <v>3140</v>
       </c>
       <c r="C472" t="s">
-        <v>1726</v>
+        <v>194</v>
       </c>
       <c r="D472" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="E472">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F472" t="s">
         <v>3141</v>
       </c>
-      <c r="G472" t="s">
+      <c r="G472"/>
+      <c r="H472" t="s">
         <v>3142</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="I472" t="s">
         <v>3143</v>
       </c>
       <c r="J472" t="s">
         <v>3144</v>
       </c>
-      <c r="K472" t="s">
+      <c r="K472"/>
+      <c r="L472" t="s">
         <v>3145</v>
-      </c>
-[...1 lines deleted...]
-        <v>3146</v>
       </c>
     </row>
     <row r="473" spans="1:12">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473" t="s">
-        <v>3147</v>
-[...3 lines deleted...]
-      </c>
+        <v>3140</v>
+      </c>
+      <c r="C473"/>
       <c r="D473" t="s">
         <v>80</v>
       </c>
       <c r="E473">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F473" t="s">
-        <v>3148</v>
+        <v>3146</v>
       </c>
       <c r="G473"/>
       <c r="H473" t="s">
-        <v>3149</v>
+        <v>3142</v>
       </c>
       <c r="I473" t="s">
-        <v>3150</v>
+        <v>3143</v>
       </c>
       <c r="J473"/>
-      <c r="K473" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="K473"/>
+      <c r="L473"/>
     </row>
     <row r="474" spans="1:12">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474" t="s">
-        <v>3153</v>
+        <v>3147</v>
       </c>
       <c r="C474" t="s">
-        <v>13</v>
+        <v>631</v>
       </c>
       <c r="D474" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="E474">
-        <v>2025</v>
+        <v>1975</v>
       </c>
       <c r="F474" t="s">
-        <v>3154</v>
+        <v>3148</v>
       </c>
       <c r="G474"/>
       <c r="H474" t="s">
-        <v>23</v>
+        <v>748</v>
       </c>
       <c r="I474" t="s">
-        <v>3155</v>
+        <v>3149</v>
       </c>
       <c r="J474" t="s">
-        <v>3156</v>
+        <v>3150</v>
       </c>
       <c r="K474" t="s">
-        <v>3157</v>
+        <v>3151</v>
       </c>
       <c r="L474" t="s">
-        <v>3158</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="475" spans="1:12">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475" t="s">
+        <v>3153</v>
+      </c>
+      <c r="C475" t="s">
+        <v>29</v>
+      </c>
+      <c r="D475" t="s">
+        <v>693</v>
+      </c>
+      <c r="E475">
+        <v>2026</v>
+      </c>
+      <c r="F475" t="s">
+        <v>3154</v>
+      </c>
+      <c r="G475" t="s">
+        <v>3155</v>
+      </c>
+      <c r="H475" t="s">
+        <v>3156</v>
+      </c>
+      <c r="I475"/>
+      <c r="J475" t="s">
+        <v>3157</v>
+      </c>
+      <c r="K475" t="s">
+        <v>3158</v>
+      </c>
+      <c r="L475" t="s">
         <v>3159</v>
-      </c>
-[...28 lines deleted...]
-        <v>3166</v>
       </c>
     </row>
     <row r="476" spans="1:12">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476" t="s">
-        <v>3167</v>
+        <v>3160</v>
       </c>
       <c r="C476" t="s">
-        <v>174</v>
+        <v>29</v>
       </c>
       <c r="D476" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="E476">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F476" t="s">
-        <v>3168</v>
-[...3 lines deleted...]
-      </c>
+        <v>3154</v>
+      </c>
+      <c r="G476"/>
       <c r="H476" t="s">
-        <v>964</v>
-[...3 lines deleted...]
-      <c r="K476"/>
+        <v>847</v>
+      </c>
+      <c r="I476" t="s">
+        <v>3161</v>
+      </c>
+      <c r="J476" t="s">
+        <v>3157</v>
+      </c>
+      <c r="K476" t="s">
+        <v>3162</v>
+      </c>
       <c r="L476" t="s">
-        <v>3170</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="477" spans="1:12">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477" t="s">
-        <v>3171</v>
+        <v>3164</v>
       </c>
       <c r="C477" t="s">
-        <v>256</v>
+        <v>490</v>
       </c>
       <c r="D477" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="E477">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F477" t="s">
-        <v>3172</v>
+        <v>3165</v>
       </c>
       <c r="G477"/>
       <c r="H477" t="s">
-        <v>2036</v>
+        <v>3166</v>
       </c>
       <c r="I477" t="s">
-        <v>3173</v>
+        <v>3167</v>
       </c>
       <c r="J477" t="s">
-        <v>3174</v>
+        <v>3168</v>
       </c>
       <c r="K477" t="s">
-        <v>3175</v>
+        <v>3169</v>
       </c>
       <c r="L477" t="s">
-        <v>3176</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="478" spans="1:12">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478" t="s">
+        <v>3171</v>
+      </c>
+      <c r="C478" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D478" t="s">
+        <v>20</v>
+      </c>
+      <c r="E478">
+        <v>2026</v>
+      </c>
+      <c r="F478" t="s">
+        <v>3172</v>
+      </c>
+      <c r="G478" t="s">
+        <v>3173</v>
+      </c>
+      <c r="H478" t="s">
+        <v>359</v>
+      </c>
+      <c r="I478" t="s">
+        <v>3174</v>
+      </c>
+      <c r="J478" t="s">
+        <v>3175</v>
+      </c>
+      <c r="K478" t="s">
+        <v>3176</v>
+      </c>
+      <c r="L478" t="s">
         <v>3177</v>
-      </c>
-[...26 lines deleted...]
-        <v>3182</v>
       </c>
     </row>
     <row r="479" spans="1:12">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479" t="s">
-        <v>3183</v>
+        <v>3178</v>
       </c>
       <c r="C479" t="s">
-        <v>88</v>
+        <v>194</v>
       </c>
       <c r="D479" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="E479">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F479" t="s">
-        <v>3184</v>
+        <v>3179</v>
       </c>
       <c r="G479"/>
       <c r="H479" t="s">
-        <v>2789</v>
+        <v>3180</v>
       </c>
       <c r="I479" t="s">
-        <v>3185</v>
-[...3 lines deleted...]
-      </c>
+        <v>3181</v>
+      </c>
+      <c r="J479"/>
       <c r="K479" t="s">
-        <v>3187</v>
+        <v>3182</v>
       </c>
       <c r="L479" t="s">
-        <v>3188</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="480" spans="1:12">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480" t="s">
+        <v>3184</v>
+      </c>
+      <c r="C480" t="s">
+        <v>13</v>
+      </c>
+      <c r="D480" t="s">
+        <v>14</v>
+      </c>
+      <c r="E480">
+        <v>2026</v>
+      </c>
+      <c r="F480" t="s">
+        <v>3185</v>
+      </c>
+      <c r="G480"/>
+      <c r="H480" t="s">
+        <v>23</v>
+      </c>
+      <c r="I480" t="s">
+        <v>3186</v>
+      </c>
+      <c r="J480" t="s">
+        <v>3187</v>
+      </c>
+      <c r="K480" t="s">
+        <v>3188</v>
+      </c>
+      <c r="L480" t="s">
         <v>3189</v>
-      </c>
-[...28 lines deleted...]
-        <v>3195</v>
       </c>
     </row>
     <row r="481" spans="1:12">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481" t="s">
+        <v>3190</v>
+      </c>
+      <c r="C481" t="s">
+        <v>88</v>
+      </c>
+      <c r="D481" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E481">
+        <v>2026</v>
+      </c>
+      <c r="F481" t="s">
+        <v>3192</v>
+      </c>
+      <c r="G481" t="s">
+        <v>3193</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1038</v>
+      </c>
+      <c r="I481" t="s">
+        <v>3194</v>
+      </c>
+      <c r="J481" t="s">
+        <v>3195</v>
+      </c>
+      <c r="K481" t="s">
         <v>3196</v>
       </c>
-      <c r="C481" t="s">
-[...8 lines deleted...]
-      <c r="F481" t="s">
+      <c r="L481" t="s">
         <v>3197</v>
-      </c>
-[...16 lines deleted...]
-        <v>3202</v>
       </c>
     </row>
     <row r="482" spans="1:12">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482" t="s">
-        <v>3203</v>
+        <v>3198</v>
       </c>
       <c r="C482" t="s">
-        <v>43</v>
+        <v>174</v>
       </c>
       <c r="D482" t="s">
-        <v>366</v>
+        <v>20</v>
       </c>
       <c r="E482">
-        <v>1973</v>
+        <v>2026</v>
       </c>
       <c r="F482" t="s">
-        <v>3204</v>
+        <v>3199</v>
       </c>
       <c r="G482" t="s">
-        <v>3205</v>
+        <v>3200</v>
       </c>
       <c r="H482" t="s">
-        <v>3206</v>
-[...6 lines deleted...]
-      </c>
+        <v>971</v>
+      </c>
+      <c r="I482"/>
+      <c r="J482"/>
       <c r="K482"/>
       <c r="L482" t="s">
-        <v>3209</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="483" spans="1:12">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483" t="s">
-        <v>3210</v>
+        <v>3202</v>
       </c>
       <c r="C483" t="s">
-        <v>70</v>
+        <v>256</v>
       </c>
       <c r="D483" t="s">
-        <v>3211</v>
+        <v>44</v>
       </c>
       <c r="E483">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F483" t="s">
-        <v>3212</v>
-[...3 lines deleted...]
-      </c>
+        <v>3203</v>
+      </c>
+      <c r="G483"/>
       <c r="H483" t="s">
-        <v>73</v>
+        <v>2063</v>
       </c>
       <c r="I483" t="s">
-        <v>3214</v>
+        <v>3204</v>
       </c>
       <c r="J483" t="s">
-        <v>3215</v>
+        <v>3205</v>
       </c>
       <c r="K483" t="s">
-        <v>3216</v>
+        <v>3206</v>
       </c>
       <c r="L483" t="s">
-        <v>3217</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="484" spans="1:12">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484" t="s">
-        <v>3218</v>
+        <v>3208</v>
       </c>
       <c r="C484" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="D484" t="s">
-        <v>80</v>
+        <v>366</v>
       </c>
       <c r="E484">
-        <v>2025</v>
+        <v>1969</v>
       </c>
       <c r="F484" t="s">
-        <v>3219</v>
-[...3 lines deleted...]
-        <v>797</v>
+        <v>3209</v>
+      </c>
+      <c r="G484" t="s">
+        <v>3210</v>
+      </c>
+      <c r="H484">
+        <v>103</v>
       </c>
       <c r="I484" t="s">
-        <v>3220</v>
+        <v>3211</v>
       </c>
       <c r="J484" t="s">
-        <v>3221</v>
-[...3 lines deleted...]
-      </c>
+        <v>3212</v>
+      </c>
+      <c r="K484"/>
       <c r="L484" t="s">
-        <v>3223</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="485" spans="1:12">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485" t="s">
-        <v>3224</v>
+        <v>3214</v>
       </c>
       <c r="C485" t="s">
-        <v>104</v>
+        <v>88</v>
       </c>
       <c r="D485" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="E485">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F485" t="s">
-        <v>3225</v>
+        <v>3215</v>
       </c>
       <c r="G485"/>
       <c r="H485" t="s">
-        <v>3226</v>
+        <v>2820</v>
       </c>
       <c r="I485" t="s">
-        <v>3227</v>
-[...2 lines deleted...]
-      <c r="K485"/>
+        <v>3216</v>
+      </c>
+      <c r="J485" t="s">
+        <v>3217</v>
+      </c>
+      <c r="K485" t="s">
+        <v>3218</v>
+      </c>
       <c r="L485" t="s">
-        <v>3228</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="486" spans="1:12">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486" t="s">
-        <v>3229</v>
+        <v>3220</v>
       </c>
       <c r="C486" t="s">
-        <v>29</v>
+        <v>256</v>
       </c>
       <c r="D486" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="E486">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F486" t="s">
-        <v>3230</v>
-[...1 lines deleted...]
-      <c r="G486"/>
+        <v>3221</v>
+      </c>
+      <c r="G486" t="s">
+        <v>3222</v>
+      </c>
       <c r="H486" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="J486"/>
+        <v>369</v>
+      </c>
+      <c r="I486" t="s">
+        <v>3223</v>
+      </c>
+      <c r="J486" t="s">
+        <v>3224</v>
+      </c>
       <c r="K486" t="s">
-        <v>3231</v>
+        <v>3225</v>
       </c>
       <c r="L486" t="s">
-        <v>3232</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="487" spans="1:12">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487" t="s">
+        <v>3227</v>
+      </c>
+      <c r="C487" t="s">
+        <v>303</v>
+      </c>
+      <c r="D487" t="s">
+        <v>391</v>
+      </c>
+      <c r="E487">
+        <v>1977</v>
+      </c>
+      <c r="F487" t="s">
+        <v>3228</v>
+      </c>
+      <c r="G487" t="s">
+        <v>3229</v>
+      </c>
+      <c r="H487" t="s">
+        <v>625</v>
+      </c>
+      <c r="I487" t="s">
+        <v>3230</v>
+      </c>
+      <c r="J487" t="s">
+        <v>3231</v>
+      </c>
+      <c r="K487" t="s">
+        <v>3232</v>
+      </c>
+      <c r="L487" t="s">
         <v>3233</v>
-      </c>
-[...28 lines deleted...]
-        <v>3241</v>
       </c>
     </row>
     <row r="488" spans="1:12">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488" t="s">
-        <v>3242</v>
+        <v>3234</v>
       </c>
       <c r="C488" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="D488" t="s">
-        <v>44</v>
+        <v>366</v>
       </c>
       <c r="E488">
-        <v>2025</v>
+        <v>1973</v>
       </c>
       <c r="F488" t="s">
-        <v>3243</v>
-[...1 lines deleted...]
-      <c r="G488"/>
+        <v>3235</v>
+      </c>
+      <c r="G488" t="s">
+        <v>3236</v>
+      </c>
       <c r="H488" t="s">
-        <v>112</v>
+        <v>3237</v>
       </c>
       <c r="I488" t="s">
-        <v>3244</v>
-[...4 lines deleted...]
-      </c>
+        <v>3238</v>
+      </c>
+      <c r="J488" t="s">
+        <v>3239</v>
+      </c>
+      <c r="K488"/>
       <c r="L488" t="s">
-        <v>3246</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="489" spans="1:12">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489" t="s">
+        <v>3241</v>
+      </c>
+      <c r="C489" t="s">
+        <v>70</v>
+      </c>
+      <c r="D489" t="s">
+        <v>3242</v>
+      </c>
+      <c r="E489">
+        <v>2026</v>
+      </c>
+      <c r="F489" t="s">
+        <v>3243</v>
+      </c>
+      <c r="G489" t="s">
+        <v>3244</v>
+      </c>
+      <c r="H489" t="s">
+        <v>73</v>
+      </c>
+      <c r="I489" t="s">
+        <v>3245</v>
+      </c>
+      <c r="J489" t="s">
+        <v>3246</v>
+      </c>
+      <c r="K489" t="s">
         <v>3247</v>
       </c>
-      <c r="C489" t="s">
-[...8 lines deleted...]
-      <c r="F489" t="s">
+      <c r="L489" t="s">
         <v>3248</v>
-      </c>
-[...14 lines deleted...]
-        <v>3252</v>
       </c>
     </row>
     <row r="490" spans="1:12">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490" t="s">
-        <v>3253</v>
+        <v>3249</v>
       </c>
       <c r="C490" t="s">
         <v>29</v>
       </c>
       <c r="D490" t="s">
         <v>80</v>
       </c>
       <c r="E490">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F490" t="s">
-        <v>3254</v>
+        <v>3250</v>
       </c>
       <c r="G490"/>
       <c r="H490" t="s">
-        <v>3255</v>
-[...1 lines deleted...]
-      <c r="I490"/>
+        <v>797</v>
+      </c>
+      <c r="I490" t="s">
+        <v>3251</v>
+      </c>
       <c r="J490" t="s">
-        <v>3256</v>
+        <v>3252</v>
       </c>
       <c r="K490" t="s">
-        <v>3257</v>
+        <v>3253</v>
       </c>
       <c r="L490" t="s">
-        <v>3258</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="491" spans="1:12">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491" t="s">
-        <v>3259</v>
+        <v>3255</v>
       </c>
       <c r="C491" t="s">
-        <v>2212</v>
+        <v>104</v>
       </c>
       <c r="D491" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="E491">
-        <v>1987</v>
+        <v>2026</v>
       </c>
       <c r="F491" t="s">
-        <v>3260</v>
+        <v>3256</v>
       </c>
       <c r="G491"/>
       <c r="H491" t="s">
-        <v>319</v>
+        <v>3257</v>
       </c>
       <c r="I491" t="s">
-        <v>3261</v>
-[...6 lines deleted...]
-      </c>
+        <v>3258</v>
+      </c>
+      <c r="J491"/>
+      <c r="K491"/>
       <c r="L491" t="s">
-        <v>3264</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="492" spans="1:12">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492" t="s">
-        <v>3265</v>
+        <v>3260</v>
       </c>
       <c r="C492" t="s">
         <v>29</v>
       </c>
       <c r="D492" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="E492">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F492" t="s">
-        <v>3266</v>
+        <v>3261</v>
       </c>
       <c r="G492"/>
       <c r="H492" t="s">
-        <v>3267</v>
-[...6 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="I492"/>
+      <c r="J492"/>
       <c r="K492" t="s">
-        <v>3270</v>
+        <v>3262</v>
       </c>
       <c r="L492" t="s">
-        <v>3271</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="493" spans="1:12">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493" t="s">
+        <v>3264</v>
+      </c>
+      <c r="C493" t="s">
+        <v>88</v>
+      </c>
+      <c r="D493" t="s">
+        <v>3265</v>
+      </c>
+      <c r="E493">
+        <v>2026</v>
+      </c>
+      <c r="F493" t="s">
+        <v>3266</v>
+      </c>
+      <c r="G493" t="s">
+        <v>3267</v>
+      </c>
+      <c r="H493" t="s">
+        <v>3268</v>
+      </c>
+      <c r="I493" t="s">
+        <v>3269</v>
+      </c>
+      <c r="J493" t="s">
+        <v>3270</v>
+      </c>
+      <c r="K493" t="s">
+        <v>3271</v>
+      </c>
+      <c r="L493" t="s">
         <v>3272</v>
-      </c>
-[...24 lines deleted...]
-        <v>3276</v>
       </c>
     </row>
     <row r="494" spans="1:12">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494" t="s">
+        <v>3273</v>
+      </c>
+      <c r="C494" t="s">
+        <v>53</v>
+      </c>
+      <c r="D494" t="s">
+        <v>44</v>
+      </c>
+      <c r="E494">
+        <v>2026</v>
+      </c>
+      <c r="F494" t="s">
+        <v>3274</v>
+      </c>
+      <c r="G494"/>
+      <c r="H494" t="s">
+        <v>112</v>
+      </c>
+      <c r="I494" t="s">
+        <v>3275</v>
+      </c>
+      <c r="J494"/>
+      <c r="K494" t="s">
+        <v>3276</v>
+      </c>
+      <c r="L494" t="s">
         <v>3277</v>
-      </c>
-[...28 lines deleted...]
-        <v>3283</v>
       </c>
     </row>
     <row r="495" spans="1:12">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495" t="s">
-        <v>3284</v>
+        <v>3278</v>
       </c>
       <c r="C495" t="s">
-        <v>2727</v>
+        <v>29</v>
       </c>
       <c r="D495" t="s">
         <v>80</v>
       </c>
       <c r="E495">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F495" t="s">
-        <v>3285</v>
+        <v>3279</v>
       </c>
       <c r="G495"/>
       <c r="H495" t="s">
-        <v>162</v>
+        <v>886</v>
       </c>
       <c r="I495" t="s">
-        <v>3286</v>
+        <v>3280</v>
       </c>
       <c r="J495" t="s">
-        <v>3287</v>
+        <v>3281</v>
       </c>
       <c r="K495" t="s">
-        <v>3288</v>
+        <v>3282</v>
       </c>
       <c r="L495" t="s">
-        <v>3289</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="496" spans="1:12">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496" t="s">
-        <v>3290</v>
+        <v>3284</v>
       </c>
       <c r="C496" t="s">
-        <v>3291</v>
+        <v>29</v>
       </c>
       <c r="D496" t="s">
-        <v>3292</v>
+        <v>80</v>
       </c>
       <c r="E496">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F496" t="s">
-        <v>3293</v>
+        <v>3285</v>
       </c>
       <c r="G496"/>
       <c r="H496" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>3286</v>
+      </c>
+      <c r="I496"/>
       <c r="J496" t="s">
-        <v>3295</v>
+        <v>3287</v>
       </c>
       <c r="K496" t="s">
-        <v>3296</v>
+        <v>3288</v>
       </c>
       <c r="L496" t="s">
-        <v>3297</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="497" spans="1:12">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497" t="s">
-        <v>3298</v>
+        <v>3290</v>
       </c>
       <c r="C497" t="s">
-        <v>256</v>
+        <v>2239</v>
       </c>
       <c r="D497" t="s">
-        <v>3299</v>
+        <v>44</v>
       </c>
       <c r="E497">
-        <v>2025</v>
+        <v>1987</v>
       </c>
       <c r="F497" t="s">
-        <v>3300</v>
-[...3 lines deleted...]
-      </c>
+        <v>3291</v>
+      </c>
+      <c r="G497"/>
       <c r="H497" t="s">
-        <v>425</v>
+        <v>319</v>
       </c>
       <c r="I497" t="s">
-        <v>3302</v>
+        <v>3292</v>
       </c>
       <c r="J497" t="s">
-        <v>3303</v>
+        <v>3293</v>
       </c>
       <c r="K497" t="s">
-        <v>3304</v>
+        <v>3294</v>
       </c>
       <c r="L497" t="s">
-        <v>3305</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="498" spans="1:12">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498" t="s">
-        <v>3306</v>
+        <v>3296</v>
       </c>
       <c r="C498" t="s">
-        <v>303</v>
+        <v>29</v>
       </c>
       <c r="D498" t="s">
-        <v>1913</v>
+        <v>80</v>
       </c>
       <c r="E498">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F498" t="s">
-        <v>3307</v>
-[...3 lines deleted...]
-      </c>
+        <v>3297</v>
+      </c>
+      <c r="G498"/>
       <c r="H498" t="s">
-        <v>259</v>
+        <v>3298</v>
       </c>
       <c r="I498" t="s">
-        <v>3309</v>
+        <v>3299</v>
       </c>
       <c r="J498" t="s">
-        <v>3310</v>
+        <v>3300</v>
       </c>
       <c r="K498" t="s">
-        <v>3311</v>
+        <v>3301</v>
       </c>
       <c r="L498" t="s">
-        <v>3312</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="499" spans="1:12">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499" t="s">
-        <v>3313</v>
-[...1 lines deleted...]
-      <c r="C499"/>
+        <v>3303</v>
+      </c>
+      <c r="C499" t="s">
+        <v>29</v>
+      </c>
       <c r="D499" t="s">
-        <v>2021</v>
+        <v>123</v>
       </c>
       <c r="E499">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F499" t="s">
-        <v>3314</v>
-[...1 lines deleted...]
-      <c r="G499"/>
+        <v>3304</v>
+      </c>
+      <c r="G499" t="s">
+        <v>3305</v>
+      </c>
       <c r="H499" t="s">
-        <v>3315</v>
-[...1 lines deleted...]
-      <c r="I499"/>
+        <v>907</v>
+      </c>
+      <c r="I499" t="s">
+        <v>3306</v>
+      </c>
       <c r="J499"/>
-      <c r="K499" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K499"/>
       <c r="L499" t="s">
-        <v>3317</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="500" spans="1:12">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500" t="s">
-        <v>3318</v>
+        <v>3308</v>
       </c>
       <c r="C500" t="s">
-        <v>53</v>
+        <v>1743</v>
       </c>
       <c r="D500" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="E500">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F500" t="s">
-        <v>3319</v>
-[...1 lines deleted...]
-      <c r="G500"/>
+        <v>3309</v>
+      </c>
+      <c r="G500" t="s">
+        <v>3310</v>
+      </c>
       <c r="H500" t="s">
-        <v>907</v>
+        <v>154</v>
       </c>
       <c r="I500" t="s">
-        <v>3320</v>
+        <v>3311</v>
       </c>
       <c r="J500" t="s">
-        <v>3321</v>
+        <v>3312</v>
       </c>
       <c r="K500" t="s">
-        <v>3322</v>
+        <v>3313</v>
       </c>
       <c r="L500" t="s">
-        <v>3323</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="501" spans="1:12">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501" t="s">
-        <v>3324</v>
+        <v>3315</v>
       </c>
       <c r="C501" t="s">
-        <v>70</v>
+        <v>2758</v>
       </c>
       <c r="D501" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="E501">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F501" t="s">
-        <v>3325</v>
+        <v>3316</v>
       </c>
       <c r="G501"/>
       <c r="H501" t="s">
-        <v>3326</v>
+        <v>162</v>
       </c>
       <c r="I501" t="s">
-        <v>3327</v>
+        <v>3317</v>
       </c>
       <c r="J501" t="s">
-        <v>3328</v>
+        <v>3318</v>
       </c>
       <c r="K501" t="s">
-        <v>3329</v>
+        <v>3319</v>
       </c>
       <c r="L501" t="s">
-        <v>3330</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="502" spans="1:12">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502" t="s">
-        <v>3331</v>
+        <v>3321</v>
       </c>
       <c r="C502" t="s">
-        <v>766</v>
+        <v>3322</v>
       </c>
       <c r="D502" t="s">
-        <v>20</v>
+        <v>3323</v>
       </c>
       <c r="E502">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F502" t="s">
-        <v>3332</v>
+        <v>3324</v>
       </c>
       <c r="G502"/>
       <c r="H502" t="s">
-        <v>739</v>
+        <v>16</v>
       </c>
       <c r="I502" t="s">
-        <v>3333</v>
+        <v>3325</v>
       </c>
       <c r="J502" t="s">
-        <v>3334</v>
+        <v>3326</v>
       </c>
       <c r="K502" t="s">
-        <v>3335</v>
+        <v>3327</v>
       </c>
       <c r="L502" t="s">
-        <v>3336</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="503" spans="1:12">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503" t="s">
-        <v>3337</v>
+        <v>3329</v>
       </c>
       <c r="C503" t="s">
-        <v>766</v>
+        <v>256</v>
       </c>
       <c r="D503" t="s">
-        <v>20</v>
+        <v>3330</v>
       </c>
       <c r="E503">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F503" t="s">
-        <v>3338</v>
-[...1 lines deleted...]
-      <c r="G503"/>
+        <v>3331</v>
+      </c>
+      <c r="G503" t="s">
+        <v>3332</v>
+      </c>
       <c r="H503" t="s">
-        <v>3339</v>
+        <v>425</v>
       </c>
       <c r="I503" t="s">
-        <v>3340</v>
+        <v>3333</v>
       </c>
       <c r="J503" t="s">
-        <v>3341</v>
+        <v>3334</v>
       </c>
       <c r="K503" t="s">
-        <v>3342</v>
+        <v>3335</v>
       </c>
       <c r="L503" t="s">
-        <v>3343</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="504" spans="1:12">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504" t="s">
-        <v>3344</v>
+        <v>3337</v>
       </c>
       <c r="C504" t="s">
-        <v>29</v>
+        <v>303</v>
       </c>
       <c r="D504" t="s">
-        <v>44</v>
+        <v>1930</v>
       </c>
       <c r="E504">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F504" t="s">
-        <v>3345</v>
-[...1 lines deleted...]
-      <c r="G504"/>
+        <v>3338</v>
+      </c>
+      <c r="G504" t="s">
+        <v>3339</v>
+      </c>
       <c r="H504" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="J504"/>
+        <v>259</v>
+      </c>
+      <c r="I504" t="s">
+        <v>3340</v>
+      </c>
+      <c r="J504" t="s">
+        <v>3341</v>
+      </c>
       <c r="K504" t="s">
-        <v>3346</v>
+        <v>3342</v>
       </c>
       <c r="L504" t="s">
-        <v>3347</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="505" spans="1:12">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505" t="s">
-        <v>3348</v>
-[...3 lines deleted...]
-      </c>
+        <v>3344</v>
+      </c>
+      <c r="C505"/>
       <c r="D505" t="s">
-        <v>44</v>
+        <v>2048</v>
       </c>
       <c r="E505">
-        <v>1999</v>
+        <v>2026</v>
       </c>
       <c r="F505" t="s">
-        <v>3349</v>
+        <v>3345</v>
       </c>
       <c r="G505"/>
       <c r="H505" t="s">
-        <v>306</v>
-[...6 lines deleted...]
-      </c>
+        <v>3346</v>
+      </c>
+      <c r="I505"/>
+      <c r="J505"/>
       <c r="K505" t="s">
-        <v>3352</v>
+        <v>3347</v>
       </c>
       <c r="L505" t="s">
-        <v>3353</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="506" spans="1:12">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506" t="s">
-        <v>3354</v>
+        <v>3349</v>
       </c>
       <c r="C506" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="D506" t="s">
-        <v>3355</v>
+        <v>80</v>
       </c>
       <c r="E506">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F506" t="s">
-        <v>3356</v>
+        <v>3350</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
-        <v>2289</v>
+        <v>914</v>
       </c>
       <c r="I506" t="s">
-        <v>3357</v>
+        <v>3351</v>
       </c>
       <c r="J506" t="s">
-        <v>3358</v>
+        <v>3352</v>
       </c>
       <c r="K506" t="s">
-        <v>3359</v>
+        <v>3353</v>
       </c>
       <c r="L506" t="s">
-        <v>3360</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="507" spans="1:12">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507" t="s">
-        <v>3361</v>
+        <v>3355</v>
       </c>
       <c r="C507" t="s">
         <v>70</v>
       </c>
       <c r="D507" t="s">
-        <v>3292</v>
+        <v>44</v>
       </c>
       <c r="E507">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F507" t="s">
-        <v>3362</v>
-[...3 lines deleted...]
-      </c>
+        <v>3356</v>
+      </c>
+      <c r="G507"/>
       <c r="H507" t="s">
-        <v>3206</v>
+        <v>3357</v>
       </c>
       <c r="I507" t="s">
-        <v>3364</v>
+        <v>3358</v>
       </c>
       <c r="J507" t="s">
-        <v>3365</v>
+        <v>3359</v>
       </c>
       <c r="K507" t="s">
-        <v>3366</v>
+        <v>3360</v>
       </c>
       <c r="L507" t="s">
-        <v>3367</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="508" spans="1:12">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508" t="s">
-        <v>3368</v>
+        <v>3362</v>
       </c>
       <c r="C508" t="s">
-        <v>265</v>
+        <v>766</v>
       </c>
       <c r="D508" t="s">
-        <v>3369</v>
+        <v>20</v>
       </c>
       <c r="E508">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F508" t="s">
-        <v>3370</v>
+        <v>3363</v>
       </c>
       <c r="G508"/>
       <c r="H508" t="s">
-        <v>2918</v>
+        <v>739</v>
       </c>
       <c r="I508" t="s">
-        <v>3371</v>
+        <v>3364</v>
       </c>
       <c r="J508" t="s">
-        <v>3372</v>
+        <v>3365</v>
       </c>
       <c r="K508" t="s">
-        <v>3373</v>
+        <v>3366</v>
       </c>
       <c r="L508" t="s">
-        <v>3374</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="509" spans="1:12">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509" t="s">
-        <v>3375</v>
+        <v>3368</v>
       </c>
       <c r="C509" t="s">
-        <v>122</v>
+        <v>766</v>
       </c>
       <c r="D509" t="s">
         <v>20</v>
       </c>
       <c r="E509">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F509" t="s">
-        <v>3376</v>
-[...3 lines deleted...]
-      </c>
+        <v>3369</v>
+      </c>
+      <c r="G509"/>
       <c r="H509" t="s">
-        <v>1005</v>
+        <v>3370</v>
       </c>
       <c r="I509" t="s">
-        <v>3378</v>
+        <v>3371</v>
       </c>
       <c r="J509" t="s">
-        <v>3379</v>
+        <v>3372</v>
       </c>
       <c r="K509" t="s">
-        <v>3380</v>
+        <v>3373</v>
       </c>
       <c r="L509" t="s">
-        <v>3381</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="510" spans="1:12">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510" t="s">
-        <v>3382</v>
+        <v>3375</v>
       </c>
       <c r="C510" t="s">
         <v>29</v>
       </c>
       <c r="D510" t="s">
         <v>44</v>
       </c>
       <c r="E510">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F510" t="s">
-        <v>3383</v>
+        <v>3376</v>
       </c>
       <c r="G510"/>
       <c r="H510" t="s">
         <v>189</v>
       </c>
       <c r="I510"/>
       <c r="J510"/>
       <c r="K510" t="s">
-        <v>3384</v>
+        <v>3377</v>
       </c>
       <c r="L510" t="s">
-        <v>3385</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="511" spans="1:12">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511" t="s">
-        <v>3386</v>
+        <v>3379</v>
       </c>
       <c r="C511" t="s">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="D511" t="s">
-        <v>1913</v>
+        <v>44</v>
       </c>
       <c r="E511">
-        <v>2025</v>
+        <v>1999</v>
       </c>
       <c r="F511" t="s">
-        <v>3387</v>
+        <v>3380</v>
       </c>
       <c r="G511"/>
       <c r="H511" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="I511"/>
+        <v>306</v>
+      </c>
+      <c r="I511" t="s">
+        <v>3381</v>
+      </c>
       <c r="J511" t="s">
-        <v>3388</v>
+        <v>3382</v>
       </c>
       <c r="K511" t="s">
-        <v>3389</v>
+        <v>3383</v>
       </c>
       <c r="L511" t="s">
-        <v>3390</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="512" spans="1:12">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512" t="s">
-        <v>3391</v>
+        <v>3385</v>
       </c>
       <c r="C512" t="s">
         <v>88</v>
       </c>
       <c r="D512" t="s">
-        <v>3392</v>
+        <v>3386</v>
       </c>
       <c r="E512">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F512" t="s">
-        <v>3393</v>
-[...3 lines deleted...]
-      </c>
+        <v>3387</v>
+      </c>
+      <c r="G512"/>
       <c r="H512" t="s">
-        <v>3395</v>
+        <v>2316</v>
       </c>
       <c r="I512" t="s">
-        <v>3396</v>
+        <v>3388</v>
       </c>
       <c r="J512" t="s">
-        <v>3397</v>
+        <v>3389</v>
       </c>
       <c r="K512" t="s">
-        <v>3398</v>
+        <v>3390</v>
       </c>
       <c r="L512" t="s">
-        <v>3399</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="513" spans="1:12">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513" t="s">
-        <v>3400</v>
+        <v>3392</v>
       </c>
       <c r="C513" t="s">
-        <v>332</v>
+        <v>70</v>
       </c>
       <c r="D513" t="s">
-        <v>467</v>
+        <v>3323</v>
       </c>
       <c r="E513">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F513" t="s">
-        <v>3401</v>
-[...1 lines deleted...]
-      <c r="G513"/>
+        <v>3393</v>
+      </c>
+      <c r="G513" t="s">
+        <v>3394</v>
+      </c>
       <c r="H513" t="s">
-        <v>319</v>
+        <v>3237</v>
       </c>
       <c r="I513" t="s">
-        <v>3402</v>
+        <v>3395</v>
       </c>
       <c r="J513" t="s">
-        <v>3403</v>
+        <v>3396</v>
       </c>
       <c r="K513" t="s">
-        <v>3404</v>
+        <v>3397</v>
       </c>
       <c r="L513" t="s">
-        <v>3405</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="514" spans="1:12">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514" t="s">
-        <v>3406</v>
+        <v>3399</v>
       </c>
       <c r="C514" t="s">
-        <v>13</v>
+        <v>265</v>
       </c>
       <c r="D514" t="s">
-        <v>366</v>
+        <v>3400</v>
       </c>
       <c r="E514">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F514" t="s">
-        <v>3407</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>3401</v>
+      </c>
+      <c r="G514"/>
+      <c r="H514" t="s">
+        <v>2949</v>
       </c>
       <c r="I514" t="s">
-        <v>3409</v>
+        <v>3402</v>
       </c>
       <c r="J514" t="s">
-        <v>3410</v>
-[...1 lines deleted...]
-      <c r="K514"/>
+        <v>3403</v>
+      </c>
+      <c r="K514" t="s">
+        <v>3404</v>
+      </c>
       <c r="L514" t="s">
-        <v>3411</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="515" spans="1:12">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515" t="s">
-        <v>3412</v>
+        <v>3406</v>
       </c>
       <c r="C515" t="s">
         <v>122</v>
       </c>
       <c r="D515" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="E515">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F515" t="s">
-        <v>3413</v>
-[...1 lines deleted...]
-      <c r="G515"/>
+        <v>3407</v>
+      </c>
+      <c r="G515" t="s">
+        <v>3408</v>
+      </c>
       <c r="H515" t="s">
-        <v>3414</v>
+        <v>1012</v>
       </c>
       <c r="I515" t="s">
-        <v>3415</v>
+        <v>3409</v>
       </c>
       <c r="J515" t="s">
-        <v>3416</v>
+        <v>3410</v>
       </c>
       <c r="K515" t="s">
-        <v>3417</v>
+        <v>3411</v>
       </c>
       <c r="L515" t="s">
-        <v>3418</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="516" spans="1:12">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516" t="s">
-        <v>3419</v>
+        <v>3413</v>
       </c>
       <c r="C516" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="D516" t="s">
         <v>44</v>
       </c>
       <c r="E516">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F516" t="s">
-        <v>3420</v>
+        <v>3414</v>
       </c>
       <c r="G516"/>
       <c r="H516" t="s">
-        <v>946</v>
+        <v>189</v>
       </c>
       <c r="I516"/>
       <c r="J516"/>
       <c r="K516" t="s">
-        <v>3421</v>
+        <v>3415</v>
       </c>
       <c r="L516" t="s">
-        <v>3422</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="517" spans="1:12">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517" t="s">
-        <v>3423</v>
+        <v>3417</v>
       </c>
       <c r="C517" t="s">
-        <v>122</v>
+        <v>88</v>
       </c>
       <c r="D517" t="s">
-        <v>44</v>
+        <v>1930</v>
       </c>
       <c r="E517">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F517" t="s">
-        <v>3424</v>
-[...3 lines deleted...]
-      </c>
+        <v>3418</v>
+      </c>
+      <c r="G517"/>
       <c r="H517" t="s">
-        <v>3426</v>
+        <v>169</v>
       </c>
       <c r="I517"/>
-      <c r="J517"/>
-      <c r="K517"/>
+      <c r="J517" t="s">
+        <v>3419</v>
+      </c>
+      <c r="K517" t="s">
+        <v>3420</v>
+      </c>
       <c r="L517" t="s">
-        <v>3427</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="518" spans="1:12">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518" t="s">
+        <v>3422</v>
+      </c>
+      <c r="C518" t="s">
+        <v>88</v>
+      </c>
+      <c r="D518" t="s">
+        <v>3423</v>
+      </c>
+      <c r="E518">
+        <v>2026</v>
+      </c>
+      <c r="F518" t="s">
+        <v>3424</v>
+      </c>
+      <c r="G518" t="s">
+        <v>3425</v>
+      </c>
+      <c r="H518" t="s">
+        <v>3426</v>
+      </c>
+      <c r="I518" t="s">
+        <v>3427</v>
+      </c>
+      <c r="J518" t="s">
         <v>3428</v>
       </c>
-      <c r="C518" t="s">
-[...8 lines deleted...]
-      <c r="F518" t="s">
+      <c r="K518" t="s">
         <v>3429</v>
       </c>
-      <c r="G518"/>
-      <c r="H518" t="s">
+      <c r="L518" t="s">
         <v>3430</v>
-      </c>
-[...6 lines deleted...]
-        <v>3432</v>
       </c>
     </row>
     <row r="519" spans="1:12">
       <c r="A519">
         <v>518</v>
       </c>
       <c r="B519" t="s">
-        <v>3433</v>
+        <v>3431</v>
       </c>
       <c r="C519" t="s">
-        <v>122</v>
+        <v>332</v>
       </c>
       <c r="D519" t="s">
-        <v>44</v>
+        <v>467</v>
       </c>
       <c r="E519">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F519" t="s">
-        <v>3434</v>
+        <v>3432</v>
       </c>
       <c r="G519"/>
       <c r="H519" t="s">
+        <v>319</v>
+      </c>
+      <c r="I519" t="s">
+        <v>3433</v>
+      </c>
+      <c r="J519" t="s">
+        <v>3434</v>
+      </c>
+      <c r="K519" t="s">
         <v>3435</v>
       </c>
-      <c r="I519"/>
-[...1 lines deleted...]
-      <c r="K519" t="s">
+      <c r="L519" t="s">
         <v>3436</v>
-      </c>
-[...1 lines deleted...]
-        <v>3437</v>
       </c>
     </row>
     <row r="520" spans="1:12">
       <c r="A520">
         <v>519</v>
       </c>
       <c r="B520" t="s">
+        <v>3437</v>
+      </c>
+      <c r="C520" t="s">
+        <v>13</v>
+      </c>
+      <c r="D520" t="s">
+        <v>366</v>
+      </c>
+      <c r="E520">
+        <v>2026</v>
+      </c>
+      <c r="F520" t="s">
         <v>3438</v>
       </c>
-      <c r="C520" t="s">
-[...8 lines deleted...]
-      <c r="F520" t="s">
+      <c r="G520" t="s">
         <v>3439</v>
       </c>
-      <c r="G520" t="s">
+      <c r="H520">
+        <v>75</v>
+      </c>
+      <c r="I520" t="s">
         <v>3440</v>
       </c>
-      <c r="H520" t="s">
+      <c r="J520" t="s">
         <v>3441</v>
       </c>
-      <c r="I520"/>
-[...1 lines deleted...]
-      <c r="K520" t="s">
+      <c r="K520"/>
+      <c r="L520" t="s">
         <v>3442</v>
-      </c>
-[...1 lines deleted...]
-        <v>3443</v>
       </c>
     </row>
     <row r="521" spans="1:12">
       <c r="A521">
         <v>520</v>
       </c>
       <c r="B521" t="s">
-        <v>3444</v>
+        <v>3443</v>
       </c>
       <c r="C521" t="s">
         <v>122</v>
       </c>
       <c r="D521" t="s">
         <v>44</v>
       </c>
       <c r="E521">
         <v>1970</v>
       </c>
       <c r="F521" t="s">
+        <v>3444</v>
+      </c>
+      <c r="G521"/>
+      <c r="H521" t="s">
         <v>3445</v>
       </c>
-      <c r="G521" t="s">
-[...6 lines deleted...]
-      <c r="J521"/>
+      <c r="I521" t="s">
+        <v>3446</v>
+      </c>
+      <c r="J521" t="s">
+        <v>3447</v>
+      </c>
       <c r="K521" t="s">
-        <v>3446</v>
+        <v>3448</v>
       </c>
       <c r="L521" t="s">
-        <v>3447</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="522" spans="1:12">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522" t="s">
-        <v>3448</v>
+        <v>3450</v>
       </c>
       <c r="C522" t="s">
         <v>122</v>
       </c>
       <c r="D522" t="s">
         <v>44</v>
       </c>
       <c r="E522">
         <v>1970</v>
       </c>
       <c r="F522" t="s">
-        <v>3449</v>
-[...3 lines deleted...]
-      </c>
+        <v>3451</v>
+      </c>
+      <c r="G522"/>
       <c r="H522" t="s">
-        <v>1112</v>
+        <v>953</v>
       </c>
       <c r="I522"/>
       <c r="J522"/>
-      <c r="K522"/>
+      <c r="K522" t="s">
+        <v>3452</v>
+      </c>
       <c r="L522" t="s">
-        <v>3450</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="523" spans="1:12">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523" t="s">
-        <v>3451</v>
+        <v>3454</v>
       </c>
       <c r="C523" t="s">
         <v>122</v>
       </c>
       <c r="D523" t="s">
         <v>44</v>
       </c>
       <c r="E523">
         <v>1970</v>
       </c>
       <c r="F523" t="s">
-        <v>3452</v>
+        <v>3455</v>
       </c>
       <c r="G523" t="s">
-        <v>3440</v>
+        <v>3456</v>
       </c>
       <c r="H523" t="s">
-        <v>3453</v>
-[...9 lines deleted...]
-      </c>
+        <v>3457</v>
+      </c>
+      <c r="I523"/>
+      <c r="J523"/>
+      <c r="K523"/>
       <c r="L523" t="s">
-        <v>3455</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="524" spans="1:12">
       <c r="A524">
         <v>523</v>
       </c>
       <c r="B524" t="s">
-        <v>3456</v>
+        <v>3459</v>
       </c>
       <c r="C524" t="s">
         <v>122</v>
       </c>
       <c r="D524" t="s">
         <v>44</v>
       </c>
       <c r="E524">
         <v>1970</v>
       </c>
       <c r="F524" t="s">
-        <v>3457</v>
-[...3 lines deleted...]
-      </c>
+        <v>3460</v>
+      </c>
+      <c r="G524"/>
       <c r="H524" t="s">
-        <v>3458</v>
+        <v>3461</v>
       </c>
       <c r="I524"/>
       <c r="J524"/>
       <c r="K524" t="s">
-        <v>3459</v>
+        <v>3462</v>
       </c>
       <c r="L524" t="s">
-        <v>3460</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="525" spans="1:12">
       <c r="A525">
         <v>524</v>
       </c>
       <c r="B525" t="s">
-        <v>3461</v>
+        <v>3464</v>
       </c>
       <c r="C525" t="s">
-        <v>256</v>
+        <v>122</v>
       </c>
       <c r="D525" t="s">
-        <v>366</v>
+        <v>44</v>
       </c>
       <c r="E525">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F525" t="s">
-        <v>3462</v>
+        <v>3465</v>
       </c>
       <c r="G525"/>
       <c r="H525" t="s">
-        <v>3463</v>
+        <v>3466</v>
       </c>
       <c r="I525"/>
       <c r="J525"/>
       <c r="K525" t="s">
-        <v>3464</v>
+        <v>3467</v>
       </c>
       <c r="L525" t="s">
-        <v>3465</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="526" spans="1:12">
       <c r="A526">
         <v>525</v>
       </c>
       <c r="B526" t="s">
-        <v>3466</v>
+        <v>3469</v>
       </c>
       <c r="C526" t="s">
-        <v>256</v>
+        <v>122</v>
       </c>
       <c r="D526" t="s">
-        <v>366</v>
+        <v>44</v>
       </c>
       <c r="E526">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F526" t="s">
-        <v>3467</v>
+        <v>3470</v>
       </c>
       <c r="G526" t="s">
-        <v>3468</v>
+        <v>3471</v>
       </c>
       <c r="H526" t="s">
-        <v>989</v>
-[...6 lines deleted...]
-      </c>
+        <v>3472</v>
+      </c>
+      <c r="I526"/>
+      <c r="J526"/>
       <c r="K526" t="s">
-        <v>3471</v>
+        <v>3473</v>
       </c>
       <c r="L526" t="s">
-        <v>3472</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="527" spans="1:12">
       <c r="A527">
         <v>526</v>
       </c>
       <c r="B527" t="s">
-        <v>3473</v>
+        <v>3475</v>
       </c>
       <c r="C527" t="s">
         <v>122</v>
       </c>
       <c r="D527" t="s">
-        <v>1927</v>
+        <v>44</v>
       </c>
       <c r="E527">
         <v>1970</v>
       </c>
       <c r="F527" t="s">
-        <v>3474</v>
-[...1 lines deleted...]
-      <c r="G527"/>
+        <v>3476</v>
+      </c>
+      <c r="G527" t="s">
+        <v>3471</v>
+      </c>
       <c r="H527" t="s">
-        <v>3475</v>
-[...4 lines deleted...]
-      <c r="J527" t="s">
+        <v>3445</v>
+      </c>
+      <c r="I527"/>
+      <c r="J527"/>
+      <c r="K527" t="s">
         <v>3477</v>
       </c>
-      <c r="K527" t="s">
+      <c r="L527" t="s">
         <v>3478</v>
-      </c>
-[...1 lines deleted...]
-        <v>3479</v>
       </c>
     </row>
     <row r="528" spans="1:12">
       <c r="A528">
         <v>527</v>
       </c>
       <c r="B528" t="s">
+        <v>3479</v>
+      </c>
+      <c r="C528" t="s">
+        <v>122</v>
+      </c>
+      <c r="D528" t="s">
+        <v>44</v>
+      </c>
+      <c r="E528">
+        <v>1970</v>
+      </c>
+      <c r="F528" t="s">
         <v>3480</v>
       </c>
-      <c r="C528" t="s">
-[...8 lines deleted...]
-      <c r="F528" t="s">
+      <c r="G528" t="s">
+        <v>3456</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1119</v>
+      </c>
+      <c r="I528"/>
+      <c r="J528"/>
+      <c r="K528"/>
+      <c r="L528" t="s">
         <v>3481</v>
-      </c>
-[...16 lines deleted...]
-        <v>3486</v>
       </c>
     </row>
     <row r="529" spans="1:12">
       <c r="A529">
         <v>528</v>
       </c>
       <c r="B529" t="s">
-        <v>3487</v>
+        <v>3482</v>
       </c>
       <c r="C529" t="s">
-        <v>104</v>
+        <v>122</v>
       </c>
       <c r="D529" t="s">
-        <v>159</v>
+        <v>44</v>
       </c>
       <c r="E529">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F529" t="s">
-        <v>3488</v>
+        <v>3483</v>
       </c>
       <c r="G529" t="s">
-        <v>3489</v>
+        <v>3471</v>
       </c>
       <c r="H529" t="s">
-        <v>3490</v>
+        <v>3484</v>
       </c>
       <c r="I529" t="s">
-        <v>3491</v>
-[...1 lines deleted...]
-      <c r="J529"/>
+        <v>3446</v>
+      </c>
+      <c r="J529" t="s">
+        <v>3447</v>
+      </c>
       <c r="K529" t="s">
-        <v>3492</v>
+        <v>3485</v>
       </c>
       <c r="L529" t="s">
-        <v>3493</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="530" spans="1:12">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530" t="s">
-        <v>3494</v>
+        <v>3487</v>
       </c>
       <c r="C530" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="D530" t="s">
-        <v>803</v>
+        <v>44</v>
       </c>
       <c r="E530">
         <v>1970</v>
       </c>
       <c r="F530" t="s">
-        <v>3495</v>
-[...1 lines deleted...]
-      <c r="G530"/>
+        <v>3488</v>
+      </c>
+      <c r="G530" t="s">
+        <v>3471</v>
+      </c>
       <c r="H530" t="s">
-        <v>1700</v>
+        <v>3489</v>
       </c>
       <c r="I530"/>
-      <c r="J530" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J530"/>
       <c r="K530" t="s">
-        <v>3497</v>
+        <v>3490</v>
       </c>
       <c r="L530" t="s">
-        <v>3498</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="531" spans="1:12">
       <c r="A531">
         <v>530</v>
       </c>
       <c r="B531" t="s">
-        <v>3499</v>
+        <v>3492</v>
       </c>
       <c r="C531" t="s">
-        <v>104</v>
+        <v>256</v>
       </c>
       <c r="D531" t="s">
-        <v>803</v>
+        <v>366</v>
       </c>
       <c r="E531">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F531" t="s">
-        <v>3500</v>
-[...3 lines deleted...]
-      </c>
+        <v>3493</v>
+      </c>
+      <c r="G531"/>
       <c r="H531" t="s">
-        <v>3502</v>
-[...3 lines deleted...]
-      </c>
+        <v>3494</v>
+      </c>
+      <c r="I531"/>
       <c r="J531"/>
       <c r="K531" t="s">
-        <v>3504</v>
+        <v>3495</v>
       </c>
       <c r="L531" t="s">
-        <v>3505</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="532" spans="1:12">
       <c r="A532">
         <v>531</v>
       </c>
       <c r="B532" t="s">
-        <v>3506</v>
+        <v>3497</v>
       </c>
       <c r="C532" t="s">
         <v>256</v>
       </c>
       <c r="D532" t="s">
-        <v>80</v>
+        <v>366</v>
       </c>
       <c r="E532">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F532" t="s">
-        <v>3507</v>
-[...1 lines deleted...]
-      <c r="G532"/>
+        <v>3498</v>
+      </c>
+      <c r="G532" t="s">
+        <v>3499</v>
+      </c>
       <c r="H532" t="s">
-        <v>92</v>
+        <v>996</v>
       </c>
       <c r="I532" t="s">
-        <v>3508</v>
+        <v>3500</v>
       </c>
       <c r="J532" t="s">
-        <v>3509</v>
+        <v>3501</v>
       </c>
       <c r="K532" t="s">
-        <v>3510</v>
+        <v>3502</v>
       </c>
       <c r="L532" t="s">
-        <v>3511</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="533" spans="1:12">
       <c r="A533">
         <v>532</v>
       </c>
       <c r="B533" t="s">
-        <v>3512</v>
+        <v>3504</v>
       </c>
       <c r="C533" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="D533" t="s">
-        <v>1385</v>
+        <v>1944</v>
       </c>
       <c r="E533">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F533" t="s">
-        <v>3513</v>
+        <v>3505</v>
       </c>
       <c r="G533"/>
       <c r="H533" t="s">
-        <v>3514</v>
+        <v>3506</v>
       </c>
       <c r="I533" t="s">
-        <v>3515</v>
+        <v>3507</v>
       </c>
       <c r="J533" t="s">
-        <v>3516</v>
-[...1 lines deleted...]
-      <c r="K533"/>
+        <v>3508</v>
+      </c>
+      <c r="K533" t="s">
+        <v>3509</v>
+      </c>
       <c r="L533" t="s">
-        <v>3517</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="534" spans="1:12">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534" t="s">
-        <v>3518</v>
+        <v>3511</v>
       </c>
       <c r="C534" t="s">
-        <v>194</v>
+        <v>70</v>
       </c>
       <c r="D534" t="s">
-        <v>80</v>
+        <v>505</v>
       </c>
       <c r="E534">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F534" t="s">
-        <v>3519</v>
-[...1 lines deleted...]
-      <c r="G534"/>
+        <v>3512</v>
+      </c>
+      <c r="G534" t="s">
+        <v>3513</v>
+      </c>
       <c r="H534" t="s">
-        <v>3520</v>
+        <v>1153</v>
       </c>
       <c r="I534" t="s">
-        <v>3521</v>
+        <v>3514</v>
       </c>
       <c r="J534" t="s">
-        <v>3522</v>
+        <v>3515</v>
       </c>
       <c r="K534" t="s">
-        <v>3523</v>
+        <v>3516</v>
       </c>
       <c r="L534" t="s">
-        <v>3524</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="535" spans="1:12">
       <c r="A535">
         <v>534</v>
       </c>
       <c r="B535" t="s">
-        <v>3525</v>
+        <v>3518</v>
       </c>
       <c r="C535" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="D535" t="s">
-        <v>44</v>
+        <v>159</v>
       </c>
       <c r="E535">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F535" t="s">
-        <v>3526</v>
-[...1 lines deleted...]
-      <c r="G535"/>
+        <v>3519</v>
+      </c>
+      <c r="G535" t="s">
+        <v>3520</v>
+      </c>
       <c r="H535" t="s">
-        <v>162</v>
+        <v>3521</v>
       </c>
       <c r="I535" t="s">
-        <v>3527</v>
-[...3 lines deleted...]
-      </c>
+        <v>3522</v>
+      </c>
+      <c r="J535"/>
       <c r="K535" t="s">
-        <v>3529</v>
+        <v>3523</v>
       </c>
       <c r="L535" t="s">
-        <v>3530</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="536" spans="1:12">
       <c r="A536">
         <v>535</v>
       </c>
       <c r="B536" t="s">
-        <v>3531</v>
-[...1 lines deleted...]
-      <c r="C536"/>
+        <v>3525</v>
+      </c>
+      <c r="C536" t="s">
+        <v>29</v>
+      </c>
       <c r="D536" t="s">
-        <v>366</v>
+        <v>803</v>
       </c>
       <c r="E536">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F536" t="s">
-        <v>3532</v>
+        <v>3526</v>
       </c>
       <c r="G536"/>
-      <c r="H536"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H536" t="s">
+        <v>1717</v>
+      </c>
+      <c r="I536"/>
       <c r="J536" t="s">
-        <v>3534</v>
-[...1 lines deleted...]
-      <c r="K536"/>
+        <v>3527</v>
+      </c>
+      <c r="K536" t="s">
+        <v>3528</v>
+      </c>
       <c r="L536" t="s">
-        <v>3535</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="537" spans="1:12">
       <c r="A537">
         <v>536</v>
       </c>
       <c r="B537" t="s">
+        <v>3530</v>
+      </c>
+      <c r="C537" t="s">
+        <v>104</v>
+      </c>
+      <c r="D537" t="s">
+        <v>803</v>
+      </c>
+      <c r="E537">
+        <v>2026</v>
+      </c>
+      <c r="F537" t="s">
+        <v>3531</v>
+      </c>
+      <c r="G537" t="s">
+        <v>3532</v>
+      </c>
+      <c r="H537" t="s">
+        <v>3533</v>
+      </c>
+      <c r="I537" t="s">
+        <v>3534</v>
+      </c>
+      <c r="J537"/>
+      <c r="K537" t="s">
+        <v>3535</v>
+      </c>
+      <c r="L537" t="s">
         <v>3536</v>
-      </c>
-[...28 lines deleted...]
-        <v>3543</v>
       </c>
     </row>
     <row r="538" spans="1:12">
       <c r="A538">
         <v>537</v>
       </c>
       <c r="B538" t="s">
-        <v>3544</v>
+        <v>3537</v>
       </c>
       <c r="C538" t="s">
-        <v>3545</v>
+        <v>256</v>
       </c>
       <c r="D538" t="s">
         <v>80</v>
       </c>
       <c r="E538">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F538" t="s">
-        <v>3546</v>
+        <v>3538</v>
       </c>
       <c r="G538"/>
       <c r="H538" t="s">
-        <v>964</v>
+        <v>92</v>
       </c>
       <c r="I538" t="s">
-        <v>3547</v>
+        <v>3539</v>
       </c>
       <c r="J538" t="s">
-        <v>3548</v>
+        <v>3540</v>
       </c>
       <c r="K538" t="s">
-        <v>3549</v>
+        <v>3541</v>
       </c>
       <c r="L538" t="s">
-        <v>3550</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="539" spans="1:12">
       <c r="A539">
         <v>538</v>
       </c>
       <c r="B539" t="s">
-        <v>3551</v>
+        <v>3543</v>
       </c>
       <c r="C539" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="D539" t="s">
-        <v>366</v>
+        <v>1402</v>
       </c>
       <c r="E539">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F539" t="s">
-        <v>3552</v>
-[...5 lines deleted...]
-        <v>93</v>
+        <v>3544</v>
+      </c>
+      <c r="G539"/>
+      <c r="H539" t="s">
+        <v>3545</v>
       </c>
       <c r="I539" t="s">
-        <v>3554</v>
+        <v>3546</v>
       </c>
       <c r="J539" t="s">
-        <v>3555</v>
+        <v>3547</v>
       </c>
       <c r="K539"/>
       <c r="L539" t="s">
-        <v>3556</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="540" spans="1:12">
       <c r="A540">
         <v>539</v>
       </c>
       <c r="B540" t="s">
-        <v>3557</v>
+        <v>3549</v>
       </c>
       <c r="C540" t="s">
-        <v>13</v>
+        <v>194</v>
       </c>
       <c r="D540" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="E540">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F540" t="s">
-        <v>3558</v>
+        <v>3550</v>
       </c>
       <c r="G540"/>
       <c r="H540" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-      <c r="J540"/>
+        <v>3551</v>
+      </c>
+      <c r="I540" t="s">
+        <v>3552</v>
+      </c>
+      <c r="J540" t="s">
+        <v>3553</v>
+      </c>
       <c r="K540" t="s">
-        <v>3559</v>
+        <v>3554</v>
       </c>
       <c r="L540" t="s">
-        <v>3560</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="541" spans="1:12">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541" t="s">
-        <v>3561</v>
+        <v>3556</v>
       </c>
       <c r="C541" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="D541" t="s">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="E541">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F541" t="s">
-        <v>3562</v>
+        <v>3557</v>
       </c>
       <c r="G541"/>
       <c r="H541" t="s">
-        <v>402</v>
+        <v>162</v>
       </c>
       <c r="I541" t="s">
-        <v>3563</v>
+        <v>3558</v>
       </c>
       <c r="J541" t="s">
-        <v>3564</v>
+        <v>3559</v>
       </c>
       <c r="K541" t="s">
-        <v>3565</v>
+        <v>3560</v>
       </c>
       <c r="L541" t="s">
-        <v>3566</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="542" spans="1:12">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542" t="s">
-        <v>3567</v>
-[...3 lines deleted...]
-      </c>
+        <v>3562</v>
+      </c>
+      <c r="C542"/>
       <c r="D542" t="s">
-        <v>3568</v>
+        <v>366</v>
       </c>
       <c r="E542">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F542" t="s">
-        <v>3569</v>
+        <v>3563</v>
       </c>
       <c r="G542"/>
-      <c r="H542" t="s">
-[...3 lines deleted...]
-      <c r="J542"/>
+      <c r="H542"/>
+      <c r="I542" t="s">
+        <v>3564</v>
+      </c>
+      <c r="J542" t="s">
+        <v>3565</v>
+      </c>
       <c r="K542"/>
       <c r="L542" t="s">
-        <v>3570</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="543" spans="1:12">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543" t="s">
+        <v>3567</v>
+      </c>
+      <c r="C543" t="s">
+        <v>43</v>
+      </c>
+      <c r="D543" t="s">
+        <v>3568</v>
+      </c>
+      <c r="E543">
+        <v>2026</v>
+      </c>
+      <c r="F543" t="s">
+        <v>3569</v>
+      </c>
+      <c r="G543" t="s">
+        <v>3570</v>
+      </c>
+      <c r="H543" t="s">
+        <v>92</v>
+      </c>
+      <c r="I543" t="s">
         <v>3571</v>
       </c>
-      <c r="C543" t="s">
-[...2 lines deleted...]
-      <c r="D543" t="s">
+      <c r="J543" t="s">
         <v>3572</v>
       </c>
-      <c r="E543">
-[...2 lines deleted...]
-      <c r="F543" t="s">
+      <c r="K543" t="s">
         <v>3573</v>
       </c>
-      <c r="G543" t="s">
+      <c r="L543" t="s">
         <v>3574</v>
-      </c>
-[...13 lines deleted...]
-        <v>3578</v>
       </c>
     </row>
     <row r="544" spans="1:12">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544" t="s">
-        <v>3579</v>
+        <v>3575</v>
       </c>
       <c r="C544" t="s">
-        <v>194</v>
+        <v>3576</v>
       </c>
       <c r="D544" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="E544">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F544" t="s">
-        <v>3580</v>
+        <v>3577</v>
       </c>
       <c r="G544"/>
       <c r="H544" t="s">
-        <v>112</v>
+        <v>971</v>
       </c>
       <c r="I544" t="s">
+        <v>3578</v>
+      </c>
+      <c r="J544" t="s">
+        <v>3579</v>
+      </c>
+      <c r="K544" t="s">
+        <v>3580</v>
+      </c>
+      <c r="L544" t="s">
         <v>3581</v>
-      </c>
-[...5 lines deleted...]
-        <v>3583</v>
       </c>
     </row>
     <row r="545" spans="1:12">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545" t="s">
+        <v>3582</v>
+      </c>
+      <c r="C545" t="s">
+        <v>70</v>
+      </c>
+      <c r="D545" t="s">
+        <v>366</v>
+      </c>
+      <c r="E545">
+        <v>2026</v>
+      </c>
+      <c r="F545" t="s">
+        <v>3583</v>
+      </c>
+      <c r="G545" t="s">
         <v>3584</v>
       </c>
-      <c r="C545" t="s">
-[...2 lines deleted...]
-      <c r="D545" t="s">
+      <c r="H545">
+        <v>93</v>
+      </c>
+      <c r="I545" t="s">
         <v>3585</v>
       </c>
-      <c r="E545">
-[...2 lines deleted...]
-      <c r="F545" t="s">
+      <c r="J545" t="s">
         <v>3586</v>
       </c>
-      <c r="G545"/>
-      <c r="H545" t="s">
+      <c r="K545"/>
+      <c r="L545" t="s">
         <v>3587</v>
-      </c>
-[...6 lines deleted...]
-        <v>3589</v>
       </c>
     </row>
     <row r="546" spans="1:12">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546" t="s">
-        <v>3590</v>
+        <v>3588</v>
       </c>
       <c r="C546" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="D546" t="s">
         <v>44</v>
       </c>
       <c r="E546">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F546" t="s">
-        <v>3591</v>
+        <v>3589</v>
       </c>
       <c r="G546"/>
       <c r="H546" t="s">
-        <v>515</v>
+        <v>73</v>
       </c>
       <c r="I546"/>
       <c r="J546"/>
       <c r="K546" t="s">
-        <v>3592</v>
+        <v>3590</v>
       </c>
       <c r="L546" t="s">
-        <v>3593</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="547" spans="1:12">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547" t="s">
-        <v>3594</v>
+        <v>3592</v>
       </c>
       <c r="C547" t="s">
         <v>29</v>
       </c>
       <c r="D547" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="E547">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F547" t="s">
+        <v>3593</v>
+      </c>
+      <c r="G547"/>
+      <c r="H547" t="s">
+        <v>402</v>
+      </c>
+      <c r="I547" t="s">
+        <v>3594</v>
+      </c>
+      <c r="J547" t="s">
         <v>3595</v>
       </c>
-      <c r="G547" t="s">
+      <c r="K547" t="s">
         <v>3596</v>
       </c>
-      <c r="H547" t="s">
-[...2 lines deleted...]
-      <c r="I547" t="s">
+      <c r="L547" t="s">
         <v>3597</v>
-      </c>
-[...7 lines deleted...]
-        <v>3600</v>
       </c>
     </row>
     <row r="548" spans="1:12">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548" t="s">
+        <v>3598</v>
+      </c>
+      <c r="C548" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D548" t="s">
+        <v>3599</v>
+      </c>
+      <c r="E548">
+        <v>2026</v>
+      </c>
+      <c r="F548" t="s">
+        <v>3600</v>
+      </c>
+      <c r="G548"/>
+      <c r="H548" t="s">
+        <v>425</v>
+      </c>
+      <c r="I548"/>
+      <c r="J548"/>
+      <c r="K548"/>
+      <c r="L548" t="s">
         <v>3601</v>
-      </c>
-[...28 lines deleted...]
-        <v>3607</v>
       </c>
     </row>
     <row r="549" spans="1:12">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549" t="s">
+        <v>3602</v>
+      </c>
+      <c r="C549" t="s">
+        <v>70</v>
+      </c>
+      <c r="D549" t="s">
+        <v>3603</v>
+      </c>
+      <c r="E549">
+        <v>2026</v>
+      </c>
+      <c r="F549" t="s">
+        <v>3604</v>
+      </c>
+      <c r="G549" t="s">
+        <v>3605</v>
+      </c>
+      <c r="H549" t="s">
+        <v>1521</v>
+      </c>
+      <c r="I549" t="s">
+        <v>3606</v>
+      </c>
+      <c r="J549" t="s">
+        <v>3607</v>
+      </c>
+      <c r="K549" t="s">
         <v>3608</v>
       </c>
-      <c r="C549" t="s">
-[...8 lines deleted...]
-      <c r="F549" t="s">
+      <c r="L549" t="s">
         <v>3609</v>
-      </c>
-[...14 lines deleted...]
-        <v>3614</v>
       </c>
     </row>
     <row r="550" spans="1:12">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550" t="s">
-        <v>3615</v>
+        <v>3610</v>
       </c>
       <c r="C550" t="s">
-        <v>1261</v>
+        <v>194</v>
       </c>
       <c r="D550" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="E550">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F550" t="s">
-        <v>3616</v>
+        <v>3611</v>
       </c>
       <c r="G550"/>
-      <c r="H550"/>
-      <c r="I550"/>
+      <c r="H550" t="s">
+        <v>112</v>
+      </c>
+      <c r="I550" t="s">
+        <v>3612</v>
+      </c>
       <c r="J550"/>
-      <c r="K550"/>
+      <c r="K550" t="s">
+        <v>3613</v>
+      </c>
       <c r="L550" t="s">
-        <v>3617</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="551" spans="1:12">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551" t="s">
+        <v>3615</v>
+      </c>
+      <c r="C551" t="s">
+        <v>29</v>
+      </c>
+      <c r="D551" t="s">
+        <v>3616</v>
+      </c>
+      <c r="E551">
+        <v>2026</v>
+      </c>
+      <c r="F551" t="s">
+        <v>3617</v>
+      </c>
+      <c r="G551"/>
+      <c r="H551" t="s">
         <v>3618</v>
       </c>
-      <c r="C551" t="s">
-[...8 lines deleted...]
-      <c r="F551" t="s">
+      <c r="I551"/>
+      <c r="J551"/>
+      <c r="K551" t="s">
         <v>3619</v>
       </c>
-      <c r="G551" t="s">
+      <c r="L551" t="s">
         <v>3620</v>
-      </c>
-[...13 lines deleted...]
-        <v>3624</v>
       </c>
     </row>
     <row r="552" spans="1:12">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552" t="s">
-        <v>3625</v>
+        <v>3621</v>
       </c>
       <c r="C552" t="s">
-        <v>3626</v>
+        <v>53</v>
       </c>
       <c r="D552" t="s">
         <v>44</v>
       </c>
       <c r="E552">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F552" t="s">
-        <v>3627</v>
-[...3 lines deleted...]
-      </c>
+        <v>3622</v>
+      </c>
+      <c r="G552"/>
       <c r="H552" t="s">
-        <v>1331</v>
-[...6 lines deleted...]
-      </c>
+        <v>515</v>
+      </c>
+      <c r="I552"/>
+      <c r="J552"/>
       <c r="K552" t="s">
-        <v>3631</v>
+        <v>3623</v>
       </c>
       <c r="L552" t="s">
-        <v>3632</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="553" spans="1:12">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553" t="s">
-        <v>3633</v>
+        <v>3625</v>
       </c>
       <c r="C553" t="s">
-        <v>303</v>
+        <v>29</v>
       </c>
       <c r="D553" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="E553">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F553" t="s">
-        <v>3634</v>
-[...1 lines deleted...]
-      <c r="G553"/>
+        <v>3626</v>
+      </c>
+      <c r="G553" t="s">
+        <v>3627</v>
+      </c>
       <c r="H553" t="s">
-        <v>73</v>
+        <v>1058</v>
       </c>
       <c r="I553" t="s">
-        <v>3635</v>
+        <v>3628</v>
       </c>
       <c r="J553" t="s">
-        <v>3636</v>
+        <v>3629</v>
       </c>
       <c r="K553" t="s">
-        <v>3637</v>
+        <v>3630</v>
       </c>
       <c r="L553" t="s">
-        <v>3638</v>
+        <v>3631</v>
       </c>
     </row>
     <row r="554" spans="1:12">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554" t="s">
-        <v>3639</v>
+        <v>3632</v>
       </c>
       <c r="C554" t="s">
-        <v>303</v>
+        <v>70</v>
       </c>
       <c r="D554" t="s">
-        <v>366</v>
+        <v>467</v>
       </c>
       <c r="E554">
-        <v>1968</v>
+        <v>2026</v>
       </c>
       <c r="F554" t="s">
-        <v>3640</v>
+        <v>3633</v>
       </c>
       <c r="G554" t="s">
-        <v>3641</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>3634</v>
+      </c>
+      <c r="H554" t="s">
+        <v>1058</v>
       </c>
       <c r="I554" t="s">
-        <v>3642</v>
+        <v>3635</v>
       </c>
       <c r="J554" t="s">
-        <v>3643</v>
-[...1 lines deleted...]
-      <c r="K554"/>
+        <v>3636</v>
+      </c>
+      <c r="K554" t="s">
+        <v>3637</v>
+      </c>
       <c r="L554" t="s">
-        <v>3644</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="555" spans="1:12">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555" t="s">
-        <v>3645</v>
+        <v>3639</v>
       </c>
       <c r="C555" t="s">
-        <v>2828</v>
+        <v>303</v>
       </c>
       <c r="D555" t="s">
-        <v>3646</v>
+        <v>80</v>
       </c>
       <c r="E555">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F555" t="s">
-        <v>3647</v>
+        <v>3640</v>
       </c>
       <c r="G555"/>
       <c r="H555" t="s">
-        <v>1331</v>
+        <v>3641</v>
       </c>
       <c r="I555" t="s">
-        <v>3648</v>
+        <v>3642</v>
       </c>
       <c r="J555" t="s">
-        <v>3649</v>
+        <v>3643</v>
       </c>
       <c r="K555" t="s">
-        <v>3650</v>
+        <v>3644</v>
       </c>
       <c r="L555" t="s">
-        <v>3651</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="556" spans="1:12">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556" t="s">
-        <v>3652</v>
+        <v>3646</v>
       </c>
       <c r="C556" t="s">
-        <v>43</v>
+        <v>1268</v>
       </c>
       <c r="D556" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="E556">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F556" t="s">
-        <v>3653</v>
+        <v>3647</v>
       </c>
       <c r="G556"/>
-      <c r="H556" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H556"/>
+      <c r="I556"/>
+      <c r="J556"/>
+      <c r="K556"/>
       <c r="L556" t="s">
-        <v>3657</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="557" spans="1:12">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557" t="s">
-        <v>3658</v>
+        <v>3649</v>
       </c>
       <c r="C557" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="D557" t="s">
-        <v>1852</v>
+        <v>71</v>
       </c>
       <c r="E557">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F557" t="s">
-        <v>3659</v>
-[...1 lines deleted...]
-      <c r="G557"/>
+        <v>3650</v>
+      </c>
+      <c r="G557" t="s">
+        <v>3651</v>
+      </c>
       <c r="H557" t="s">
-        <v>2036</v>
-[...1 lines deleted...]
-      <c r="I557"/>
+        <v>73</v>
+      </c>
+      <c r="I557" t="s">
+        <v>3652</v>
+      </c>
       <c r="J557" t="s">
-        <v>3660</v>
+        <v>3653</v>
       </c>
       <c r="K557" t="s">
-        <v>3661</v>
+        <v>3654</v>
       </c>
       <c r="L557" t="s">
-        <v>3662</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="558" spans="1:12">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558" t="s">
-        <v>3663</v>
+        <v>3656</v>
       </c>
       <c r="C558" t="s">
-        <v>29</v>
+        <v>3657</v>
       </c>
       <c r="D558" t="s">
         <v>44</v>
       </c>
       <c r="E558">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F558" t="s">
-        <v>3664</v>
-[...1 lines deleted...]
-      <c r="G558"/>
+        <v>3658</v>
+      </c>
+      <c r="G558" t="s">
+        <v>3659</v>
+      </c>
       <c r="H558" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="J558"/>
+        <v>1338</v>
+      </c>
+      <c r="I558" t="s">
+        <v>3660</v>
+      </c>
+      <c r="J558" t="s">
+        <v>3661</v>
+      </c>
       <c r="K558" t="s">
-        <v>3665</v>
+        <v>3662</v>
       </c>
       <c r="L558" t="s">
-        <v>3666</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="559" spans="1:12">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559" t="s">
-        <v>3667</v>
+        <v>3664</v>
       </c>
       <c r="C559" t="s">
-        <v>1246</v>
+        <v>303</v>
       </c>
       <c r="D559" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="E559">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F559" t="s">
-        <v>3668</v>
+        <v>3665</v>
       </c>
       <c r="G559"/>
       <c r="H559" t="s">
-        <v>92</v>
+        <v>73</v>
       </c>
       <c r="I559" t="s">
+        <v>3666</v>
+      </c>
+      <c r="J559" t="s">
+        <v>3667</v>
+      </c>
+      <c r="K559" t="s">
+        <v>3668</v>
+      </c>
+      <c r="L559" t="s">
         <v>3669</v>
-      </c>
-[...7 lines deleted...]
-        <v>3672</v>
       </c>
     </row>
     <row r="560" spans="1:12">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560" t="s">
+        <v>3670</v>
+      </c>
+      <c r="C560" t="s">
+        <v>303</v>
+      </c>
+      <c r="D560" t="s">
+        <v>366</v>
+      </c>
+      <c r="E560">
+        <v>1968</v>
+      </c>
+      <c r="F560" t="s">
+        <v>3671</v>
+      </c>
+      <c r="G560" t="s">
+        <v>3672</v>
+      </c>
+      <c r="H560">
+        <v>87</v>
+      </c>
+      <c r="I560" t="s">
         <v>3673</v>
       </c>
-      <c r="C560" t="s">
-[...8 lines deleted...]
-      <c r="F560" t="s">
+      <c r="J560" t="s">
         <v>3674</v>
       </c>
-      <c r="G560" t="s">
+      <c r="K560"/>
+      <c r="L560" t="s">
         <v>3675</v>
-      </c>
-[...13 lines deleted...]
-        <v>3679</v>
       </c>
     </row>
     <row r="561" spans="1:12">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561" t="s">
-        <v>3680</v>
+        <v>3676</v>
       </c>
       <c r="C561" t="s">
-        <v>29</v>
+        <v>2859</v>
       </c>
       <c r="D561" t="s">
-        <v>80</v>
+        <v>3677</v>
       </c>
       <c r="E561">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F561" t="s">
-        <v>3681</v>
+        <v>3678</v>
       </c>
       <c r="G561"/>
       <c r="H561" t="s">
+        <v>1338</v>
+      </c>
+      <c r="I561" t="s">
+        <v>3679</v>
+      </c>
+      <c r="J561" t="s">
+        <v>3680</v>
+      </c>
+      <c r="K561" t="s">
+        <v>3681</v>
+      </c>
+      <c r="L561" t="s">
         <v>3682</v>
-      </c>
-[...10 lines deleted...]
-        <v>3686</v>
       </c>
     </row>
     <row r="562" spans="1:12">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562" t="s">
-        <v>3687</v>
+        <v>3683</v>
       </c>
       <c r="C562" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="D562" t="s">
-        <v>832</v>
+        <v>44</v>
       </c>
       <c r="E562">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F562" t="s">
-        <v>3688</v>
+        <v>3684</v>
       </c>
       <c r="G562"/>
       <c r="H562" t="s">
-        <v>3689</v>
+        <v>732</v>
       </c>
       <c r="I562" t="s">
-        <v>3690</v>
+        <v>3685</v>
       </c>
       <c r="J562" t="s">
-        <v>3691</v>
+        <v>3686</v>
       </c>
       <c r="K562" t="s">
-        <v>3692</v>
+        <v>3687</v>
       </c>
       <c r="L562" t="s">
-        <v>3693</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="563" spans="1:12">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563" t="s">
-        <v>3694</v>
+        <v>3689</v>
       </c>
       <c r="C563" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="D563" t="s">
-        <v>693</v>
+        <v>1869</v>
       </c>
       <c r="E563">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F563" t="s">
-        <v>3695</v>
+        <v>3690</v>
       </c>
       <c r="G563"/>
       <c r="H563" t="s">
-        <v>3255</v>
-[...3 lines deleted...]
-      </c>
+        <v>2063</v>
+      </c>
+      <c r="I563"/>
       <c r="J563" t="s">
-        <v>3697</v>
+        <v>3691</v>
       </c>
       <c r="K563" t="s">
-        <v>3698</v>
+        <v>3692</v>
       </c>
       <c r="L563" t="s">
-        <v>3699</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="564" spans="1:12">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564" t="s">
-        <v>3700</v>
+        <v>3694</v>
       </c>
       <c r="C564" t="s">
         <v>29</v>
       </c>
       <c r="D564" t="s">
         <v>44</v>
       </c>
       <c r="E564">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F564" t="s">
-        <v>3701</v>
+        <v>3695</v>
       </c>
       <c r="G564"/>
       <c r="H564" t="s">
-        <v>1606</v>
+        <v>55</v>
       </c>
       <c r="I564"/>
       <c r="J564"/>
       <c r="K564" t="s">
-        <v>3702</v>
+        <v>3696</v>
       </c>
       <c r="L564" t="s">
-        <v>3703</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="565" spans="1:12">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565" t="s">
-        <v>3704</v>
+        <v>3698</v>
       </c>
       <c r="C565" t="s">
-        <v>3705</v>
+        <v>1253</v>
       </c>
       <c r="D565" t="s">
-        <v>3706</v>
+        <v>44</v>
       </c>
       <c r="E565">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F565" t="s">
-        <v>3707</v>
+        <v>3699</v>
       </c>
       <c r="G565"/>
       <c r="H565" t="s">
-        <v>2817</v>
+        <v>92</v>
       </c>
       <c r="I565" t="s">
-        <v>3708</v>
+        <v>3700</v>
       </c>
       <c r="J565" t="s">
-        <v>3709</v>
+        <v>3701</v>
       </c>
       <c r="K565" t="s">
-        <v>3710</v>
+        <v>3702</v>
       </c>
       <c r="L565" t="s">
-        <v>3711</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="566" spans="1:12">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566" t="s">
-        <v>3712</v>
+        <v>3704</v>
       </c>
       <c r="C566" t="s">
-        <v>1246</v>
+        <v>256</v>
       </c>
       <c r="D566" t="s">
-        <v>80</v>
+        <v>467</v>
       </c>
       <c r="E566">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F566" t="s">
-        <v>3713</v>
-[...1 lines deleted...]
-      <c r="G566"/>
+        <v>3705</v>
+      </c>
+      <c r="G566" t="s">
+        <v>3706</v>
+      </c>
       <c r="H566" t="s">
-        <v>768</v>
+        <v>2848</v>
       </c>
       <c r="I566" t="s">
-        <v>3714</v>
+        <v>3707</v>
       </c>
       <c r="J566" t="s">
-        <v>3715</v>
+        <v>3708</v>
       </c>
       <c r="K566" t="s">
-        <v>3716</v>
+        <v>3709</v>
       </c>
       <c r="L566" t="s">
-        <v>3717</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="567" spans="1:12">
       <c r="A567">
         <v>566</v>
       </c>
       <c r="B567" t="s">
-        <v>3718</v>
+        <v>3711</v>
       </c>
       <c r="C567" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D567" t="s">
-        <v>366</v>
+        <v>80</v>
       </c>
       <c r="E567">
-        <v>1972</v>
+        <v>1970</v>
       </c>
       <c r="F567" t="s">
-        <v>3719</v>
-[...3 lines deleted...]
-      </c>
+        <v>3712</v>
+      </c>
+      <c r="G567"/>
       <c r="H567" t="s">
-        <v>162</v>
+        <v>3713</v>
       </c>
       <c r="I567" t="s">
-        <v>3721</v>
+        <v>3714</v>
       </c>
       <c r="J567" t="s">
-        <v>3722</v>
+        <v>3715</v>
       </c>
       <c r="K567" t="s">
-        <v>3723</v>
+        <v>3716</v>
       </c>
       <c r="L567" t="s">
-        <v>3724</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="568" spans="1:12">
       <c r="A568">
         <v>567</v>
       </c>
       <c r="B568" t="s">
-        <v>3725</v>
+        <v>3718</v>
       </c>
       <c r="C568" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="D568" t="s">
-        <v>152</v>
+        <v>839</v>
       </c>
       <c r="E568">
-        <v>2025</v>
+        <v>1970</v>
       </c>
       <c r="F568" t="s">
-        <v>3726</v>
-[...3 lines deleted...]
-      </c>
+        <v>3719</v>
+      </c>
+      <c r="G568"/>
       <c r="H568" t="s">
-        <v>748</v>
+        <v>3720</v>
       </c>
       <c r="I568" t="s">
-        <v>3728</v>
+        <v>3721</v>
       </c>
       <c r="J568" t="s">
-        <v>3729</v>
+        <v>3722</v>
       </c>
       <c r="K568" t="s">
-        <v>3730</v>
+        <v>3723</v>
       </c>
       <c r="L568" t="s">
-        <v>3731</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="569" spans="1:12">
       <c r="A569">
         <v>568</v>
       </c>
       <c r="B569" t="s">
-        <v>3732</v>
+        <v>3725</v>
       </c>
       <c r="C569" t="s">
-        <v>1518</v>
+        <v>29</v>
       </c>
       <c r="D569" t="s">
-        <v>123</v>
+        <v>693</v>
       </c>
       <c r="E569">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F569" t="s">
-        <v>3733</v>
-[...3 lines deleted...]
-      </c>
+        <v>3726</v>
+      </c>
+      <c r="G569"/>
       <c r="H569" t="s">
-        <v>3735</v>
+        <v>3286</v>
       </c>
       <c r="I569" t="s">
-        <v>3736</v>
+        <v>3727</v>
       </c>
       <c r="J569" t="s">
-        <v>3737</v>
+        <v>3728</v>
       </c>
       <c r="K569" t="s">
-        <v>3738</v>
+        <v>3729</v>
       </c>
       <c r="L569" t="s">
-        <v>3739</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="570" spans="1:12">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570" t="s">
-        <v>3740</v>
+        <v>3731</v>
       </c>
       <c r="C570" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="D570" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="E570">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F570" t="s">
-        <v>3741</v>
+        <v>3732</v>
       </c>
       <c r="G570"/>
       <c r="H570" t="s">
-        <v>3742</v>
-[...6 lines deleted...]
-      </c>
+        <v>1623</v>
+      </c>
+      <c r="I570"/>
+      <c r="J570"/>
       <c r="K570" t="s">
-        <v>3745</v>
+        <v>3733</v>
       </c>
       <c r="L570" t="s">
-        <v>3746</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="571" spans="1:12">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571" t="s">
-        <v>3747</v>
+        <v>3735</v>
       </c>
       <c r="C571" t="s">
-        <v>182</v>
+        <v>3736</v>
       </c>
       <c r="D571" t="s">
-        <v>44</v>
+        <v>3737</v>
       </c>
       <c r="E571">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F571" t="s">
-        <v>3748</v>
+        <v>3738</v>
       </c>
       <c r="G571"/>
       <c r="H571" t="s">
-        <v>1139</v>
+        <v>2848</v>
       </c>
       <c r="I571" t="s">
-        <v>3749</v>
-[...1 lines deleted...]
-      <c r="J571"/>
+        <v>3739</v>
+      </c>
+      <c r="J571" t="s">
+        <v>3740</v>
+      </c>
       <c r="K571" t="s">
-        <v>3750</v>
+        <v>3741</v>
       </c>
       <c r="L571" t="s">
-        <v>3751</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="572" spans="1:12">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572" t="s">
-        <v>3752</v>
+        <v>3743</v>
       </c>
       <c r="C572" t="s">
-        <v>256</v>
+        <v>1253</v>
       </c>
       <c r="D572" t="s">
-        <v>239</v>
+        <v>80</v>
       </c>
       <c r="E572">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F572" t="s">
-        <v>3753</v>
+        <v>3744</v>
       </c>
       <c r="G572"/>
       <c r="H572" t="s">
-        <v>3754</v>
+        <v>768</v>
       </c>
       <c r="I572" t="s">
-        <v>3755</v>
+        <v>3745</v>
       </c>
       <c r="J572" t="s">
-        <v>3756</v>
+        <v>3746</v>
       </c>
       <c r="K572" t="s">
-        <v>3757</v>
+        <v>3747</v>
       </c>
       <c r="L572" t="s">
-        <v>3758</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="573" spans="1:12">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573" t="s">
-        <v>3759</v>
+        <v>3749</v>
       </c>
       <c r="C573" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D573" t="s">
-        <v>20</v>
+        <v>366</v>
       </c>
       <c r="E573">
-        <v>2025</v>
+        <v>1972</v>
       </c>
       <c r="F573" t="s">
-        <v>3760</v>
+        <v>3750</v>
       </c>
       <c r="G573" t="s">
-        <v>3761</v>
+        <v>3751</v>
       </c>
       <c r="H573" t="s">
-        <v>1157</v>
+        <v>162</v>
       </c>
       <c r="I573" t="s">
-        <v>3762</v>
+        <v>3752</v>
       </c>
       <c r="J573" t="s">
-        <v>3763</v>
-[...1 lines deleted...]
-      <c r="K573"/>
+        <v>3753</v>
+      </c>
+      <c r="K573" t="s">
+        <v>3754</v>
+      </c>
       <c r="L573" t="s">
-        <v>3764</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="574" spans="1:12">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574" t="s">
-        <v>3765</v>
+        <v>3756</v>
       </c>
       <c r="C574" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="D574" t="s">
-        <v>20</v>
+        <v>152</v>
       </c>
       <c r="E574">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="F574" t="s">
-        <v>3766</v>
+        <v>3757</v>
       </c>
       <c r="G574" t="s">
-        <v>3767</v>
+        <v>3758</v>
       </c>
       <c r="H574" t="s">
-        <v>964</v>
+        <v>748</v>
       </c>
       <c r="I574" t="s">
-        <v>3768</v>
+        <v>3759</v>
       </c>
       <c r="J574" t="s">
-        <v>3769</v>
-[...1 lines deleted...]
-      <c r="K574"/>
+        <v>3760</v>
+      </c>
+      <c r="K574" t="s">
+        <v>3761</v>
+      </c>
       <c r="L574" t="s">
-        <v>3770</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="575" spans="1:12">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575" t="s">
+        <v>3763</v>
+      </c>
+      <c r="C575" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D575" t="s">
+        <v>123</v>
+      </c>
+      <c r="E575">
+        <v>2026</v>
+      </c>
+      <c r="F575" t="s">
+        <v>3764</v>
+      </c>
+      <c r="G575" t="s">
+        <v>3765</v>
+      </c>
+      <c r="H575" t="s">
+        <v>3766</v>
+      </c>
+      <c r="I575" t="s">
+        <v>3767</v>
+      </c>
+      <c r="J575" t="s">
+        <v>3768</v>
+      </c>
+      <c r="K575" t="s">
+        <v>3769</v>
+      </c>
+      <c r="L575" t="s">
+        <v>3770</v>
+      </c>
+    </row>
+    <row r="576" spans="1:12">
+      <c r="A576">
+        <v>575</v>
+      </c>
+      <c r="B576" t="s">
         <v>3771</v>
       </c>
-      <c r="C575" t="s">
+      <c r="C576" t="s">
+        <v>70</v>
+      </c>
+      <c r="D576" t="s">
+        <v>14</v>
+      </c>
+      <c r="E576">
+        <v>1970</v>
+      </c>
+      <c r="F576" t="s">
+        <v>3772</v>
+      </c>
+      <c r="G576"/>
+      <c r="H576" t="s">
+        <v>3773</v>
+      </c>
+      <c r="I576" t="s">
+        <v>3774</v>
+      </c>
+      <c r="J576" t="s">
+        <v>3775</v>
+      </c>
+      <c r="K576" t="s">
+        <v>3776</v>
+      </c>
+      <c r="L576" t="s">
+        <v>3777</v>
+      </c>
+    </row>
+    <row r="577" spans="1:12">
+      <c r="A577">
+        <v>576</v>
+      </c>
+      <c r="B577" t="s">
+        <v>3778</v>
+      </c>
+      <c r="C577" t="s">
+        <v>182</v>
+      </c>
+      <c r="D577" t="s">
+        <v>44</v>
+      </c>
+      <c r="E577">
+        <v>1970</v>
+      </c>
+      <c r="F577" t="s">
+        <v>3779</v>
+      </c>
+      <c r="G577"/>
+      <c r="H577" t="s">
+        <v>1146</v>
+      </c>
+      <c r="I577" t="s">
+        <v>3780</v>
+      </c>
+      <c r="J577"/>
+      <c r="K577" t="s">
+        <v>3781</v>
+      </c>
+      <c r="L577" t="s">
+        <v>3782</v>
+      </c>
+    </row>
+    <row r="578" spans="1:12">
+      <c r="A578">
+        <v>577</v>
+      </c>
+      <c r="B578" t="s">
+        <v>3783</v>
+      </c>
+      <c r="C578" t="s">
+        <v>256</v>
+      </c>
+      <c r="D578" t="s">
+        <v>239</v>
+      </c>
+      <c r="E578">
+        <v>2026</v>
+      </c>
+      <c r="F578" t="s">
+        <v>3784</v>
+      </c>
+      <c r="G578"/>
+      <c r="H578" t="s">
+        <v>3785</v>
+      </c>
+      <c r="I578" t="s">
+        <v>3786</v>
+      </c>
+      <c r="J578" t="s">
+        <v>3787</v>
+      </c>
+      <c r="K578" t="s">
+        <v>3788</v>
+      </c>
+      <c r="L578" t="s">
+        <v>3789</v>
+      </c>
+    </row>
+    <row r="579" spans="1:12">
+      <c r="A579">
+        <v>578</v>
+      </c>
+      <c r="B579" t="s">
+        <v>3790</v>
+      </c>
+      <c r="C579" t="s">
         <v>19</v>
       </c>
-      <c r="D575" t="s">
+      <c r="D579" t="s">
         <v>20</v>
       </c>
-      <c r="E575">
+      <c r="E579">
+        <v>2026</v>
+      </c>
+      <c r="F579" t="s">
+        <v>3791</v>
+      </c>
+      <c r="G579" t="s">
+        <v>3792</v>
+      </c>
+      <c r="H579" t="s">
+        <v>1164</v>
+      </c>
+      <c r="I579" t="s">
+        <v>3793</v>
+      </c>
+      <c r="J579" t="s">
+        <v>3794</v>
+      </c>
+      <c r="K579"/>
+      <c r="L579" t="s">
+        <v>3795</v>
+      </c>
+    </row>
+    <row r="580" spans="1:12">
+      <c r="A580">
+        <v>579</v>
+      </c>
+      <c r="B580" t="s">
+        <v>3796</v>
+      </c>
+      <c r="C580" t="s">
+        <v>19</v>
+      </c>
+      <c r="D580" t="s">
+        <v>20</v>
+      </c>
+      <c r="E580">
+        <v>2026</v>
+      </c>
+      <c r="F580" t="s">
+        <v>3797</v>
+      </c>
+      <c r="G580" t="s">
+        <v>3798</v>
+      </c>
+      <c r="H580" t="s">
+        <v>971</v>
+      </c>
+      <c r="I580" t="s">
+        <v>3799</v>
+      </c>
+      <c r="J580" t="s">
+        <v>3800</v>
+      </c>
+      <c r="K580"/>
+      <c r="L580" t="s">
+        <v>3801</v>
+      </c>
+    </row>
+    <row r="581" spans="1:12">
+      <c r="A581">
+        <v>580</v>
+      </c>
+      <c r="B581" t="s">
+        <v>3802</v>
+      </c>
+      <c r="C581" t="s">
+        <v>19</v>
+      </c>
+      <c r="D581" t="s">
+        <v>20</v>
+      </c>
+      <c r="E581">
         <v>1985</v>
       </c>
-      <c r="F575" t="s">
-[...12 lines deleted...]
-        <v>3774</v>
+      <c r="F581" t="s">
+        <v>3803</v>
+      </c>
+      <c r="G581" t="s">
+        <v>3804</v>
+      </c>
+      <c r="H581" t="s">
+        <v>3268</v>
+      </c>
+      <c r="I581"/>
+      <c r="J581"/>
+      <c r="K581"/>
+      <c r="L581" t="s">
+        <v>3805</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">