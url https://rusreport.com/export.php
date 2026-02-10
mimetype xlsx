--- v4 (2026-01-20)
+++ v5 (2026-02-10)
@@ -14,155 +14,140 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$O</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3806">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3832">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Жанр</t>
   </si>
   <si>
     <t>Страна производства</t>
   </si>
   <si>
     <t>Год</t>
   </si>
   <si>
     <t>Оригинальное название</t>
   </si>
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Хронометраж</t>
   </si>
   <si>
     <t>IMDb</t>
   </si>
   <si>
     <t>Kinopoisk</t>
   </si>
   <si>
     <t>Трейлер</t>
   </si>
   <si>
     <t>Ссылка</t>
   </si>
   <si>
-    <t>«Я» ЗНАЧИТ «ЯСТРЕБ»</t>
+    <t>009: ВОЗВРАЩЕНИЕ КИБОРГА</t>
+  </si>
+  <si>
+    <t>Анимационный, Аниме</t>
+  </si>
+  <si>
+    <t>Япония</t>
+  </si>
+  <si>
+    <t>009 Re: Cyborg</t>
+  </si>
+  <si>
+    <t>Экшн-экранизация фантастической манги Сётаро Исиномори «Киборг 009» от создателей культовой франшизы «Призрак в доспехах».</t>
+  </si>
+  <si>
+    <t>103 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt2078523/?ref_=nv_sr_srsg_0_tt_8_nm_0_in_0_q_009%2520Re%253ACyborg</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/632140/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1057324266?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/anime/009-vozvrashhenie-kiborga/</t>
+  </si>
+  <si>
+    <t>1/8 ЗЕМЛИ: ВИЗИОНЕРЫ РОССИИ</t>
+  </si>
+  <si>
+    <t>Документальный</t>
+  </si>
+  <si>
+    <t>Россия</t>
+  </si>
+  <si>
+    <t>8x80 мин.</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/series/8818132/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/1/8-zemli-vizioneryi-rossii/</t>
+  </si>
+  <si>
+    <t>10 КИЛО</t>
   </si>
   <si>
     <t>Драма</t>
-  </si>
-[...61 lines deleted...]
-    <t>10 КИЛО</t>
   </si>
   <si>
     <t>Израиль, США</t>
   </si>
   <si>
     <t>10 KILOS</t>
   </si>
   <si>
     <t>4x60 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt7450390/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1066837/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1115641963?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/10-kilo/</t>
   </si>
   <si>
     <t>12 мелодий любви</t>
   </si>
@@ -1028,50 +1013,56 @@
   <si>
     <t>https://player.vimeo.com/video/418590755?h=ce8cb5e8c1</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/anime/bezdomnyij-bog,-1-2/</t>
   </si>
   <si>
     <t>БЕЗУМНАЯ СТАРУХА</t>
   </si>
   <si>
     <t>Ужасы, Триллер</t>
   </si>
   <si>
     <t>Аргентина, Испания</t>
   </si>
   <si>
     <t>VIEJA LOCA / CRAZY OLD LADY</t>
   </si>
   <si>
     <t>Аргентинский хоррор в духе «Мизери» Стивена Кинга. Жёсткий, стильный саспенс с латиноамериканским темпераментом. В главной роли — легендарная Кармен Маура, муза Альмодовара, которая напугает сильнее любого CGI-монстра.</t>
   </si>
   <si>
     <t>93 мин.</t>
   </si>
   <si>
+    <t>https://www.imdb.com/title/tt31613162/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/10029053</t>
+  </si>
+  <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/bezumnaya-staruxa/</t>
   </si>
   <si>
     <t>Безумные съемки</t>
   </si>
   <si>
     <t>MAKING OF</t>
   </si>
   <si>
     <t>Комедия одного из лидеров современного французского кино Седрика Кана о кинематографической кухне, муках творчества и амбициях, где пороки и добродетели, любовь и ненависть идут рука об руку.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt25650046/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/5362568/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/917449293?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/bezumnyie-semki/</t>
   </si>
   <si>
     <t>Безупречная жизнь</t>
@@ -2456,74 +2447,86 @@
   <si>
     <t>MOUNTAIN</t>
   </si>
   <si>
     <t>Симфония величественных горных вершин и головокружительные подвиги отважных романтиков, жаждущих их покорения.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt6203570/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/gory-2017-1030023/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1117595195?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/goryi/</t>
   </si>
   <si>
     <t>ГРЕХИ ЗАПАДА</t>
   </si>
   <si>
     <t>KILLING FAITH</t>
   </si>
   <si>
-    <t>Мистический триллер со звездным составом исполнителей – Гаем Пирсом и Билом Пуллманом: самая нетривиальная история освоения американских территорий в традициях Стивена Кинга и Клинта Иствуда.</t>
+    <t>Сверхъестественный триллер в декорациях Дикого Запада. Стивен Кинг рекомендует.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt29101725/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/7147547</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1158719808?h=160a0525d9</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/killing-faith/</t>
   </si>
   <si>
     <t>ГУГЕНОТЫ</t>
   </si>
   <si>
     <t>Исторический, Драма</t>
   </si>
   <si>
     <t>THE HUGUENOTS / FORTUNE DE FRANCE</t>
   </si>
   <si>
     <t>6х52 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt27644193/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/9825417/</t>
   </si>
   <si>
+    <t>https://player.vimeo.com/video/1156676254</t>
+  </si>
+  <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/the-huguenots/</t>
   </si>
   <si>
     <t>Даааааали!</t>
   </si>
   <si>
     <t>DAAAAAALI!</t>
   </si>
   <si>
     <t>Виртуозная фантазия о причудах гения Сальвадора Дали от корифея кинематографических анекдотов Квентина Дюпье.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt23476446/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/5212650/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/lJNDK7l3rvY?si=OdAN41x7uTy7PDDz</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/dali!/</t>
   </si>
   <si>
     <t>Дама в очках и с ружьем в автомобиле</t>
@@ -2778,50 +2781,53 @@
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/dnevnik-gornichnoj/</t>
   </si>
   <si>
     <t>Дневники доброты, 1-2</t>
   </si>
   <si>
     <t>KINDNESS DIARIES, 1-2</t>
   </si>
   <si>
     <t>13x30, 13x30 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt6786518/?ref_=ttpl_pl_tt</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/5118068/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/766459165?h=732d5c0bc6</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/dnevniki-dobrotyi,-1-2/</t>
   </si>
   <si>
     <t>Добро пожаловать в Сараево</t>
+  </si>
+  <si>
+    <t>Великобритания, США</t>
   </si>
   <si>
     <t>WELCOME TO SARAJEVO</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0120490/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/4247/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/IOmm1OD2ArQ?si=2LFtO-A3ojN_YR1z</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/dobro-pozhalovat-v-saraevo/</t>
   </si>
   <si>
     <t>Догоняя смерть</t>
   </si>
   <si>
     <t>Израиль</t>
   </si>
   <si>
     <t>THE GRAVE</t>
   </si>
@@ -3831,50 +3837,53 @@
   <si>
     <t>6х45 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt4662890/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1178199/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/392418046?h=85e04ced97</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/zyib/</t>
   </si>
   <si>
     <t>И НАСТУПИТ РАССВЕТ</t>
   </si>
   <si>
     <t>Аниме, Драма</t>
   </si>
   <si>
     <t>HANAROKUSHOU GA AKERU HI NI / A NEW DAWN</t>
   </si>
   <si>
+    <t>На заброшенной фабрике фейерверков трое друзей создают идеальный салют. Атмосферное и вдохновляющее аниме от художника Ёситоси Синомии («Твоё имя», «Сад изящных слов»), работавшего с Макото Синкаем.</t>
+  </si>
+  <si>
     <t>https://rusreport.com/katalog/anime/i-nastupit-rassvet/</t>
   </si>
   <si>
     <t>Игра на выживание</t>
   </si>
   <si>
     <t>США, Германия</t>
   </si>
   <si>
     <t>ONE OF THESE DAYS</t>
   </si>
   <si>
     <t>Непредсказуемая история, основанная на реальных событиях. В главной роли – новый секс-символ, британец Джо Коул («Бои без правил», сериалы «Чёрное зеркало», «Острые козырьки»).</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt8415728/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1188841/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/pd8CNVEU3NE?si=sPXPOUBBjoZABOqZ</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/igra-na-vyizhivanie/</t>
@@ -4068,50 +4077,53 @@
   <si>
     <t>https://www.youtube.com/embed/OtVhD4pPswY?si=PMX84CLT9K6TIOIS</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/intimnyij-dnevnik/</t>
   </si>
   <si>
     <t>ИСКУССТВО ПРЕСТУПЛЕНИЯ, 1-4</t>
   </si>
   <si>
     <t>Триллер, Детектив</t>
   </si>
   <si>
     <t>ART OF CRIME /ART DU CRIME</t>
   </si>
   <si>
     <t>6х30, 6х30, 4х60, 4х60 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt6190050/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1113109/</t>
   </si>
   <si>
+    <t>https://player.vimeo.com/video/1156667744</t>
+  </si>
+  <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/iskusstvo-prestupleniya,-1-4/</t>
   </si>
   <si>
     <t>Истории, которые нельзя рассказывать</t>
   </si>
   <si>
     <t>HISTORIAS PARA NO CONTAR / STORIES NOT TO BE TOLD</t>
   </si>
   <si>
     <t>Четыре ироничные истории о сексе и любви от мастера испанской комедии Сеска Гая («Соседи сверху», «Трумэн»).</t>
   </si>
   <si>
     <t>75 мин. (сокращенная версия) и 100 мин. (полная)</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt14149544/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/4396699/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/w9IYMMKxipE?si=YJLGkPQZPCg6ykBB</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/istorii,-kotoryie-nelzya-rasskazyivat/</t>
@@ -4152,50 +4164,53 @@
   <si>
     <t>169 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt8205028/</t>
   </si>
   <si>
     <t>https://kinopoisk.ru/film/1141066/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/AAmcejLJbRI?si=2O6QRrLBWfU1uHwR</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/istoriya-moej-zhenyi/</t>
   </si>
   <si>
     <t>ИСЧЕЗНУВШИЕ МИРЫ АМАЗОНКИ</t>
   </si>
   <si>
     <t>LOST CIVILIZATIONS OF THE AMAZONS</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt35660507/</t>
   </si>
   <si>
+    <t>https://player.vimeo.com/video/1157377405</t>
+  </si>
+  <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/ischeznuvshie-miryi-amazonki/</t>
   </si>
   <si>
     <t>Их было десять</t>
   </si>
   <si>
     <t>They Were Ten / Ils étaient dix</t>
   </si>
   <si>
     <t>Современная адаптация шедевра Агаты Кристи — самого популярного детективного романа всех времен!</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt10063310/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1254869/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/427079473?h=cba13cc183</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/ix-byilo-desyat/</t>
   </si>
   <si>
     <t>К радости</t>
@@ -4812,50 +4827,53 @@
   <si>
     <t>CRYPTOZOO</t>
   </si>
   <si>
     <t>Сюрреалистический комикс о криптидах – мифических животных, в существование которых верит человечество.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt13622118/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/4295096/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/qsIP1hXREJ4?si=0xStwkmvfQVFUlW3</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/anime/kriptopolis/</t>
   </si>
   <si>
     <t>КРОВАВАЯ БУХТА</t>
   </si>
   <si>
     <t>THE BAY</t>
   </si>
   <si>
+    <t>Напряженный триллер о выживании в экзотическом раю, который стал смертельной ловушкой.</t>
+  </si>
+  <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/krovavaya-buxta/</t>
   </si>
   <si>
     <t>Кругосветное путешествие Элькано и Магеллана</t>
   </si>
   <si>
     <t>Приключения, Анимационный</t>
   </si>
   <si>
     <t>ELCANO &amp; MAGALLANES: FIRST TRIP AROUND THE WORLD / ELCANO Y MAGALLANES. LA PRIMERA VUELTA AL MUNDO</t>
   </si>
   <si>
     <t>История легендарных мореплавателей, изменивших представление о мире к 500-летнему юбилею первого кругосветного путешествия.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt4991676/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1261546/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/LqZxYEcps-g?si=HxhOyW8pjFngCNxL</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/anime/krugosvetnoe-puteshestvie-elkano-i-magellana/</t>
@@ -5706,59 +5724,65 @@
   <si>
     <t>https://www.imdb.com/title/tt1094666/?ref_=nm_knf_i1</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/477589/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/568487302?h=35f7af421f</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/molot/</t>
   </si>
   <si>
     <t>МОЛЧАЛИВЫЙ ДРУГ</t>
   </si>
   <si>
     <t>Драма, Мелодрама, Фантастика</t>
   </si>
   <si>
     <t>Германия, Франция, Венгрия, Китай</t>
   </si>
   <si>
     <t>SILENT FRIEND</t>
   </si>
   <si>
-    <t>Экологическая версия «Близких контактов третьей степени»: завораживающая фантазия о мистической власти природы и о восприятии мира, недоступного нашему слуху и зрению.</t>
+    <t>Триумфатор Венецианского кинофестиваля с Леа Сейду и звездой «Любовного настроения» Тони Люн Чу-Ваем. Фильм Ильдико Эньеди, чья картина «О теле и душе» была номинирована на премию «Оскар».</t>
   </si>
   <si>
     <t>147 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt27811632/?ref_=ttrel_ov_bk</t>
   </si>
   <si>
+    <t>https://www.kinopoisk.ru/film/6555791/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1158722177?h=7ffdac0876</t>
+  </si>
+  <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/molchalivyij-drug/</t>
   </si>
   <si>
     <t>Молчание</t>
   </si>
   <si>
     <t>TYSTNADEN / THE SILENCE</t>
   </si>
   <si>
     <t>Cамый «непристойный» фильм шведского классика. Завораживающий фильм-сновидение о противостоянии разума и инстинкта.</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/738644123</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/molchanie/</t>
   </si>
   <si>
     <t>МОЛЧАНИЕ ПЕСКА</t>
   </si>
   <si>
     <t>MOUTHS OF SAND / HONDAR AHOAK</t>
   </si>
   <si>
     <t>4x50 мин.</t>
@@ -6186,51 +6210,51 @@
   <si>
     <t>Наследник</t>
   </si>
   <si>
     <t>Узбекистан</t>
   </si>
   <si>
     <t>ZURRIYOT</t>
   </si>
   <si>
     <t xml:space="preserve">	50х40 мин.</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/775817898?h=b494841a69</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/naslednik/</t>
   </si>
   <si>
     <t>Настоящая война престолов</t>
   </si>
   <si>
     <t>The Real War Of Thrones / La Guerre des trônes, la véritable histoire de l'Europe</t>
   </si>
   <si>
-    <t>22x4, 6х52 мин.</t>
+    <t>22x45, 6х52 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt6992870/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1377691/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1008599043?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/vojna-prestolov-podlinnaya-istoriya-evropyi/</t>
   </si>
   <si>
     <t>Настоящая история Одиссеи</t>
   </si>
   <si>
     <t>Франция, Италия, Канада</t>
   </si>
   <si>
     <t>ODYSSEY: BEHIND THE MYTH</t>
   </si>
   <si>
     <t xml:space="preserve">	6x52 мин.</t>
   </si>
@@ -7266,50 +7290,59 @@
   <si>
     <t xml:space="preserve"> 5x45, 5х45 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt10768238/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1291383/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/490686116?h=236cc7b157</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/partizan/</t>
   </si>
   <si>
     <t>ПАТЭМА НАОБОРОТ</t>
   </si>
   <si>
     <t>Аниме, Мелодрама, Фантастика</t>
   </si>
   <si>
     <t>SAKASAMA NO PATEMA / PATEMA INVERTED</t>
   </si>
   <si>
+    <t>Невозможная встреча юноши и девушки, которая в буквальном смысле перевернет мир с ног на голову.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt2981768/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/684131</t>
+  </si>
+  <si>
     <t>https://rusreport.com/katalog/anime/patema-naoborot/</t>
   </si>
   <si>
     <t>Пекарь и красавица</t>
   </si>
   <si>
     <t>Мюзикл, Мелодрама</t>
   </si>
   <si>
     <t>THE BAKER AND THE BEAUTY</t>
   </si>
   <si>
     <t>9х45 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt9164986/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1245503/?</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/683243916?h=58e0120f87</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/pekar-i-krasavicza/</t>
@@ -7374,50 +7407,53 @@
   <si>
     <t>Анимационный, Драма</t>
   </si>
   <si>
     <t>PERSEPOLIS</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0808417/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/257900/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/397636398?h=97bf4eabfa</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/anime/persipolis2/</t>
   </si>
   <si>
     <t>ПИРАТКА МО</t>
   </si>
   <si>
     <t>PIRATE MO &amp; THE LEGEND OF THE RED RUBY</t>
   </si>
   <si>
+    <t>Мультфильм о морских приключениях от студии, подарившей зрителям «Изумительного Мориса».</t>
+  </si>
+  <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/piratka-mo/</t>
   </si>
   <si>
     <t>ПИСЬМО ДЛЯ МОМО</t>
   </si>
   <si>
     <t>A LETTER TO MOMO / MOMO E NO TEGAMI</t>
   </si>
   <si>
     <t>Увлекательные приключения девочки-подростка в компании сверхъестественных существ: озорной и трогательный анимационный фэнтэзи для всей семьи о чудесной поре детства</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt1853614/?ref_=fn_all_ttl_1</t>
   </si>
   <si>
     <t>https://disk.yandex.ru/d/aqk5d35c5TWb1A</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/anime/pismo-dlya-momo/</t>
   </si>
   <si>
     <t>Планета мутантов, 1-2</t>
   </si>
   <si>
     <t>MUTANT PLANET, 1-2</t>
@@ -8058,95 +8094,101 @@
   <si>
     <t>https://rusreport.com/katalog/anime/prizrak-v-dospexax-2-nevinnost/</t>
   </si>
   <si>
     <t>Призрак из каменного века</t>
   </si>
   <si>
     <t>Ghost of the Neolithic / Schnidi, le fantôme du néolithique</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt11937470/?ref_=nv_sr_srsg_0_tt_1_nm_0_q_SCHNIDI%252C%2520LE%2520FANT%25C3%2594ME%2520TSVP%2520DU%2520N%25C3%258</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/944259151?h=7f34cfd13f</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/ghost-of-the-neolithic/</t>
   </si>
   <si>
     <t>Призрак у озера</t>
   </si>
   <si>
     <t>THE OTHER CHILD / MIHOK</t>
   </si>
   <si>
+    <t>114 мин.</t>
+  </si>
+  <si>
     <t>https://www.imdb.com/title/tt22897604/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/5089502/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/fe-nM9w5aFk?si=E4WK-DiF2sRF-vJ6</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/prizrak-u-ozera/</t>
   </si>
   <si>
     <t>Призраки Исмаэля</t>
   </si>
   <si>
     <t>ISMAEL'S GHOSTS / LES FANTÔMES D'ISMAËL</t>
   </si>
   <si>
     <t>Звезды европейского кино - Шарлотта Генсбур, Марион Котийяр, Матьё Амальрик и Луи Гаррель – в вечной истории любви от тонкого знатока чувственных переживаний, французского режиссера Арно Деплешена.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt5687040/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/prizraki-ismaelya-2017-977335/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/UCUkoqcE8lo?si=2enCtnkI12NRRHUk</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/prizraki-ismaelya/</t>
   </si>
   <si>
     <t>ПРИЗРАКИ МОРЯ</t>
   </si>
   <si>
     <t>SEA SHADOWS / RIVAGES</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt29427695</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/6989161/sr/1/</t>
   </si>
   <si>
+    <t>https://player.vimeo.com/video/1156671440</t>
+  </si>
+  <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/prizraki-morya/</t>
   </si>
   <si>
     <t>Призраки прошлого</t>
   </si>
   <si>
     <t>BLOODLANDS</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt11285548/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1341789/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/513356508?h=57403d4f09</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/prizraki-proshlogo/</t>
   </si>
   <si>
     <t>Призрачная дверь</t>
   </si>
   <si>
     <t>GUIMOON: THE LIGHTLESS DOOR</t>
@@ -9627,50 +9669,53 @@
   <si>
     <t>История любви, рожденная в стране, расколотой войной, становится символом надежды.</t>
   </si>
   <si>
     <t>https://m.imdb.com/title/tt5986440/mediaviewer/rm2189523713/?ref_=tt_ov_i</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/6434577/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1047175939?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/the-glassworker/</t>
   </si>
   <si>
     <t>СТОМЕТРОВКА</t>
   </si>
   <si>
     <t>100 METERS / HYAKUEMU</t>
   </si>
   <si>
     <t>Динамичная спортивная аниме-драма с феноменальной детализацией кадра. Релиз поддерживают международные и российские спортивные бренды: Puma, Nike, Adidas, «Беговое сообщество», GRi и Спорт-Марафон.</t>
   </si>
   <si>
+    <t>https://player.vimeo.com/video/1158723727?h=bb8b07f3d0</t>
+  </si>
+  <si>
     <t>https://rusreport.com/katalog/anime/stometrovka/</t>
   </si>
   <si>
     <t>Страна чудес</t>
   </si>
   <si>
     <t>ROMANCE / WONDERLAND, THE GIRL FROM THE SHORE</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt11469120/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1346989/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/AY9oydK9Bos?si=yxtoZppHp4yFrQ4b</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/strana-chudes/</t>
   </si>
   <si>
     <t>Страсть</t>
   </si>
   <si>
     <t>The Passion of Anna / EN PASSION</t>
@@ -10827,50 +10872,53 @@
   <si>
     <t>FATAL FORECAST</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt20877020/fullcredits/?ref_=tt_cst_sm</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/5320767/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1114985426?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/fatalnyij-prognoz/</t>
   </si>
   <si>
     <t>ФЛАМИНГО ФЛАМЕНКО. БОЛЬШОЕ ПРИКЛЮЧЕНИЕ</t>
   </si>
   <si>
     <t>Германия, Испания</t>
   </si>
   <si>
     <t>FLAMINGO FLAMENCO</t>
   </si>
   <si>
+    <t>Семейный анимационный фильм о том, как вернуть уверенность в себе через радость танца.</t>
+  </si>
+  <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/flamingo-flamenko.-bolshoe-priklyuchenie/</t>
   </si>
   <si>
     <t>Фокстрот</t>
   </si>
   <si>
     <t>Израиль, Германия, Франция, Швейцария</t>
   </si>
   <si>
     <t>FOXTROT</t>
   </si>
   <si>
     <t>Абсурдистская трагикомедия о непостижимой роли судьбы.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt6896536/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/fokstrot-2017-1047309/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/kECBg41OSC4?si=xnjZLFzNIWmMJT2b</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/fokstrot/</t>
@@ -10966,50 +11014,53 @@
     <t>ХЕМЛОК ГРОУВ</t>
   </si>
   <si>
     <t>HEMLOCK GROVE</t>
   </si>
   <si>
     <t>33х52 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt2309295/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/676525/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/503824141?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/xemlok-grouv/</t>
   </si>
   <si>
     <t>ХРАНИТЕЛЬ КАМФОРНОГО ДЕРЕВА</t>
   </si>
   <si>
     <t>KUSUNOKI NO BANNIN / THE KEEPER OF THE CAMPHOR TREE</t>
+  </si>
+  <si>
+    <t>Завораживающее аниме о тайнах природы и шансе переписать свою судьбу от студии A-1 Pictures («Мастер меча онлайн», «Хвост феи», «Семь смертных грехов»).</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/anime/xranitel-kamfornogo-dereva/</t>
   </si>
   <si>
     <t>Царство красоты</t>
   </si>
   <si>
     <t>An Eye for Beauty / LE RÈGNE DE LA BEAUTÉ</t>
   </si>
   <si>
     <t>Элегантная, приправленная тонкой иронией эротическая мелодрама на тему скромного обаяния буржуазии от легендарного канадского режиссера Дени Аркана.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt2414040/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/710572/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/xKJsGQTN6-I?si=6pANBMB5fr3X9rNp</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/czarstvo-krasotyi/</t>
   </si>
@@ -11374,50 +11425,68 @@
   <si>
     <t>https://www.kinopoisk.ru/series/568018/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/457045385?h=41f43e3fe8</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/epizodyi,-1-5/</t>
   </si>
   <si>
     <t>Эпоха гигантов</t>
   </si>
   <si>
     <t>MYSTERIES OF THE GIANTS / LE MYSTÈRE DES GÉANTS</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt13040962/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/948932270?h=fb5747d18e</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/mysteries-of-the-giants/</t>
   </si>
   <si>
+    <t>Я – ЗНАЧИТ ЯСТРЕБ</t>
+  </si>
+  <si>
+    <t>H IS FOR HAWK</t>
+  </si>
+  <si>
+    <t>Воспоминания об отце и связь с дикой природой помогают Хелен переосмыслить свою жизнь и найти опору. Экранизация бестселлера, основанного на реальных событиях.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt10329560/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/7202436</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/«ya»-znachit-«yastreb»/</t>
+  </si>
+  <si>
     <t>Я знаю, кто ты</t>
   </si>
   <si>
     <t>SÉ QUIÉN ERES /I KNOW WHO YOU ARE</t>
   </si>
   <si>
     <t xml:space="preserve">	16x70 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt4888908/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1044939/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/392420704?h=0f6969b172</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/ya-znayu,-kto-tyi/</t>
   </si>
   <si>
     <t>ЯБЛОЧНОЕ ЗЕРНЫШКО XIII: ТАРТАР</t>
   </si>
   <si>
     <t>APPLESEED XIII: TARTAROS</t>
@@ -11438,50 +11507,59 @@
     <t>ЯБЛОЧНОЕ ЗЕРНЫШКО XIII: УРАН</t>
   </si>
   <si>
     <t>APPLESEED XIII: URANOS</t>
   </si>
   <si>
     <t>Захватывающее продолжение киноверсии манги Сиро Масамунэ о городе-утопии Олимп, населенном биородами – усовершенствованной расой людей-клонов.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt6302292/?ref_=nv_sr_srsg_4_tt_3_nm_0_in_0_q_Appleseed%2520XIII</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1199804/</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/anime/yablochnoe-zernyishko-xiii-uran/</t>
   </si>
   <si>
     <t>ЯЙЦО АНГЕЛА</t>
   </si>
   <si>
     <t>TENSHI NO TAMAGO / ANGEL’S EGG</t>
   </si>
   <si>
     <t>Эталон авангарда в аниме от Мамору Осии и Ёситаки Амано. Готическая эстетика, глубокий символизм и уникальный визуальный язык сделали фильм культовым и вдохновили поколения художников.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0208502/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/51384/Imdb</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1158717819?h=20ee6a7ea5</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/anime/yaĭczo-angela/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -11853,20671 +11931,20723 @@
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
         <v>2026</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
-      <c r="G2"/>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
       <c r="H2" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      <c r="K2"/>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K2" t="s">
+        <v>20</v>
+      </c>
       <c r="L2" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E3">
-        <v>2026</v>
-[...6 lines deleted...]
-      </c>
+        <v>1970</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
       <c r="H3" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="K3" t="s">
         <v>26</v>
       </c>
+      <c r="K3"/>
       <c r="L3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>29</v>
       </c>
       <c r="D4" t="s">
         <v>30</v>
       </c>
       <c r="E4">
-        <v>1970</v>
-[...1 lines deleted...]
-      <c r="F4"/>
+        <v>2026</v>
+      </c>
+      <c r="F4" t="s">
+        <v>31</v>
+      </c>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="I4"/>
+        <v>32</v>
+      </c>
+      <c r="I4" t="s">
+        <v>33</v>
+      </c>
       <c r="J4" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="K4"/>
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
       <c r="L4" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="D5" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E5">
         <v>2026</v>
       </c>
       <c r="F5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="G5"/>
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
       <c r="H5" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="I5" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="J5" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="K5" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="L5" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C6" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D6" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E6">
         <v>2026</v>
       </c>
       <c r="F6" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="G6"/>
       <c r="H6" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="K6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="E7">
         <v>2026</v>
       </c>
       <c r="F7" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G7"/>
+        <v>57</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
       <c r="H7" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="I7"/>
+        <v>59</v>
+      </c>
+      <c r="I7" t="s">
+        <v>60</v>
+      </c>
       <c r="J7" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="E8">
         <v>2026</v>
       </c>
       <c r="F8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="G8" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="H8" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="I8" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="J8" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="K8" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="L8" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="D9" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="E9">
         <v>2026</v>
       </c>
       <c r="F9" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="G9"/>
       <c r="H9" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="I9" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="J9" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="K9" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="L9" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C10" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="D10" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="E10">
         <v>2026</v>
       </c>
       <c r="F10" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="G10"/>
+        <v>85</v>
+      </c>
+      <c r="G10" t="s">
+        <v>86</v>
+      </c>
       <c r="H10" t="s">
-        <v>82</v>
-[...9 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10"/>
+      <c r="K10"/>
       <c r="L10" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C11" t="s">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E11">
         <v>2026</v>
       </c>
       <c r="F11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H11" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      <c r="K11"/>
+        <v>93</v>
+      </c>
+      <c r="I11" t="s">
+        <v>94</v>
+      </c>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>96</v>
+      </c>
       <c r="L11" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>99</v>
       </c>
       <c r="D12" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="E12">
         <v>2026</v>
       </c>
       <c r="F12" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="G12"/>
       <c r="H12" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="K12" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L12" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C13" t="s">
-        <v>104</v>
+        <v>48</v>
       </c>
       <c r="D13" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E13">
         <v>2026</v>
       </c>
       <c r="F13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G13"/>
       <c r="H13" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-      <c r="J13" t="s">
         <v>107</v>
       </c>
-      <c r="K13" t="s">
+      <c r="I13" t="s">
         <v>108</v>
       </c>
+      <c r="J13"/>
+      <c r="K13"/>
       <c r="L13" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>53</v>
+        <v>111</v>
       </c>
       <c r="D14" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E14">
         <v>2026</v>
       </c>
       <c r="F14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G14"/>
       <c r="H14" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="I14" t="s">
         <v>113</v>
       </c>
+      <c r="I14"/>
       <c r="J14"/>
-      <c r="K14"/>
+      <c r="K14" t="s">
+        <v>114</v>
+      </c>
       <c r="L14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D15" t="s">
-        <v>80</v>
+        <v>118</v>
       </c>
       <c r="E15">
         <v>2026</v>
       </c>
       <c r="F15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="G15"/>
       <c r="H15" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-      <c r="J15"/>
+        <v>120</v>
+      </c>
+      <c r="I15" t="s">
+        <v>121</v>
+      </c>
+      <c r="J15" t="s">
+        <v>122</v>
+      </c>
       <c r="K15" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="L15" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C16" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D16" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="E16">
         <v>2026</v>
       </c>
       <c r="F16" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G16"/>
       <c r="H16" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="I16" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="J16" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="K16" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="L16" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C17" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D17" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="E17">
         <v>2026</v>
       </c>
       <c r="F17" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="G17"/>
-      <c r="H17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H17"/>
       <c r="I17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J17" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="K17" t="s">
         <v>135</v>
       </c>
+      <c r="K17"/>
       <c r="L17" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>137</v>
       </c>
       <c r="C18" t="s">
-        <v>122</v>
+        <v>138</v>
       </c>
       <c r="D18" t="s">
-        <v>123</v>
+        <v>14</v>
       </c>
       <c r="E18">
         <v>2026</v>
       </c>
       <c r="F18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G18"/>
-      <c r="H18"/>
+      <c r="H18" t="s">
+        <v>140</v>
+      </c>
       <c r="I18" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="J18" t="s">
-        <v>140</v>
-[...1 lines deleted...]
-      <c r="K18"/>
+        <v>142</v>
+      </c>
+      <c r="K18" t="s">
+        <v>143</v>
+      </c>
       <c r="L18" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C19" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D19" t="s">
-        <v>20</v>
+        <v>147</v>
       </c>
       <c r="E19">
         <v>2026</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19"/>
+      <c r="F19"/>
+      <c r="G19" t="s">
+        <v>148</v>
+      </c>
       <c r="H19" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="I19" t="s">
-        <v>146</v>
-[...6 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="J19"/>
+      <c r="K19"/>
       <c r="L19" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C20" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D20" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E20">
         <v>2026</v>
       </c>
-      <c r="F20"/>
+      <c r="F20" t="s">
+        <v>155</v>
+      </c>
       <c r="G20" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="H20" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="I20" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-      <c r="K20"/>
+        <v>158</v>
+      </c>
+      <c r="J20" t="s">
+        <v>159</v>
+      </c>
+      <c r="K20" t="s">
+        <v>160</v>
+      </c>
       <c r="L20" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C21" t="s">
-        <v>158</v>
+        <v>83</v>
       </c>
       <c r="D21" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="E21">
         <v>2026</v>
       </c>
       <c r="F21" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="G21"/>
       <c r="H21" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="K21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="L21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C22" t="s">
-        <v>88</v>
+        <v>169</v>
       </c>
       <c r="D22" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="E22">
         <v>2026</v>
       </c>
       <c r="F22" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>171</v>
+      </c>
+      <c r="I22" t="s">
+        <v>172</v>
+      </c>
       <c r="J22" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="K22" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="L22" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C23" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D23" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="E23">
         <v>2026</v>
       </c>
       <c r="F23" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>176</v>
-[...6 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23"/>
       <c r="K23" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="L23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C24" t="s">
-        <v>182</v>
+        <v>23</v>
       </c>
       <c r="D24" t="s">
-        <v>44</v>
+        <v>118</v>
       </c>
       <c r="E24">
         <v>2026</v>
       </c>
       <c r="F24" t="s">
         <v>183</v>
       </c>
       <c r="G24"/>
       <c r="H24" t="s">
         <v>184</v>
       </c>
       <c r="I24"/>
-      <c r="J24"/>
+      <c r="J24" t="s">
+        <v>185</v>
+      </c>
       <c r="K24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="L24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C25" t="s">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="D25" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="E25">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F25" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>191</v>
+      </c>
+      <c r="I25" t="s">
+        <v>192</v>
+      </c>
       <c r="J25" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="K25" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="L25" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C26" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D26" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E26">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F26" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="I26" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="J26" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="K26" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="L26" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C27" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D27" t="s">
-        <v>44</v>
+        <v>206</v>
       </c>
       <c r="E27">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F27" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="I27" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="J27" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="K27" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="L27" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C28" t="s">
-        <v>210</v>
+        <v>23</v>
       </c>
       <c r="D28" t="s">
-        <v>211</v>
+        <v>75</v>
       </c>
       <c r="E28">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F28" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>213</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K28" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="L28" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C29" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D29" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E29">
         <v>2026</v>
       </c>
       <c r="F29" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="I29"/>
+        <v>221</v>
+      </c>
+      <c r="I29" t="s">
+        <v>222</v>
+      </c>
       <c r="J29" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="K29" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="L29" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C30" t="s">
-        <v>29</v>
+        <v>169</v>
       </c>
       <c r="D30" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="E30">
         <v>2026</v>
       </c>
       <c r="F30" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="I30" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="J30" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="K30" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="L30" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C31" t="s">
-        <v>174</v>
+        <v>83</v>
       </c>
       <c r="D31" t="s">
-        <v>20</v>
+        <v>234</v>
       </c>
       <c r="E31">
         <v>2026</v>
       </c>
       <c r="F31" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="G31"/>
+        <v>235</v>
+      </c>
+      <c r="G31" t="s">
+        <v>236</v>
+      </c>
       <c r="H31" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="I31" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="J31" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="K31" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="L31" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C32" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="D32" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="E32">
         <v>2026</v>
       </c>
       <c r="F32" t="s">
-        <v>240</v>
-[...3 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="G32"/>
       <c r="H32" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="I32" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="J32" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="K32" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="L32" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C33" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="D33" t="s">
-        <v>248</v>
+        <v>75</v>
       </c>
       <c r="E33">
         <v>2026</v>
       </c>
       <c r="F33" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="G33"/>
+        <v>252</v>
+      </c>
+      <c r="G33" t="s">
+        <v>253</v>
+      </c>
       <c r="H33" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="I33" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="J33" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="K33" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="L33" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C34" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D34" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E34">
         <v>2026</v>
       </c>
       <c r="F34" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>261</v>
+      </c>
+      <c r="G34"/>
       <c r="H34" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="I34" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="J34" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="K34" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="L34" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C35" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="D35" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E35">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F35" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="I35" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="J35" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K35" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="L35" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C36" t="s">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="D36" t="s">
-        <v>80</v>
+        <v>274</v>
       </c>
       <c r="E36">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F36" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="I36" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="J36" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="K36" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="L36" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C37" t="s">
-        <v>194</v>
+        <v>13</v>
       </c>
       <c r="D37" t="s">
-        <v>279</v>
+        <v>14</v>
       </c>
       <c r="E37">
         <v>2026</v>
       </c>
       <c r="F37" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="G37"/>
+        <v>282</v>
+      </c>
+      <c r="G37" t="s">
+        <v>283</v>
+      </c>
       <c r="H37" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="I37" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="J37" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="K37" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="L37" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C38" t="s">
-        <v>19</v>
+        <v>260</v>
       </c>
       <c r="D38" t="s">
-        <v>20</v>
+        <v>290</v>
       </c>
       <c r="E38">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F38" t="s">
-        <v>287</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="G38"/>
       <c r="H38" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="I38" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="J38" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="K38" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="L38" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C39" t="s">
-        <v>265</v>
+        <v>298</v>
       </c>
       <c r="D39" t="s">
-        <v>295</v>
+        <v>75</v>
       </c>
       <c r="E39">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F39" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="G39"/>
+        <v>299</v>
+      </c>
+      <c r="G39" t="s">
+        <v>300</v>
+      </c>
       <c r="H39" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="I39" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="J39" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="K39" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="L39" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C40" t="s">
-        <v>303</v>
+        <v>23</v>
       </c>
       <c r="D40" t="s">
-        <v>80</v>
+        <v>118</v>
       </c>
       <c r="E40">
         <v>2026</v>
       </c>
       <c r="F40" t="s">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="G40"/>
       <c r="H40" t="s">
-        <v>306</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
         <v>308</v>
       </c>
       <c r="K40" t="s">
         <v>309</v>
       </c>
       <c r="L40" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>311</v>
       </c>
       <c r="C41" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D41" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="E41">
         <v>2026</v>
       </c>
       <c r="F41" t="s">
         <v>312</v>
       </c>
-      <c r="G41"/>
+      <c r="G41" t="s">
+        <v>313</v>
+      </c>
       <c r="H41" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="I41"/>
+        <v>314</v>
+      </c>
+      <c r="I41" t="s">
+        <v>315</v>
+      </c>
       <c r="J41" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="K41" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="L41" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C42" t="s">
-        <v>29</v>
+        <v>169</v>
       </c>
       <c r="D42" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="E42">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F42" t="s">
-        <v>317</v>
-[...3 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="G42"/>
       <c r="H42" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="I42" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="J42" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="K42" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="L42" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="C43" t="s">
-        <v>174</v>
+        <v>327</v>
       </c>
       <c r="D43" t="s">
-        <v>20</v>
+        <v>328</v>
       </c>
       <c r="E43">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F43" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="G43"/>
+        <v>329</v>
+      </c>
+      <c r="G43" t="s">
+        <v>330</v>
+      </c>
       <c r="H43" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="I43" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="J43" t="s">
-        <v>328</v>
-[...3 lines deleted...]
-      </c>
+        <v>333</v>
+      </c>
+      <c r="K43"/>
       <c r="L43" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C44" t="s">
-        <v>332</v>
+        <v>65</v>
       </c>
       <c r="D44" t="s">
-        <v>333</v>
+        <v>39</v>
       </c>
       <c r="E44">
         <v>2026</v>
       </c>
       <c r="F44" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="G44" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="H44" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      <c r="K44"/>
+        <v>42</v>
+      </c>
+      <c r="I44" t="s">
+        <v>338</v>
+      </c>
+      <c r="J44" t="s">
+        <v>339</v>
+      </c>
+      <c r="K44" t="s">
+        <v>340</v>
+      </c>
       <c r="L44" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="C45" t="s">
-        <v>70</v>
+        <v>251</v>
       </c>
       <c r="D45" t="s">
-        <v>44</v>
+        <v>343</v>
       </c>
       <c r="E45">
         <v>2026</v>
       </c>
       <c r="F45" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="G45" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H45" t="s">
-        <v>47</v>
+        <v>346</v>
       </c>
       <c r="I45" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="J45" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="K45" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="L45" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="C46" t="s">
-        <v>256</v>
+        <v>352</v>
       </c>
       <c r="D46" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="E46">
         <v>2026</v>
       </c>
       <c r="F46" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="G46" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="H46" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="I46" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="J46" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="K46" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="L46" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="C47" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="D47" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="E47">
         <v>2026</v>
       </c>
       <c r="F47" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="G47" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="H47" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="I47" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="J47" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="K47" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="L47" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="C48" t="s">
-        <v>365</v>
+        <v>29</v>
       </c>
       <c r="D48" t="s">
-        <v>366</v>
+        <v>154</v>
       </c>
       <c r="E48">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F48" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="G48"/>
       <c r="H48" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="I48" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="J48" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="K48" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="L48" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="C49" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="D49" t="s">
-        <v>159</v>
+        <v>379</v>
       </c>
       <c r="E49">
-        <v>1970</v>
+        <v>1992</v>
       </c>
       <c r="F49" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="G49"/>
+        <v>380</v>
+      </c>
+      <c r="G49" t="s">
+        <v>381</v>
+      </c>
       <c r="H49" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="I49" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="J49" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="K49" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="L49" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="C50" t="s">
-        <v>43</v>
+        <v>205</v>
       </c>
       <c r="D50" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="E50">
-        <v>1992</v>
+        <v>2026</v>
       </c>
       <c r="F50" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="G50" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="H50" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="I50" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="J50" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="K50" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="L50" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="C51" t="s">
-        <v>210</v>
+        <v>251</v>
       </c>
       <c r="D51" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="E51">
         <v>2026</v>
       </c>
       <c r="F51" t="s">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>398</v>
+      </c>
+      <c r="G51"/>
       <c r="H51" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="I51" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="J51" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="K51" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="L51" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
-        <v>256</v>
+        <v>298</v>
       </c>
       <c r="D52" t="s">
-        <v>400</v>
+        <v>75</v>
       </c>
       <c r="E52">
         <v>2026</v>
       </c>
       <c r="F52" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="G52"/>
+        <v>405</v>
+      </c>
+      <c r="G52" t="s">
+        <v>406</v>
+      </c>
       <c r="H52" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="I52" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="J52" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="K52" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="L52" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="C53" t="s">
-        <v>303</v>
+        <v>111</v>
       </c>
       <c r="D53" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E53">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F53" t="s">
-        <v>408</v>
-[...3 lines deleted...]
-      </c>
+        <v>413</v>
+      </c>
+      <c r="G53"/>
       <c r="H53" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="I53" t="s">
-        <v>411</v>
-[...6 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="J53"/>
+      <c r="K53"/>
       <c r="L53" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C54" t="s">
-        <v>116</v>
+        <v>418</v>
       </c>
       <c r="D54" t="s">
-        <v>80</v>
+        <v>419</v>
       </c>
       <c r="E54">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F54" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="G54"/>
+        <v>420</v>
+      </c>
+      <c r="G54" t="s">
+        <v>421</v>
+      </c>
       <c r="H54" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="I54" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-      <c r="K54"/>
+        <v>423</v>
+      </c>
+      <c r="J54" t="s">
+        <v>424</v>
+      </c>
+      <c r="K54" t="s">
+        <v>425</v>
+      </c>
       <c r="L54" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
       <c r="C55" t="s">
-        <v>421</v>
+        <v>65</v>
       </c>
       <c r="D55" t="s">
-        <v>422</v>
+        <v>90</v>
       </c>
       <c r="E55">
         <v>2026</v>
       </c>
       <c r="F55" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="G55" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="H55" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="I55" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="J55" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="K55" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="L55" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C56" t="s">
-        <v>70</v>
+        <v>251</v>
       </c>
       <c r="D56" t="s">
-        <v>95</v>
+        <v>39</v>
       </c>
       <c r="E56">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F56" t="s">
-        <v>431</v>
-[...3 lines deleted...]
-      </c>
+        <v>436</v>
+      </c>
+      <c r="G56"/>
       <c r="H56" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="I56" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="J56" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="K56" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="L56" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C57" t="s">
-        <v>256</v>
+        <v>189</v>
       </c>
       <c r="D57" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E57">
         <v>1970</v>
       </c>
       <c r="F57" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="G57"/>
+        <v>443</v>
+      </c>
+      <c r="G57" t="s">
+        <v>444</v>
+      </c>
       <c r="H57" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="I57" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="J57" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="K57" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="L57" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="C58" t="s">
-        <v>194</v>
+        <v>23</v>
       </c>
       <c r="D58" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E58">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F58" t="s">
-        <v>446</v>
-[...3 lines deleted...]
-      </c>
+        <v>451</v>
+      </c>
+      <c r="G58"/>
       <c r="H58" t="s">
-        <v>448</v>
-[...6 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58"/>
       <c r="K58" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="L58" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C59" t="s">
-        <v>29</v>
+        <v>455</v>
       </c>
       <c r="D59" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E59">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F59" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="J59"/>
+        <v>457</v>
+      </c>
+      <c r="I59" t="s">
+        <v>458</v>
+      </c>
+      <c r="J59" t="s">
+        <v>459</v>
+      </c>
       <c r="K59" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="L59" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="C60" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="D60" t="s">
-        <v>80</v>
+        <v>464</v>
       </c>
       <c r="E60">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F60" t="s">
-        <v>459</v>
-[...1 lines deleted...]
-      <c r="G60"/>
+        <v>465</v>
+      </c>
+      <c r="G60" t="s">
+        <v>466</v>
+      </c>
       <c r="H60" t="s">
-        <v>460</v>
+        <v>346</v>
       </c>
       <c r="I60" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="J60" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="K60" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="L60" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="C61" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="D61" t="s">
-        <v>467</v>
+        <v>39</v>
       </c>
       <c r="E61">
         <v>2026</v>
       </c>
       <c r="F61" t="s">
-        <v>468</v>
-[...3 lines deleted...]
-      </c>
+        <v>473</v>
+      </c>
+      <c r="G61"/>
       <c r="H61" t="s">
-        <v>349</v>
+        <v>474</v>
       </c>
       <c r="I61" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="J61" t="s">
-        <v>471</v>
-[...3 lines deleted...]
-      </c>
+        <v>476</v>
+      </c>
+      <c r="K61"/>
       <c r="L61" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C62" t="s">
-        <v>475</v>
+        <v>251</v>
       </c>
       <c r="D62" t="s">
-        <v>44</v>
+        <v>479</v>
       </c>
       <c r="E62">
         <v>2026</v>
       </c>
       <c r="F62" t="s">
-        <v>476</v>
-[...1 lines deleted...]
-      <c r="G62"/>
+        <v>480</v>
+      </c>
+      <c r="G62" t="s">
+        <v>481</v>
+      </c>
       <c r="H62" t="s">
-        <v>477</v>
+        <v>356</v>
       </c>
       <c r="I62" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="J62" t="s">
-        <v>479</v>
-[...1 lines deleted...]
-      <c r="K62"/>
+        <v>483</v>
+      </c>
+      <c r="K62" t="s">
+        <v>484</v>
+      </c>
       <c r="L62" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="C63" t="s">
-        <v>256</v>
+        <v>487</v>
       </c>
       <c r="D63" t="s">
-        <v>482</v>
+        <v>14</v>
       </c>
       <c r="E63">
         <v>2026</v>
       </c>
       <c r="F63" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="G63" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="H63" t="s">
-        <v>359</v>
+        <v>490</v>
       </c>
       <c r="I63" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="J63" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="K63" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="L63" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="C64" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="D64" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E64">
         <v>2026</v>
       </c>
       <c r="F64" t="s">
-        <v>491</v>
-[...3 lines deleted...]
-      </c>
+        <v>496</v>
+      </c>
+      <c r="G64"/>
       <c r="H64" t="s">
-        <v>493</v>
+        <v>366</v>
       </c>
       <c r="I64" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="J64" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="K64" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="L64" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C65" t="s">
-        <v>490</v>
+        <v>298</v>
       </c>
       <c r="D65" t="s">
-        <v>20</v>
+        <v>502</v>
       </c>
       <c r="E65">
         <v>2026</v>
       </c>
       <c r="F65" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="G65"/>
+        <v>503</v>
+      </c>
+      <c r="G65" t="s">
+        <v>504</v>
+      </c>
       <c r="H65" t="s">
-        <v>369</v>
+        <v>505</v>
       </c>
       <c r="I65" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="J65" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="K65" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="L65" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="C66" t="s">
-        <v>303</v>
+        <v>455</v>
       </c>
       <c r="D66" t="s">
-        <v>505</v>
+        <v>39</v>
       </c>
       <c r="E66">
         <v>2026</v>
       </c>
       <c r="F66" t="s">
-        <v>506</v>
-[...3 lines deleted...]
-      </c>
+        <v>511</v>
+      </c>
+      <c r="G66"/>
       <c r="H66" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="I66" t="s">
-        <v>509</v>
-[...3 lines deleted...]
-      </c>
+        <v>513</v>
+      </c>
+      <c r="J66"/>
       <c r="K66" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="L66" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C67" t="s">
-        <v>458</v>
+        <v>65</v>
       </c>
       <c r="D67" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E67">
         <v>2026</v>
       </c>
       <c r="F67" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="G67"/>
+        <v>517</v>
+      </c>
+      <c r="G67" t="s">
+        <v>518</v>
+      </c>
       <c r="H67" t="s">
-        <v>515</v>
+        <v>87</v>
       </c>
       <c r="I67" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="J67"/>
+        <v>519</v>
+      </c>
+      <c r="J67" t="s">
+        <v>520</v>
+      </c>
       <c r="K67" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="L67" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="C68" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D68" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E68">
         <v>2026</v>
       </c>
       <c r="F68" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="G68" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="H68" t="s">
-        <v>92</v>
+        <v>526</v>
       </c>
       <c r="I68" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="J68" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="K68" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="L68" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="C69" t="s">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="D69" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E69">
         <v>2026</v>
       </c>
       <c r="F69" t="s">
-        <v>527</v>
-[...3 lines deleted...]
-      </c>
+        <v>532</v>
+      </c>
+      <c r="G69"/>
       <c r="H69" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="I69" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="J69" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="K69" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="L69" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C70" t="s">
-        <v>53</v>
+        <v>177</v>
       </c>
       <c r="D70" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E70">
         <v>2026</v>
       </c>
       <c r="F70" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="I70" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-      </c>
+        <v>541</v>
+      </c>
+      <c r="J70"/>
       <c r="K70" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="L70" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="C71" t="s">
-        <v>182</v>
+        <v>23</v>
       </c>
       <c r="D71" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="E71">
         <v>2026</v>
       </c>
       <c r="F71" t="s">
-        <v>542</v>
-[...1 lines deleted...]
-      <c r="G71"/>
+        <v>545</v>
+      </c>
+      <c r="G71" t="s">
+        <v>546</v>
+      </c>
       <c r="H71" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="I71" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="J71"/>
+        <v>548</v>
+      </c>
+      <c r="J71" t="s">
+        <v>549</v>
+      </c>
       <c r="K71" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="L71" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="C72" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D72" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E72">
         <v>2026</v>
       </c>
       <c r="F72" t="s">
-        <v>548</v>
-[...1 lines deleted...]
-      <c r="G72" t="s">
+        <v>545</v>
+      </c>
+      <c r="G72"/>
+      <c r="H72" t="s">
+        <v>553</v>
+      </c>
+      <c r="I72" t="s">
+        <v>554</v>
+      </c>
+      <c r="J72" t="s">
         <v>549</v>
       </c>
-      <c r="H72" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K72" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="L72" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C73" t="s">
-        <v>29</v>
+        <v>558</v>
       </c>
       <c r="D73" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E73">
-        <v>2026</v>
+        <v>1997</v>
       </c>
       <c r="F73" t="s">
-        <v>548</v>
+        <v>559</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>556</v>
+        <v>59</v>
       </c>
       <c r="I73" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="J73" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="K73" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="L73" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="C74" t="s">
-        <v>561</v>
+        <v>169</v>
       </c>
       <c r="D74" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="E74">
-        <v>1997</v>
+        <v>1970</v>
       </c>
       <c r="F74" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>64</v>
+        <v>566</v>
       </c>
       <c r="I74" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="J74" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="K74" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="L74" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="C75" t="s">
-        <v>174</v>
+        <v>487</v>
       </c>
       <c r="D75" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E75">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F75" t="s">
-        <v>568</v>
-[...1 lines deleted...]
-      <c r="G75"/>
+        <v>572</v>
+      </c>
+      <c r="G75" t="s">
+        <v>573</v>
+      </c>
       <c r="H75" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="I75" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="J75" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="K75" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="L75" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="C76" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="D76" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E76">
         <v>2026</v>
       </c>
       <c r="F76" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="G76" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="H76" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="I76" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="J76" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="K76" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="L76" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="C77" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="D77" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E77">
         <v>2026</v>
       </c>
       <c r="F77" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>588</v>
+      </c>
+      <c r="G77"/>
       <c r="H77" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="I77" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="J77" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="K77" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="L77" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="C78" t="s">
-        <v>490</v>
+        <v>23</v>
       </c>
       <c r="D78" t="s">
-        <v>20</v>
+        <v>595</v>
       </c>
       <c r="E78">
         <v>2026</v>
       </c>
       <c r="F78" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
-        <v>592</v>
-[...6 lines deleted...]
-      </c>
+        <v>597</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78"/>
       <c r="K78" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="L78" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="C79" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="D79" t="s">
-        <v>598</v>
+        <v>397</v>
       </c>
       <c r="E79">
         <v>2026</v>
       </c>
       <c r="F79" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="G79"/>
+        <v>601</v>
+      </c>
+      <c r="G79" t="s">
+        <v>602</v>
+      </c>
       <c r="H79" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-      <c r="J79"/>
+        <v>331</v>
+      </c>
+      <c r="I79" t="s">
+        <v>603</v>
+      </c>
+      <c r="J79" t="s">
+        <v>604</v>
+      </c>
       <c r="K79" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="L79" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="C80" t="s">
-        <v>70</v>
+        <v>48</v>
       </c>
       <c r="D80" t="s">
-        <v>400</v>
+        <v>75</v>
       </c>
       <c r="E80">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F80" t="s">
-        <v>604</v>
-[...3 lines deleted...]
-      </c>
+        <v>608</v>
+      </c>
+      <c r="G80"/>
       <c r="H80" t="s">
-        <v>336</v>
+        <v>609</v>
       </c>
       <c r="I80" t="s">
-        <v>606</v>
-[...3 lines deleted...]
-      </c>
+        <v>610</v>
+      </c>
+      <c r="J80"/>
       <c r="K80" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="L80" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C81" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="D81" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E81">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F81" t="s">
-        <v>611</v>
-[...1 lines deleted...]
-      <c r="G81"/>
+        <v>614</v>
+      </c>
+      <c r="G81" t="s">
+        <v>615</v>
+      </c>
       <c r="H81" t="s">
-        <v>612</v>
+        <v>430</v>
       </c>
       <c r="I81" t="s">
-        <v>613</v>
-[...1 lines deleted...]
-      <c r="J81"/>
+        <v>616</v>
+      </c>
+      <c r="J81" t="s">
+        <v>617</v>
+      </c>
       <c r="K81" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="L81" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="C82" t="s">
-        <v>70</v>
+        <v>99</v>
       </c>
       <c r="D82" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E82">
         <v>2026</v>
       </c>
       <c r="F82" t="s">
-        <v>617</v>
-[...3 lines deleted...]
-      </c>
+        <v>621</v>
+      </c>
+      <c r="G82"/>
       <c r="H82" t="s">
-        <v>433</v>
+        <v>622</v>
       </c>
       <c r="I82" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="J82" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="K82" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="L82" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="C83" t="s">
-        <v>104</v>
+        <v>628</v>
       </c>
       <c r="D83" t="s">
-        <v>80</v>
+        <v>154</v>
       </c>
       <c r="E83">
         <v>2026</v>
       </c>
       <c r="F83" t="s">
-        <v>624</v>
-[...1 lines deleted...]
-      <c r="G83"/>
+        <v>629</v>
+      </c>
+      <c r="G83" t="s">
+        <v>630</v>
+      </c>
       <c r="H83" t="s">
-        <v>625</v>
-[...3 lines deleted...]
-      </c>
+        <v>221</v>
+      </c>
+      <c r="I83"/>
       <c r="J83" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="K83" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="L83" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="C84" t="s">
-        <v>631</v>
+        <v>29</v>
       </c>
       <c r="D84" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="E84">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F84" t="s">
-        <v>632</v>
-[...3 lines deleted...]
-      </c>
+        <v>634</v>
+      </c>
+      <c r="G84"/>
       <c r="H84" t="s">
-        <v>226</v>
-[...4 lines deleted...]
-      </c>
+        <v>635</v>
+      </c>
+      <c r="I84" t="s">
+        <v>636</v>
+      </c>
+      <c r="J84"/>
       <c r="K84" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="L84" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>630</v>
+        <v>639</v>
       </c>
       <c r="C85" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="D85" t="s">
-        <v>159</v>
+        <v>363</v>
       </c>
       <c r="E85">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F85" t="s">
-        <v>637</v>
-[...1 lines deleted...]
-      <c r="G85"/>
+        <v>640</v>
+      </c>
+      <c r="G85" t="s">
+        <v>641</v>
+      </c>
       <c r="H85" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="I85" t="s">
-        <v>639</v>
-[...1 lines deleted...]
-      <c r="J85"/>
+        <v>643</v>
+      </c>
+      <c r="J85" t="s">
+        <v>644</v>
+      </c>
       <c r="K85" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="L85" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="C86" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D86" t="s">
-        <v>366</v>
+        <v>39</v>
       </c>
       <c r="E86">
         <v>2026</v>
       </c>
       <c r="F86" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="G86" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="H86" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="I86" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="J86" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="K86" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="L86" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="C87" t="s">
-        <v>70</v>
+        <v>628</v>
       </c>
       <c r="D87" t="s">
-        <v>44</v>
+        <v>154</v>
       </c>
       <c r="E87">
         <v>2026</v>
       </c>
       <c r="F87" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="G87" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="H87" t="s">
-        <v>653</v>
+        <v>430</v>
       </c>
       <c r="I87" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="J87" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="K87" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="L87" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="C88" t="s">
-        <v>631</v>
+        <v>298</v>
       </c>
       <c r="D88" t="s">
-        <v>159</v>
+        <v>663</v>
       </c>
       <c r="E88">
         <v>2026</v>
       </c>
       <c r="F88" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="G88" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="H88" t="s">
-        <v>433</v>
+        <v>331</v>
       </c>
       <c r="I88" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="J88" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="K88" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="L88" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="C89" t="s">
-        <v>303</v>
+        <v>65</v>
       </c>
       <c r="D89" t="s">
-        <v>666</v>
+        <v>118</v>
       </c>
       <c r="E89">
         <v>2026</v>
       </c>
       <c r="F89" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="G89" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="H89" t="s">
-        <v>336</v>
+        <v>673</v>
       </c>
       <c r="I89" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="J89" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="K89" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="L89" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="C90" t="s">
-        <v>70</v>
+        <v>189</v>
       </c>
       <c r="D90" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="E90">
         <v>2026</v>
       </c>
       <c r="F90" t="s">
-        <v>674</v>
-[...3 lines deleted...]
-      </c>
+        <v>679</v>
+      </c>
+      <c r="G90"/>
       <c r="H90" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="I90" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="J90" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="K90" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="L90" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="C91" t="s">
-        <v>194</v>
+        <v>23</v>
       </c>
       <c r="D91" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E91">
         <v>2026</v>
       </c>
       <c r="F91" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>683</v>
-[...6 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91"/>
       <c r="K91" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="L91" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C92" t="s">
-        <v>29</v>
+        <v>177</v>
       </c>
       <c r="D92" t="s">
-        <v>44</v>
+        <v>690</v>
       </c>
       <c r="E92">
         <v>2026</v>
       </c>
       <c r="F92" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="I92"/>
+        <v>245</v>
+      </c>
+      <c r="I92" t="s">
+        <v>692</v>
+      </c>
       <c r="J92"/>
       <c r="K92" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="L92" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="C93" t="s">
-        <v>182</v>
+        <v>65</v>
       </c>
       <c r="D93" t="s">
-        <v>693</v>
+        <v>90</v>
       </c>
       <c r="E93">
         <v>2026</v>
       </c>
       <c r="F93" t="s">
-        <v>694</v>
-[...1 lines deleted...]
-      <c r="G93"/>
+        <v>696</v>
+      </c>
+      <c r="G93" t="s">
+        <v>697</v>
+      </c>
       <c r="H93" t="s">
-        <v>250</v>
+        <v>157</v>
       </c>
       <c r="I93" t="s">
-        <v>695</v>
-[...1 lines deleted...]
-      <c r="J93"/>
+        <v>698</v>
+      </c>
+      <c r="J93" t="s">
+        <v>699</v>
+      </c>
       <c r="K93" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="L93" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C94" t="s">
-        <v>70</v>
+        <v>703</v>
       </c>
       <c r="D94" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="E94">
-        <v>2026</v>
+        <v>1988</v>
       </c>
       <c r="F94" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="G94" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="H94" t="s">
-        <v>162</v>
+        <v>505</v>
       </c>
       <c r="I94" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="J94" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="K94" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="L94" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="C95" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="D95" t="s">
-        <v>123</v>
+        <v>712</v>
       </c>
       <c r="E95">
-        <v>1988</v>
+        <v>2026</v>
       </c>
       <c r="F95" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="G95" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="H95" t="s">
-        <v>508</v>
+        <v>42</v>
       </c>
       <c r="I95" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="J95" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="K95" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="L95" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="C96" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="D96" t="s">
-        <v>715</v>
+        <v>75</v>
       </c>
       <c r="E96">
         <v>2026</v>
       </c>
       <c r="F96" t="s">
-        <v>716</v>
-[...3 lines deleted...]
-      </c>
+        <v>721</v>
+      </c>
+      <c r="G96"/>
       <c r="H96" t="s">
-        <v>47</v>
+        <v>722</v>
       </c>
       <c r="I96" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="J96" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="K96" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="L96" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="C97" t="s">
-        <v>723</v>
+        <v>169</v>
       </c>
       <c r="D97" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="E97">
         <v>2026</v>
       </c>
       <c r="F97" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="G97"/>
       <c r="H97" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="I97" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="J97" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="K97" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="L97" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="C98" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="D98" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E98">
         <v>2026</v>
       </c>
       <c r="F98" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="I98" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="J98" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="K98" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="L98" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="C99" t="s">
-        <v>174</v>
+        <v>23</v>
       </c>
       <c r="D99" t="s">
-        <v>20</v>
+        <v>742</v>
       </c>
       <c r="E99">
         <v>2026</v>
       </c>
       <c r="F99" t="s">
-        <v>738</v>
-[...1 lines deleted...]
-      <c r="G99"/>
+        <v>743</v>
+      </c>
+      <c r="G99" t="s">
+        <v>744</v>
+      </c>
       <c r="H99" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="I99" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="J99" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
       <c r="K99" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="L99" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="C100" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D100" t="s">
-        <v>745</v>
+        <v>39</v>
       </c>
       <c r="E100">
         <v>2026</v>
       </c>
       <c r="F100" t="s">
-        <v>746</v>
-[...3 lines deleted...]
-      </c>
+        <v>751</v>
+      </c>
+      <c r="G100"/>
       <c r="H100" t="s">
-        <v>748</v>
-[...6 lines deleted...]
-      </c>
+        <v>752</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100"/>
       <c r="K100" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="L100" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C101" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="D101" t="s">
-        <v>44</v>
+        <v>118</v>
       </c>
       <c r="E101">
         <v>2026</v>
       </c>
       <c r="F101" t="s">
-        <v>754</v>
-[...6 lines deleted...]
-      <c r="J101"/>
+        <v>756</v>
+      </c>
+      <c r="G101" t="s">
+        <v>757</v>
+      </c>
+      <c r="H101"/>
+      <c r="I101" t="s">
+        <v>758</v>
+      </c>
+      <c r="J101" t="s">
+        <v>759</v>
+      </c>
       <c r="K101" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="L101" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="C102" t="s">
-        <v>70</v>
+        <v>763</v>
       </c>
       <c r="D102" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="E102">
         <v>2026</v>
       </c>
       <c r="F102" t="s">
-        <v>759</v>
-[...4 lines deleted...]
-      <c r="H102"/>
+        <v>764</v>
+      </c>
+      <c r="G102"/>
+      <c r="H102" t="s">
+        <v>765</v>
+      </c>
       <c r="I102" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="J102" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="K102" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="L102" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="C103" t="s">
-        <v>766</v>
+        <v>169</v>
       </c>
       <c r="D103" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="E103">
         <v>2026</v>
       </c>
       <c r="F103" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="G103"/>
       <c r="H103" t="s">
-        <v>768</v>
+        <v>59</v>
       </c>
       <c r="I103" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="J103" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="K103" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="L103" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="C104" t="s">
-        <v>174</v>
+        <v>189</v>
       </c>
       <c r="D104" t="s">
-        <v>20</v>
+        <v>690</v>
       </c>
       <c r="E104">
         <v>2026</v>
       </c>
       <c r="F104" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>64</v>
+        <v>778</v>
       </c>
       <c r="I104" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="J104" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="K104" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="L104" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="C105" t="s">
-        <v>194</v>
+        <v>23</v>
       </c>
       <c r="D105" t="s">
-        <v>693</v>
+        <v>784</v>
       </c>
       <c r="E105">
         <v>2026</v>
       </c>
       <c r="F105" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="I105" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="J105" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="K105" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="L105" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="C106" t="s">
-        <v>29</v>
+        <v>792</v>
       </c>
       <c r="D106" t="s">
-        <v>787</v>
+        <v>75</v>
       </c>
       <c r="E106">
         <v>2026</v>
       </c>
       <c r="F106" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="I106" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="J106" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="K106" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="L106" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="C107" t="s">
-        <v>795</v>
+        <v>23</v>
       </c>
       <c r="D107" t="s">
-        <v>80</v>
+        <v>800</v>
       </c>
       <c r="E107">
         <v>2026</v>
       </c>
       <c r="F107" t="s">
-        <v>796</v>
-[...1 lines deleted...]
-      <c r="G107"/>
+        <v>801</v>
+      </c>
+      <c r="G107" t="s">
+        <v>802</v>
+      </c>
       <c r="H107" t="s">
-        <v>797</v>
+        <v>722</v>
       </c>
       <c r="I107" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="J107" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="K107" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="L107" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="C108" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="D108" t="s">
-        <v>803</v>
+        <v>75</v>
       </c>
       <c r="E108">
         <v>2026</v>
       </c>
       <c r="F108" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="G108" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="H108" t="s">
-        <v>725</v>
+        <v>301</v>
       </c>
       <c r="I108" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="J108" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="K108" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="L108" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="C109" t="s">
-        <v>256</v>
+        <v>815</v>
       </c>
       <c r="D109" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E109">
         <v>2026</v>
       </c>
       <c r="F109" t="s">
-        <v>811</v>
-[...3 lines deleted...]
-      </c>
+        <v>816</v>
+      </c>
+      <c r="G109"/>
       <c r="H109" t="s">
-        <v>306</v>
-[...3 lines deleted...]
-      <c r="K109"/>
+        <v>817</v>
+      </c>
+      <c r="I109" t="s">
+        <v>818</v>
+      </c>
+      <c r="J109" t="s">
+        <v>819</v>
+      </c>
+      <c r="K109" t="s">
+        <v>820</v>
+      </c>
       <c r="L109" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="C110" t="s">
-        <v>815</v>
+        <v>65</v>
       </c>
       <c r="D110" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E110">
         <v>2026</v>
       </c>
       <c r="F110" t="s">
-        <v>816</v>
-[...1 lines deleted...]
-      <c r="G110"/>
+        <v>823</v>
+      </c>
+      <c r="G110" t="s">
+        <v>824</v>
+      </c>
       <c r="H110" t="s">
-        <v>817</v>
+        <v>407</v>
       </c>
       <c r="I110" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="J110" t="s">
-        <v>819</v>
-[...1 lines deleted...]
-      <c r="K110"/>
+        <v>826</v>
+      </c>
+      <c r="K110" t="s">
+        <v>827</v>
+      </c>
       <c r="L110" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="C111" t="s">
-        <v>70</v>
+        <v>117</v>
       </c>
       <c r="D111" t="s">
-        <v>44</v>
+        <v>502</v>
       </c>
       <c r="E111">
         <v>2026</v>
       </c>
       <c r="F111" t="s">
-        <v>822</v>
-[...3 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="G111"/>
       <c r="H111" t="s">
-        <v>410</v>
+        <v>331</v>
       </c>
       <c r="I111" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="J111" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="K111" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="L111" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C112" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D112" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="E112">
         <v>2026</v>
       </c>
       <c r="F112" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="I112" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="J112" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="K112" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="L112" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>828</v>
+        <v>839</v>
       </c>
       <c r="C113" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="D113" t="s">
-        <v>505</v>
+        <v>840</v>
       </c>
       <c r="E113">
         <v>2026</v>
       </c>
       <c r="F113" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="G113"/>
-      <c r="H113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H113"/>
       <c r="I113" t="s">
-        <v>830</v>
+        <v>842</v>
       </c>
       <c r="J113" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="K113" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="L113" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="C114" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D114" t="s">
-        <v>839</v>
+        <v>75</v>
       </c>
       <c r="E114">
         <v>2026</v>
       </c>
       <c r="F114" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="G114"/>
-      <c r="H114"/>
-[...5 lines deleted...]
-      </c>
+      <c r="H114" t="s">
+        <v>848</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114"/>
       <c r="K114" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="L114" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="C115" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="D115" t="s">
-        <v>80</v>
+        <v>363</v>
       </c>
       <c r="E115">
-        <v>2026</v>
+        <v>1960</v>
       </c>
       <c r="F115" t="s">
-        <v>846</v>
-[...9 lines deleted...]
-      </c>
+        <v>852</v>
+      </c>
+      <c r="G115" t="s">
+        <v>853</v>
+      </c>
+      <c r="H115">
+        <v>86</v>
+      </c>
+      <c r="I115" t="s">
+        <v>854</v>
+      </c>
+      <c r="J115" t="s">
+        <v>855</v>
+      </c>
+      <c r="K115"/>
       <c r="L115" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="C116" t="s">
-        <v>256</v>
+        <v>298</v>
       </c>
       <c r="D116" t="s">
-        <v>366</v>
+        <v>66</v>
       </c>
       <c r="E116">
-        <v>1960</v>
+        <v>2026</v>
       </c>
       <c r="F116" t="s">
-        <v>851</v>
-[...5 lines deleted...]
-        <v>86</v>
+        <v>858</v>
+      </c>
+      <c r="G116"/>
+      <c r="H116" t="s">
+        <v>859</v>
       </c>
       <c r="I116" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="J116" t="s">
-        <v>854</v>
-[...1 lines deleted...]
-      <c r="K116"/>
+        <v>861</v>
+      </c>
+      <c r="K116" t="s">
+        <v>862</v>
+      </c>
       <c r="L116" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="C117" t="s">
-        <v>303</v>
+        <v>865</v>
       </c>
       <c r="D117" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="E117">
         <v>2026</v>
       </c>
       <c r="F117" t="s">
-        <v>857</v>
+        <v>866</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>858</v>
+        <v>149</v>
       </c>
       <c r="I117" t="s">
-        <v>859</v>
+        <v>867</v>
       </c>
       <c r="J117" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="K117" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
       <c r="L117" t="s">
-        <v>862</v>
+        <v>870</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="C118" t="s">
-        <v>864</v>
+        <v>189</v>
       </c>
       <c r="D118" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E118">
         <v>2026</v>
       </c>
       <c r="F118" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="G118"/>
       <c r="H118" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>778</v>
+      </c>
+      <c r="I118"/>
       <c r="J118" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="K118" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="L118" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="C119" t="s">
-        <v>194</v>
+        <v>99</v>
       </c>
       <c r="D119" t="s">
-        <v>80</v>
+        <v>118</v>
       </c>
       <c r="E119">
         <v>2026</v>
       </c>
       <c r="F119" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>781</v>
-[...7 lines deleted...]
-      </c>
+        <v>878</v>
+      </c>
+      <c r="I119" t="s">
+        <v>879</v>
+      </c>
+      <c r="J119"/>
+      <c r="K119"/>
       <c r="L119" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="C120" t="s">
-        <v>104</v>
+        <v>23</v>
       </c>
       <c r="D120" t="s">
-        <v>123</v>
+        <v>39</v>
       </c>
       <c r="E120">
         <v>2026</v>
       </c>
       <c r="F120" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>877</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I120"/>
       <c r="J120"/>
-      <c r="K120"/>
+      <c r="K120" t="s">
+        <v>883</v>
+      </c>
       <c r="L120" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="C121" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D121" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E121">
         <v>2026</v>
       </c>
       <c r="F121" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>189</v>
+        <v>887</v>
       </c>
       <c r="I121"/>
       <c r="J121"/>
       <c r="K121" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="L121" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="C122" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D122" t="s">
-        <v>80</v>
+        <v>690</v>
       </c>
       <c r="E122">
         <v>2026</v>
       </c>
       <c r="F122" t="s">
-        <v>885</v>
-[...1 lines deleted...]
-      <c r="G122"/>
+        <v>891</v>
+      </c>
+      <c r="G122" t="s">
+        <v>892</v>
+      </c>
       <c r="H122" t="s">
-        <v>886</v>
-[...2 lines deleted...]
-      <c r="J122"/>
+        <v>893</v>
+      </c>
+      <c r="I122" t="s">
+        <v>894</v>
+      </c>
+      <c r="J122" t="s">
+        <v>895</v>
+      </c>
       <c r="K122" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="L122" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="C123" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D123" t="s">
-        <v>693</v>
+        <v>39</v>
       </c>
       <c r="E123">
         <v>2026</v>
       </c>
       <c r="F123" t="s">
-        <v>890</v>
-[...3 lines deleted...]
-      </c>
+        <v>899</v>
+      </c>
+      <c r="G123"/>
       <c r="H123" t="s">
-        <v>892</v>
+        <v>87</v>
       </c>
       <c r="I123" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="J123" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="K123" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="L123" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="C124" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="D124" t="s">
-        <v>44</v>
+        <v>905</v>
       </c>
       <c r="E124">
         <v>2026</v>
       </c>
       <c r="F124" t="s">
-        <v>898</v>
-[...1 lines deleted...]
-      <c r="G124"/>
+        <v>906</v>
+      </c>
+      <c r="G124" t="s">
+        <v>907</v>
+      </c>
       <c r="H124" t="s">
-        <v>92</v>
+        <v>908</v>
       </c>
       <c r="I124" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="J124" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
       <c r="K124" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
       <c r="L124" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c r="C125" t="s">
-        <v>43</v>
+        <v>189</v>
       </c>
       <c r="D125" t="s">
-        <v>904</v>
+        <v>75</v>
       </c>
       <c r="E125">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F125" t="s">
-        <v>905</v>
-[...3 lines deleted...]
-      </c>
+        <v>914</v>
+      </c>
+      <c r="G125"/>
       <c r="H125" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
       <c r="I125" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="J125" t="s">
-        <v>909</v>
+        <v>917</v>
       </c>
       <c r="K125" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
       <c r="L125" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="C126" t="s">
-        <v>194</v>
+        <v>29</v>
       </c>
       <c r="D126" t="s">
-        <v>80</v>
+        <v>921</v>
       </c>
       <c r="E126">
-        <v>1970</v>
+        <v>1997</v>
       </c>
       <c r="F126" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="G126"/>
       <c r="H126" t="s">
-        <v>914</v>
+        <v>17</v>
       </c>
       <c r="I126" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="J126" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="K126" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="L126" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
       <c r="C127" t="s">
-        <v>13</v>
+        <v>251</v>
       </c>
       <c r="D127" t="s">
-        <v>14</v>
+        <v>928</v>
       </c>
       <c r="E127">
-        <v>1997</v>
+        <v>2026</v>
       </c>
       <c r="F127" t="s">
-        <v>920</v>
-[...1 lines deleted...]
-      <c r="G127"/>
+        <v>929</v>
+      </c>
+      <c r="G127" t="s">
+        <v>930</v>
+      </c>
       <c r="H127" t="s">
-        <v>23</v>
+        <v>931</v>
       </c>
       <c r="I127" t="s">
-        <v>921</v>
+        <v>932</v>
       </c>
       <c r="J127" t="s">
-        <v>922</v>
+        <v>933</v>
       </c>
       <c r="K127" t="s">
-        <v>923</v>
+        <v>934</v>
       </c>
       <c r="L127" t="s">
-        <v>924</v>
+        <v>935</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>925</v>
+        <v>936</v>
       </c>
       <c r="C128" t="s">
-        <v>256</v>
+        <v>23</v>
       </c>
       <c r="D128" t="s">
-        <v>926</v>
+        <v>75</v>
       </c>
       <c r="E128">
         <v>2026</v>
       </c>
       <c r="F128" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
       <c r="G128" t="s">
-        <v>928</v>
+        <v>938</v>
       </c>
       <c r="H128" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
       <c r="I128" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
       <c r="J128" t="s">
-        <v>931</v>
+        <v>941</v>
       </c>
       <c r="K128" t="s">
-        <v>932</v>
+        <v>942</v>
       </c>
       <c r="L128" t="s">
-        <v>933</v>
+        <v>943</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="C129" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="D129" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E129">
         <v>2026</v>
       </c>
       <c r="F129" t="s">
-        <v>935</v>
+        <v>945</v>
       </c>
       <c r="G129" t="s">
-        <v>936</v>
+        <v>946</v>
       </c>
       <c r="H129" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
       <c r="I129" t="s">
-        <v>938</v>
+        <v>948</v>
       </c>
       <c r="J129" t="s">
-        <v>939</v>
+        <v>949</v>
       </c>
       <c r="K129" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="L129" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="C130" t="s">
-        <v>70</v>
+        <v>953</v>
       </c>
       <c r="D130" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E130">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F130" t="s">
-        <v>943</v>
-[...3 lines deleted...]
-      </c>
+        <v>954</v>
+      </c>
+      <c r="G130"/>
       <c r="H130" t="s">
-        <v>945</v>
-[...3 lines deleted...]
-      </c>
+        <v>955</v>
+      </c>
+      <c r="I130"/>
       <c r="J130" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="K130" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="L130" t="s">
-        <v>949</v>
+        <v>958</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>950</v>
+        <v>959</v>
       </c>
       <c r="C131" t="s">
-        <v>951</v>
+        <v>23</v>
       </c>
       <c r="D131" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E131">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F131" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="G131"/>
       <c r="H131" t="s">
-        <v>953</v>
-[...1 lines deleted...]
-      <c r="I131"/>
+        <v>87</v>
+      </c>
+      <c r="I131" t="s">
+        <v>961</v>
+      </c>
       <c r="J131" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
       <c r="K131" t="s">
-        <v>955</v>
+        <v>963</v>
       </c>
       <c r="L131" t="s">
-        <v>956</v>
+        <v>964</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>957</v>
+        <v>965</v>
       </c>
       <c r="C132" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="D132" t="s">
-        <v>44</v>
+        <v>966</v>
       </c>
       <c r="E132">
         <v>2026</v>
       </c>
       <c r="F132" t="s">
-        <v>958</v>
+        <v>967</v>
       </c>
       <c r="G132"/>
       <c r="H132" t="s">
-        <v>92</v>
-[...6 lines deleted...]
-      </c>
+        <v>968</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132"/>
       <c r="K132" t="s">
-        <v>961</v>
+        <v>969</v>
       </c>
       <c r="L132" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>963</v>
+        <v>971</v>
       </c>
       <c r="C133" t="s">
-        <v>70</v>
+        <v>298</v>
       </c>
       <c r="D133" t="s">
-        <v>964</v>
+        <v>464</v>
       </c>
       <c r="E133">
         <v>2026</v>
       </c>
       <c r="F133" t="s">
-        <v>965</v>
+        <v>972</v>
       </c>
       <c r="G133"/>
       <c r="H133" t="s">
-        <v>966</v>
-[...2 lines deleted...]
-      <c r="J133"/>
+        <v>973</v>
+      </c>
+      <c r="I133" t="s">
+        <v>974</v>
+      </c>
+      <c r="J133" t="s">
+        <v>975</v>
+      </c>
       <c r="K133" t="s">
-        <v>967</v>
+        <v>976</v>
       </c>
       <c r="L133" t="s">
-        <v>968</v>
+        <v>977</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>969</v>
+        <v>978</v>
       </c>
       <c r="C134" t="s">
-        <v>303</v>
+        <v>83</v>
       </c>
       <c r="D134" t="s">
-        <v>467</v>
+        <v>979</v>
       </c>
       <c r="E134">
         <v>2026</v>
       </c>
       <c r="F134" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
-        <v>971</v>
+        <v>87</v>
       </c>
       <c r="I134" t="s">
-        <v>972</v>
+        <v>981</v>
       </c>
       <c r="J134" t="s">
-        <v>973</v>
+        <v>982</v>
       </c>
       <c r="K134" t="s">
-        <v>974</v>
+        <v>983</v>
       </c>
       <c r="L134" t="s">
-        <v>975</v>
+        <v>984</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>976</v>
+        <v>985</v>
       </c>
       <c r="C135" t="s">
-        <v>88</v>
+        <v>189</v>
       </c>
       <c r="D135" t="s">
-        <v>977</v>
+        <v>75</v>
       </c>
       <c r="E135">
         <v>2026</v>
       </c>
       <c r="F135" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="I135" t="s">
-        <v>979</v>
+        <v>987</v>
       </c>
       <c r="J135" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
       <c r="K135" t="s">
-        <v>981</v>
+        <v>989</v>
       </c>
       <c r="L135" t="s">
-        <v>982</v>
+        <v>990</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>983</v>
+        <v>991</v>
       </c>
       <c r="C136" t="s">
-        <v>194</v>
+        <v>455</v>
       </c>
       <c r="D136" t="s">
-        <v>80</v>
+        <v>234</v>
       </c>
       <c r="E136">
         <v>2026</v>
       </c>
       <c r="F136" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>106</v>
-[...6 lines deleted...]
-      </c>
+        <v>993</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136"/>
       <c r="K136" t="s">
-        <v>987</v>
+        <v>994</v>
       </c>
       <c r="L136" t="s">
-        <v>988</v>
+        <v>995</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>989</v>
+        <v>996</v>
       </c>
       <c r="C137" t="s">
-        <v>458</v>
+        <v>29</v>
       </c>
       <c r="D137" t="s">
-        <v>239</v>
+        <v>39</v>
       </c>
       <c r="E137">
         <v>2026</v>
       </c>
       <c r="F137" t="s">
-        <v>990</v>
+        <v>997</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
-        <v>991</v>
-[...2 lines deleted...]
-      <c r="J137"/>
+        <v>998</v>
+      </c>
+      <c r="I137" t="s">
+        <v>999</v>
+      </c>
+      <c r="J137" t="s">
+        <v>1000</v>
+      </c>
       <c r="K137" t="s">
-        <v>992</v>
+        <v>1001</v>
       </c>
       <c r="L137" t="s">
-        <v>993</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>994</v>
+        <v>1003</v>
       </c>
       <c r="C138" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="D138" t="s">
-        <v>44</v>
+        <v>397</v>
       </c>
       <c r="E138">
         <v>2026</v>
       </c>
       <c r="F138" t="s">
-        <v>995</v>
-[...1 lines deleted...]
-      <c r="G138"/>
+        <v>1004</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1005</v>
+      </c>
       <c r="H138" t="s">
-        <v>996</v>
+        <v>642</v>
       </c>
       <c r="I138" t="s">
-        <v>997</v>
+        <v>1006</v>
       </c>
       <c r="J138" t="s">
-        <v>998</v>
+        <v>1007</v>
       </c>
       <c r="K138" t="s">
-        <v>999</v>
+        <v>1008</v>
       </c>
       <c r="L138" t="s">
-        <v>1000</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>1001</v>
+        <v>1010</v>
       </c>
       <c r="C139" t="s">
-        <v>70</v>
+        <v>251</v>
       </c>
       <c r="D139" t="s">
-        <v>400</v>
+        <v>1011</v>
       </c>
       <c r="E139">
-        <v>2026</v>
+        <v>1986</v>
       </c>
       <c r="F139" t="s">
-        <v>1002</v>
+        <v>1012</v>
       </c>
       <c r="G139" t="s">
-        <v>1003</v>
+        <v>1013</v>
       </c>
       <c r="H139" t="s">
-        <v>645</v>
+        <v>1014</v>
       </c>
       <c r="I139" t="s">
-        <v>1004</v>
+        <v>1015</v>
       </c>
       <c r="J139" t="s">
-        <v>1005</v>
+        <v>1016</v>
       </c>
       <c r="K139" t="s">
-        <v>1006</v>
+        <v>1017</v>
       </c>
       <c r="L139" t="s">
-        <v>1007</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>1008</v>
+        <v>1019</v>
       </c>
       <c r="C140" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D140" t="s">
-        <v>1009</v>
+        <v>388</v>
       </c>
       <c r="E140">
-        <v>1986</v>
+        <v>2026</v>
       </c>
       <c r="F140" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="G140" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="H140" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="I140" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="J140" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="K140" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
       <c r="L140" t="s">
-        <v>1016</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="C141" t="s">
-        <v>265</v>
+        <v>65</v>
       </c>
       <c r="D141" t="s">
-        <v>391</v>
+        <v>363</v>
       </c>
       <c r="E141">
-        <v>2026</v>
+        <v>1960</v>
       </c>
       <c r="F141" t="s">
-        <v>1018</v>
+        <v>1028</v>
       </c>
       <c r="G141" t="s">
-        <v>1019</v>
-[...2 lines deleted...]
-        <v>1020</v>
+        <v>1029</v>
+      </c>
+      <c r="H141">
+        <v>83</v>
       </c>
       <c r="I141" t="s">
-        <v>1021</v>
+        <v>1030</v>
       </c>
       <c r="J141" t="s">
-        <v>1022</v>
-[...3 lines deleted...]
-      </c>
+        <v>1031</v>
+      </c>
+      <c r="K141"/>
       <c r="L141" t="s">
-        <v>1024</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>1025</v>
+        <v>1033</v>
       </c>
       <c r="C142" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D142" t="s">
-        <v>366</v>
+        <v>118</v>
       </c>
       <c r="E142">
-        <v>1960</v>
+        <v>2026</v>
       </c>
       <c r="F142" t="s">
-        <v>1026</v>
-[...9 lines deleted...]
-      </c>
+        <v>1034</v>
+      </c>
+      <c r="G142"/>
+      <c r="H142" t="s">
+        <v>184</v>
+      </c>
+      <c r="I142"/>
       <c r="J142" t="s">
-        <v>1029</v>
-[...1 lines deleted...]
-      <c r="K142"/>
+        <v>1035</v>
+      </c>
+      <c r="K142" t="s">
+        <v>1036</v>
+      </c>
       <c r="L142" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>1031</v>
+        <v>1038</v>
       </c>
       <c r="C143" t="s">
-        <v>29</v>
+        <v>865</v>
       </c>
       <c r="D143" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="E143">
         <v>2026</v>
       </c>
       <c r="F143" t="s">
-        <v>1032</v>
+        <v>1039</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="I143"/>
+        <v>1040</v>
+      </c>
+      <c r="I143" t="s">
+        <v>1041</v>
+      </c>
       <c r="J143" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
       <c r="K143" t="s">
-        <v>1034</v>
+        <v>1043</v>
       </c>
       <c r="L143" t="s">
-        <v>1035</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>1036</v>
+        <v>1045</v>
       </c>
       <c r="C144" t="s">
-        <v>864</v>
+        <v>65</v>
       </c>
       <c r="D144" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E144">
         <v>2026</v>
       </c>
       <c r="F144" t="s">
-        <v>1037</v>
-[...1 lines deleted...]
-      <c r="G144"/>
+        <v>1046</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1047</v>
+      </c>
       <c r="H144" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="I144" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="J144" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
       <c r="K144" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="L144" t="s">
-        <v>1042</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>1043</v>
+        <v>1052</v>
       </c>
       <c r="C145" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="D145" t="s">
-        <v>44</v>
+        <v>363</v>
       </c>
       <c r="E145">
         <v>2026</v>
       </c>
       <c r="F145" t="s">
-        <v>1044</v>
+        <v>1053</v>
       </c>
       <c r="G145" t="s">
-        <v>1045</v>
-[...2 lines deleted...]
-        <v>1038</v>
+        <v>1054</v>
+      </c>
+      <c r="H145">
+        <v>84</v>
       </c>
       <c r="I145" t="s">
-        <v>1046</v>
+        <v>1055</v>
       </c>
       <c r="J145" t="s">
-        <v>1047</v>
-[...3 lines deleted...]
-      </c>
+        <v>1056</v>
+      </c>
+      <c r="K145"/>
       <c r="L145" t="s">
-        <v>1049</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>1050</v>
+        <v>1058</v>
       </c>
       <c r="C146" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D146" t="s">
-        <v>366</v>
+        <v>39</v>
       </c>
       <c r="E146">
-        <v>2026</v>
+        <v>1986</v>
       </c>
       <c r="F146" t="s">
-        <v>1051</v>
-[...5 lines deleted...]
-        <v>84</v>
+        <v>1059</v>
+      </c>
+      <c r="G146"/>
+      <c r="H146" t="s">
+        <v>1060</v>
       </c>
       <c r="I146" t="s">
-        <v>1053</v>
+        <v>1061</v>
       </c>
       <c r="J146" t="s">
-        <v>1054</v>
-[...1 lines deleted...]
-      <c r="K146"/>
+        <v>1062</v>
+      </c>
+      <c r="K146" t="s">
+        <v>1063</v>
+      </c>
       <c r="L146" t="s">
-        <v>1055</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>1056</v>
+        <v>1065</v>
       </c>
       <c r="C147" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="D147" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E147">
-        <v>1986</v>
+        <v>2026</v>
       </c>
       <c r="F147" t="s">
-        <v>1057</v>
-[...1 lines deleted...]
-      <c r="G147"/>
+        <v>1066</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1067</v>
+      </c>
       <c r="H147" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="I147" t="s">
-        <v>1059</v>
+        <v>1068</v>
       </c>
       <c r="J147" t="s">
-        <v>1060</v>
+        <v>1069</v>
       </c>
       <c r="K147" t="s">
-        <v>1061</v>
+        <v>1070</v>
       </c>
       <c r="L147" t="s">
-        <v>1062</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>1063</v>
+        <v>1072</v>
       </c>
       <c r="C148" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D148" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E148">
         <v>2026</v>
       </c>
       <c r="F148" t="s">
-        <v>1064</v>
-[...3 lines deleted...]
-      </c>
+        <v>1073</v>
+      </c>
+      <c r="G148"/>
       <c r="H148" t="s">
-        <v>1058</v>
+        <v>1040</v>
       </c>
       <c r="I148" t="s">
-        <v>1066</v>
+        <v>1074</v>
       </c>
       <c r="J148" t="s">
-        <v>1067</v>
+        <v>1075</v>
       </c>
       <c r="K148" t="s">
-        <v>1068</v>
+        <v>1076</v>
       </c>
       <c r="L148" t="s">
-        <v>1069</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>1070</v>
+        <v>1078</v>
       </c>
       <c r="C149" t="s">
-        <v>43</v>
+        <v>1079</v>
       </c>
       <c r="D149" t="s">
-        <v>44</v>
+        <v>363</v>
       </c>
       <c r="E149">
         <v>2026</v>
       </c>
       <c r="F149" t="s">
-        <v>1071</v>
-[...3 lines deleted...]
-        <v>1038</v>
+        <v>1080</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1081</v>
+      </c>
+      <c r="H149">
+        <v>103</v>
       </c>
       <c r="I149" t="s">
-        <v>1072</v>
+        <v>1082</v>
       </c>
       <c r="J149" t="s">
-        <v>1073</v>
-[...3 lines deleted...]
-      </c>
+        <v>1083</v>
+      </c>
+      <c r="K149"/>
       <c r="L149" t="s">
-        <v>1075</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>1076</v>
+        <v>1085</v>
       </c>
       <c r="C150" t="s">
-        <v>1077</v>
+        <v>23</v>
       </c>
       <c r="D150" t="s">
-        <v>366</v>
+        <v>118</v>
       </c>
       <c r="E150">
         <v>2026</v>
       </c>
       <c r="F150" t="s">
-        <v>1078</v>
+        <v>1086</v>
       </c>
       <c r="G150" t="s">
-        <v>1079</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>1087</v>
+      </c>
+      <c r="H150" t="s">
+        <v>1088</v>
       </c>
       <c r="I150" t="s">
-        <v>1080</v>
+        <v>1089</v>
       </c>
       <c r="J150" t="s">
-        <v>1081</v>
-[...1 lines deleted...]
-      <c r="K150"/>
+        <v>1090</v>
+      </c>
+      <c r="K150" t="s">
+        <v>1091</v>
+      </c>
       <c r="L150" t="s">
-        <v>1082</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>1083</v>
+        <v>1093</v>
       </c>
       <c r="C151" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="D151" t="s">
-        <v>123</v>
+        <v>840</v>
       </c>
       <c r="E151">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F151" t="s">
-        <v>1084</v>
-[...3 lines deleted...]
-      </c>
+        <v>1094</v>
+      </c>
+      <c r="G151"/>
       <c r="H151" t="s">
-        <v>1086</v>
+        <v>1095</v>
       </c>
       <c r="I151" t="s">
-        <v>1087</v>
+        <v>1096</v>
       </c>
       <c r="J151" t="s">
-        <v>1088</v>
+        <v>1097</v>
       </c>
       <c r="K151" t="s">
-        <v>1089</v>
+        <v>1098</v>
       </c>
       <c r="L151" t="s">
-        <v>1090</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>1091</v>
+        <v>1100</v>
       </c>
       <c r="C152" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="D152" t="s">
-        <v>839</v>
+        <v>75</v>
       </c>
       <c r="E152">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F152" t="s">
-        <v>1092</v>
+        <v>244</v>
       </c>
       <c r="G152"/>
       <c r="H152" t="s">
-        <v>1093</v>
-[...6 lines deleted...]
-      </c>
+        <v>848</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152"/>
       <c r="K152" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="L152" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
       <c r="C153" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D153" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E153">
         <v>2026</v>
       </c>
       <c r="F153" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="G153"/>
+        <v>1104</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1105</v>
+      </c>
       <c r="H153" t="s">
-        <v>847</v>
-[...1 lines deleted...]
-      <c r="I153"/>
+        <v>68</v>
+      </c>
+      <c r="I153" t="s">
+        <v>1106</v>
+      </c>
       <c r="J153"/>
       <c r="K153" t="s">
-        <v>1099</v>
+        <v>1107</v>
       </c>
       <c r="L153" t="s">
-        <v>1100</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>1101</v>
+        <v>1109</v>
       </c>
       <c r="C154" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D154" t="s">
-        <v>44</v>
+        <v>118</v>
       </c>
       <c r="E154">
         <v>2026</v>
       </c>
       <c r="F154" t="s">
-        <v>1102</v>
-[...3 lines deleted...]
-      </c>
+        <v>1110</v>
+      </c>
+      <c r="G154"/>
       <c r="H154" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-      <c r="J154"/>
+        <v>184</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>1111</v>
+      </c>
       <c r="K154" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
       <c r="L154" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
       <c r="C155" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D155" t="s">
-        <v>123</v>
+        <v>39</v>
       </c>
       <c r="E155">
         <v>2026</v>
       </c>
       <c r="F155" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
       <c r="G155"/>
       <c r="H155" t="s">
-        <v>189</v>
-[...4 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1116</v>
+      </c>
+      <c r="J155"/>
       <c r="K155" t="s">
-        <v>1110</v>
+        <v>1117</v>
       </c>
       <c r="L155" t="s">
-        <v>1111</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>1112</v>
+        <v>1119</v>
       </c>
       <c r="C156" t="s">
-        <v>29</v>
+        <v>117</v>
       </c>
       <c r="D156" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E156">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F156" t="s">
-        <v>1113</v>
+        <v>1120</v>
       </c>
       <c r="G156"/>
       <c r="H156" t="s">
-        <v>55</v>
+        <v>1121</v>
       </c>
       <c r="I156" t="s">
-        <v>1114</v>
-[...1 lines deleted...]
-      <c r="J156"/>
+        <v>1122</v>
+      </c>
+      <c r="J156" t="s">
+        <v>1123</v>
+      </c>
       <c r="K156" t="s">
-        <v>1115</v>
+        <v>1124</v>
       </c>
       <c r="L156" t="s">
-        <v>1116</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>1117</v>
+        <v>1126</v>
       </c>
       <c r="C157" t="s">
-        <v>122</v>
+        <v>1127</v>
       </c>
       <c r="D157" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E157">
         <v>1970</v>
       </c>
       <c r="F157" t="s">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>1119</v>
+        <v>1129</v>
       </c>
       <c r="I157" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="J157" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="K157" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="L157" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>1124</v>
+        <v>1131</v>
       </c>
       <c r="C158" t="s">
-        <v>1125</v>
+        <v>117</v>
       </c>
       <c r="D158" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E158">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F158" t="s">
-        <v>1126</v>
+        <v>1132</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>1127</v>
-[...3 lines deleted...]
-      </c>
+        <v>955</v>
+      </c>
+      <c r="I158"/>
       <c r="J158" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="K158" t="s">
-        <v>1122</v>
+        <v>1133</v>
       </c>
       <c r="L158" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>1129</v>
+        <v>1135</v>
       </c>
       <c r="C159" t="s">
-        <v>122</v>
+        <v>177</v>
       </c>
       <c r="D159" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E159">
         <v>2026</v>
       </c>
       <c r="F159" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c r="G159"/>
       <c r="H159" t="s">
-        <v>953</v>
+        <v>107</v>
       </c>
       <c r="I159"/>
-      <c r="J159" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J159"/>
       <c r="K159" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="L159" t="s">
-        <v>1132</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>1133</v>
+        <v>1139</v>
       </c>
       <c r="C160" t="s">
-        <v>182</v>
+        <v>298</v>
       </c>
       <c r="D160" t="s">
-        <v>44</v>
+        <v>343</v>
       </c>
       <c r="E160">
         <v>2026</v>
       </c>
       <c r="F160" t="s">
-        <v>1134</v>
-[...1 lines deleted...]
-      <c r="G160"/>
+        <v>1140</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1141</v>
+      </c>
       <c r="H160" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-      <c r="J160"/>
+        <v>331</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1142</v>
+      </c>
+      <c r="J160" t="s">
+        <v>1143</v>
+      </c>
       <c r="K160" t="s">
-        <v>1135</v>
+        <v>1144</v>
       </c>
       <c r="L160" t="s">
-        <v>1136</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>1137</v>
+        <v>1146</v>
       </c>
       <c r="C161" t="s">
-        <v>303</v>
+        <v>251</v>
       </c>
       <c r="D161" t="s">
-        <v>346</v>
+        <v>75</v>
       </c>
       <c r="E161">
         <v>2026</v>
       </c>
       <c r="F161" t="s">
-        <v>1138</v>
-[...3 lines deleted...]
-      </c>
+        <v>1147</v>
+      </c>
+      <c r="G161"/>
       <c r="H161" t="s">
-        <v>336</v>
+        <v>1148</v>
       </c>
       <c r="I161" t="s">
-        <v>1140</v>
+        <v>1149</v>
       </c>
       <c r="J161" t="s">
-        <v>1141</v>
+        <v>1150</v>
       </c>
       <c r="K161" t="s">
-        <v>1142</v>
+        <v>1151</v>
       </c>
       <c r="L161" t="s">
-        <v>1143</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>1144</v>
+        <v>1153</v>
       </c>
       <c r="C162" t="s">
-        <v>256</v>
+        <v>38</v>
       </c>
       <c r="D162" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E162">
         <v>2026</v>
       </c>
       <c r="F162" t="s">
-        <v>1145</v>
+        <v>1154</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>1146</v>
+        <v>1155</v>
       </c>
       <c r="I162" t="s">
-        <v>1147</v>
+        <v>1156</v>
       </c>
       <c r="J162" t="s">
-        <v>1148</v>
+        <v>1157</v>
       </c>
       <c r="K162" t="s">
-        <v>1149</v>
+        <v>1158</v>
       </c>
       <c r="L162" t="s">
-        <v>1150</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>1151</v>
+        <v>1160</v>
       </c>
       <c r="C163" t="s">
-        <v>43</v>
+        <v>99</v>
       </c>
       <c r="D163" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E163">
         <v>2026</v>
       </c>
       <c r="F163" t="s">
-        <v>1152</v>
+        <v>1161</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>1153</v>
-[...6 lines deleted...]
-      </c>
+        <v>533</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163"/>
       <c r="K163" t="s">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="L163" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="C164" t="s">
-        <v>104</v>
+        <v>298</v>
       </c>
       <c r="D164" t="s">
-        <v>80</v>
+        <v>464</v>
       </c>
       <c r="E164">
         <v>2026</v>
       </c>
       <c r="F164" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-      <c r="J164"/>
+        <v>1166</v>
+      </c>
+      <c r="I164" t="s">
+        <v>1167</v>
+      </c>
+      <c r="J164" t="s">
+        <v>1168</v>
+      </c>
       <c r="K164" t="s">
-        <v>1160</v>
+        <v>1169</v>
       </c>
       <c r="L164" t="s">
-        <v>1161</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>1162</v>
+        <v>1171</v>
       </c>
       <c r="C165" t="s">
-        <v>303</v>
+        <v>1172</v>
       </c>
       <c r="D165" t="s">
-        <v>467</v>
+        <v>363</v>
       </c>
       <c r="E165">
         <v>2026</v>
       </c>
       <c r="F165" t="s">
-        <v>1163</v>
-[...1 lines deleted...]
-      <c r="G165"/>
+        <v>1173</v>
+      </c>
+      <c r="G165" t="s">
+        <v>1174</v>
+      </c>
       <c r="H165" t="s">
-        <v>1164</v>
+        <v>908</v>
       </c>
       <c r="I165" t="s">
-        <v>1165</v>
+        <v>1175</v>
       </c>
       <c r="J165" t="s">
-        <v>1166</v>
+        <v>1176</v>
       </c>
       <c r="K165" t="s">
-        <v>1167</v>
+        <v>1177</v>
       </c>
       <c r="L165" t="s">
-        <v>1168</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>1169</v>
+        <v>1179</v>
       </c>
       <c r="C166" t="s">
-        <v>1170</v>
+        <v>23</v>
       </c>
       <c r="D166" t="s">
-        <v>366</v>
+        <v>800</v>
       </c>
       <c r="E166">
         <v>2026</v>
       </c>
       <c r="F166" t="s">
-        <v>1171</v>
-[...3 lines deleted...]
-      </c>
+        <v>1180</v>
+      </c>
+      <c r="G166"/>
       <c r="H166" t="s">
-        <v>907</v>
-[...6 lines deleted...]
-      </c>
+        <v>1181</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166"/>
       <c r="K166" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="L166" t="s">
-        <v>1176</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>1177</v>
+        <v>1184</v>
       </c>
       <c r="C167" t="s">
-        <v>29</v>
+        <v>487</v>
       </c>
       <c r="D167" t="s">
-        <v>803</v>
+        <v>14</v>
       </c>
       <c r="E167">
         <v>2026</v>
       </c>
       <c r="F167" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>1179</v>
-[...2 lines deleted...]
-      <c r="J167"/>
+        <v>59</v>
+      </c>
+      <c r="I167" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J167" t="s">
+        <v>1187</v>
+      </c>
       <c r="K167" t="s">
-        <v>1180</v>
+        <v>1188</v>
       </c>
       <c r="L167" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>1182</v>
+        <v>1190</v>
       </c>
       <c r="C168" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="D168" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E168">
         <v>2026</v>
       </c>
       <c r="F168" t="s">
-        <v>1183</v>
+        <v>1191</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>64</v>
+        <v>346</v>
       </c>
       <c r="I168" t="s">
-        <v>1184</v>
+        <v>1192</v>
       </c>
       <c r="J168" t="s">
-        <v>1185</v>
-[...3 lines deleted...]
-      </c>
+        <v>1193</v>
+      </c>
+      <c r="K168"/>
       <c r="L168" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>1188</v>
+        <v>1195</v>
       </c>
       <c r="C169" t="s">
-        <v>490</v>
+        <v>65</v>
       </c>
       <c r="D169" t="s">
-        <v>20</v>
+        <v>154</v>
       </c>
       <c r="E169">
         <v>2026</v>
       </c>
       <c r="F169" t="s">
-        <v>1189</v>
+        <v>1196</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>349</v>
+        <v>908</v>
       </c>
       <c r="I169" t="s">
-        <v>1190</v>
+        <v>1197</v>
       </c>
       <c r="J169" t="s">
-        <v>1191</v>
-[...1 lines deleted...]
-      <c r="K169"/>
+        <v>1198</v>
+      </c>
+      <c r="K169" t="s">
+        <v>1199</v>
+      </c>
       <c r="L169" t="s">
-        <v>1192</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>1193</v>
+        <v>1201</v>
       </c>
       <c r="C170" t="s">
-        <v>70</v>
+        <v>177</v>
       </c>
       <c r="D170" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="E170">
         <v>2026</v>
       </c>
       <c r="F170" t="s">
-        <v>1194</v>
+        <v>1202</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>907</v>
+        <v>87</v>
       </c>
       <c r="I170" t="s">
-        <v>1195</v>
+        <v>1203</v>
       </c>
       <c r="J170" t="s">
-        <v>1196</v>
+        <v>1204</v>
       </c>
       <c r="K170" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="L170" t="s">
-        <v>1198</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>1199</v>
+        <v>1207</v>
       </c>
       <c r="C171" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>1208</v>
+      </c>
+      <c r="D171"/>
       <c r="E171">
         <v>2026</v>
       </c>
       <c r="F171" t="s">
-        <v>1200</v>
+        <v>1209</v>
       </c>
       <c r="G171"/>
       <c r="H171" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>399</v>
+      </c>
+      <c r="I171"/>
       <c r="J171" t="s">
-        <v>1202</v>
+        <v>1210</v>
       </c>
       <c r="K171" t="s">
-        <v>1203</v>
+        <v>1211</v>
       </c>
       <c r="L171" t="s">
-        <v>1204</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>1205</v>
+        <v>1213</v>
       </c>
       <c r="C172" t="s">
-        <v>1206</v>
-[...1 lines deleted...]
-      <c r="D172"/>
+        <v>23</v>
+      </c>
+      <c r="D172" t="s">
+        <v>39</v>
+      </c>
       <c r="E172">
         <v>2026</v>
       </c>
       <c r="F172" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>402</v>
+        <v>32</v>
       </c>
       <c r="I172"/>
-      <c r="J172" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J172"/>
       <c r="K172" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
       <c r="L172" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="C173" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D173" t="s">
-        <v>44</v>
+        <v>118</v>
       </c>
       <c r="E173">
         <v>2026</v>
       </c>
       <c r="F173" t="s">
-        <v>1212</v>
-[...1 lines deleted...]
-      <c r="G173"/>
+        <v>1218</v>
+      </c>
+      <c r="G173" t="s">
+        <v>1219</v>
+      </c>
       <c r="H173" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="J173"/>
+        <v>729</v>
+      </c>
+      <c r="I173" t="s">
+        <v>1220</v>
+      </c>
+      <c r="J173" t="s">
+        <v>1221</v>
+      </c>
       <c r="K173" t="s">
-        <v>1213</v>
+        <v>1222</v>
       </c>
       <c r="L173" t="s">
-        <v>1214</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>1215</v>
+        <v>1224</v>
       </c>
       <c r="C174" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="D174" t="s">
-        <v>123</v>
+        <v>39</v>
       </c>
       <c r="E174">
         <v>2026</v>
       </c>
       <c r="F174" t="s">
-        <v>1216</v>
-[...3 lines deleted...]
-      </c>
+        <v>1225</v>
+      </c>
+      <c r="G174"/>
       <c r="H174" t="s">
-        <v>732</v>
-[...6 lines deleted...]
-      </c>
+        <v>1226</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174"/>
       <c r="K174" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
       <c r="L174" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="C175" t="s">
-        <v>53</v>
+        <v>251</v>
       </c>
       <c r="D175" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E175">
         <v>2026</v>
       </c>
       <c r="F175" t="s">
-        <v>1223</v>
-[...1 lines deleted...]
-      <c r="G175"/>
+        <v>1230</v>
+      </c>
+      <c r="G175" t="s">
+        <v>1231</v>
+      </c>
       <c r="H175" t="s">
-        <v>1224</v>
-[...2 lines deleted...]
-      <c r="J175"/>
+        <v>149</v>
+      </c>
+      <c r="I175" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J175" t="s">
+        <v>1233</v>
+      </c>
       <c r="K175" t="s">
-        <v>1225</v>
+        <v>1234</v>
       </c>
       <c r="L175" t="s">
-        <v>1226</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>1227</v>
+        <v>1236</v>
       </c>
       <c r="C176" t="s">
-        <v>256</v>
+        <v>23</v>
       </c>
       <c r="D176" t="s">
-        <v>80</v>
+        <v>118</v>
       </c>
       <c r="E176">
         <v>2026</v>
       </c>
       <c r="F176" t="s">
-        <v>1228</v>
-[...3 lines deleted...]
-      </c>
+        <v>1237</v>
+      </c>
+      <c r="G176"/>
       <c r="H176" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I176"/>
       <c r="J176" t="s">
-        <v>1231</v>
+        <v>1238</v>
       </c>
       <c r="K176" t="s">
-        <v>1232</v>
+        <v>1239</v>
       </c>
       <c r="L176" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>1234</v>
+        <v>1241</v>
       </c>
       <c r="C177" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D177" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="E177">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F177" t="s">
-        <v>1235</v>
+        <v>1242</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>189</v>
+        <v>1243</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
-        <v>1236</v>
+        <v>1244</v>
       </c>
       <c r="K177" t="s">
-        <v>1237</v>
+        <v>1245</v>
       </c>
       <c r="L177" t="s">
-        <v>1238</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>1239</v>
+        <v>1247</v>
       </c>
       <c r="C178" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="D178" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E178">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F178" t="s">
-        <v>1240</v>
-[...1 lines deleted...]
-      <c r="G178"/>
+        <v>1248</v>
+      </c>
+      <c r="G178" t="s">
+        <v>1249</v>
+      </c>
       <c r="H178" t="s">
-        <v>1241</v>
-[...1 lines deleted...]
-      <c r="I178"/>
+        <v>1155</v>
+      </c>
+      <c r="I178" t="s">
+        <v>1250</v>
+      </c>
       <c r="J178" t="s">
-        <v>1242</v>
+        <v>1251</v>
       </c>
       <c r="K178" t="s">
-        <v>1243</v>
+        <v>1252</v>
       </c>
       <c r="L178" t="s">
-        <v>1244</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>1245</v>
+        <v>1254</v>
       </c>
       <c r="C179" t="s">
-        <v>256</v>
+        <v>1255</v>
       </c>
       <c r="D179" t="s">
-        <v>95</v>
+        <v>1256</v>
       </c>
       <c r="E179">
-        <v>2026</v>
+        <v>1999</v>
       </c>
       <c r="F179" t="s">
-        <v>1246</v>
-[...3 lines deleted...]
-      </c>
+        <v>1257</v>
+      </c>
+      <c r="G179"/>
       <c r="H179" t="s">
-        <v>1153</v>
+        <v>526</v>
       </c>
       <c r="I179" t="s">
-        <v>1248</v>
+        <v>1258</v>
       </c>
       <c r="J179" t="s">
-        <v>1249</v>
+        <v>1259</v>
       </c>
       <c r="K179" t="s">
-        <v>1250</v>
+        <v>1260</v>
       </c>
       <c r="L179" t="s">
-        <v>1251</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>1252</v>
+        <v>1262</v>
       </c>
       <c r="C180" t="s">
-        <v>1253</v>
+        <v>29</v>
       </c>
       <c r="D180" t="s">
-        <v>1254</v>
+        <v>206</v>
       </c>
       <c r="E180">
-        <v>1999</v>
+        <v>2026</v>
       </c>
       <c r="F180" t="s">
-        <v>1255</v>
+        <v>1263</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
-        <v>529</v>
+        <v>1264</v>
       </c>
       <c r="I180" t="s">
-        <v>1256</v>
+        <v>1265</v>
       </c>
       <c r="J180" t="s">
-        <v>1257</v>
+        <v>1266</v>
       </c>
       <c r="K180" t="s">
-        <v>1258</v>
+        <v>1267</v>
       </c>
       <c r="L180" t="s">
-        <v>1259</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>1260</v>
+        <v>1269</v>
       </c>
       <c r="C181" t="s">
-        <v>13</v>
+        <v>1270</v>
       </c>
       <c r="D181" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="E181">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F181" t="s">
-        <v>1261</v>
-[...13 lines deleted...]
-      </c>
+        <v>1271</v>
+      </c>
+      <c r="G181" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H181"/>
+      <c r="I181"/>
+      <c r="J181"/>
+      <c r="K181"/>
       <c r="L181" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>1267</v>
+        <v>1274</v>
       </c>
       <c r="C182" t="s">
-        <v>1268</v>
+        <v>251</v>
       </c>
       <c r="D182" t="s">
-        <v>20</v>
+        <v>1275</v>
       </c>
       <c r="E182">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F182" t="s">
-        <v>1269</v>
-[...5 lines deleted...]
-      <c r="K182"/>
+        <v>1276</v>
+      </c>
+      <c r="G182" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H182" t="s">
+        <v>1060</v>
+      </c>
+      <c r="I182" t="s">
+        <v>1278</v>
+      </c>
+      <c r="J182" t="s">
+        <v>1279</v>
+      </c>
+      <c r="K182" t="s">
+        <v>1280</v>
+      </c>
       <c r="L182" t="s">
-        <v>1270</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>1271</v>
+        <v>1282</v>
       </c>
       <c r="C183" t="s">
-        <v>256</v>
+        <v>455</v>
       </c>
       <c r="D183" t="s">
-        <v>1272</v>
+        <v>75</v>
       </c>
       <c r="E183">
         <v>2026</v>
       </c>
       <c r="F183" t="s">
-        <v>1273</v>
-[...3 lines deleted...]
-      </c>
+        <v>1283</v>
+      </c>
+      <c r="G183"/>
       <c r="H183" t="s">
-        <v>1058</v>
+        <v>1284</v>
       </c>
       <c r="I183" t="s">
-        <v>1275</v>
-[...3 lines deleted...]
-      </c>
+        <v>1285</v>
+      </c>
+      <c r="J183"/>
       <c r="K183" t="s">
-        <v>1277</v>
+        <v>1286</v>
       </c>
       <c r="L183" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>1279</v>
+        <v>1288</v>
       </c>
       <c r="C184" t="s">
-        <v>458</v>
+        <v>251</v>
       </c>
       <c r="D184" t="s">
-        <v>80</v>
+        <v>363</v>
       </c>
       <c r="E184">
-        <v>2026</v>
+        <v>1980</v>
       </c>
       <c r="F184" t="s">
-        <v>1280</v>
-[...3 lines deleted...]
-        <v>1281</v>
+        <v>1289</v>
+      </c>
+      <c r="G184" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H184">
+        <v>97</v>
       </c>
       <c r="I184" t="s">
-        <v>1282</v>
-[...4 lines deleted...]
-      </c>
+        <v>1291</v>
+      </c>
+      <c r="J184" t="s">
+        <v>1292</v>
+      </c>
+      <c r="K184"/>
       <c r="L184" t="s">
-        <v>1284</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>1285</v>
+        <v>1294</v>
       </c>
       <c r="C185" t="s">
-        <v>256</v>
+        <v>29</v>
       </c>
       <c r="D185" t="s">
-        <v>366</v>
+        <v>66</v>
       </c>
       <c r="E185">
-        <v>1980</v>
+        <v>2026</v>
       </c>
       <c r="F185" t="s">
-        <v>1286</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>1295</v>
+      </c>
+      <c r="G185"/>
+      <c r="H185" t="s">
+        <v>1296</v>
       </c>
       <c r="I185" t="s">
-        <v>1288</v>
+        <v>1297</v>
       </c>
       <c r="J185" t="s">
-        <v>1289</v>
-[...1 lines deleted...]
-      <c r="K185"/>
+        <v>1298</v>
+      </c>
+      <c r="K185" t="s">
+        <v>1299</v>
+      </c>
       <c r="L185" t="s">
-        <v>1290</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>1291</v>
+        <v>1301</v>
       </c>
       <c r="C186" t="s">
-        <v>13</v>
+        <v>1302</v>
       </c>
       <c r="D186" t="s">
-        <v>71</v>
+        <v>1303</v>
       </c>
       <c r="E186">
         <v>2026</v>
       </c>
       <c r="F186" t="s">
-        <v>1292</v>
-[...1 lines deleted...]
-      <c r="G186"/>
+        <v>1304</v>
+      </c>
+      <c r="G186" t="s">
+        <v>1305</v>
+      </c>
       <c r="H186" t="s">
-        <v>1293</v>
+        <v>1166</v>
       </c>
       <c r="I186" t="s">
-        <v>1294</v>
+        <v>1306</v>
       </c>
       <c r="J186" t="s">
-        <v>1295</v>
+        <v>1307</v>
       </c>
       <c r="K186" t="s">
-        <v>1296</v>
+        <v>1308</v>
       </c>
       <c r="L186" t="s">
-        <v>1297</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>1298</v>
+        <v>1310</v>
       </c>
       <c r="C187" t="s">
-        <v>1299</v>
+        <v>83</v>
       </c>
       <c r="D187" t="s">
-        <v>1300</v>
+        <v>39</v>
       </c>
       <c r="E187">
         <v>2026</v>
       </c>
       <c r="F187" t="s">
-        <v>1301</v>
+        <v>1311</v>
       </c>
       <c r="G187" t="s">
-        <v>1302</v>
+        <v>1312</v>
       </c>
       <c r="H187" t="s">
-        <v>1164</v>
+        <v>422</v>
       </c>
       <c r="I187" t="s">
-        <v>1303</v>
+        <v>1313</v>
       </c>
       <c r="J187" t="s">
-        <v>1304</v>
-[...3 lines deleted...]
-      </c>
+        <v>1314</v>
+      </c>
+      <c r="K187"/>
       <c r="L187" t="s">
-        <v>1306</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>1307</v>
+        <v>1316</v>
       </c>
       <c r="C188" t="s">
-        <v>88</v>
+        <v>1317</v>
       </c>
       <c r="D188" t="s">
-        <v>44</v>
+        <v>1318</v>
       </c>
       <c r="E188">
         <v>2026</v>
       </c>
       <c r="F188" t="s">
-        <v>1308</v>
+        <v>1319</v>
       </c>
       <c r="G188" t="s">
-        <v>1309</v>
+        <v>1320</v>
       </c>
       <c r="H188" t="s">
-        <v>425</v>
+        <v>1155</v>
       </c>
       <c r="I188" t="s">
-        <v>1310</v>
+        <v>1321</v>
       </c>
       <c r="J188" t="s">
-        <v>1311</v>
-[...1 lines deleted...]
-      <c r="K188"/>
+        <v>1322</v>
+      </c>
+      <c r="K188" t="s">
+        <v>1323</v>
+      </c>
       <c r="L188" t="s">
-        <v>1312</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>1313</v>
+        <v>1325</v>
       </c>
       <c r="C189" t="s">
-        <v>1314</v>
+        <v>23</v>
       </c>
       <c r="D189" t="s">
-        <v>1315</v>
+        <v>1326</v>
       </c>
       <c r="E189">
         <v>2026</v>
       </c>
       <c r="F189" t="s">
-        <v>1316</v>
-[...3 lines deleted...]
-      </c>
+        <v>1327</v>
+      </c>
+      <c r="G189"/>
       <c r="H189" t="s">
-        <v>1153</v>
+        <v>1166</v>
       </c>
       <c r="I189" t="s">
-        <v>1318</v>
+        <v>1328</v>
       </c>
       <c r="J189" t="s">
-        <v>1319</v>
+        <v>1329</v>
       </c>
       <c r="K189" t="s">
-        <v>1320</v>
+        <v>1330</v>
       </c>
       <c r="L189" t="s">
-        <v>1321</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>1322</v>
+        <v>1332</v>
       </c>
       <c r="C190" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="D190" t="s">
-        <v>1323</v>
+        <v>363</v>
       </c>
       <c r="E190">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F190" t="s">
-        <v>1324</v>
-[...1 lines deleted...]
-      <c r="G190"/>
+        <v>1333</v>
+      </c>
+      <c r="G190" t="s">
+        <v>1334</v>
+      </c>
       <c r="H190" t="s">
-        <v>1164</v>
-[...6 lines deleted...]
-      </c>
+        <v>1335</v>
+      </c>
+      <c r="I190"/>
+      <c r="J190"/>
       <c r="K190" t="s">
-        <v>1327</v>
+        <v>1336</v>
       </c>
       <c r="L190" t="s">
-        <v>1328</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>1329</v>
+        <v>1338</v>
       </c>
       <c r="C191" t="s">
-        <v>256</v>
+        <v>29</v>
       </c>
       <c r="D191" t="s">
-        <v>366</v>
+        <v>1339</v>
       </c>
       <c r="E191">
-        <v>1970</v>
+        <v>1995</v>
       </c>
       <c r="F191" t="s">
-        <v>1330</v>
-[...3 lines deleted...]
-      </c>
+        <v>1340</v>
+      </c>
+      <c r="G191"/>
       <c r="H191" t="s">
-        <v>1332</v>
-[...2 lines deleted...]
-      <c r="J191"/>
+        <v>1341</v>
+      </c>
+      <c r="I191" t="s">
+        <v>1342</v>
+      </c>
+      <c r="J191" t="s">
+        <v>1343</v>
+      </c>
       <c r="K191" t="s">
-        <v>1333</v>
+        <v>1344</v>
       </c>
       <c r="L191" t="s">
-        <v>1334</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>1335</v>
+        <v>1346</v>
       </c>
       <c r="C192" t="s">
-        <v>13</v>
+        <v>1347</v>
       </c>
       <c r="D192" t="s">
-        <v>1336</v>
+        <v>39</v>
       </c>
       <c r="E192">
-        <v>1995</v>
+        <v>1970</v>
       </c>
       <c r="F192" t="s">
-        <v>1337</v>
+        <v>1348</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
-        <v>1338</v>
+        <v>1349</v>
       </c>
       <c r="I192" t="s">
-        <v>1339</v>
+        <v>1350</v>
       </c>
       <c r="J192" t="s">
-        <v>1340</v>
+        <v>1351</v>
       </c>
       <c r="K192" t="s">
-        <v>1341</v>
+        <v>1352</v>
       </c>
       <c r="L192" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>1343</v>
+        <v>1354</v>
       </c>
       <c r="C193" t="s">
-        <v>1344</v>
+        <v>65</v>
       </c>
       <c r="D193" t="s">
-        <v>44</v>
+        <v>234</v>
       </c>
       <c r="E193">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F193" t="s">
-        <v>1345</v>
-[...1 lines deleted...]
-      <c r="G193"/>
+        <v>1355</v>
+      </c>
+      <c r="G193" t="s">
+        <v>1356</v>
+      </c>
       <c r="H193" t="s">
-        <v>1346</v>
+        <v>1357</v>
       </c>
       <c r="I193" t="s">
-        <v>1347</v>
+        <v>1358</v>
       </c>
       <c r="J193" t="s">
-        <v>1348</v>
-[...1 lines deleted...]
-      <c r="K193"/>
+        <v>1359</v>
+      </c>
+      <c r="K193" t="s">
+        <v>1360</v>
+      </c>
       <c r="L193" t="s">
-        <v>1349</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="194" spans="1:12">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>1350</v>
+        <v>1362</v>
       </c>
       <c r="C194" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D194" t="s">
-        <v>239</v>
+        <v>118</v>
       </c>
       <c r="E194">
         <v>2026</v>
       </c>
       <c r="F194" t="s">
-        <v>1351</v>
+        <v>1363</v>
       </c>
       <c r="G194" t="s">
-        <v>1352</v>
+        <v>1364</v>
       </c>
       <c r="H194" t="s">
-        <v>1353</v>
+        <v>1365</v>
       </c>
       <c r="I194" t="s">
-        <v>1354</v>
+        <v>1366</v>
       </c>
       <c r="J194" t="s">
-        <v>1355</v>
+        <v>1367</v>
       </c>
       <c r="K194" t="s">
-        <v>1356</v>
+        <v>1368</v>
       </c>
       <c r="L194" t="s">
-        <v>1357</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="195" spans="1:12">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="C195" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D195" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="E195">
         <v>2026</v>
       </c>
       <c r="F195" t="s">
-        <v>1359</v>
-[...3 lines deleted...]
-      </c>
+        <v>1363</v>
+      </c>
+      <c r="G195"/>
       <c r="H195" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
       <c r="I195" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="J195" t="s">
-        <v>1363</v>
-[...6 lines deleted...]
-      </c>
+        <v>1367</v>
+      </c>
+      <c r="K195"/>
+      <c r="L195"/>
     </row>
     <row r="196" spans="1:12">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>1358</v>
+        <v>1370</v>
       </c>
       <c r="C196" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="D196" t="s">
-        <v>123</v>
+        <v>1371</v>
       </c>
       <c r="E196">
         <v>2026</v>
       </c>
       <c r="F196" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
-        <v>1361</v>
+        <v>1373</v>
       </c>
       <c r="I196" t="s">
-        <v>1362</v>
+        <v>1374</v>
       </c>
       <c r="J196" t="s">
-        <v>1363</v>
-[...2 lines deleted...]
-      <c r="L196"/>
+        <v>1375</v>
+      </c>
+      <c r="K196" t="s">
+        <v>1376</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1377</v>
+      </c>
     </row>
     <row r="197" spans="1:12">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>1366</v>
+        <v>1378</v>
       </c>
       <c r="C197" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="D197" t="s">
-        <v>1367</v>
+        <v>39</v>
       </c>
       <c r="E197">
         <v>2026</v>
       </c>
       <c r="F197" t="s">
-        <v>1368</v>
+        <v>1379</v>
       </c>
       <c r="G197"/>
       <c r="H197" t="s">
-        <v>1369</v>
+        <v>107</v>
       </c>
       <c r="I197" t="s">
-        <v>1370</v>
-[...3 lines deleted...]
-      </c>
+        <v>1380</v>
+      </c>
+      <c r="J197"/>
       <c r="K197" t="s">
-        <v>1372</v>
+        <v>1381</v>
       </c>
       <c r="L197" t="s">
-        <v>1373</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="198" spans="1:12">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>1374</v>
+        <v>1383</v>
       </c>
       <c r="C198" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="D198" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E198">
         <v>2026</v>
       </c>
       <c r="F198" t="s">
-        <v>1375</v>
-[...1 lines deleted...]
-      <c r="G198"/>
+        <v>1384</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1385</v>
+      </c>
       <c r="H198" t="s">
-        <v>112</v>
+        <v>817</v>
       </c>
       <c r="I198" t="s">
-        <v>1376</v>
-[...2 lines deleted...]
-      <c r="K198"/>
+        <v>1386</v>
+      </c>
+      <c r="J198" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K198" t="s">
+        <v>1388</v>
+      </c>
       <c r="L198" t="s">
-        <v>1377</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>1378</v>
+        <v>1390</v>
       </c>
       <c r="C199" t="s">
-        <v>256</v>
+        <v>38</v>
       </c>
       <c r="D199" t="s">
-        <v>44</v>
+        <v>363</v>
       </c>
       <c r="E199">
         <v>2026</v>
       </c>
       <c r="F199" t="s">
-        <v>1379</v>
+        <v>1391</v>
       </c>
       <c r="G199" t="s">
-        <v>1380</v>
-[...2 lines deleted...]
-        <v>817</v>
+        <v>1392</v>
+      </c>
+      <c r="H199">
+        <v>94</v>
       </c>
       <c r="I199" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="J199" t="s">
-        <v>1382</v>
-[...3 lines deleted...]
-      </c>
+        <v>1394</v>
+      </c>
+      <c r="K199"/>
       <c r="L199" t="s">
-        <v>1384</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>1385</v>
+        <v>1396</v>
       </c>
       <c r="C200" t="s">
-        <v>43</v>
+        <v>487</v>
       </c>
       <c r="D200" t="s">
-        <v>366</v>
+        <v>39</v>
       </c>
       <c r="E200">
         <v>2026</v>
       </c>
       <c r="F200" t="s">
-        <v>1386</v>
-[...5 lines deleted...]
-        <v>94</v>
+        <v>1397</v>
+      </c>
+      <c r="G200"/>
+      <c r="H200" t="s">
+        <v>817</v>
       </c>
       <c r="I200" t="s">
-        <v>1388</v>
+        <v>1398</v>
       </c>
       <c r="J200" t="s">
-        <v>1389</v>
-[...1 lines deleted...]
-      <c r="K200"/>
+        <v>1399</v>
+      </c>
+      <c r="K200" t="s">
+        <v>1400</v>
+      </c>
       <c r="L200" t="s">
-        <v>1390</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="201" spans="1:12">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>1391</v>
+        <v>1402</v>
       </c>
       <c r="C201" t="s">
-        <v>490</v>
+        <v>23</v>
       </c>
       <c r="D201" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E201">
         <v>2026</v>
       </c>
       <c r="F201" t="s">
-        <v>1392</v>
+        <v>1403</v>
       </c>
       <c r="G201"/>
       <c r="H201" t="s">
-        <v>817</v>
-[...6 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I201"/>
+      <c r="J201"/>
       <c r="K201" t="s">
-        <v>1395</v>
+        <v>1404</v>
       </c>
       <c r="L201" t="s">
-        <v>1396</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="202" spans="1:12">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>1397</v>
+        <v>1406</v>
       </c>
       <c r="C202" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="D202" t="s">
-        <v>44</v>
+        <v>1407</v>
       </c>
       <c r="E202">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F202" t="s">
-        <v>1398</v>
+        <v>1408</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
-        <v>189</v>
-[...5 lines deleted...]
-      </c>
+        <v>1409</v>
+      </c>
+      <c r="I202" t="s">
+        <v>1410</v>
+      </c>
+      <c r="J202" t="s">
+        <v>1411</v>
+      </c>
+      <c r="K202"/>
       <c r="L202" t="s">
-        <v>1400</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="203" spans="1:12">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>1401</v>
+        <v>1413</v>
       </c>
       <c r="C203" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="D203" t="s">
-        <v>1402</v>
+        <v>66</v>
       </c>
       <c r="E203">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F203" t="s">
-        <v>1403</v>
-[...1 lines deleted...]
-      <c r="G203"/>
+        <v>1414</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1415</v>
+      </c>
       <c r="H203" t="s">
-        <v>1404</v>
+        <v>582</v>
       </c>
       <c r="I203" t="s">
-        <v>1405</v>
+        <v>1416</v>
       </c>
       <c r="J203" t="s">
-        <v>1406</v>
-[...1 lines deleted...]
-      <c r="K203"/>
+        <v>1417</v>
+      </c>
+      <c r="K203" t="s">
+        <v>1418</v>
+      </c>
       <c r="L203" t="s">
-        <v>1407</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="204" spans="1:12">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>1408</v>
+        <v>1420</v>
       </c>
       <c r="C204" t="s">
-        <v>70</v>
+        <v>298</v>
       </c>
       <c r="D204" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="E204">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F204" t="s">
-        <v>1409</v>
-[...3 lines deleted...]
-      </c>
+        <v>1421</v>
+      </c>
+      <c r="G204"/>
       <c r="H204" t="s">
-        <v>585</v>
+        <v>1422</v>
       </c>
       <c r="I204" t="s">
-        <v>1411</v>
+        <v>1423</v>
       </c>
       <c r="J204" t="s">
-        <v>1412</v>
+        <v>1424</v>
       </c>
       <c r="K204" t="s">
-        <v>1413</v>
+        <v>1425</v>
       </c>
       <c r="L204" t="s">
-        <v>1414</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="205" spans="1:12">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>1415</v>
+        <v>1427</v>
       </c>
       <c r="C205" t="s">
-        <v>303</v>
+        <v>65</v>
       </c>
       <c r="D205" t="s">
-        <v>80</v>
+        <v>234</v>
       </c>
       <c r="E205">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F205" t="s">
-        <v>1416</v>
-[...1 lines deleted...]
-      <c r="G205"/>
+        <v>1428</v>
+      </c>
+      <c r="G205" t="s">
+        <v>1429</v>
+      </c>
       <c r="H205" t="s">
-        <v>1417</v>
+        <v>729</v>
       </c>
       <c r="I205" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
       <c r="J205" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
       <c r="K205" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
       <c r="L205" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="206" spans="1:12">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="C206" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="D206" t="s">
-        <v>239</v>
+        <v>39</v>
       </c>
       <c r="E206">
         <v>2026</v>
       </c>
       <c r="F206" t="s">
-        <v>1423</v>
-[...3 lines deleted...]
-      </c>
+        <v>1435</v>
+      </c>
+      <c r="G206"/>
       <c r="H206" t="s">
-        <v>732</v>
+        <v>1436</v>
       </c>
       <c r="I206" t="s">
-        <v>1425</v>
+        <v>1437</v>
       </c>
       <c r="J206" t="s">
-        <v>1426</v>
+        <v>1438</v>
       </c>
       <c r="K206" t="s">
-        <v>1427</v>
+        <v>1439</v>
       </c>
       <c r="L206" t="s">
-        <v>1428</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="207" spans="1:12">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
       <c r="C207" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D207" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E207">
         <v>2026</v>
       </c>
       <c r="F207" t="s">
-        <v>1430</v>
+        <v>1442</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
-        <v>1431</v>
-[...6 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I207"/>
+      <c r="J207"/>
       <c r="K207" t="s">
-        <v>1434</v>
+        <v>1443</v>
       </c>
       <c r="L207" t="s">
-        <v>1435</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="208" spans="1:12">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>1436</v>
+        <v>1445</v>
       </c>
       <c r="C208" t="s">
-        <v>29</v>
+        <v>703</v>
       </c>
       <c r="D208" t="s">
-        <v>44</v>
+        <v>1446</v>
       </c>
       <c r="E208">
-        <v>2026</v>
+        <v>1997</v>
       </c>
       <c r="F208" t="s">
-        <v>1437</v>
+        <v>1447</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="J208"/>
+        <v>765</v>
+      </c>
+      <c r="I208" t="s">
+        <v>1448</v>
+      </c>
+      <c r="J208" t="s">
+        <v>1449</v>
+      </c>
       <c r="K208" t="s">
-        <v>1438</v>
+        <v>1450</v>
       </c>
       <c r="L208" t="s">
-        <v>1439</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="209" spans="1:12">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>1440</v>
+        <v>1452</v>
       </c>
       <c r="C209" t="s">
-        <v>706</v>
+        <v>23</v>
       </c>
       <c r="D209" t="s">
-        <v>1441</v>
+        <v>921</v>
       </c>
       <c r="E209">
-        <v>1997</v>
+        <v>2026</v>
       </c>
       <c r="F209" t="s">
-        <v>1442</v>
+        <v>1453</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
-        <v>768</v>
+        <v>346</v>
       </c>
       <c r="I209" t="s">
-        <v>1443</v>
+        <v>1454</v>
       </c>
       <c r="J209" t="s">
-        <v>1444</v>
-[...3 lines deleted...]
-      </c>
+        <v>1455</v>
+      </c>
+      <c r="K209"/>
       <c r="L209" t="s">
-        <v>1446</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>1447</v>
+        <v>1457</v>
       </c>
       <c r="C210" t="s">
-        <v>29</v>
+        <v>455</v>
       </c>
       <c r="D210" t="s">
-        <v>14</v>
+        <v>1458</v>
       </c>
       <c r="E210">
         <v>2026</v>
       </c>
       <c r="F210" t="s">
-        <v>1448</v>
+        <v>1459</v>
       </c>
       <c r="G210"/>
       <c r="H210" t="s">
-        <v>349</v>
+        <v>1460</v>
       </c>
       <c r="I210" t="s">
-        <v>1449</v>
-[...4 lines deleted...]
-      <c r="K210"/>
+        <v>1461</v>
+      </c>
+      <c r="J210"/>
+      <c r="K210" t="s">
+        <v>1462</v>
+      </c>
       <c r="L210" t="s">
-        <v>1451</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>1452</v>
+        <v>1464</v>
       </c>
       <c r="C211" t="s">
-        <v>458</v>
+        <v>703</v>
       </c>
       <c r="D211" t="s">
-        <v>1453</v>
+        <v>118</v>
       </c>
       <c r="E211">
-        <v>2026</v>
+        <v>1998</v>
       </c>
       <c r="F211" t="s">
-        <v>1454</v>
+        <v>1465</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>1455</v>
+        <v>356</v>
       </c>
       <c r="I211" t="s">
-        <v>1456</v>
-[...1 lines deleted...]
-      <c r="J211"/>
+        <v>1466</v>
+      </c>
+      <c r="J211" t="s">
+        <v>1467</v>
+      </c>
       <c r="K211" t="s">
-        <v>1457</v>
+        <v>1468</v>
       </c>
       <c r="L211" t="s">
-        <v>1458</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="212" spans="1:12">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>1459</v>
+        <v>1470</v>
       </c>
       <c r="C212" t="s">
-        <v>706</v>
+        <v>29</v>
       </c>
       <c r="D212" t="s">
-        <v>123</v>
+        <v>39</v>
       </c>
       <c r="E212">
-        <v>1998</v>
+        <v>2026</v>
       </c>
       <c r="F212" t="s">
-        <v>1460</v>
-[...1 lines deleted...]
-      <c r="G212"/>
+        <v>1471</v>
+      </c>
+      <c r="G212" t="s">
+        <v>1472</v>
+      </c>
       <c r="H212" t="s">
-        <v>359</v>
-[...6 lines deleted...]
-      </c>
+        <v>1155</v>
+      </c>
+      <c r="I212"/>
+      <c r="J212"/>
       <c r="K212" t="s">
-        <v>1463</v>
+        <v>1473</v>
       </c>
       <c r="L212" t="s">
-        <v>1464</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>1465</v>
+        <v>1475</v>
       </c>
       <c r="C213" t="s">
-        <v>13</v>
+        <v>703</v>
       </c>
       <c r="D213" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E213">
         <v>2026</v>
       </c>
       <c r="F213" t="s">
-        <v>1466</v>
+        <v>1476</v>
       </c>
       <c r="G213" t="s">
-        <v>1467</v>
+        <v>1477</v>
       </c>
       <c r="H213" t="s">
-        <v>1153</v>
-[...2 lines deleted...]
-      <c r="J213"/>
+        <v>68</v>
+      </c>
+      <c r="I213" t="s">
+        <v>1478</v>
+      </c>
+      <c r="J213" t="s">
+        <v>1479</v>
+      </c>
       <c r="K213" t="s">
-        <v>1468</v>
+        <v>1480</v>
       </c>
       <c r="L213" t="s">
-        <v>1469</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>1470</v>
+        <v>1482</v>
       </c>
       <c r="C214" t="s">
-        <v>706</v>
+        <v>1483</v>
       </c>
       <c r="D214" t="s">
-        <v>44</v>
+        <v>1484</v>
       </c>
       <c r="E214">
-        <v>2026</v>
+        <v>1991</v>
       </c>
       <c r="F214" t="s">
-        <v>1471</v>
-[...3 lines deleted...]
-      </c>
+        <v>1485</v>
+      </c>
+      <c r="G214"/>
       <c r="H214" t="s">
-        <v>73</v>
+        <v>490</v>
       </c>
       <c r="I214" t="s">
-        <v>1473</v>
+        <v>1486</v>
       </c>
       <c r="J214" t="s">
-        <v>1474</v>
+        <v>1487</v>
       </c>
       <c r="K214" t="s">
-        <v>1475</v>
+        <v>1488</v>
       </c>
       <c r="L214" t="s">
-        <v>1476</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="215" spans="1:12">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>1477</v>
+        <v>1490</v>
       </c>
       <c r="C215" t="s">
-        <v>1478</v>
+        <v>1172</v>
       </c>
       <c r="D215" t="s">
-        <v>1479</v>
+        <v>118</v>
       </c>
       <c r="E215">
-        <v>1991</v>
+        <v>1998</v>
       </c>
       <c r="F215" t="s">
-        <v>1480</v>
+        <v>1491</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>493</v>
+        <v>794</v>
       </c>
       <c r="I215" t="s">
-        <v>1481</v>
+        <v>1492</v>
       </c>
       <c r="J215" t="s">
-        <v>1482</v>
+        <v>1493</v>
       </c>
       <c r="K215" t="s">
-        <v>1483</v>
+        <v>1494</v>
       </c>
       <c r="L215" t="s">
-        <v>1484</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="216" spans="1:12">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>1485</v>
+        <v>1496</v>
       </c>
       <c r="C216" t="s">
-        <v>1170</v>
+        <v>1497</v>
       </c>
       <c r="D216" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="E216">
-        <v>1998</v>
+        <v>2026</v>
       </c>
       <c r="F216" t="s">
-        <v>1486</v>
+        <v>1498</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
-        <v>797</v>
+        <v>1499</v>
       </c>
       <c r="I216" t="s">
-        <v>1487</v>
-[...6 lines deleted...]
-      </c>
+        <v>1500</v>
+      </c>
+      <c r="J216"/>
+      <c r="K216"/>
       <c r="L216" t="s">
-        <v>1490</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="217" spans="1:12">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>1491</v>
+        <v>1502</v>
       </c>
       <c r="C217" t="s">
-        <v>1492</v>
+        <v>23</v>
       </c>
       <c r="D217" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E217">
         <v>2026</v>
       </c>
       <c r="F217" t="s">
-        <v>1493</v>
+        <v>1503</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>1494</v>
+        <v>597</v>
       </c>
       <c r="I217" t="s">
-        <v>1495</v>
+        <v>1504</v>
       </c>
       <c r="J217"/>
-      <c r="K217"/>
+      <c r="K217" t="s">
+        <v>1505</v>
+      </c>
       <c r="L217" t="s">
-        <v>1496</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>1497</v>
+        <v>1507</v>
       </c>
       <c r="C218" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="D218" t="s">
-        <v>44</v>
+        <v>1508</v>
       </c>
       <c r="E218">
         <v>2026</v>
       </c>
       <c r="F218" t="s">
-        <v>1498</v>
-[...1 lines deleted...]
-      <c r="G218"/>
+        <v>1509</v>
+      </c>
+      <c r="G218" t="s">
+        <v>1510</v>
+      </c>
       <c r="H218" t="s">
-        <v>600</v>
+        <v>356</v>
       </c>
       <c r="I218" t="s">
-        <v>1499</v>
-[...1 lines deleted...]
-      <c r="J218"/>
+        <v>1511</v>
+      </c>
+      <c r="J218" t="s">
+        <v>1512</v>
+      </c>
       <c r="K218" t="s">
-        <v>1500</v>
+        <v>1513</v>
       </c>
       <c r="L218" t="s">
-        <v>1501</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>1502</v>
+        <v>1515</v>
       </c>
       <c r="C219" t="s">
-        <v>43</v>
+        <v>472</v>
       </c>
       <c r="D219" t="s">
-        <v>1503</v>
+        <v>1516</v>
       </c>
       <c r="E219">
         <v>2026</v>
       </c>
       <c r="F219" t="s">
-        <v>1504</v>
+        <v>1517</v>
       </c>
       <c r="G219" t="s">
-        <v>1505</v>
+        <v>1518</v>
       </c>
       <c r="H219" t="s">
-        <v>359</v>
+        <v>1519</v>
       </c>
       <c r="I219" t="s">
-        <v>1506</v>
+        <v>1520</v>
       </c>
       <c r="J219" t="s">
-        <v>1507</v>
+        <v>1521</v>
       </c>
       <c r="K219" t="s">
-        <v>1508</v>
+        <v>1522</v>
       </c>
       <c r="L219" t="s">
-        <v>1509</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>1510</v>
+        <v>1524</v>
       </c>
       <c r="C220" t="s">
-        <v>475</v>
+        <v>29</v>
       </c>
       <c r="D220" t="s">
-        <v>1511</v>
+        <v>39</v>
       </c>
       <c r="E220">
-        <v>2026</v>
+        <v>1998</v>
       </c>
       <c r="F220" t="s">
-        <v>1512</v>
-[...3 lines deleted...]
-      </c>
+        <v>1525</v>
+      </c>
+      <c r="G220"/>
       <c r="H220" t="s">
-        <v>1514</v>
+        <v>1526</v>
       </c>
       <c r="I220" t="s">
-        <v>1515</v>
+        <v>1527</v>
       </c>
       <c r="J220" t="s">
-        <v>1516</v>
+        <v>1528</v>
       </c>
       <c r="K220" t="s">
-        <v>1517</v>
+        <v>1529</v>
       </c>
       <c r="L220" t="s">
-        <v>1518</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>1519</v>
+        <v>1531</v>
       </c>
       <c r="C221" t="s">
-        <v>13</v>
+        <v>1532</v>
       </c>
       <c r="D221" t="s">
-        <v>44</v>
+        <v>328</v>
       </c>
       <c r="E221">
-        <v>1998</v>
+        <v>2026</v>
       </c>
       <c r="F221" t="s">
-        <v>1520</v>
-[...1 lines deleted...]
-      <c r="G221"/>
+        <v>1533</v>
+      </c>
+      <c r="G221" t="s">
+        <v>1534</v>
+      </c>
       <c r="H221" t="s">
-        <v>1521</v>
+        <v>574</v>
       </c>
       <c r="I221" t="s">
-        <v>1522</v>
+        <v>1535</v>
       </c>
       <c r="J221" t="s">
-        <v>1523</v>
+        <v>1536</v>
       </c>
       <c r="K221" t="s">
-        <v>1524</v>
+        <v>1537</v>
       </c>
       <c r="L221" t="s">
-        <v>1525</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="222" spans="1:12">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>1526</v>
+        <v>1539</v>
       </c>
       <c r="C222" t="s">
-        <v>1527</v>
+        <v>1540</v>
       </c>
       <c r="D222" t="s">
-        <v>333</v>
+        <v>388</v>
       </c>
       <c r="E222">
         <v>2026</v>
       </c>
       <c r="F222" t="s">
-        <v>1528</v>
+        <v>1541</v>
       </c>
       <c r="G222" t="s">
-        <v>1529</v>
-[...2 lines deleted...]
-        <v>577</v>
+        <v>1542</v>
+      </c>
+      <c r="H222">
+        <v>133</v>
       </c>
       <c r="I222" t="s">
-        <v>1530</v>
+        <v>1543</v>
       </c>
       <c r="J222" t="s">
-        <v>1531</v>
+        <v>1544</v>
       </c>
       <c r="K222" t="s">
-        <v>1532</v>
+        <v>1545</v>
       </c>
       <c r="L222" t="s">
-        <v>1533</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>1534</v>
+        <v>1547</v>
       </c>
       <c r="C223" t="s">
-        <v>1535</v>
+        <v>23</v>
       </c>
       <c r="D223" t="s">
-        <v>391</v>
+        <v>75</v>
       </c>
       <c r="E223">
         <v>2026</v>
       </c>
       <c r="F223" t="s">
-        <v>1536</v>
+        <v>1548</v>
       </c>
       <c r="G223" t="s">
-        <v>1537</v>
-[...9 lines deleted...]
-      </c>
+        <v>1549</v>
+      </c>
+      <c r="H223" t="s">
+        <v>1550</v>
+      </c>
+      <c r="I223"/>
+      <c r="J223"/>
       <c r="K223" t="s">
-        <v>1540</v>
+        <v>1551</v>
       </c>
       <c r="L223" t="s">
-        <v>1541</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>1542</v>
+        <v>1553</v>
       </c>
       <c r="C224" t="s">
         <v>29</v>
       </c>
       <c r="D224" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E224">
         <v>2026</v>
       </c>
       <c r="F224" t="s">
-        <v>1543</v>
-[...3 lines deleted...]
-      </c>
+        <v>1554</v>
+      </c>
+      <c r="G224"/>
       <c r="H224" t="s">
-        <v>1545</v>
-[...2 lines deleted...]
-      <c r="J224"/>
+        <v>59</v>
+      </c>
+      <c r="I224" t="s">
+        <v>1555</v>
+      </c>
+      <c r="J224" t="s">
+        <v>1556</v>
+      </c>
       <c r="K224" t="s">
-        <v>1546</v>
+        <v>1557</v>
       </c>
       <c r="L224" t="s">
-        <v>1547</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>1548</v>
+        <v>1559</v>
       </c>
       <c r="C225" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D225" t="s">
-        <v>44</v>
+        <v>118</v>
       </c>
       <c r="E225">
         <v>2026</v>
       </c>
       <c r="F225" t="s">
-        <v>1549</v>
+        <v>1560</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I225"/>
       <c r="J225" t="s">
-        <v>1551</v>
+        <v>1035</v>
       </c>
       <c r="K225" t="s">
-        <v>1552</v>
+        <v>1561</v>
       </c>
       <c r="L225" t="s">
-        <v>1553</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>1554</v>
+        <v>1563</v>
       </c>
       <c r="C226" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D226" t="s">
-        <v>123</v>
+        <v>800</v>
       </c>
       <c r="E226">
         <v>2026</v>
       </c>
       <c r="F226" t="s">
-        <v>1555</v>
+        <v>1564</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
-        <v>189</v>
+        <v>215</v>
       </c>
       <c r="I226"/>
-      <c r="J226" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J226"/>
       <c r="K226" t="s">
-        <v>1556</v>
+        <v>1565</v>
       </c>
       <c r="L226" t="s">
-        <v>1557</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>1558</v>
+        <v>1567</v>
       </c>
       <c r="C227" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D227" t="s">
-        <v>803</v>
+        <v>75</v>
       </c>
       <c r="E227">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F227" t="s">
-        <v>1559</v>
+        <v>1568</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
-        <v>220</v>
+        <v>1569</v>
       </c>
       <c r="I227"/>
-      <c r="J227"/>
+      <c r="J227" t="s">
+        <v>1570</v>
+      </c>
       <c r="K227" t="s">
-        <v>1560</v>
+        <v>1571</v>
       </c>
       <c r="L227" t="s">
-        <v>1561</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>1562</v>
+        <v>1573</v>
       </c>
       <c r="C228" t="s">
-        <v>29</v>
+        <v>1172</v>
       </c>
       <c r="D228" t="s">
-        <v>80</v>
+        <v>118</v>
       </c>
       <c r="E228">
-        <v>1970</v>
+        <v>1996</v>
       </c>
       <c r="F228" t="s">
-        <v>1563</v>
+        <v>1574</v>
       </c>
       <c r="G228"/>
       <c r="H228" t="s">
-        <v>1564</v>
-[...1 lines deleted...]
-      <c r="I228"/>
+        <v>87</v>
+      </c>
+      <c r="I228" t="s">
+        <v>1575</v>
+      </c>
       <c r="J228" t="s">
-        <v>1565</v>
+        <v>1576</v>
       </c>
       <c r="K228" t="s">
-        <v>1566</v>
+        <v>1577</v>
       </c>
       <c r="L228" t="s">
-        <v>1567</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>1568</v>
+        <v>1579</v>
       </c>
       <c r="C229" t="s">
-        <v>1170</v>
+        <v>1580</v>
       </c>
       <c r="D229" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="E229">
-        <v>1996</v>
+        <v>1970</v>
       </c>
       <c r="F229" t="s">
-        <v>1569</v>
+        <v>1581</v>
       </c>
       <c r="G229"/>
       <c r="H229" t="s">
-        <v>92</v>
+        <v>1582</v>
       </c>
       <c r="I229" t="s">
-        <v>1570</v>
+        <v>1583</v>
       </c>
       <c r="J229" t="s">
-        <v>1571</v>
+        <v>1584</v>
       </c>
       <c r="K229" t="s">
-        <v>1572</v>
+        <v>1585</v>
       </c>
       <c r="L229" t="s">
-        <v>1573</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>1574</v>
+        <v>1587</v>
       </c>
       <c r="C230" t="s">
-        <v>1575</v>
+        <v>38</v>
       </c>
       <c r="D230" t="s">
-        <v>123</v>
+        <v>363</v>
       </c>
       <c r="E230">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F230" t="s">
-        <v>1576</v>
-[...3 lines deleted...]
-        <v>1577</v>
+        <v>1588</v>
+      </c>
+      <c r="G230" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H230">
+        <v>93</v>
       </c>
       <c r="I230" t="s">
-        <v>1578</v>
+        <v>1590</v>
       </c>
       <c r="J230" t="s">
-        <v>1579</v>
-[...3 lines deleted...]
-      </c>
+        <v>1591</v>
+      </c>
+      <c r="K230"/>
       <c r="L230" t="s">
-        <v>1581</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>1582</v>
+        <v>1593</v>
       </c>
       <c r="C231" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="D231" t="s">
-        <v>366</v>
+        <v>75</v>
       </c>
       <c r="E231">
         <v>2026</v>
       </c>
       <c r="F231" t="s">
-        <v>1583</v>
+        <v>1594</v>
       </c>
       <c r="G231" t="s">
-        <v>1584</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>1595</v>
+      </c>
+      <c r="H231" t="s">
+        <v>87</v>
       </c>
       <c r="I231" t="s">
-        <v>1585</v>
+        <v>1596</v>
       </c>
       <c r="J231" t="s">
-        <v>1586</v>
-[...1 lines deleted...]
-      <c r="K231"/>
+        <v>1597</v>
+      </c>
+      <c r="K231" t="s">
+        <v>1598</v>
+      </c>
       <c r="L231" t="s">
-        <v>1587</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>1588</v>
-[...6 lines deleted...]
-      </c>
+        <v>1600</v>
+      </c>
+      <c r="C232"/>
+      <c r="D232"/>
       <c r="E232">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F232" t="s">
-        <v>1589</v>
+        <v>1601</v>
       </c>
       <c r="G232" t="s">
-        <v>1590</v>
-[...12 lines deleted...]
-      </c>
+        <v>1602</v>
+      </c>
+      <c r="H232"/>
+      <c r="I232"/>
+      <c r="J232"/>
+      <c r="K232"/>
       <c r="L232" t="s">
-        <v>1594</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>1595</v>
-[...2 lines deleted...]
-      <c r="D233"/>
+        <v>1604</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D233" t="s">
+        <v>234</v>
+      </c>
       <c r="E233">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F233" t="s">
-        <v>1596</v>
-[...5 lines deleted...]
-      <c r="K233"/>
+        <v>1606</v>
+      </c>
+      <c r="G233" t="s">
+        <v>1607</v>
+      </c>
+      <c r="H233" t="s">
+        <v>87</v>
+      </c>
+      <c r="I233" t="s">
+        <v>1608</v>
+      </c>
+      <c r="J233" t="s">
+        <v>1609</v>
+      </c>
+      <c r="K233" t="s">
+        <v>1610</v>
+      </c>
       <c r="L233" t="s">
-        <v>1597</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="234" spans="1:12">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>1598</v>
+        <v>1612</v>
       </c>
       <c r="C234" t="s">
-        <v>1599</v>
+        <v>189</v>
       </c>
       <c r="D234" t="s">
-        <v>239</v>
+        <v>118</v>
       </c>
       <c r="E234">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F234" t="s">
-        <v>1600</v>
-[...3 lines deleted...]
-      </c>
+        <v>1613</v>
+      </c>
+      <c r="G234"/>
       <c r="H234" t="s">
-        <v>92</v>
+        <v>1614</v>
       </c>
       <c r="I234" t="s">
-        <v>1602</v>
+        <v>1615</v>
       </c>
       <c r="J234" t="s">
-        <v>1603</v>
+        <v>1616</v>
       </c>
       <c r="K234" t="s">
-        <v>1604</v>
+        <v>1617</v>
       </c>
       <c r="L234" t="s">
-        <v>1605</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="235" spans="1:12">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>1606</v>
+        <v>1619</v>
       </c>
       <c r="C235" t="s">
-        <v>194</v>
+        <v>1620</v>
       </c>
       <c r="D235" t="s">
-        <v>123</v>
+        <v>1621</v>
       </c>
       <c r="E235">
-        <v>1970</v>
+        <v>1999</v>
       </c>
       <c r="F235" t="s">
-        <v>1607</v>
+        <v>1622</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
-        <v>1608</v>
+        <v>1365</v>
       </c>
       <c r="I235" t="s">
-        <v>1609</v>
+        <v>1623</v>
       </c>
       <c r="J235" t="s">
-        <v>1610</v>
+        <v>1624</v>
       </c>
       <c r="K235" t="s">
-        <v>1611</v>
+        <v>1625</v>
       </c>
       <c r="L235" t="s">
-        <v>1612</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="236" spans="1:12">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>1613</v>
+        <v>1627</v>
       </c>
       <c r="C236" t="s">
-        <v>1614</v>
+        <v>23</v>
       </c>
       <c r="D236" t="s">
-        <v>1615</v>
+        <v>39</v>
       </c>
       <c r="E236">
-        <v>1999</v>
+        <v>2026</v>
       </c>
       <c r="F236" t="s">
-        <v>1616</v>
+        <v>1628</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
-        <v>1361</v>
-[...6 lines deleted...]
-      </c>
+        <v>1629</v>
+      </c>
+      <c r="I236"/>
+      <c r="J236"/>
       <c r="K236" t="s">
-        <v>1619</v>
+        <v>1630</v>
       </c>
       <c r="L236" t="s">
-        <v>1620</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="237" spans="1:12">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>1621</v>
+        <v>1632</v>
       </c>
       <c r="C237" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D237" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E237">
         <v>2026</v>
       </c>
       <c r="F237" t="s">
-        <v>1622</v>
-[...1 lines deleted...]
-      <c r="G237"/>
+        <v>1633</v>
+      </c>
+      <c r="G237" t="s">
+        <v>1634</v>
+      </c>
       <c r="H237" t="s">
-        <v>1623</v>
+        <v>430</v>
       </c>
       <c r="I237"/>
       <c r="J237"/>
       <c r="K237" t="s">
-        <v>1624</v>
+        <v>1635</v>
       </c>
       <c r="L237" t="s">
-        <v>1625</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="238" spans="1:12">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>1626</v>
+        <v>1637</v>
       </c>
       <c r="C238" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D238" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E238">
         <v>2026</v>
       </c>
       <c r="F238" t="s">
-        <v>1627</v>
+        <v>1638</v>
       </c>
       <c r="G238" t="s">
-        <v>1628</v>
+        <v>1639</v>
       </c>
       <c r="H238" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-      <c r="J238"/>
+        <v>673</v>
+      </c>
+      <c r="I238" t="s">
+        <v>1640</v>
+      </c>
+      <c r="J238" t="s">
+        <v>1641</v>
+      </c>
       <c r="K238" t="s">
-        <v>1629</v>
+        <v>1642</v>
       </c>
       <c r="L238" t="s">
-        <v>1630</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="239" spans="1:12">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>1631</v>
+        <v>1644</v>
       </c>
       <c r="C239" t="s">
-        <v>29</v>
+        <v>455</v>
       </c>
       <c r="D239" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E239">
         <v>2026</v>
       </c>
       <c r="F239" t="s">
-        <v>1632</v>
-[...3 lines deleted...]
-      </c>
+        <v>1645</v>
+      </c>
+      <c r="G239"/>
       <c r="H239" t="s">
-        <v>676</v>
+        <v>107</v>
       </c>
       <c r="I239" t="s">
-        <v>1634</v>
-[...3 lines deleted...]
-      </c>
+        <v>1646</v>
+      </c>
+      <c r="J239"/>
       <c r="K239" t="s">
-        <v>1636</v>
+        <v>1647</v>
       </c>
       <c r="L239" t="s">
-        <v>1637</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>1638</v>
+        <v>1649</v>
       </c>
       <c r="C240" t="s">
-        <v>458</v>
+        <v>23</v>
       </c>
       <c r="D240" t="s">
-        <v>44</v>
+        <v>784</v>
       </c>
       <c r="E240">
         <v>2026</v>
       </c>
       <c r="F240" t="s">
-        <v>1639</v>
+        <v>1650</v>
       </c>
       <c r="G240"/>
       <c r="H240" t="s">
-        <v>112</v>
+        <v>786</v>
       </c>
       <c r="I240" t="s">
-        <v>1640</v>
-[...1 lines deleted...]
-      <c r="J240"/>
+        <v>1651</v>
+      </c>
+      <c r="J240" t="s">
+        <v>1652</v>
+      </c>
       <c r="K240" t="s">
-        <v>1641</v>
+        <v>1653</v>
       </c>
       <c r="L240" t="s">
-        <v>1642</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="241" spans="1:12">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>1643</v>
+        <v>1655</v>
       </c>
       <c r="C241" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="D241" t="s">
-        <v>787</v>
+        <v>1656</v>
       </c>
       <c r="E241">
         <v>2026</v>
       </c>
       <c r="F241" t="s">
-        <v>1644</v>
-[...1 lines deleted...]
-      <c r="G241"/>
+        <v>1657</v>
+      </c>
+      <c r="G241" t="s">
+        <v>1658</v>
+      </c>
       <c r="H241" t="s">
-        <v>789</v>
+        <v>1659</v>
       </c>
       <c r="I241" t="s">
-        <v>1645</v>
+        <v>1660</v>
       </c>
       <c r="J241" t="s">
-        <v>1646</v>
+        <v>1661</v>
       </c>
       <c r="K241" t="s">
-        <v>1647</v>
+        <v>1662</v>
       </c>
       <c r="L241" t="s">
-        <v>1648</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="242" spans="1:12">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>1649</v>
+        <v>1664</v>
       </c>
       <c r="C242" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="D242" t="s">
-        <v>1650</v>
+        <v>363</v>
       </c>
       <c r="E242">
         <v>2026</v>
       </c>
       <c r="F242" t="s">
-        <v>1651</v>
+        <v>1665</v>
       </c>
       <c r="G242" t="s">
-        <v>1652</v>
-[...2 lines deleted...]
-        <v>1653</v>
+        <v>1666</v>
+      </c>
+      <c r="H242">
+        <v>93</v>
       </c>
       <c r="I242" t="s">
-        <v>1654</v>
+        <v>1667</v>
       </c>
       <c r="J242" t="s">
-        <v>1655</v>
-[...3 lines deleted...]
-      </c>
+        <v>1668</v>
+      </c>
+      <c r="K242"/>
       <c r="L242" t="s">
-        <v>1657</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="243" spans="1:12">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>1658</v>
+        <v>1670</v>
       </c>
       <c r="C243" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="D243" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="E243">
         <v>2026</v>
       </c>
       <c r="F243" t="s">
-        <v>1659</v>
+        <v>1671</v>
       </c>
       <c r="G243" t="s">
-        <v>1660</v>
+        <v>1672</v>
       </c>
       <c r="H243">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="I243" t="s">
-        <v>1661</v>
+        <v>1673</v>
       </c>
       <c r="J243" t="s">
-        <v>1662</v>
+        <v>1674</v>
       </c>
       <c r="K243"/>
       <c r="L243" t="s">
-        <v>1663</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="244" spans="1:12">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>1664</v>
+        <v>1676</v>
       </c>
       <c r="C244" t="s">
-        <v>13</v>
+        <v>1079</v>
       </c>
       <c r="D244" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="E244">
         <v>2026</v>
       </c>
       <c r="F244" t="s">
-        <v>1665</v>
+        <v>1677</v>
       </c>
       <c r="G244" t="s">
-        <v>1666</v>
+        <v>1678</v>
       </c>
       <c r="H244">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I244" t="s">
-        <v>1667</v>
+        <v>1679</v>
       </c>
       <c r="J244" t="s">
-        <v>1668</v>
+        <v>1680</v>
       </c>
       <c r="K244"/>
       <c r="L244" t="s">
-        <v>1669</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="245" spans="1:12">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>1670</v>
+        <v>1682</v>
       </c>
       <c r="C245" t="s">
-        <v>1077</v>
+        <v>65</v>
       </c>
       <c r="D245" t="s">
-        <v>366</v>
+        <v>388</v>
       </c>
       <c r="E245">
         <v>2026</v>
       </c>
       <c r="F245" t="s">
-        <v>1671</v>
+        <v>1683</v>
       </c>
       <c r="G245" t="s">
-        <v>1672</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>1684</v>
+      </c>
+      <c r="H245" t="s">
+        <v>729</v>
       </c>
       <c r="I245" t="s">
-        <v>1673</v>
+        <v>1685</v>
       </c>
       <c r="J245" t="s">
-        <v>1674</v>
-[...1 lines deleted...]
-      <c r="K245"/>
+        <v>1686</v>
+      </c>
+      <c r="K245" t="s">
+        <v>1687</v>
+      </c>
       <c r="L245" t="s">
-        <v>1675</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="246" spans="1:12">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>1676</v>
+        <v>1689</v>
       </c>
       <c r="C246" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="D246" t="s">
-        <v>391</v>
+        <v>274</v>
       </c>
       <c r="E246">
         <v>2026</v>
       </c>
       <c r="F246" t="s">
-        <v>1677</v>
-[...3 lines deleted...]
-      </c>
+        <v>1690</v>
+      </c>
+      <c r="G246"/>
       <c r="H246" t="s">
-        <v>732</v>
+        <v>908</v>
       </c>
       <c r="I246" t="s">
-        <v>1679</v>
+        <v>1691</v>
       </c>
       <c r="J246" t="s">
-        <v>1680</v>
+        <v>1692</v>
       </c>
       <c r="K246" t="s">
-        <v>1681</v>
+        <v>1693</v>
       </c>
       <c r="L246" t="s">
-        <v>1682</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="247" spans="1:12">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>1683</v>
+        <v>1695</v>
       </c>
       <c r="C247" t="s">
-        <v>79</v>
+        <v>1696</v>
       </c>
       <c r="D247" t="s">
-        <v>279</v>
+        <v>39</v>
       </c>
       <c r="E247">
         <v>2026</v>
       </c>
       <c r="F247" t="s">
-        <v>1684</v>
-[...1 lines deleted...]
-      <c r="G247"/>
+        <v>1697</v>
+      </c>
+      <c r="G247" t="s">
+        <v>1698</v>
+      </c>
       <c r="H247" t="s">
-        <v>907</v>
+        <v>68</v>
       </c>
       <c r="I247" t="s">
-        <v>1685</v>
+        <v>1699</v>
       </c>
       <c r="J247" t="s">
-        <v>1686</v>
+        <v>1700</v>
       </c>
       <c r="K247" t="s">
-        <v>1687</v>
+        <v>1701</v>
       </c>
       <c r="L247" t="s">
-        <v>1688</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="248" spans="1:12">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>1689</v>
+        <v>1695</v>
       </c>
       <c r="C248" t="s">
-        <v>1690</v>
+        <v>251</v>
       </c>
       <c r="D248" t="s">
-        <v>44</v>
+        <v>840</v>
       </c>
       <c r="E248">
         <v>2026</v>
       </c>
       <c r="F248" t="s">
-        <v>1691</v>
-[...3 lines deleted...]
-      </c>
+        <v>1703</v>
+      </c>
+      <c r="G248"/>
       <c r="H248" t="s">
-        <v>73</v>
+        <v>1704</v>
       </c>
       <c r="I248" t="s">
-        <v>1693</v>
+        <v>1705</v>
       </c>
       <c r="J248" t="s">
-        <v>1694</v>
+        <v>1706</v>
       </c>
       <c r="K248" t="s">
-        <v>1695</v>
+        <v>1707</v>
       </c>
       <c r="L248" t="s">
-        <v>1696</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="249" spans="1:12">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>1689</v>
+        <v>1709</v>
       </c>
       <c r="C249" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D249" t="s">
-        <v>839</v>
+        <v>1011</v>
       </c>
       <c r="E249">
         <v>2026</v>
       </c>
       <c r="F249" t="s">
-        <v>1697</v>
+        <v>1710</v>
       </c>
       <c r="G249"/>
       <c r="H249" t="s">
-        <v>1698</v>
+        <v>1155</v>
       </c>
       <c r="I249" t="s">
-        <v>1699</v>
+        <v>1711</v>
       </c>
       <c r="J249" t="s">
-        <v>1700</v>
+        <v>1712</v>
       </c>
       <c r="K249" t="s">
-        <v>1701</v>
+        <v>1713</v>
       </c>
       <c r="L249" t="s">
-        <v>1702</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="250" spans="1:12">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>1703</v>
+        <v>1715</v>
       </c>
       <c r="C250" t="s">
-        <v>256</v>
+        <v>65</v>
       </c>
       <c r="D250" t="s">
-        <v>1009</v>
+        <v>388</v>
       </c>
       <c r="E250">
         <v>2026</v>
       </c>
       <c r="F250" t="s">
-        <v>1704</v>
+        <v>1716</v>
       </c>
       <c r="G250"/>
-      <c r="H250" t="s">
-        <v>1153</v>
+      <c r="H250">
+        <v>97</v>
       </c>
       <c r="I250" t="s">
-        <v>1705</v>
+        <v>1717</v>
       </c>
       <c r="J250" t="s">
-        <v>1706</v>
+        <v>1718</v>
       </c>
       <c r="K250" t="s">
-        <v>1707</v>
+        <v>1719</v>
       </c>
       <c r="L250" t="s">
-        <v>1708</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="251" spans="1:12">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>1709</v>
+        <v>1721</v>
       </c>
       <c r="C251" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D251" t="s">
-        <v>391</v>
+        <v>800</v>
       </c>
       <c r="E251">
         <v>2026</v>
       </c>
       <c r="F251" t="s">
-        <v>1710</v>
+        <v>1722</v>
       </c>
       <c r="G251"/>
-      <c r="H251">
-[...4 lines deleted...]
-      </c>
+      <c r="H251" t="s">
+        <v>1723</v>
+      </c>
+      <c r="I251"/>
       <c r="J251" t="s">
-        <v>1712</v>
+        <v>1724</v>
       </c>
       <c r="K251" t="s">
-        <v>1713</v>
+        <v>1725</v>
       </c>
       <c r="L251" t="s">
-        <v>1714</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="252" spans="1:12">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>1715</v>
+        <v>1727</v>
       </c>
       <c r="C252" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D252" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="E252">
         <v>2026</v>
       </c>
       <c r="F252" t="s">
-        <v>1716</v>
+        <v>1728</v>
       </c>
       <c r="G252"/>
       <c r="H252" t="s">
-        <v>1717</v>
+        <v>1729</v>
       </c>
       <c r="I252"/>
       <c r="J252" t="s">
-        <v>1718</v>
+        <v>1730</v>
       </c>
       <c r="K252" t="s">
-        <v>1719</v>
+        <v>1731</v>
       </c>
       <c r="L252" t="s">
-        <v>1720</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="253" spans="1:12">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>1721</v>
+        <v>1733</v>
       </c>
       <c r="C253" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="D253" t="s">
-        <v>803</v>
+        <v>1734</v>
       </c>
       <c r="E253">
         <v>2026</v>
       </c>
       <c r="F253" t="s">
-        <v>1722</v>
-[...1 lines deleted...]
-      <c r="G253"/>
+        <v>1735</v>
+      </c>
+      <c r="G253" t="s">
+        <v>1736</v>
+      </c>
       <c r="H253" t="s">
-        <v>1723</v>
-[...1 lines deleted...]
-      <c r="I253"/>
+        <v>366</v>
+      </c>
+      <c r="I253" t="s">
+        <v>1737</v>
+      </c>
       <c r="J253" t="s">
-        <v>1724</v>
+        <v>1738</v>
       </c>
       <c r="K253" t="s">
-        <v>1725</v>
+        <v>1739</v>
       </c>
       <c r="L253" t="s">
-        <v>1726</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="254" spans="1:12">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>1727</v>
+        <v>1741</v>
       </c>
       <c r="C254" t="s">
-        <v>256</v>
+        <v>83</v>
       </c>
       <c r="D254" t="s">
-        <v>1728</v>
+        <v>1742</v>
       </c>
       <c r="E254">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F254" t="s">
-        <v>1729</v>
-[...3 lines deleted...]
-      </c>
+        <v>1743</v>
+      </c>
+      <c r="G254"/>
       <c r="H254" t="s">
-        <v>369</v>
+        <v>1744</v>
       </c>
       <c r="I254" t="s">
-        <v>1731</v>
+        <v>1745</v>
       </c>
       <c r="J254" t="s">
-        <v>1732</v>
-[...3 lines deleted...]
-      </c>
+        <v>1746</v>
+      </c>
+      <c r="K254"/>
       <c r="L254" t="s">
-        <v>1734</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="255" spans="1:12">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>1735</v>
+        <v>1748</v>
       </c>
       <c r="C255" t="s">
-        <v>88</v>
+        <v>1749</v>
       </c>
       <c r="D255" t="s">
-        <v>1736</v>
+        <v>14</v>
       </c>
       <c r="E255">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F255" t="s">
-        <v>1737</v>
-[...1 lines deleted...]
-      <c r="G255"/>
+        <v>1750</v>
+      </c>
+      <c r="G255" t="s">
+        <v>1751</v>
+      </c>
       <c r="H255" t="s">
-        <v>1738</v>
+        <v>490</v>
       </c>
       <c r="I255" t="s">
-        <v>1739</v>
+        <v>1752</v>
       </c>
       <c r="J255" t="s">
-        <v>1740</v>
-[...1 lines deleted...]
-      <c r="K255"/>
+        <v>1753</v>
+      </c>
+      <c r="K255" t="s">
+        <v>1754</v>
+      </c>
       <c r="L255" t="s">
-        <v>1741</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>1742</v>
+        <v>1756</v>
       </c>
       <c r="C256" t="s">
-        <v>1743</v>
+        <v>29</v>
       </c>
       <c r="D256" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="E256">
-        <v>2026</v>
+        <v>1986</v>
       </c>
       <c r="F256" t="s">
-        <v>1744</v>
-[...3 lines deleted...]
-      </c>
+        <v>1757</v>
+      </c>
+      <c r="G256"/>
       <c r="H256" t="s">
-        <v>493</v>
+        <v>42</v>
       </c>
       <c r="I256" t="s">
-        <v>1746</v>
+        <v>1758</v>
       </c>
       <c r="J256" t="s">
-        <v>1747</v>
+        <v>1759</v>
       </c>
       <c r="K256" t="s">
-        <v>1748</v>
+        <v>1760</v>
       </c>
       <c r="L256" t="s">
-        <v>1749</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>1750</v>
+        <v>1762</v>
       </c>
       <c r="C257" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D257" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E257">
-        <v>1986</v>
+        <v>2026</v>
       </c>
       <c r="F257" t="s">
-        <v>1751</v>
+        <v>1763</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>47</v>
+        <v>331</v>
       </c>
       <c r="I257" t="s">
-        <v>1752</v>
+        <v>1764</v>
       </c>
       <c r="J257" t="s">
-        <v>1753</v>
+        <v>1765</v>
       </c>
       <c r="K257" t="s">
-        <v>1754</v>
+        <v>1766</v>
       </c>
       <c r="L257" t="s">
-        <v>1755</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="258" spans="1:12">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>1756</v>
+        <v>1768</v>
       </c>
       <c r="C258" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="D258" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E258">
         <v>2026</v>
       </c>
       <c r="F258" t="s">
-        <v>1757</v>
+        <v>1769</v>
       </c>
       <c r="G258"/>
       <c r="H258" t="s">
-        <v>336</v>
+        <v>1770</v>
       </c>
       <c r="I258" t="s">
-        <v>1758</v>
-[...3 lines deleted...]
-      </c>
+        <v>1771</v>
+      </c>
+      <c r="J258"/>
       <c r="K258" t="s">
-        <v>1760</v>
+        <v>1772</v>
       </c>
       <c r="L258" t="s">
-        <v>1761</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="259" spans="1:12">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>1762</v>
+        <v>1774</v>
       </c>
       <c r="C259" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="D259" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="E259">
         <v>2026</v>
       </c>
       <c r="F259" t="s">
-        <v>1763</v>
+        <v>1775</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
-        <v>1764</v>
-[...4 lines deleted...]
-      <c r="J259"/>
+        <v>1776</v>
+      </c>
+      <c r="I259"/>
+      <c r="J259" t="s">
+        <v>1777</v>
+      </c>
       <c r="K259" t="s">
-        <v>1766</v>
+        <v>1778</v>
       </c>
       <c r="L259" t="s">
-        <v>1767</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>1768</v>
+        <v>1780</v>
       </c>
       <c r="C260" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="D260" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="E260">
         <v>2026</v>
       </c>
       <c r="F260" t="s">
-        <v>1769</v>
+        <v>1781</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
-        <v>1770</v>
+        <v>1782</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
-        <v>1771</v>
+        <v>1783</v>
       </c>
       <c r="K260" t="s">
-        <v>1772</v>
+        <v>1784</v>
       </c>
       <c r="L260" t="s">
-        <v>1773</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>1774</v>
+        <v>1786</v>
       </c>
       <c r="C261" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D261" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E261">
         <v>2026</v>
       </c>
       <c r="F261" t="s">
-        <v>1775</v>
+        <v>1787</v>
       </c>
       <c r="G261"/>
       <c r="H261" t="s">
-        <v>1776</v>
+        <v>1788</v>
       </c>
       <c r="I261"/>
       <c r="J261" t="s">
-        <v>1777</v>
+        <v>1789</v>
       </c>
       <c r="K261" t="s">
-        <v>1778</v>
+        <v>1784</v>
       </c>
       <c r="L261" t="s">
-        <v>1779</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="262" spans="1:12">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>1780</v>
+        <v>1791</v>
       </c>
       <c r="C262" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="D262" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="E262">
         <v>2026</v>
       </c>
       <c r="F262" t="s">
-        <v>1781</v>
-[...1 lines deleted...]
-      <c r="G262"/>
+        <v>1792</v>
+      </c>
+      <c r="G262" t="s">
+        <v>1793</v>
+      </c>
       <c r="H262" t="s">
-        <v>1782</v>
-[...1 lines deleted...]
-      <c r="I262"/>
+        <v>1060</v>
+      </c>
+      <c r="I262" t="s">
+        <v>1794</v>
+      </c>
       <c r="J262" t="s">
-        <v>1783</v>
+        <v>1795</v>
       </c>
       <c r="K262" t="s">
-        <v>1778</v>
+        <v>1796</v>
       </c>
       <c r="L262" t="s">
-        <v>1784</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="263" spans="1:12">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>1785</v>
+        <v>1798</v>
       </c>
       <c r="C263" t="s">
-        <v>43</v>
+        <v>1799</v>
       </c>
       <c r="D263" t="s">
-        <v>71</v>
+        <v>1407</v>
       </c>
       <c r="E263">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F263" t="s">
-        <v>1786</v>
-[...3 lines deleted...]
-      </c>
+        <v>1800</v>
+      </c>
+      <c r="G263"/>
       <c r="H263" t="s">
-        <v>1058</v>
+        <v>1801</v>
       </c>
       <c r="I263" t="s">
-        <v>1788</v>
+        <v>1802</v>
       </c>
       <c r="J263" t="s">
-        <v>1789</v>
-[...3 lines deleted...]
-      </c>
+        <v>1803</v>
+      </c>
+      <c r="K263"/>
       <c r="L263" t="s">
-        <v>1791</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="264" spans="1:12">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>1792</v>
+        <v>1805</v>
       </c>
       <c r="C264" t="s">
-        <v>1793</v>
+        <v>1806</v>
       </c>
       <c r="D264" t="s">
-        <v>1402</v>
+        <v>154</v>
       </c>
       <c r="E264">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F264" t="s">
-        <v>1794</v>
+        <v>1807</v>
       </c>
       <c r="G264"/>
       <c r="H264" t="s">
-        <v>1795</v>
+        <v>998</v>
       </c>
       <c r="I264" t="s">
-        <v>1796</v>
+        <v>1808</v>
       </c>
       <c r="J264" t="s">
-        <v>1797</v>
-[...1 lines deleted...]
-      <c r="K264"/>
+        <v>1809</v>
+      </c>
+      <c r="K264" t="s">
+        <v>1810</v>
+      </c>
       <c r="L264" t="s">
-        <v>1798</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="265" spans="1:12">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>1799</v>
+        <v>1812</v>
       </c>
       <c r="C265" t="s">
-        <v>1800</v>
+        <v>23</v>
       </c>
       <c r="D265" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="E265">
         <v>2026</v>
       </c>
       <c r="F265" t="s">
-        <v>1801</v>
+        <v>1813</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
-        <v>996</v>
-[...3 lines deleted...]
-      </c>
+        <v>786</v>
+      </c>
+      <c r="I265"/>
       <c r="J265" t="s">
-        <v>1803</v>
+        <v>1814</v>
       </c>
       <c r="K265" t="s">
-        <v>1804</v>
+        <v>1815</v>
       </c>
       <c r="L265" t="s">
-        <v>1805</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>1806</v>
+        <v>1817</v>
       </c>
       <c r="C266" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="D266" t="s">
-        <v>44</v>
+        <v>784</v>
       </c>
       <c r="E266">
         <v>2026</v>
       </c>
       <c r="F266" t="s">
-        <v>1807</v>
+        <v>1818</v>
       </c>
       <c r="G266"/>
       <c r="H266" t="s">
-        <v>789</v>
-[...1 lines deleted...]
-      <c r="I266"/>
+        <v>215</v>
+      </c>
+      <c r="I266" t="s">
+        <v>1819</v>
+      </c>
       <c r="J266" t="s">
-        <v>1808</v>
+        <v>1820</v>
       </c>
       <c r="K266" t="s">
-        <v>1809</v>
+        <v>1821</v>
       </c>
       <c r="L266" t="s">
-        <v>1810</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>1811</v>
+        <v>1823</v>
       </c>
       <c r="C267" t="s">
-        <v>256</v>
+        <v>1824</v>
       </c>
       <c r="D267" t="s">
-        <v>787</v>
+        <v>39</v>
       </c>
       <c r="E267">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F267" t="s">
-        <v>1812</v>
+        <v>1825</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
-        <v>220</v>
+        <v>1826</v>
       </c>
       <c r="I267" t="s">
-        <v>1813</v>
+        <v>1827</v>
       </c>
       <c r="J267" t="s">
-        <v>1814</v>
+        <v>1828</v>
       </c>
       <c r="K267" t="s">
-        <v>1815</v>
+        <v>1829</v>
       </c>
       <c r="L267" t="s">
-        <v>1816</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>1817</v>
+        <v>1831</v>
       </c>
       <c r="C268" t="s">
-        <v>1818</v>
+        <v>65</v>
       </c>
       <c r="D268" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E268">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F268" t="s">
-        <v>1819</v>
-[...1 lines deleted...]
-      <c r="G268"/>
+        <v>1832</v>
+      </c>
+      <c r="G268" t="s">
+        <v>1833</v>
+      </c>
       <c r="H268" t="s">
-        <v>1820</v>
+        <v>729</v>
       </c>
       <c r="I268" t="s">
-        <v>1821</v>
+        <v>1834</v>
       </c>
       <c r="J268" t="s">
-        <v>1822</v>
+        <v>1835</v>
       </c>
       <c r="K268" t="s">
-        <v>1823</v>
+        <v>1836</v>
       </c>
       <c r="L268" t="s">
-        <v>1824</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
-        <v>1825</v>
+        <v>1838</v>
       </c>
       <c r="C269" t="s">
-        <v>70</v>
+        <v>1824</v>
       </c>
       <c r="D269" t="s">
-        <v>44</v>
+        <v>363</v>
       </c>
       <c r="E269">
         <v>2026</v>
       </c>
       <c r="F269" t="s">
-        <v>1826</v>
+        <v>1839</v>
       </c>
       <c r="G269" t="s">
-        <v>1827</v>
+        <v>1840</v>
       </c>
       <c r="H269" t="s">
-        <v>732</v>
+        <v>59</v>
       </c>
       <c r="I269" t="s">
-        <v>1828</v>
+        <v>1841</v>
       </c>
       <c r="J269" t="s">
-        <v>1829</v>
+        <v>1842</v>
       </c>
       <c r="K269" t="s">
-        <v>1830</v>
+        <v>1843</v>
       </c>
       <c r="L269" t="s">
-        <v>1831</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="270" spans="1:12">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>1832</v>
+        <v>1845</v>
       </c>
       <c r="C270" t="s">
-        <v>1818</v>
+        <v>189</v>
       </c>
       <c r="D270" t="s">
-        <v>366</v>
+        <v>118</v>
       </c>
       <c r="E270">
         <v>2026</v>
       </c>
       <c r="F270" t="s">
-        <v>1833</v>
-[...3 lines deleted...]
-      </c>
+        <v>1846</v>
+      </c>
+      <c r="G270"/>
       <c r="H270" t="s">
-        <v>64</v>
+        <v>540</v>
       </c>
       <c r="I270" t="s">
-        <v>1835</v>
-[...3 lines deleted...]
-      </c>
+        <v>1847</v>
+      </c>
+      <c r="J270"/>
       <c r="K270" t="s">
-        <v>1837</v>
+        <v>1848</v>
       </c>
       <c r="L270" t="s">
-        <v>1838</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="271" spans="1:12">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>1839</v>
+        <v>1850</v>
       </c>
       <c r="C271" t="s">
-        <v>194</v>
+        <v>1851</v>
       </c>
       <c r="D271" t="s">
-        <v>123</v>
+        <v>1852</v>
       </c>
       <c r="E271">
         <v>2026</v>
       </c>
       <c r="F271" t="s">
-        <v>1840</v>
-[...1 lines deleted...]
-      <c r="G271"/>
+        <v>1853</v>
+      </c>
+      <c r="G271" t="s">
+        <v>1854</v>
+      </c>
       <c r="H271" t="s">
-        <v>543</v>
+        <v>1550</v>
       </c>
       <c r="I271" t="s">
-        <v>1841</v>
-[...1 lines deleted...]
-      <c r="J271"/>
+        <v>1855</v>
+      </c>
+      <c r="J271" t="s">
+        <v>1856</v>
+      </c>
       <c r="K271" t="s">
-        <v>1842</v>
+        <v>1857</v>
       </c>
       <c r="L271" t="s">
-        <v>1843</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="272" spans="1:12">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>1844</v>
+        <v>1859</v>
       </c>
       <c r="C272" t="s">
-        <v>1845</v>
+        <v>1860</v>
       </c>
       <c r="D272" t="s">
-        <v>1846</v>
+        <v>1861</v>
       </c>
       <c r="E272">
         <v>2026</v>
       </c>
       <c r="F272" t="s">
-        <v>1847</v>
-[...3 lines deleted...]
-      </c>
+        <v>1862</v>
+      </c>
+      <c r="G272"/>
       <c r="H272" t="s">
-        <v>1545</v>
+        <v>1040</v>
       </c>
       <c r="I272" t="s">
-        <v>1849</v>
+        <v>1863</v>
       </c>
       <c r="J272" t="s">
-        <v>1850</v>
+        <v>1864</v>
       </c>
       <c r="K272" t="s">
-        <v>1851</v>
+        <v>1865</v>
       </c>
       <c r="L272" t="s">
-        <v>1852</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="273" spans="1:12">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>1853</v>
+        <v>1867</v>
       </c>
       <c r="C273" t="s">
-        <v>1854</v>
+        <v>1860</v>
       </c>
       <c r="D273" t="s">
-        <v>1855</v>
+        <v>154</v>
       </c>
       <c r="E273">
         <v>2026</v>
       </c>
       <c r="F273" t="s">
-        <v>1856</v>
-[...3 lines deleted...]
-        <v>1038</v>
+        <v>1868</v>
+      </c>
+      <c r="G273" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H273">
+        <v>119</v>
       </c>
       <c r="I273" t="s">
-        <v>1857</v>
+        <v>1870</v>
       </c>
       <c r="J273" t="s">
-        <v>1858</v>
+        <v>1871</v>
       </c>
       <c r="K273" t="s">
-        <v>1859</v>
+        <v>1872</v>
       </c>
       <c r="L273" t="s">
-        <v>1860</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>1861</v>
+        <v>1874</v>
       </c>
       <c r="C274" t="s">
-        <v>1854</v>
+        <v>65</v>
       </c>
       <c r="D274" t="s">
-        <v>159</v>
+        <v>1875</v>
       </c>
       <c r="E274">
         <v>2026</v>
       </c>
       <c r="F274" t="s">
-        <v>1862</v>
+        <v>1876</v>
       </c>
       <c r="G274" t="s">
-        <v>1863</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>1877</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1060</v>
       </c>
       <c r="I274" t="s">
-        <v>1864</v>
+        <v>1878</v>
       </c>
       <c r="J274" t="s">
-        <v>1865</v>
+        <v>1879</v>
       </c>
       <c r="K274" t="s">
-        <v>1866</v>
+        <v>1880</v>
       </c>
       <c r="L274" t="s">
-        <v>1867</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="275" spans="1:12">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>1868</v>
+        <v>1882</v>
       </c>
       <c r="C275" t="s">
-        <v>70</v>
+        <v>1883</v>
       </c>
       <c r="D275" t="s">
-        <v>1869</v>
+        <v>39</v>
       </c>
       <c r="E275">
         <v>2026</v>
       </c>
       <c r="F275" t="s">
-        <v>1870</v>
+        <v>1884</v>
       </c>
       <c r="G275" t="s">
-        <v>1871</v>
+        <v>1885</v>
       </c>
       <c r="H275" t="s">
-        <v>1058</v>
+        <v>68</v>
       </c>
       <c r="I275" t="s">
-        <v>1872</v>
+        <v>1886</v>
       </c>
       <c r="J275" t="s">
-        <v>1873</v>
+        <v>1887</v>
       </c>
       <c r="K275" t="s">
-        <v>1874</v>
+        <v>1888</v>
       </c>
       <c r="L275" t="s">
-        <v>1875</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="276" spans="1:12">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>1876</v>
+        <v>1890</v>
       </c>
       <c r="C276" t="s">
-        <v>1877</v>
+        <v>1891</v>
       </c>
       <c r="D276" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E276">
         <v>2026</v>
       </c>
       <c r="F276" t="s">
-        <v>1878</v>
-[...3 lines deleted...]
-      </c>
+        <v>1892</v>
+      </c>
+      <c r="G276"/>
       <c r="H276" t="s">
-        <v>73</v>
+        <v>505</v>
       </c>
       <c r="I276" t="s">
-        <v>1880</v>
+        <v>1893</v>
       </c>
       <c r="J276" t="s">
-        <v>1881</v>
+        <v>1894</v>
       </c>
       <c r="K276" t="s">
-        <v>1882</v>
+        <v>1895</v>
       </c>
       <c r="L276" t="s">
-        <v>1883</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="277" spans="1:12">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>1884</v>
+        <v>1897</v>
       </c>
       <c r="C277" t="s">
-        <v>1885</v>
+        <v>1898</v>
       </c>
       <c r="D277" t="s">
-        <v>80</v>
+        <v>1899</v>
       </c>
       <c r="E277">
         <v>2026</v>
       </c>
       <c r="F277" t="s">
-        <v>1886</v>
-[...1 lines deleted...]
-      <c r="G277"/>
+        <v>1900</v>
+      </c>
+      <c r="G277" t="s">
+        <v>1901</v>
+      </c>
       <c r="H277" t="s">
-        <v>508</v>
+        <v>1902</v>
       </c>
       <c r="I277" t="s">
-        <v>1887</v>
+        <v>1903</v>
       </c>
       <c r="J277" t="s">
-        <v>1888</v>
+        <v>1904</v>
       </c>
       <c r="K277" t="s">
-        <v>1889</v>
+        <v>1905</v>
       </c>
       <c r="L277" t="s">
-        <v>1890</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="278" spans="1:12">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>1891</v>
+        <v>1907</v>
       </c>
       <c r="C278" t="s">
-        <v>1892</v>
+        <v>29</v>
       </c>
       <c r="D278" t="s">
-        <v>1893</v>
+        <v>363</v>
       </c>
       <c r="E278">
-        <v>2026</v>
+        <v>1963</v>
       </c>
       <c r="F278" t="s">
-        <v>1894</v>
+        <v>1908</v>
       </c>
       <c r="G278" t="s">
-        <v>1895</v>
+        <v>1909</v>
       </c>
       <c r="H278" t="s">
-        <v>1896</v>
-[...3 lines deleted...]
-      </c>
+        <v>729</v>
+      </c>
+      <c r="I278"/>
       <c r="J278"/>
-      <c r="K278"/>
+      <c r="K278" t="s">
+        <v>1910</v>
+      </c>
       <c r="L278" t="s">
-        <v>1898</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="279" spans="1:12">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>1899</v>
+        <v>1912</v>
       </c>
       <c r="C279" t="s">
-        <v>13</v>
+        <v>251</v>
       </c>
       <c r="D279" t="s">
-        <v>366</v>
+        <v>234</v>
       </c>
       <c r="E279">
-        <v>1963</v>
+        <v>2026</v>
       </c>
       <c r="F279" t="s">
-        <v>1900</v>
-[...3 lines deleted...]
-      </c>
+        <v>1913</v>
+      </c>
+      <c r="G279"/>
       <c r="H279" t="s">
-        <v>732</v>
-[...2 lines deleted...]
-      <c r="J279"/>
+        <v>1914</v>
+      </c>
+      <c r="I279" t="s">
+        <v>1915</v>
+      </c>
+      <c r="J279" t="s">
+        <v>1916</v>
+      </c>
       <c r="K279" t="s">
-        <v>1902</v>
+        <v>1917</v>
       </c>
       <c r="L279" t="s">
-        <v>1903</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>1904</v>
+        <v>1919</v>
       </c>
       <c r="C280" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D280" t="s">
-        <v>239</v>
+        <v>75</v>
       </c>
       <c r="E280">
         <v>2026</v>
       </c>
       <c r="F280" t="s">
-        <v>1905</v>
+        <v>1920</v>
       </c>
       <c r="G280"/>
       <c r="H280" t="s">
-        <v>1906</v>
+        <v>331</v>
       </c>
       <c r="I280" t="s">
-        <v>1907</v>
+        <v>1921</v>
       </c>
       <c r="J280" t="s">
-        <v>1908</v>
+        <v>1922</v>
       </c>
       <c r="K280" t="s">
-        <v>1909</v>
+        <v>1923</v>
       </c>
       <c r="L280" t="s">
-        <v>1910</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>1911</v>
+        <v>1925</v>
       </c>
       <c r="C281" t="s">
-        <v>256</v>
+        <v>23</v>
       </c>
       <c r="D281" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E281">
         <v>2026</v>
       </c>
       <c r="F281" t="s">
-        <v>1912</v>
+        <v>1926</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>848</v>
+      </c>
+      <c r="I281"/>
       <c r="J281" t="s">
-        <v>1914</v>
+        <v>1927</v>
       </c>
       <c r="K281" t="s">
-        <v>1915</v>
+        <v>1928</v>
       </c>
       <c r="L281" t="s">
-        <v>1916</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>1917</v>
+        <v>1930</v>
       </c>
       <c r="C282" t="s">
         <v>29</v>
       </c>
       <c r="D282" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="E282">
         <v>2026</v>
       </c>
       <c r="F282" t="s">
-        <v>1918</v>
-[...1 lines deleted...]
-      <c r="G282"/>
+        <v>1931</v>
+      </c>
+      <c r="G282" t="s">
+        <v>1932</v>
+      </c>
       <c r="H282" t="s">
-        <v>847</v>
-[...1 lines deleted...]
-      <c r="I282"/>
+        <v>1341</v>
+      </c>
+      <c r="I282" t="s">
+        <v>1933</v>
+      </c>
       <c r="J282" t="s">
-        <v>1919</v>
+        <v>1934</v>
       </c>
       <c r="K282" t="s">
-        <v>1920</v>
+        <v>1935</v>
       </c>
       <c r="L282" t="s">
-        <v>1921</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>1922</v>
+        <v>1937</v>
       </c>
       <c r="C283" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D283" t="s">
-        <v>20</v>
+        <v>1938</v>
       </c>
       <c r="E283">
         <v>2026</v>
       </c>
       <c r="F283" t="s">
-        <v>1923</v>
+        <v>1939</v>
       </c>
       <c r="G283" t="s">
-        <v>1924</v>
+        <v>1940</v>
       </c>
       <c r="H283" t="s">
-        <v>1338</v>
+        <v>505</v>
       </c>
       <c r="I283" t="s">
-        <v>1925</v>
+        <v>1941</v>
       </c>
       <c r="J283" t="s">
-        <v>1926</v>
+        <v>1942</v>
       </c>
       <c r="K283" t="s">
-        <v>1927</v>
+        <v>1943</v>
       </c>
       <c r="L283" t="s">
-        <v>1928</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="284" spans="1:12">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>1929</v>
+        <v>1945</v>
       </c>
       <c r="C284" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D284" t="s">
-        <v>1930</v>
+        <v>75</v>
       </c>
       <c r="E284">
         <v>2026</v>
       </c>
       <c r="F284" t="s">
-        <v>1931</v>
-[...3 lines deleted...]
-      </c>
+        <v>1946</v>
+      </c>
+      <c r="G284"/>
       <c r="H284" t="s">
-        <v>508</v>
-[...3 lines deleted...]
-      </c>
+        <v>1947</v>
+      </c>
+      <c r="I284"/>
       <c r="J284" t="s">
-        <v>1934</v>
+        <v>1948</v>
       </c>
       <c r="K284" t="s">
-        <v>1935</v>
+        <v>1949</v>
       </c>
       <c r="L284" t="s">
-        <v>1936</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="285" spans="1:12">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>1937</v>
+        <v>1951</v>
       </c>
       <c r="C285" t="s">
-        <v>29</v>
+        <v>117</v>
       </c>
       <c r="D285" t="s">
-        <v>80</v>
+        <v>1952</v>
       </c>
       <c r="E285">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F285" t="s">
-        <v>1938</v>
+        <v>1953</v>
       </c>
       <c r="G285"/>
       <c r="H285" t="s">
-        <v>1939</v>
-[...1 lines deleted...]
-      <c r="I285"/>
+        <v>1954</v>
+      </c>
+      <c r="I285" t="s">
+        <v>1955</v>
+      </c>
       <c r="J285" t="s">
-        <v>1940</v>
+        <v>1956</v>
       </c>
       <c r="K285" t="s">
-        <v>1941</v>
+        <v>1957</v>
       </c>
       <c r="L285" t="s">
-        <v>1942</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="286" spans="1:12">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>1943</v>
+        <v>1959</v>
       </c>
       <c r="C286" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="D286" t="s">
-        <v>1944</v>
+        <v>388</v>
       </c>
       <c r="E286">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F286" t="s">
-        <v>1945</v>
-[...3 lines deleted...]
-        <v>1946</v>
+        <v>1960</v>
+      </c>
+      <c r="G286" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H286">
+        <v>103</v>
       </c>
       <c r="I286" t="s">
-        <v>1947</v>
+        <v>1962</v>
       </c>
       <c r="J286" t="s">
-        <v>1948</v>
+        <v>1963</v>
       </c>
       <c r="K286" t="s">
-        <v>1949</v>
+        <v>1964</v>
       </c>
       <c r="L286" t="s">
-        <v>1950</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="287" spans="1:12">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>1951</v>
+        <v>1966</v>
       </c>
       <c r="C287" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="D287" t="s">
-        <v>391</v>
+        <v>840</v>
       </c>
       <c r="E287">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F287" t="s">
-        <v>1952</v>
-[...5 lines deleted...]
-        <v>103</v>
+        <v>1967</v>
+      </c>
+      <c r="G287"/>
+      <c r="H287" t="s">
+        <v>1968</v>
       </c>
       <c r="I287" t="s">
-        <v>1954</v>
+        <v>1969</v>
       </c>
       <c r="J287" t="s">
-        <v>1955</v>
+        <v>1970</v>
       </c>
       <c r="K287" t="s">
-        <v>1956</v>
+        <v>1971</v>
       </c>
       <c r="L287" t="s">
-        <v>1957</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>1958</v>
+        <v>1973</v>
       </c>
       <c r="C288" t="s">
-        <v>13</v>
+        <v>1974</v>
       </c>
       <c r="D288" t="s">
-        <v>839</v>
+        <v>118</v>
       </c>
       <c r="E288">
-        <v>1970</v>
+        <v>1985</v>
       </c>
       <c r="F288" t="s">
-        <v>1959</v>
+        <v>1975</v>
       </c>
       <c r="G288"/>
       <c r="H288" t="s">
-        <v>1960</v>
+        <v>1040</v>
       </c>
       <c r="I288" t="s">
-        <v>1961</v>
+        <v>1976</v>
       </c>
       <c r="J288" t="s">
-        <v>1962</v>
+        <v>1977</v>
       </c>
       <c r="K288" t="s">
-        <v>1963</v>
+        <v>1978</v>
       </c>
       <c r="L288" t="s">
-        <v>1964</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>1965</v>
+        <v>1980</v>
       </c>
       <c r="C289" t="s">
-        <v>1966</v>
+        <v>65</v>
       </c>
       <c r="D289" t="s">
-        <v>123</v>
+        <v>502</v>
       </c>
       <c r="E289">
-        <v>1985</v>
+        <v>2026</v>
       </c>
       <c r="F289" t="s">
-        <v>1967</v>
+        <v>1981</v>
       </c>
       <c r="G289"/>
       <c r="H289" t="s">
-        <v>1038</v>
+        <v>1166</v>
       </c>
       <c r="I289" t="s">
-        <v>1968</v>
+        <v>1982</v>
       </c>
       <c r="J289" t="s">
-        <v>1969</v>
+        <v>1983</v>
       </c>
       <c r="K289" t="s">
-        <v>1970</v>
+        <v>1984</v>
       </c>
       <c r="L289" t="s">
-        <v>1971</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>1972</v>
+        <v>1986</v>
       </c>
       <c r="C290" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="D290" t="s">
-        <v>505</v>
+        <v>1987</v>
       </c>
       <c r="E290">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F290" t="s">
-        <v>1973</v>
-[...1 lines deleted...]
-      <c r="G290"/>
+        <v>1988</v>
+      </c>
+      <c r="G290" t="s">
+        <v>1989</v>
+      </c>
       <c r="H290" t="s">
-        <v>1164</v>
+        <v>422</v>
       </c>
       <c r="I290" t="s">
-        <v>1974</v>
+        <v>1990</v>
       </c>
       <c r="J290" t="s">
-        <v>1975</v>
+        <v>1991</v>
       </c>
       <c r="K290" t="s">
-        <v>1976</v>
+        <v>1992</v>
       </c>
       <c r="L290" t="s">
-        <v>1977</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>1978</v>
+        <v>1994</v>
       </c>
       <c r="C291" t="s">
-        <v>88</v>
+        <v>1255</v>
       </c>
       <c r="D291" t="s">
-        <v>1979</v>
+        <v>39</v>
       </c>
       <c r="E291">
-        <v>1970</v>
+        <v>1989</v>
       </c>
       <c r="F291" t="s">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>1995</v>
+      </c>
+      <c r="G291"/>
       <c r="H291" t="s">
-        <v>425</v>
+        <v>1996</v>
       </c>
       <c r="I291" t="s">
-        <v>1982</v>
+        <v>1997</v>
       </c>
       <c r="J291" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="K291" t="s">
-        <v>1984</v>
+        <v>1999</v>
       </c>
       <c r="L291" t="s">
-        <v>1985</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>1986</v>
+        <v>2001</v>
       </c>
       <c r="C292" t="s">
-        <v>1253</v>
+        <v>1317</v>
       </c>
       <c r="D292" t="s">
-        <v>44</v>
+        <v>154</v>
       </c>
       <c r="E292">
-        <v>1989</v>
+        <v>2026</v>
       </c>
       <c r="F292" t="s">
-        <v>1987</v>
+        <v>2002</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
-        <v>1988</v>
+        <v>622</v>
       </c>
       <c r="I292" t="s">
-        <v>1989</v>
+        <v>2003</v>
       </c>
       <c r="J292" t="s">
-        <v>1990</v>
+        <v>2004</v>
       </c>
       <c r="K292" t="s">
-        <v>1991</v>
+        <v>2005</v>
       </c>
       <c r="L292" t="s">
-        <v>1992</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="C293" t="s">
-        <v>1314</v>
+        <v>29</v>
       </c>
       <c r="D293" t="s">
-        <v>159</v>
+        <v>363</v>
       </c>
       <c r="E293">
         <v>2026</v>
       </c>
       <c r="F293" t="s">
-        <v>1994</v>
+        <v>2008</v>
       </c>
       <c r="G293"/>
-      <c r="H293" t="s">
-        <v>625</v>
+      <c r="H293">
+        <v>87</v>
       </c>
       <c r="I293" t="s">
-        <v>1995</v>
+        <v>2009</v>
       </c>
       <c r="J293" t="s">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="K293"/>
       <c r="L293" t="s">
-        <v>1998</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>1999</v>
+        <v>2012</v>
       </c>
       <c r="C294" t="s">
-        <v>13</v>
+        <v>83</v>
       </c>
       <c r="D294" t="s">
-        <v>366</v>
+        <v>154</v>
       </c>
       <c r="E294">
         <v>2026</v>
       </c>
       <c r="F294" t="s">
-        <v>2000</v>
-[...10 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G294" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H294" t="s">
+        <v>284</v>
+      </c>
+      <c r="I294"/>
+      <c r="J294"/>
       <c r="K294"/>
       <c r="L294" t="s">
-        <v>2003</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="295" spans="1:12">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="C295" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
       <c r="D295" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="E295">
         <v>2026</v>
       </c>
       <c r="F295" t="s">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="G295"/>
       <c r="H295" t="s">
-        <v>289</v>
+        <v>184</v>
       </c>
       <c r="I295"/>
       <c r="J295"/>
-      <c r="K295"/>
+      <c r="K295" t="s">
+        <v>2018</v>
+      </c>
       <c r="L295" t="s">
-        <v>2007</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="C296" t="s">
         <v>29</v>
       </c>
       <c r="D296" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="E296">
         <v>2026</v>
       </c>
       <c r="F296" t="s">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
-        <v>189</v>
+        <v>2022</v>
       </c>
       <c r="I296"/>
-      <c r="J296"/>
+      <c r="J296" t="s">
+        <v>2023</v>
+      </c>
       <c r="K296" t="s">
-        <v>2010</v>
+        <v>2024</v>
       </c>
       <c r="L296" t="s">
-        <v>2011</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>2012</v>
+        <v>2026</v>
       </c>
       <c r="C297" t="s">
-        <v>13</v>
+        <v>2027</v>
       </c>
       <c r="D297" t="s">
-        <v>30</v>
+        <v>2028</v>
       </c>
       <c r="E297">
         <v>2026</v>
       </c>
       <c r="F297" t="s">
-        <v>2013</v>
+        <v>2029</v>
       </c>
       <c r="G297"/>
       <c r="H297" t="s">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I297"/>
+        <v>422</v>
+      </c>
+      <c r="I297" t="s">
+        <v>2030</v>
+      </c>
       <c r="J297" t="s">
-        <v>2015</v>
+        <v>2031</v>
       </c>
       <c r="K297" t="s">
-        <v>2016</v>
+        <v>2032</v>
       </c>
       <c r="L297" t="s">
-        <v>2017</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>2018</v>
+        <v>2034</v>
       </c>
       <c r="C298" t="s">
-        <v>2019</v>
+        <v>298</v>
       </c>
       <c r="D298" t="s">
-        <v>2020</v>
+        <v>234</v>
       </c>
       <c r="E298">
         <v>2026</v>
       </c>
       <c r="F298" t="s">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="G298"/>
+        <v>2035</v>
+      </c>
+      <c r="G298" t="s">
+        <v>2036</v>
+      </c>
       <c r="H298" t="s">
-        <v>425</v>
+        <v>2037</v>
       </c>
       <c r="I298" t="s">
-        <v>2022</v>
+        <v>2038</v>
       </c>
       <c r="J298" t="s">
-        <v>2023</v>
+        <v>2039</v>
       </c>
       <c r="K298" t="s">
-        <v>2024</v>
+        <v>2040</v>
       </c>
       <c r="L298" t="s">
-        <v>2025</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>2026</v>
+        <v>2042</v>
       </c>
       <c r="C299" t="s">
-        <v>303</v>
+        <v>117</v>
       </c>
       <c r="D299" t="s">
-        <v>239</v>
+        <v>39</v>
       </c>
       <c r="E299">
         <v>2026</v>
       </c>
       <c r="F299" t="s">
-        <v>2027</v>
+        <v>2043</v>
       </c>
       <c r="G299" t="s">
-        <v>2028</v>
+        <v>2044</v>
       </c>
       <c r="H299" t="s">
-        <v>2029</v>
+        <v>1264</v>
       </c>
       <c r="I299" t="s">
-        <v>2030</v>
+        <v>2045</v>
       </c>
       <c r="J299" t="s">
-        <v>2031</v>
+        <v>2046</v>
       </c>
       <c r="K299" t="s">
-        <v>2032</v>
+        <v>2047</v>
       </c>
       <c r="L299" t="s">
-        <v>2033</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>2034</v>
+        <v>2049</v>
       </c>
       <c r="C300" t="s">
-        <v>122</v>
+        <v>1347</v>
       </c>
       <c r="D300" t="s">
-        <v>44</v>
+        <v>502</v>
       </c>
       <c r="E300">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F300" t="s">
-        <v>2035</v>
-[...3 lines deleted...]
-      </c>
+        <v>2050</v>
+      </c>
+      <c r="G300"/>
       <c r="H300" t="s">
-        <v>1262</v>
+        <v>2051</v>
       </c>
       <c r="I300" t="s">
-        <v>2037</v>
+        <v>2052</v>
       </c>
       <c r="J300" t="s">
-        <v>2038</v>
-[...3 lines deleted...]
-      </c>
+        <v>2053</v>
+      </c>
+      <c r="K300"/>
       <c r="L300" t="s">
-        <v>2040</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>2041</v>
-[...3 lines deleted...]
-      </c>
+        <v>2055</v>
+      </c>
+      <c r="C301"/>
       <c r="D301" t="s">
-        <v>505</v>
+        <v>2056</v>
       </c>
       <c r="E301">
         <v>1970</v>
       </c>
       <c r="F301" t="s">
-        <v>2042</v>
+        <v>2057</v>
       </c>
       <c r="G301"/>
       <c r="H301" t="s">
-        <v>2043</v>
-[...7 lines deleted...]
-      <c r="K301"/>
+        <v>2058</v>
+      </c>
+      <c r="I301"/>
+      <c r="J301"/>
+      <c r="K301" t="s">
+        <v>2059</v>
+      </c>
       <c r="L301" t="s">
-        <v>2046</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>2047</v>
-[...1 lines deleted...]
-      <c r="C302"/>
+        <v>2061</v>
+      </c>
+      <c r="C302" t="s">
+        <v>23</v>
+      </c>
       <c r="D302" t="s">
-        <v>2048</v>
+        <v>39</v>
       </c>
       <c r="E302">
         <v>1970</v>
       </c>
       <c r="F302" t="s">
-        <v>2049</v>
+        <v>2062</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
-        <v>2050</v>
-[...2 lines deleted...]
-      <c r="J302"/>
+        <v>2063</v>
+      </c>
+      <c r="I302" t="s">
+        <v>2064</v>
+      </c>
+      <c r="J302" t="s">
+        <v>2065</v>
+      </c>
       <c r="K302" t="s">
-        <v>2051</v>
+        <v>2066</v>
       </c>
       <c r="L302" t="s">
-        <v>2052</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>2053</v>
+        <v>2068</v>
       </c>
       <c r="C303" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="D303" t="s">
-        <v>44</v>
+        <v>2069</v>
       </c>
       <c r="E303">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F303" t="s">
-        <v>2054</v>
+        <v>2070</v>
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
-        <v>2055</v>
-[...3 lines deleted...]
-      </c>
+        <v>2071</v>
+      </c>
+      <c r="I303"/>
       <c r="J303" t="s">
-        <v>2057</v>
+        <v>2072</v>
       </c>
       <c r="K303" t="s">
-        <v>2058</v>
+        <v>2073</v>
       </c>
       <c r="L303" t="s">
-        <v>2059</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
-        <v>2060</v>
+        <v>2075</v>
       </c>
       <c r="C304" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="D304" t="s">
-        <v>2061</v>
+        <v>75</v>
       </c>
       <c r="E304">
         <v>2026</v>
       </c>
       <c r="F304" t="s">
-        <v>2062</v>
+        <v>2076</v>
       </c>
       <c r="G304"/>
       <c r="H304" t="s">
-        <v>2063</v>
-[...1 lines deleted...]
-      <c r="I304"/>
+        <v>399</v>
+      </c>
+      <c r="I304" t="s">
+        <v>2077</v>
+      </c>
       <c r="J304" t="s">
-        <v>2064</v>
+        <v>2078</v>
       </c>
       <c r="K304" t="s">
-        <v>2065</v>
+        <v>2079</v>
       </c>
       <c r="L304" t="s">
-        <v>2066</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>2067</v>
+        <v>2081</v>
       </c>
       <c r="C305" t="s">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="D305" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E305">
         <v>2026</v>
       </c>
       <c r="F305" t="s">
-        <v>2068</v>
+        <v>2082</v>
       </c>
       <c r="G305"/>
       <c r="H305" t="s">
-        <v>402</v>
+        <v>778</v>
       </c>
       <c r="I305" t="s">
-        <v>2069</v>
+        <v>2083</v>
       </c>
       <c r="J305" t="s">
-        <v>2070</v>
+        <v>2083</v>
       </c>
       <c r="K305" t="s">
-        <v>2071</v>
+        <v>2084</v>
       </c>
       <c r="L305" t="s">
-        <v>2072</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>2073</v>
+        <v>2086</v>
       </c>
       <c r="C306" t="s">
-        <v>194</v>
+        <v>327</v>
       </c>
       <c r="D306" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E306">
         <v>2026</v>
       </c>
       <c r="F306" t="s">
-        <v>2074</v>
+        <v>2087</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
-        <v>781</v>
+        <v>314</v>
       </c>
       <c r="I306" t="s">
-        <v>2075</v>
+        <v>2088</v>
       </c>
       <c r="J306" t="s">
-        <v>2075</v>
+        <v>2089</v>
       </c>
       <c r="K306" t="s">
-        <v>2076</v>
+        <v>2090</v>
       </c>
       <c r="L306" t="s">
-        <v>2077</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>2078</v>
+        <v>2092</v>
       </c>
       <c r="C307" t="s">
-        <v>332</v>
+        <v>1079</v>
       </c>
       <c r="D307" t="s">
-        <v>80</v>
+        <v>363</v>
       </c>
       <c r="E307">
-        <v>2026</v>
+        <v>1964</v>
       </c>
       <c r="F307" t="s">
-        <v>2079</v>
-[...3 lines deleted...]
-        <v>319</v>
+        <v>2093</v>
+      </c>
+      <c r="G307" t="s">
+        <v>2094</v>
+      </c>
+      <c r="H307">
+        <v>75</v>
       </c>
       <c r="I307" t="s">
-        <v>2080</v>
+        <v>2095</v>
       </c>
       <c r="J307" t="s">
-        <v>2081</v>
-[...3 lines deleted...]
-      </c>
+        <v>2096</v>
+      </c>
+      <c r="K307"/>
       <c r="L307" t="s">
-        <v>2083</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
-        <v>2084</v>
+        <v>2098</v>
       </c>
       <c r="C308" t="s">
-        <v>1077</v>
+        <v>13</v>
       </c>
       <c r="D308" t="s">
-        <v>366</v>
+        <v>14</v>
       </c>
       <c r="E308">
-        <v>1964</v>
+        <v>2026</v>
       </c>
       <c r="F308" t="s">
-        <v>2085</v>
+        <v>2099</v>
       </c>
       <c r="G308" t="s">
-        <v>2086</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>2100</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1519</v>
       </c>
       <c r="I308" t="s">
-        <v>2087</v>
+        <v>2101</v>
       </c>
       <c r="J308" t="s">
-        <v>2088</v>
-[...1 lines deleted...]
-      <c r="K308"/>
+        <v>2102</v>
+      </c>
+      <c r="K308" t="s">
+        <v>2103</v>
+      </c>
       <c r="L308" t="s">
-        <v>2089</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
-        <v>2090</v>
+        <v>2105</v>
       </c>
       <c r="C309" t="s">
-        <v>19</v>
+        <v>83</v>
       </c>
       <c r="D309" t="s">
-        <v>20</v>
+        <v>2106</v>
       </c>
       <c r="E309">
         <v>2026</v>
       </c>
       <c r="F309" t="s">
-        <v>2091</v>
-[...3 lines deleted...]
-      </c>
+        <v>2107</v>
+      </c>
+      <c r="G309"/>
       <c r="H309" t="s">
-        <v>1514</v>
+        <v>786</v>
       </c>
       <c r="I309" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="J309" t="s">
-        <v>2094</v>
+        <v>2109</v>
       </c>
       <c r="K309" t="s">
-        <v>2095</v>
+        <v>2110</v>
       </c>
       <c r="L309" t="s">
-        <v>2096</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>2097</v>
+        <v>2112</v>
       </c>
       <c r="C310" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="D310" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="E310">
         <v>2026</v>
       </c>
       <c r="F310" t="s">
-        <v>2099</v>
-[...1 lines deleted...]
-      <c r="G310"/>
+        <v>2114</v>
+      </c>
+      <c r="G310" t="s">
+        <v>2115</v>
+      </c>
       <c r="H310" t="s">
-        <v>789</v>
+        <v>1022</v>
       </c>
       <c r="I310" t="s">
-        <v>2100</v>
+        <v>2116</v>
       </c>
       <c r="J310" t="s">
-        <v>2101</v>
+        <v>2117</v>
       </c>
       <c r="K310" t="s">
-        <v>2102</v>
+        <v>2118</v>
       </c>
       <c r="L310" t="s">
-        <v>2103</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
-        <v>2104</v>
+        <v>2120</v>
       </c>
       <c r="C311" t="s">
-        <v>43</v>
+        <v>487</v>
       </c>
       <c r="D311" t="s">
-        <v>2105</v>
+        <v>75</v>
       </c>
       <c r="E311">
         <v>2026</v>
       </c>
       <c r="F311" t="s">
-        <v>2106</v>
-[...3 lines deleted...]
-      </c>
+        <v>2121</v>
+      </c>
+      <c r="G311"/>
       <c r="H311" t="s">
-        <v>1020</v>
+        <v>2122</v>
       </c>
       <c r="I311" t="s">
-        <v>2108</v>
+        <v>2123</v>
       </c>
       <c r="J311" t="s">
-        <v>2109</v>
+        <v>2124</v>
       </c>
       <c r="K311" t="s">
-        <v>2110</v>
+        <v>2125</v>
       </c>
       <c r="L311" t="s">
-        <v>2111</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>2112</v>
+        <v>2127</v>
       </c>
       <c r="C312" t="s">
-        <v>490</v>
+        <v>251</v>
       </c>
       <c r="D312" t="s">
-        <v>80</v>
+        <v>118</v>
       </c>
       <c r="E312">
-        <v>2026</v>
+        <v>1994</v>
       </c>
       <c r="F312" t="s">
-        <v>2113</v>
+        <v>2128</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
-        <v>2114</v>
+        <v>673</v>
       </c>
       <c r="I312" t="s">
-        <v>2115</v>
+        <v>2129</v>
       </c>
       <c r="J312" t="s">
-        <v>2116</v>
+        <v>2130</v>
       </c>
       <c r="K312" t="s">
-        <v>2117</v>
+        <v>2131</v>
       </c>
       <c r="L312" t="s">
-        <v>2118</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>2119</v>
+        <v>2133</v>
       </c>
       <c r="C313" t="s">
-        <v>256</v>
+        <v>2134</v>
       </c>
       <c r="D313" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="E313">
-        <v>1994</v>
+        <v>2026</v>
       </c>
       <c r="F313" t="s">
-        <v>2120</v>
+        <v>2135</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
-        <v>676</v>
-[...6 lines deleted...]
-      </c>
+        <v>1088</v>
+      </c>
+      <c r="I313"/>
+      <c r="J313"/>
       <c r="K313" t="s">
-        <v>2123</v>
+        <v>2136</v>
       </c>
       <c r="L313" t="s">
-        <v>2124</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
-        <v>2125</v>
+        <v>2138</v>
       </c>
       <c r="C314" t="s">
-        <v>2126</v>
+        <v>23</v>
       </c>
       <c r="D314" t="s">
-        <v>80</v>
+        <v>118</v>
       </c>
       <c r="E314">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F314" t="s">
-        <v>2127</v>
+        <v>2139</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
-        <v>1086</v>
-[...1 lines deleted...]
-      <c r="I314"/>
+        <v>2140</v>
+      </c>
+      <c r="I314" t="s">
+        <v>2141</v>
+      </c>
       <c r="J314"/>
       <c r="K314" t="s">
-        <v>2128</v>
+        <v>2142</v>
       </c>
       <c r="L314" t="s">
-        <v>2129</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
-        <v>2130</v>
+        <v>2144</v>
       </c>
       <c r="C315" t="s">
-        <v>29</v>
+        <v>197</v>
       </c>
       <c r="D315" t="s">
-        <v>123</v>
+        <v>2145</v>
       </c>
       <c r="E315">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F315" t="s">
-        <v>2131</v>
+        <v>2146</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
-        <v>2132</v>
+        <v>589</v>
       </c>
       <c r="I315" t="s">
-        <v>2133</v>
-[...1 lines deleted...]
-      <c r="J315"/>
+        <v>2147</v>
+      </c>
+      <c r="J315" t="s">
+        <v>2148</v>
+      </c>
       <c r="K315" t="s">
-        <v>2134</v>
+        <v>2149</v>
       </c>
       <c r="L315" t="s">
-        <v>2135</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
-        <v>2136</v>
+        <v>2151</v>
       </c>
       <c r="C316" t="s">
-        <v>202</v>
+        <v>83</v>
       </c>
       <c r="D316" t="s">
-        <v>2137</v>
+        <v>39</v>
       </c>
       <c r="E316">
         <v>2026</v>
       </c>
       <c r="F316" t="s">
-        <v>2138</v>
+        <v>2152</v>
       </c>
       <c r="G316"/>
       <c r="H316" t="s">
-        <v>592</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="I316"/>
       <c r="J316" t="s">
-        <v>2140</v>
+        <v>2153</v>
       </c>
       <c r="K316" t="s">
-        <v>2141</v>
+        <v>2154</v>
       </c>
       <c r="L316" t="s">
-        <v>2142</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>2143</v>
+        <v>2156</v>
       </c>
       <c r="C317" t="s">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="D317" t="s">
-        <v>44</v>
+        <v>2157</v>
       </c>
       <c r="E317">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F317" t="s">
-        <v>2144</v>
+        <v>2158</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="I317"/>
+        <v>2159</v>
+      </c>
+      <c r="I317" t="s">
+        <v>2160</v>
+      </c>
       <c r="J317" t="s">
-        <v>2145</v>
+        <v>2161</v>
       </c>
       <c r="K317" t="s">
-        <v>2146</v>
+        <v>2162</v>
       </c>
       <c r="L317" t="s">
-        <v>2147</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>2148</v>
-[...3 lines deleted...]
-      </c>
+        <v>2164</v>
+      </c>
+      <c r="C318"/>
       <c r="D318" t="s">
-        <v>2149</v>
+        <v>75</v>
       </c>
       <c r="E318">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F318" t="s">
-        <v>2150</v>
+        <v>2165</v>
       </c>
       <c r="G318"/>
       <c r="H318" t="s">
-        <v>2151</v>
+        <v>2166</v>
       </c>
       <c r="I318" t="s">
-        <v>2152</v>
+        <v>2167</v>
       </c>
       <c r="J318" t="s">
-        <v>2153</v>
+        <v>2168</v>
       </c>
       <c r="K318" t="s">
-        <v>2154</v>
+        <v>2169</v>
       </c>
       <c r="L318" t="s">
-        <v>2155</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
-        <v>2156</v>
-[...1 lines deleted...]
-      <c r="C319"/>
+        <v>2171</v>
+      </c>
+      <c r="C319" t="s">
+        <v>65</v>
+      </c>
       <c r="D319" t="s">
-        <v>80</v>
+        <v>234</v>
       </c>
       <c r="E319">
         <v>2026</v>
       </c>
       <c r="F319" t="s">
-        <v>2157</v>
-[...1 lines deleted...]
-      <c r="G319"/>
+        <v>2172</v>
+      </c>
+      <c r="G319" t="s">
+        <v>2173</v>
+      </c>
       <c r="H319" t="s">
-        <v>2158</v>
+        <v>157</v>
       </c>
       <c r="I319" t="s">
-        <v>2159</v>
+        <v>2174</v>
       </c>
       <c r="J319" t="s">
-        <v>2160</v>
+        <v>2175</v>
       </c>
       <c r="K319" t="s">
-        <v>2161</v>
+        <v>2176</v>
       </c>
       <c r="L319" t="s">
-        <v>2162</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
-        <v>2163</v>
+        <v>2178</v>
       </c>
       <c r="C320" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D320" t="s">
-        <v>239</v>
+        <v>2179</v>
       </c>
       <c r="E320">
         <v>2026</v>
       </c>
       <c r="F320" t="s">
-        <v>2164</v>
+        <v>2180</v>
       </c>
       <c r="G320" t="s">
-        <v>2165</v>
+        <v>2181</v>
       </c>
       <c r="H320" t="s">
-        <v>162</v>
+        <v>2182</v>
       </c>
       <c r="I320" t="s">
-        <v>2166</v>
-[...3 lines deleted...]
-      </c>
+        <v>2183</v>
+      </c>
+      <c r="J320"/>
       <c r="K320" t="s">
-        <v>2168</v>
+        <v>2184</v>
       </c>
       <c r="L320" t="s">
-        <v>2169</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
-        <v>2170</v>
+        <v>2186</v>
       </c>
       <c r="C321" t="s">
-        <v>29</v>
+        <v>1172</v>
       </c>
       <c r="D321" t="s">
-        <v>2171</v>
+        <v>840</v>
       </c>
       <c r="E321">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F321" t="s">
-        <v>2172</v>
-[...3 lines deleted...]
-      </c>
+        <v>2187</v>
+      </c>
+      <c r="G321"/>
       <c r="H321" t="s">
-        <v>2174</v>
+        <v>2188</v>
       </c>
       <c r="I321" t="s">
-        <v>2175</v>
-[...1 lines deleted...]
-      <c r="J321"/>
+        <v>2189</v>
+      </c>
+      <c r="J321" t="s">
+        <v>2190</v>
+      </c>
       <c r="K321" t="s">
-        <v>2176</v>
+        <v>2191</v>
       </c>
       <c r="L321" t="s">
-        <v>2177</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
-        <v>2178</v>
+        <v>2193</v>
       </c>
       <c r="C322" t="s">
-        <v>1170</v>
+        <v>83</v>
       </c>
       <c r="D322" t="s">
-        <v>839</v>
+        <v>2194</v>
       </c>
       <c r="E322">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F322" t="s">
-        <v>2179</v>
-[...1 lines deleted...]
-      <c r="G322"/>
+        <v>2195</v>
+      </c>
+      <c r="G322" t="s">
+        <v>2196</v>
+      </c>
       <c r="H322" t="s">
-        <v>2180</v>
+        <v>87</v>
       </c>
       <c r="I322" t="s">
-        <v>2181</v>
+        <v>2197</v>
       </c>
       <c r="J322" t="s">
-        <v>2182</v>
+        <v>2198</v>
       </c>
       <c r="K322" t="s">
-        <v>2183</v>
+        <v>2199</v>
       </c>
       <c r="L322" t="s">
-        <v>2184</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>2185</v>
+        <v>2201</v>
       </c>
       <c r="C323" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D323" t="s">
-        <v>2186</v>
+        <v>2194</v>
       </c>
       <c r="E323">
         <v>2026</v>
       </c>
       <c r="F323" t="s">
-        <v>2187</v>
+        <v>2202</v>
       </c>
       <c r="G323" t="s">
-        <v>2188</v>
+        <v>2203</v>
       </c>
       <c r="H323" t="s">
-        <v>92</v>
+        <v>157</v>
       </c>
       <c r="I323" t="s">
-        <v>2189</v>
+        <v>2204</v>
       </c>
       <c r="J323" t="s">
-        <v>2190</v>
+        <v>2205</v>
       </c>
       <c r="K323" t="s">
-        <v>2191</v>
+        <v>2206</v>
       </c>
       <c r="L323" t="s">
-        <v>2192</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>2193</v>
+        <v>2208</v>
       </c>
       <c r="C324" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D324" t="s">
-        <v>2186</v>
+        <v>75</v>
       </c>
       <c r="E324">
         <v>2026</v>
       </c>
       <c r="F324" t="s">
-        <v>2194</v>
+        <v>2209</v>
       </c>
       <c r="G324" t="s">
-        <v>2195</v>
+        <v>2210</v>
       </c>
       <c r="H324" t="s">
-        <v>162</v>
+        <v>794</v>
       </c>
       <c r="I324" t="s">
-        <v>2196</v>
+        <v>2211</v>
       </c>
       <c r="J324" t="s">
-        <v>2197</v>
+        <v>2212</v>
       </c>
       <c r="K324" t="s">
-        <v>2198</v>
+        <v>2213</v>
       </c>
       <c r="L324" t="s">
-        <v>2199</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
-        <v>2200</v>
+        <v>2215</v>
       </c>
       <c r="C325" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="D325" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E325">
         <v>2026</v>
       </c>
       <c r="F325" t="s">
-        <v>2201</v>
+        <v>2216</v>
       </c>
       <c r="G325" t="s">
-        <v>2202</v>
+        <v>2217</v>
       </c>
       <c r="H325" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="I325" t="s">
-        <v>2203</v>
+        <v>2218</v>
       </c>
       <c r="J325" t="s">
-        <v>2204</v>
+        <v>2219</v>
       </c>
       <c r="K325" t="s">
-        <v>2205</v>
+        <v>2220</v>
       </c>
       <c r="L325" t="s">
-        <v>2206</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
-        <v>2207</v>
+        <v>2222</v>
       </c>
       <c r="C326" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="D326" t="s">
-        <v>44</v>
+        <v>90</v>
       </c>
       <c r="E326">
         <v>2026</v>
       </c>
       <c r="F326" t="s">
-        <v>2208</v>
-[...3 lines deleted...]
-      </c>
+        <v>2223</v>
+      </c>
+      <c r="G326"/>
       <c r="H326" t="s">
-        <v>797</v>
+        <v>526</v>
       </c>
       <c r="I326" t="s">
-        <v>2210</v>
+        <v>2224</v>
       </c>
       <c r="J326" t="s">
-        <v>2211</v>
+        <v>2225</v>
       </c>
       <c r="K326" t="s">
-        <v>2212</v>
+        <v>2226</v>
       </c>
       <c r="L326" t="s">
-        <v>2213</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
-        <v>2214</v>
+        <v>2228</v>
       </c>
       <c r="C327" t="s">
-        <v>70</v>
+        <v>2229</v>
       </c>
       <c r="D327" t="s">
-        <v>95</v>
+        <v>2230</v>
       </c>
       <c r="E327">
         <v>2026</v>
       </c>
       <c r="F327" t="s">
-        <v>2215</v>
-[...1 lines deleted...]
-      <c r="G327"/>
+        <v>2231</v>
+      </c>
+      <c r="G327" t="s">
+        <v>2232</v>
+      </c>
       <c r="H327" t="s">
-        <v>529</v>
+        <v>2233</v>
       </c>
       <c r="I327" t="s">
-        <v>2216</v>
+        <v>2234</v>
       </c>
       <c r="J327" t="s">
-        <v>2217</v>
+        <v>2235</v>
       </c>
       <c r="K327" t="s">
-        <v>2218</v>
+        <v>2236</v>
       </c>
       <c r="L327" t="s">
-        <v>2219</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>2220</v>
+        <v>2238</v>
       </c>
       <c r="C328" t="s">
-        <v>2221</v>
+        <v>38</v>
       </c>
       <c r="D328" t="s">
-        <v>2222</v>
+        <v>2239</v>
       </c>
       <c r="E328">
         <v>2026</v>
       </c>
       <c r="F328" t="s">
-        <v>2223</v>
+        <v>2240</v>
       </c>
       <c r="G328" t="s">
-        <v>2224</v>
+        <v>2241</v>
       </c>
       <c r="H328" t="s">
-        <v>2225</v>
+        <v>642</v>
       </c>
       <c r="I328" t="s">
-        <v>2226</v>
+        <v>2242</v>
       </c>
       <c r="J328" t="s">
-        <v>2227</v>
+        <v>2243</v>
       </c>
       <c r="K328" t="s">
-        <v>2228</v>
+        <v>2244</v>
       </c>
       <c r="L328" t="s">
-        <v>2229</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>2230</v>
+        <v>2246</v>
       </c>
       <c r="C329" t="s">
-        <v>43</v>
+        <v>2247</v>
       </c>
       <c r="D329" t="s">
-        <v>2231</v>
+        <v>118</v>
       </c>
       <c r="E329">
-        <v>2026</v>
+        <v>1993</v>
       </c>
       <c r="F329" t="s">
-        <v>2232</v>
-[...3 lines deleted...]
-      </c>
+        <v>2248</v>
+      </c>
+      <c r="G329"/>
       <c r="H329" t="s">
-        <v>645</v>
+        <v>199</v>
       </c>
       <c r="I329" t="s">
-        <v>2234</v>
+        <v>2249</v>
       </c>
       <c r="J329" t="s">
-        <v>2235</v>
+        <v>2250</v>
       </c>
       <c r="K329" t="s">
-        <v>2236</v>
+        <v>2251</v>
       </c>
       <c r="L329" t="s">
-        <v>2237</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>2238</v>
+        <v>2253</v>
       </c>
       <c r="C330" t="s">
-        <v>2239</v>
+        <v>38</v>
       </c>
       <c r="D330" t="s">
-        <v>123</v>
+        <v>39</v>
       </c>
       <c r="E330">
-        <v>1993</v>
+        <v>2026</v>
       </c>
       <c r="F330" t="s">
-        <v>2240</v>
+        <v>2254</v>
       </c>
       <c r="G330"/>
       <c r="H330" t="s">
-        <v>204</v>
+        <v>42</v>
       </c>
       <c r="I330" t="s">
-        <v>2241</v>
+        <v>2255</v>
       </c>
       <c r="J330" t="s">
-        <v>2242</v>
+        <v>2256</v>
       </c>
       <c r="K330" t="s">
-        <v>2243</v>
+        <v>2257</v>
       </c>
       <c r="L330" t="s">
-        <v>2244</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>2245</v>
+        <v>2259</v>
       </c>
       <c r="C331" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="D331" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E331">
-        <v>2026</v>
+        <v>1995</v>
       </c>
       <c r="F331" t="s">
-        <v>2246</v>
+        <v>2260</v>
       </c>
       <c r="G331"/>
       <c r="H331" t="s">
-        <v>47</v>
+        <v>87</v>
       </c>
       <c r="I331" t="s">
-        <v>2247</v>
+        <v>2261</v>
       </c>
       <c r="J331" t="s">
-        <v>2248</v>
+        <v>2262</v>
       </c>
       <c r="K331" t="s">
-        <v>2249</v>
+        <v>2263</v>
       </c>
       <c r="L331" t="s">
-        <v>2250</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
-        <v>2251</v>
+        <v>2265</v>
       </c>
       <c r="C332" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="D332" t="s">
-        <v>44</v>
+        <v>2266</v>
       </c>
       <c r="E332">
-        <v>1995</v>
+        <v>2026</v>
       </c>
       <c r="F332" t="s">
-        <v>2252</v>
-[...1 lines deleted...]
-      <c r="G332"/>
+        <v>2267</v>
+      </c>
+      <c r="G332" t="s">
+        <v>2268</v>
+      </c>
       <c r="H332" t="s">
-        <v>92</v>
+        <v>149</v>
       </c>
       <c r="I332" t="s">
-        <v>2253</v>
+        <v>2269</v>
       </c>
       <c r="J332" t="s">
-        <v>2254</v>
+        <v>2270</v>
       </c>
       <c r="K332" t="s">
-        <v>2255</v>
+        <v>2271</v>
       </c>
       <c r="L332" t="s">
-        <v>2256</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
-        <v>2257</v>
+        <v>2273</v>
       </c>
       <c r="C333" t="s">
-        <v>70</v>
+        <v>327</v>
       </c>
       <c r="D333" t="s">
-        <v>2258</v>
+        <v>75</v>
       </c>
       <c r="E333">
         <v>2026</v>
       </c>
       <c r="F333" t="s">
-        <v>2259</v>
+        <v>2274</v>
       </c>
       <c r="G333" t="s">
-        <v>2260</v>
+        <v>2275</v>
       </c>
       <c r="H333" t="s">
-        <v>154</v>
+        <v>331</v>
       </c>
       <c r="I333" t="s">
-        <v>2261</v>
+        <v>2276</v>
       </c>
       <c r="J333" t="s">
-        <v>2262</v>
+        <v>2277</v>
       </c>
       <c r="K333" t="s">
-        <v>2263</v>
+        <v>2278</v>
       </c>
       <c r="L333" t="s">
-        <v>2264</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
-        <v>2265</v>
+        <v>2280</v>
       </c>
       <c r="C334" t="s">
-        <v>332</v>
+        <v>29</v>
       </c>
       <c r="D334" t="s">
-        <v>80</v>
+        <v>1875</v>
       </c>
       <c r="E334">
         <v>2026</v>
       </c>
       <c r="F334" t="s">
-        <v>2266</v>
-[...3 lines deleted...]
-      </c>
+        <v>2281</v>
+      </c>
+      <c r="G334"/>
       <c r="H334" t="s">
-        <v>336</v>
+        <v>973</v>
       </c>
       <c r="I334" t="s">
-        <v>2268</v>
+        <v>2282</v>
       </c>
       <c r="J334" t="s">
-        <v>2269</v>
+        <v>2282</v>
       </c>
       <c r="K334" t="s">
-        <v>2270</v>
+        <v>2283</v>
       </c>
       <c r="L334" t="s">
-        <v>2271</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>2272</v>
+        <v>2285</v>
       </c>
       <c r="C335" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D335" t="s">
-        <v>1869</v>
+        <v>784</v>
       </c>
       <c r="E335">
         <v>2026</v>
       </c>
       <c r="F335" t="s">
-        <v>2273</v>
+        <v>2286</v>
       </c>
       <c r="G335"/>
       <c r="H335" t="s">
-        <v>971</v>
+        <v>786</v>
       </c>
       <c r="I335" t="s">
-        <v>2274</v>
+        <v>2287</v>
       </c>
       <c r="J335" t="s">
-        <v>2274</v>
+        <v>2288</v>
       </c>
       <c r="K335" t="s">
-        <v>2275</v>
+        <v>2289</v>
       </c>
       <c r="L335" t="s">
-        <v>2276</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>2277</v>
+        <v>2291</v>
       </c>
       <c r="C336" t="s">
-        <v>29</v>
+        <v>2292</v>
       </c>
       <c r="D336" t="s">
-        <v>787</v>
+        <v>464</v>
       </c>
       <c r="E336">
         <v>2026</v>
       </c>
       <c r="F336" t="s">
-        <v>2278</v>
-[...1 lines deleted...]
-      <c r="G336"/>
+        <v>2293</v>
+      </c>
+      <c r="G336" t="s">
+        <v>2294</v>
+      </c>
       <c r="H336" t="s">
-        <v>789</v>
+        <v>1060</v>
       </c>
       <c r="I336" t="s">
-        <v>2279</v>
+        <v>2295</v>
       </c>
       <c r="J336" t="s">
-        <v>2280</v>
+        <v>2296</v>
       </c>
       <c r="K336" t="s">
-        <v>2281</v>
+        <v>2297</v>
       </c>
       <c r="L336" t="s">
-        <v>2282</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
-        <v>2283</v>
+        <v>2299</v>
       </c>
       <c r="C337" t="s">
-        <v>2284</v>
+        <v>65</v>
       </c>
       <c r="D337" t="s">
-        <v>467</v>
+        <v>2300</v>
       </c>
       <c r="E337">
         <v>2026</v>
       </c>
       <c r="F337" t="s">
-        <v>2285</v>
-[...3 lines deleted...]
-      </c>
+        <v>2301</v>
+      </c>
+      <c r="G337"/>
       <c r="H337" t="s">
-        <v>1058</v>
+        <v>1166</v>
       </c>
       <c r="I337" t="s">
-        <v>2287</v>
+        <v>2302</v>
       </c>
       <c r="J337" t="s">
-        <v>2288</v>
+        <v>2303</v>
       </c>
       <c r="K337" t="s">
-        <v>2289</v>
+        <v>2304</v>
       </c>
       <c r="L337" t="s">
-        <v>2290</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>2291</v>
+        <v>2306</v>
       </c>
       <c r="C338" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="D338" t="s">
-        <v>2292</v>
+        <v>2307</v>
       </c>
       <c r="E338">
-        <v>2026</v>
+        <v>1978</v>
       </c>
       <c r="F338" t="s">
-        <v>2293</v>
-[...1 lines deleted...]
-      <c r="G338"/>
+        <v>2308</v>
+      </c>
+      <c r="G338" t="s">
+        <v>2309</v>
+      </c>
       <c r="H338" t="s">
-        <v>1164</v>
+        <v>794</v>
       </c>
       <c r="I338" t="s">
-        <v>2294</v>
+        <v>2310</v>
       </c>
       <c r="J338" t="s">
-        <v>2295</v>
+        <v>2311</v>
       </c>
       <c r="K338" t="s">
-        <v>2296</v>
+        <v>2312</v>
       </c>
       <c r="L338" t="s">
-        <v>2297</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
-        <v>2298</v>
+        <v>2314</v>
       </c>
       <c r="C339" t="s">
         <v>13</v>
       </c>
       <c r="D339" t="s">
-        <v>2299</v>
+        <v>14</v>
       </c>
       <c r="E339">
-        <v>1978</v>
+        <v>2026</v>
       </c>
       <c r="F339" t="s">
-        <v>2300</v>
+        <v>2315</v>
       </c>
       <c r="G339" t="s">
-        <v>2301</v>
+        <v>2316</v>
       </c>
       <c r="H339" t="s">
-        <v>797</v>
+        <v>622</v>
       </c>
       <c r="I339" t="s">
-        <v>2302</v>
+        <v>2317</v>
       </c>
       <c r="J339" t="s">
-        <v>2303</v>
-[...3 lines deleted...]
-      </c>
+        <v>2318</v>
+      </c>
+      <c r="K339"/>
       <c r="L339" t="s">
-        <v>2305</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="340" spans="1:12">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340" t="s">
-        <v>2306</v>
+        <v>2320</v>
       </c>
       <c r="C340" t="s">
-        <v>19</v>
+        <v>83</v>
       </c>
       <c r="D340" t="s">
-        <v>20</v>
+        <v>2321</v>
       </c>
       <c r="E340">
         <v>2026</v>
       </c>
       <c r="F340" t="s">
-        <v>2307</v>
+        <v>2322</v>
       </c>
       <c r="G340" t="s">
-        <v>2308</v>
+        <v>2323</v>
       </c>
       <c r="H340" t="s">
-        <v>625</v>
+        <v>2324</v>
       </c>
       <c r="I340" t="s">
-        <v>2309</v>
+        <v>2325</v>
       </c>
       <c r="J340" t="s">
-        <v>2310</v>
-[...1 lines deleted...]
-      <c r="K340"/>
+        <v>2326</v>
+      </c>
+      <c r="K340" t="s">
+        <v>2327</v>
+      </c>
       <c r="L340" t="s">
-        <v>2311</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="341" spans="1:12">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
-        <v>2312</v>
+        <v>2329</v>
       </c>
       <c r="C341" t="s">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="D341" t="s">
-        <v>2313</v>
+        <v>39</v>
       </c>
       <c r="E341">
         <v>2026</v>
       </c>
       <c r="F341" t="s">
-        <v>2314</v>
-[...3 lines deleted...]
-      </c>
+        <v>2330</v>
+      </c>
+      <c r="G341"/>
       <c r="H341" t="s">
-        <v>2316</v>
+        <v>2331</v>
       </c>
       <c r="I341" t="s">
-        <v>2317</v>
+        <v>2332</v>
       </c>
       <c r="J341" t="s">
-        <v>2318</v>
+        <v>2333</v>
       </c>
       <c r="K341" t="s">
-        <v>2319</v>
+        <v>2334</v>
       </c>
       <c r="L341" t="s">
-        <v>2320</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="342" spans="1:12">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
-        <v>2321</v>
+        <v>2336</v>
       </c>
       <c r="C342" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="D342" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E342">
         <v>2026</v>
       </c>
       <c r="F342" t="s">
-        <v>2322</v>
+        <v>2337</v>
       </c>
       <c r="G342"/>
-      <c r="H342" t="s">
-        <v>2323</v>
+      <c r="H342">
+        <v>97</v>
       </c>
       <c r="I342" t="s">
-        <v>2324</v>
+        <v>2338</v>
       </c>
       <c r="J342" t="s">
-        <v>2325</v>
+        <v>2339</v>
       </c>
       <c r="K342" t="s">
-        <v>2326</v>
+        <v>2340</v>
       </c>
       <c r="L342" t="s">
-        <v>2327</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="343" spans="1:12">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
-        <v>2328</v>
+        <v>2342</v>
       </c>
       <c r="C343" t="s">
-        <v>70</v>
+        <v>2247</v>
       </c>
       <c r="D343" t="s">
-        <v>44</v>
+        <v>1446</v>
       </c>
       <c r="E343">
         <v>2026</v>
       </c>
       <c r="F343" t="s">
-        <v>2329</v>
-[...3 lines deleted...]
-        <v>97</v>
+        <v>2343</v>
+      </c>
+      <c r="G343" t="s">
+        <v>2344</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1040</v>
       </c>
       <c r="I343" t="s">
-        <v>2330</v>
+        <v>2345</v>
       </c>
       <c r="J343" t="s">
-        <v>2331</v>
+        <v>2346</v>
       </c>
       <c r="K343" t="s">
-        <v>2332</v>
+        <v>2347</v>
       </c>
       <c r="L343" t="s">
-        <v>2333</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="344" spans="1:12">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344" t="s">
-        <v>2334</v>
+        <v>2349</v>
       </c>
       <c r="C344" t="s">
-        <v>2239</v>
+        <v>703</v>
       </c>
       <c r="D344" t="s">
-        <v>1441</v>
+        <v>2350</v>
       </c>
       <c r="E344">
-        <v>2026</v>
+        <v>1988</v>
       </c>
       <c r="F344" t="s">
-        <v>2335</v>
-[...3 lines deleted...]
-      </c>
+        <v>2351</v>
+      </c>
+      <c r="G344"/>
       <c r="H344" t="s">
-        <v>1038</v>
+        <v>745</v>
       </c>
       <c r="I344" t="s">
-        <v>2337</v>
+        <v>2352</v>
       </c>
       <c r="J344" t="s">
-        <v>2338</v>
+        <v>2353</v>
       </c>
       <c r="K344" t="s">
-        <v>2339</v>
+        <v>2354</v>
       </c>
       <c r="L344" t="s">
-        <v>2340</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="345" spans="1:12">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
-        <v>2341</v>
+        <v>2356</v>
       </c>
       <c r="C345" t="s">
-        <v>706</v>
+        <v>48</v>
       </c>
       <c r="D345" t="s">
-        <v>2342</v>
+        <v>75</v>
       </c>
       <c r="E345">
-        <v>1988</v>
+        <v>2026</v>
       </c>
       <c r="F345" t="s">
-        <v>2343</v>
+        <v>2357</v>
       </c>
       <c r="G345"/>
       <c r="H345" t="s">
-        <v>748</v>
+        <v>893</v>
       </c>
       <c r="I345" t="s">
-        <v>2344</v>
-[...3 lines deleted...]
-      </c>
+        <v>2358</v>
+      </c>
+      <c r="J345"/>
       <c r="K345" t="s">
-        <v>2346</v>
+        <v>2359</v>
       </c>
       <c r="L345" t="s">
-        <v>2347</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="346" spans="1:12">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
-        <v>2348</v>
+        <v>2361</v>
       </c>
       <c r="C346" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D346" t="s">
-        <v>80</v>
+        <v>154</v>
       </c>
       <c r="E346">
         <v>2026</v>
       </c>
       <c r="F346" t="s">
-        <v>2349</v>
+        <v>2362</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>892</v>
+        <v>356</v>
       </c>
       <c r="I346" t="s">
-        <v>2350</v>
-[...1 lines deleted...]
-      <c r="J346"/>
+        <v>2363</v>
+      </c>
+      <c r="J346" t="s">
+        <v>2364</v>
+      </c>
       <c r="K346" t="s">
-        <v>2351</v>
+        <v>2365</v>
       </c>
       <c r="L346" t="s">
-        <v>2352</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="347" spans="1:12">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
-        <v>2353</v>
+        <v>2367</v>
       </c>
       <c r="C347" t="s">
-        <v>13</v>
+        <v>720</v>
       </c>
       <c r="D347" t="s">
-        <v>159</v>
+        <v>75</v>
       </c>
       <c r="E347">
         <v>2026</v>
       </c>
       <c r="F347" t="s">
-        <v>2354</v>
+        <v>2368</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>359</v>
+        <v>722</v>
       </c>
       <c r="I347" t="s">
-        <v>2355</v>
+        <v>2369</v>
       </c>
       <c r="J347" t="s">
-        <v>2356</v>
+        <v>2370</v>
       </c>
       <c r="K347" t="s">
-        <v>2357</v>
+        <v>2371</v>
       </c>
       <c r="L347" t="s">
-        <v>2358</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="348" spans="1:12">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
-        <v>2359</v>
+        <v>2373</v>
       </c>
       <c r="C348" t="s">
-        <v>723</v>
+        <v>29</v>
       </c>
       <c r="D348" t="s">
-        <v>80</v>
+        <v>363</v>
       </c>
       <c r="E348">
         <v>2026</v>
       </c>
       <c r="F348" t="s">
-        <v>2360</v>
+        <v>2374</v>
       </c>
       <c r="G348"/>
       <c r="H348" t="s">
-        <v>725</v>
+        <v>2375</v>
       </c>
       <c r="I348" t="s">
-        <v>2361</v>
+        <v>2376</v>
       </c>
       <c r="J348" t="s">
-        <v>2362</v>
+        <v>2377</v>
       </c>
       <c r="K348" t="s">
-        <v>2363</v>
+        <v>2378</v>
       </c>
       <c r="L348" t="s">
-        <v>2364</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="349" spans="1:12">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>2365</v>
+        <v>2380</v>
       </c>
       <c r="C349" t="s">
-        <v>13</v>
+        <v>2381</v>
       </c>
       <c r="D349" t="s">
-        <v>366</v>
+        <v>2382</v>
       </c>
       <c r="E349">
         <v>2026</v>
       </c>
       <c r="F349" t="s">
-        <v>2366</v>
-[...1 lines deleted...]
-      <c r="G349"/>
+        <v>2383</v>
+      </c>
+      <c r="G349" t="s">
+        <v>2384</v>
+      </c>
       <c r="H349" t="s">
-        <v>2367</v>
+        <v>2385</v>
       </c>
       <c r="I349" t="s">
-        <v>2368</v>
+        <v>2386</v>
       </c>
       <c r="J349" t="s">
-        <v>2369</v>
+        <v>2387</v>
       </c>
       <c r="K349" t="s">
-        <v>2370</v>
+        <v>2388</v>
       </c>
       <c r="L349" t="s">
-        <v>2371</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="350" spans="1:12">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>2372</v>
+        <v>2390</v>
       </c>
       <c r="C350" t="s">
-        <v>2373</v>
+        <v>298</v>
       </c>
       <c r="D350" t="s">
-        <v>2374</v>
+        <v>388</v>
       </c>
       <c r="E350">
         <v>2026</v>
       </c>
       <c r="F350" t="s">
-        <v>2375</v>
+        <v>2391</v>
       </c>
       <c r="G350" t="s">
-        <v>2376</v>
+        <v>2392</v>
       </c>
       <c r="H350" t="s">
-        <v>2377</v>
+        <v>301</v>
       </c>
       <c r="I350" t="s">
-        <v>2378</v>
+        <v>2393</v>
       </c>
       <c r="J350" t="s">
-        <v>2379</v>
+        <v>2394</v>
       </c>
       <c r="K350" t="s">
-        <v>2380</v>
+        <v>2395</v>
       </c>
       <c r="L350" t="s">
-        <v>2381</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="351" spans="1:12">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
-        <v>2382</v>
+        <v>2397</v>
       </c>
       <c r="C351" t="s">
-        <v>303</v>
+        <v>38</v>
       </c>
       <c r="D351" t="s">
-        <v>391</v>
+        <v>39</v>
       </c>
       <c r="E351">
-        <v>2026</v>
+        <v>1984</v>
       </c>
       <c r="F351" t="s">
-        <v>2383</v>
+        <v>2398</v>
       </c>
       <c r="G351" t="s">
-        <v>2384</v>
+        <v>2399</v>
       </c>
       <c r="H351" t="s">
-        <v>306</v>
+        <v>622</v>
       </c>
       <c r="I351" t="s">
-        <v>2385</v>
+        <v>2400</v>
       </c>
       <c r="J351" t="s">
-        <v>2386</v>
+        <v>2401</v>
       </c>
       <c r="K351" t="s">
-        <v>2387</v>
+        <v>2402</v>
       </c>
       <c r="L351" t="s">
-        <v>2388</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352" t="s">
-        <v>2389</v>
+        <v>2404</v>
       </c>
       <c r="C352" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D352" t="s">
-        <v>44</v>
+        <v>2405</v>
       </c>
       <c r="E352">
-        <v>1984</v>
+        <v>2026</v>
       </c>
       <c r="F352" t="s">
-        <v>2390</v>
-[...3 lines deleted...]
-      </c>
+        <v>2406</v>
+      </c>
+      <c r="G352"/>
       <c r="H352" t="s">
-        <v>625</v>
+        <v>237</v>
       </c>
       <c r="I352" t="s">
-        <v>2392</v>
+        <v>2407</v>
       </c>
       <c r="J352" t="s">
-        <v>2393</v>
+        <v>2408</v>
       </c>
       <c r="K352" t="s">
-        <v>2394</v>
+        <v>2409</v>
       </c>
       <c r="L352" t="s">
-        <v>2395</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353" t="s">
-        <v>2396</v>
+        <v>2411</v>
       </c>
       <c r="C353" t="s">
-        <v>43</v>
+        <v>260</v>
       </c>
       <c r="D353" t="s">
-        <v>2397</v>
+        <v>363</v>
       </c>
       <c r="E353">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F353" t="s">
-        <v>2398</v>
-[...1 lines deleted...]
-      <c r="G353"/>
+        <v>2412</v>
+      </c>
+      <c r="G353" t="s">
+        <v>2413</v>
+      </c>
       <c r="H353" t="s">
-        <v>242</v>
+        <v>2414</v>
       </c>
       <c r="I353" t="s">
-        <v>2399</v>
+        <v>2415</v>
       </c>
       <c r="J353" t="s">
-        <v>2400</v>
+        <v>2416</v>
       </c>
       <c r="K353" t="s">
-        <v>2401</v>
+        <v>2417</v>
       </c>
       <c r="L353" t="s">
-        <v>2402</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354" t="s">
-        <v>2403</v>
+        <v>2419</v>
       </c>
       <c r="C354" t="s">
-        <v>265</v>
+        <v>2420</v>
       </c>
       <c r="D354" t="s">
-        <v>366</v>
+        <v>14</v>
       </c>
       <c r="E354">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F354" t="s">
-        <v>2404</v>
+        <v>2421</v>
       </c>
       <c r="G354" t="s">
-        <v>2405</v>
+        <v>2422</v>
       </c>
       <c r="H354" t="s">
-        <v>2406</v>
+        <v>526</v>
       </c>
       <c r="I354" t="s">
-        <v>2407</v>
+        <v>2423</v>
       </c>
       <c r="J354" t="s">
-        <v>2408</v>
-[...3 lines deleted...]
-      </c>
+        <v>2424</v>
+      </c>
+      <c r="K354"/>
       <c r="L354" t="s">
-        <v>2410</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>2411</v>
+        <v>2426</v>
       </c>
       <c r="C355" t="s">
-        <v>2412</v>
+        <v>2427</v>
       </c>
       <c r="D355" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="E355">
         <v>2026</v>
       </c>
       <c r="F355" t="s">
-        <v>2413</v>
+        <v>2428</v>
       </c>
       <c r="G355"/>
       <c r="H355" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      <c r="K355"/>
+        <v>2429</v>
+      </c>
+      <c r="I355" t="s">
+        <v>2430</v>
+      </c>
+      <c r="J355" t="s">
+        <v>2431</v>
+      </c>
+      <c r="K355" t="s">
+        <v>2432</v>
+      </c>
       <c r="L355" t="s">
-        <v>2414</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356" t="s">
-        <v>2415</v>
+        <v>2434</v>
       </c>
       <c r="C356" t="s">
-        <v>2416</v>
+        <v>2435</v>
       </c>
       <c r="D356" t="s">
-        <v>35</v>
+        <v>388</v>
       </c>
       <c r="E356">
         <v>2026</v>
       </c>
       <c r="F356" t="s">
-        <v>2417</v>
-[...1 lines deleted...]
-      <c r="G356"/>
+        <v>2436</v>
+      </c>
+      <c r="G356" t="s">
+        <v>2437</v>
+      </c>
       <c r="H356" t="s">
-        <v>2418</v>
+        <v>1519</v>
       </c>
       <c r="I356" t="s">
-        <v>2419</v>
+        <v>2438</v>
       </c>
       <c r="J356" t="s">
-        <v>2420</v>
+        <v>2439</v>
       </c>
       <c r="K356" t="s">
-        <v>2421</v>
+        <v>2440</v>
       </c>
       <c r="L356" t="s">
-        <v>2422</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
-        <v>2423</v>
+        <v>2442</v>
       </c>
       <c r="C357" t="s">
-        <v>2424</v>
+        <v>487</v>
       </c>
       <c r="D357" t="s">
-        <v>391</v>
+        <v>14</v>
       </c>
       <c r="E357">
         <v>2026</v>
       </c>
       <c r="F357" t="s">
-        <v>2425</v>
-[...3 lines deleted...]
-      </c>
+        <v>2443</v>
+      </c>
+      <c r="G357"/>
       <c r="H357" t="s">
-        <v>1514</v>
+        <v>1155</v>
       </c>
       <c r="I357" t="s">
-        <v>2427</v>
+        <v>2444</v>
       </c>
       <c r="J357" t="s">
-        <v>2428</v>
+        <v>2445</v>
       </c>
       <c r="K357" t="s">
-        <v>2429</v>
+        <v>2446</v>
       </c>
       <c r="L357" t="s">
-        <v>2430</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>2431</v>
+        <v>2448</v>
       </c>
       <c r="C358" t="s">
-        <v>490</v>
+        <v>23</v>
       </c>
       <c r="D358" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="E358">
         <v>2026</v>
       </c>
       <c r="F358" t="s">
-        <v>2432</v>
+        <v>2449</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
-        <v>1153</v>
-[...6 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I358"/>
+      <c r="J358"/>
       <c r="K358" t="s">
-        <v>2435</v>
+        <v>2450</v>
       </c>
       <c r="L358" t="s">
-        <v>2436</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="359" spans="1:12">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
-        <v>2437</v>
+        <v>2452</v>
       </c>
       <c r="C359" t="s">
-        <v>29</v>
+        <v>2453</v>
       </c>
       <c r="D359" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E359">
         <v>2026</v>
       </c>
       <c r="F359" t="s">
-        <v>2438</v>
+        <v>2454</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="J359"/>
+        <v>908</v>
+      </c>
+      <c r="I359" t="s">
+        <v>2455</v>
+      </c>
+      <c r="J359" t="s">
+        <v>2456</v>
+      </c>
       <c r="K359" t="s">
-        <v>2439</v>
+        <v>2457</v>
       </c>
       <c r="L359" t="s">
-        <v>2440</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="360" spans="1:12">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
-        <v>2441</v>
-[...6 lines deleted...]
-      </c>
+        <v>2459</v>
+      </c>
+      <c r="C360"/>
+      <c r="D360"/>
       <c r="E360">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F360" t="s">
-        <v>2443</v>
-[...13 lines deleted...]
-      </c>
+        <v>2460</v>
+      </c>
+      <c r="G360" t="s">
+        <v>2461</v>
+      </c>
+      <c r="H360"/>
+      <c r="I360"/>
+      <c r="J360"/>
+      <c r="K360"/>
       <c r="L360" t="s">
-        <v>2447</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="361" spans="1:12">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
-        <v>2448</v>
-[...2 lines deleted...]
-      <c r="D361"/>
+        <v>2463</v>
+      </c>
+      <c r="C361" t="s">
+        <v>13</v>
+      </c>
+      <c r="D361" t="s">
+        <v>14</v>
+      </c>
       <c r="E361">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F361" t="s">
-        <v>2449</v>
-[...4 lines deleted...]
-      <c r="J361"/>
+        <v>2464</v>
+      </c>
+      <c r="G361" t="s">
+        <v>2465</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1060</v>
+      </c>
+      <c r="I361" t="s">
+        <v>2466</v>
+      </c>
+      <c r="J361" t="s">
+        <v>2467</v>
+      </c>
       <c r="K361"/>
       <c r="L361" t="s">
-        <v>2450</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="362" spans="1:12">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
-        <v>2451</v>
+        <v>2469</v>
       </c>
       <c r="C362" t="s">
-        <v>19</v>
+        <v>99</v>
       </c>
       <c r="D362" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="E362">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F362" t="s">
-        <v>2452</v>
-[...3 lines deleted...]
-      </c>
+        <v>2470</v>
+      </c>
+      <c r="G362"/>
       <c r="H362" t="s">
-        <v>1058</v>
-[...7 lines deleted...]
-      <c r="K362"/>
+        <v>1614</v>
+      </c>
+      <c r="I362"/>
+      <c r="J362"/>
+      <c r="K362" t="s">
+        <v>2471</v>
+      </c>
       <c r="L362" t="s">
-        <v>2456</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="363" spans="1:12">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
-        <v>2457</v>
+        <v>2473</v>
       </c>
       <c r="C363" t="s">
-        <v>104</v>
+        <v>251</v>
       </c>
       <c r="D363" t="s">
-        <v>80</v>
+        <v>1734</v>
       </c>
       <c r="E363">
         <v>1970</v>
       </c>
       <c r="F363" t="s">
-        <v>2458</v>
+        <v>2474</v>
       </c>
       <c r="G363"/>
       <c r="H363" t="s">
-        <v>1608</v>
-[...2 lines deleted...]
-      <c r="J363"/>
+        <v>2475</v>
+      </c>
+      <c r="I363" t="s">
+        <v>2476</v>
+      </c>
+      <c r="J363" t="s">
+        <v>2477</v>
+      </c>
       <c r="K363" t="s">
-        <v>2459</v>
+        <v>2478</v>
       </c>
       <c r="L363" t="s">
-        <v>2460</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="364" spans="1:12">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>2461</v>
+        <v>2480</v>
       </c>
       <c r="C364" t="s">
-        <v>256</v>
+        <v>65</v>
       </c>
       <c r="D364" t="s">
-        <v>1728</v>
+        <v>90</v>
       </c>
       <c r="E364">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F364" t="s">
-        <v>2462</v>
-[...1 lines deleted...]
-      <c r="G364"/>
+        <v>2481</v>
+      </c>
+      <c r="G364" t="s">
+        <v>2482</v>
+      </c>
       <c r="H364" t="s">
-        <v>2463</v>
+        <v>157</v>
       </c>
       <c r="I364" t="s">
-        <v>2464</v>
+        <v>2483</v>
       </c>
       <c r="J364" t="s">
-        <v>2465</v>
+        <v>2484</v>
       </c>
       <c r="K364" t="s">
-        <v>2466</v>
+        <v>2485</v>
       </c>
       <c r="L364" t="s">
-        <v>2467</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="365" spans="1:12">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>2468</v>
+        <v>2487</v>
       </c>
       <c r="C365" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="D365" t="s">
-        <v>95</v>
+        <v>39</v>
       </c>
       <c r="E365">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F365" t="s">
-        <v>2469</v>
-[...3 lines deleted...]
-      </c>
+        <v>2488</v>
+      </c>
+      <c r="G365"/>
       <c r="H365" t="s">
-        <v>162</v>
-[...6 lines deleted...]
-      </c>
+        <v>2489</v>
+      </c>
+      <c r="I365"/>
+      <c r="J365"/>
       <c r="K365" t="s">
-        <v>2473</v>
+        <v>2490</v>
       </c>
       <c r="L365" t="s">
-        <v>2474</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="366" spans="1:12">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
-        <v>2475</v>
+        <v>2492</v>
       </c>
       <c r="C366" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
       <c r="D366" t="s">
-        <v>44</v>
+        <v>2493</v>
       </c>
       <c r="E366">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F366" t="s">
-        <v>2476</v>
-[...1 lines deleted...]
-      <c r="G366"/>
+        <v>2494</v>
+      </c>
+      <c r="G366" t="s">
+        <v>2495</v>
+      </c>
       <c r="H366" t="s">
-        <v>2477</v>
-[...2 lines deleted...]
-      <c r="J366"/>
+        <v>526</v>
+      </c>
+      <c r="I366" t="s">
+        <v>2496</v>
+      </c>
+      <c r="J366" t="s">
+        <v>2497</v>
+      </c>
       <c r="K366" t="s">
-        <v>2478</v>
+        <v>2498</v>
       </c>
       <c r="L366" t="s">
-        <v>2479</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="367" spans="1:12">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
-        <v>2480</v>
+        <v>2500</v>
       </c>
       <c r="C367" t="s">
-        <v>70</v>
+        <v>1172</v>
       </c>
       <c r="D367" t="s">
-        <v>2481</v>
+        <v>921</v>
       </c>
       <c r="E367">
-        <v>2026</v>
+        <v>1996</v>
       </c>
       <c r="F367" t="s">
-        <v>2482</v>
-[...3 lines deleted...]
-      </c>
+        <v>2501</v>
+      </c>
+      <c r="G367"/>
       <c r="H367" t="s">
-        <v>529</v>
+        <v>505</v>
       </c>
       <c r="I367" t="s">
-        <v>2484</v>
+        <v>2502</v>
       </c>
       <c r="J367" t="s">
-        <v>2485</v>
+        <v>2503</v>
       </c>
       <c r="K367" t="s">
-        <v>2486</v>
+        <v>2504</v>
       </c>
       <c r="L367" t="s">
-        <v>2487</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="368" spans="1:12">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
-        <v>2488</v>
+        <v>2506</v>
       </c>
       <c r="C368" t="s">
-        <v>1170</v>
+        <v>99</v>
       </c>
       <c r="D368" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="E368">
-        <v>1996</v>
+        <v>2026</v>
       </c>
       <c r="F368" t="s">
-        <v>2489</v>
+        <v>2507</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
-        <v>508</v>
-[...6 lines deleted...]
-      </c>
+        <v>2508</v>
+      </c>
+      <c r="I368"/>
+      <c r="J368"/>
       <c r="K368" t="s">
-        <v>2492</v>
+        <v>2509</v>
       </c>
       <c r="L368" t="s">
-        <v>2493</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="369" spans="1:12">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
-        <v>2494</v>
+        <v>2511</v>
       </c>
       <c r="C369" t="s">
-        <v>104</v>
+        <v>38</v>
       </c>
       <c r="D369" t="s">
-        <v>80</v>
+        <v>1656</v>
       </c>
       <c r="E369">
         <v>2026</v>
       </c>
       <c r="F369" t="s">
-        <v>2495</v>
-[...1 lines deleted...]
-      <c r="G369"/>
+        <v>2512</v>
+      </c>
+      <c r="G369" t="s">
+        <v>2513</v>
+      </c>
       <c r="H369" t="s">
-        <v>2496</v>
-[...2 lines deleted...]
-      <c r="J369"/>
+        <v>59</v>
+      </c>
+      <c r="I369" t="s">
+        <v>2514</v>
+      </c>
+      <c r="J369" t="s">
+        <v>2515</v>
+      </c>
       <c r="K369" t="s">
-        <v>2497</v>
+        <v>2516</v>
       </c>
       <c r="L369" t="s">
-        <v>2498</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="370" spans="1:12">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
-        <v>2499</v>
-[...3 lines deleted...]
-      </c>
+        <v>2518</v>
+      </c>
+      <c r="C370"/>
       <c r="D370" t="s">
-        <v>1650</v>
+        <v>2056</v>
       </c>
       <c r="E370">
         <v>2026</v>
       </c>
       <c r="F370" t="s">
-        <v>2500</v>
-[...3 lines deleted...]
-      </c>
+        <v>2519</v>
+      </c>
+      <c r="G370"/>
       <c r="H370" t="s">
-        <v>64</v>
-[...6 lines deleted...]
-      </c>
+        <v>2520</v>
+      </c>
+      <c r="I370"/>
+      <c r="J370"/>
       <c r="K370" t="s">
-        <v>2504</v>
+        <v>2521</v>
       </c>
       <c r="L370" t="s">
-        <v>2505</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="371" spans="1:12">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
-        <v>2506</v>
-[...1 lines deleted...]
-      <c r="C371"/>
+        <v>2523</v>
+      </c>
+      <c r="C371" t="s">
+        <v>48</v>
+      </c>
       <c r="D371" t="s">
-        <v>2048</v>
+        <v>39</v>
       </c>
       <c r="E371">
         <v>2026</v>
       </c>
       <c r="F371" t="s">
-        <v>2507</v>
+        <v>2524</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>2508</v>
+        <v>2525</v>
       </c>
       <c r="I371"/>
-      <c r="J371"/>
+      <c r="J371" t="s">
+        <v>2526</v>
+      </c>
       <c r="K371" t="s">
-        <v>2509</v>
+        <v>2527</v>
       </c>
       <c r="L371" t="s">
-        <v>2510</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="372" spans="1:12">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
-        <v>2511</v>
+        <v>2529</v>
       </c>
       <c r="C372" t="s">
-        <v>53</v>
+        <v>83</v>
       </c>
       <c r="D372" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="E372">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F372" t="s">
-        <v>2512</v>
+        <v>2530</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
-        <v>2513</v>
+        <v>2531</v>
       </c>
       <c r="I372"/>
       <c r="J372" t="s">
-        <v>2514</v>
-[...3 lines deleted...]
-      </c>
+        <v>2532</v>
+      </c>
+      <c r="K372"/>
       <c r="L372" t="s">
-        <v>2516</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="373" spans="1:12">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
-        <v>2517</v>
+        <v>2534</v>
       </c>
       <c r="C373" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="D373" t="s">
-        <v>30</v>
+        <v>118</v>
       </c>
       <c r="E373">
-        <v>1970</v>
+        <v>1988</v>
       </c>
       <c r="F373" t="s">
-        <v>2518</v>
+        <v>2535</v>
       </c>
       <c r="G373"/>
       <c r="H373" t="s">
-        <v>2519</v>
-[...1 lines deleted...]
-      <c r="I373"/>
+        <v>221</v>
+      </c>
+      <c r="I373" t="s">
+        <v>2536</v>
+      </c>
       <c r="J373" t="s">
-        <v>2520</v>
-[...1 lines deleted...]
-      <c r="K373"/>
+        <v>2537</v>
+      </c>
+      <c r="K373" t="s">
+        <v>2538</v>
+      </c>
       <c r="L373" t="s">
-        <v>2521</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="374" spans="1:12">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
-        <v>2522</v>
+        <v>2540</v>
       </c>
       <c r="C374" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="D374" t="s">
-        <v>123</v>
+        <v>363</v>
       </c>
       <c r="E374">
-        <v>1988</v>
+        <v>2026</v>
       </c>
       <c r="F374" t="s">
-        <v>2523</v>
-[...3 lines deleted...]
-        <v>226</v>
+        <v>2541</v>
+      </c>
+      <c r="G374" t="s">
+        <v>2542</v>
+      </c>
+      <c r="H374">
+        <v>99</v>
       </c>
       <c r="I374" t="s">
-        <v>2524</v>
+        <v>2543</v>
       </c>
       <c r="J374" t="s">
-        <v>2525</v>
-[...3 lines deleted...]
-      </c>
+        <v>2544</v>
+      </c>
+      <c r="K374"/>
       <c r="L374" t="s">
-        <v>2527</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="375" spans="1:12">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
-        <v>2528</v>
+        <v>2546</v>
       </c>
       <c r="C375" t="s">
-        <v>13</v>
+        <v>251</v>
       </c>
       <c r="D375" t="s">
-        <v>366</v>
+        <v>154</v>
       </c>
       <c r="E375">
         <v>2026</v>
       </c>
       <c r="F375" t="s">
-        <v>2529</v>
+        <v>2547</v>
       </c>
       <c r="G375" t="s">
-        <v>2530</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>2548</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1040</v>
       </c>
       <c r="I375" t="s">
-        <v>2531</v>
+        <v>2549</v>
       </c>
       <c r="J375" t="s">
-        <v>2532</v>
-[...1 lines deleted...]
-      <c r="K375"/>
+        <v>2550</v>
+      </c>
+      <c r="K375" t="s">
+        <v>2551</v>
+      </c>
       <c r="L375" t="s">
-        <v>2533</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="376" spans="1:12">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
-        <v>2534</v>
+        <v>2553</v>
       </c>
       <c r="C376" t="s">
-        <v>256</v>
+        <v>1532</v>
       </c>
       <c r="D376" t="s">
-        <v>159</v>
+        <v>24</v>
       </c>
       <c r="E376">
         <v>2026</v>
       </c>
-      <c r="F376" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F376"/>
+      <c r="G376"/>
       <c r="H376" t="s">
-        <v>1038</v>
-[...3 lines deleted...]
-      </c>
+        <v>2554</v>
+      </c>
+      <c r="I376"/>
       <c r="J376" t="s">
-        <v>2538</v>
-[...3 lines deleted...]
-      </c>
+        <v>2555</v>
+      </c>
+      <c r="K376"/>
       <c r="L376" t="s">
-        <v>2540</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="377" spans="1:12">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
-        <v>2541</v>
+        <v>2557</v>
       </c>
       <c r="C377" t="s">
-        <v>1527</v>
+        <v>189</v>
       </c>
       <c r="D377" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="E377">
         <v>2026</v>
       </c>
-      <c r="F377"/>
+      <c r="F377" t="s">
+        <v>2558</v>
+      </c>
       <c r="G377"/>
       <c r="H377" t="s">
-        <v>2542</v>
-[...4 lines deleted...]
-      </c>
+        <v>2559</v>
+      </c>
+      <c r="I377" t="s">
+        <v>2560</v>
+      </c>
+      <c r="J377"/>
       <c r="K377"/>
       <c r="L377" t="s">
-        <v>2544</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="378" spans="1:12">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>2545</v>
+        <v>2562</v>
       </c>
       <c r="C378" t="s">
-        <v>194</v>
+        <v>83</v>
       </c>
       <c r="D378" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E378">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F378" t="s">
-        <v>2546</v>
+        <v>2563</v>
       </c>
       <c r="G378"/>
       <c r="H378" t="s">
-        <v>2547</v>
+        <v>2564</v>
       </c>
       <c r="I378" t="s">
-        <v>2548</v>
-[...2 lines deleted...]
-      <c r="K378"/>
+        <v>2565</v>
+      </c>
+      <c r="J378" t="s">
+        <v>2566</v>
+      </c>
+      <c r="K378" t="s">
+        <v>2567</v>
+      </c>
       <c r="L378" t="s">
-        <v>2549</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="379" spans="1:12">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
-        <v>2550</v>
+        <v>2569</v>
       </c>
       <c r="C379" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="D379" t="s">
-        <v>44</v>
+        <v>502</v>
       </c>
       <c r="E379">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F379" t="s">
-        <v>2551</v>
-[...1 lines deleted...]
-      <c r="G379"/>
+        <v>2570</v>
+      </c>
+      <c r="G379" t="s">
+        <v>2571</v>
+      </c>
       <c r="H379" t="s">
-        <v>2552</v>
+        <v>526</v>
       </c>
       <c r="I379" t="s">
-        <v>2553</v>
+        <v>2572</v>
       </c>
       <c r="J379" t="s">
-        <v>2554</v>
+        <v>2573</v>
       </c>
       <c r="K379" t="s">
-        <v>2555</v>
+        <v>2574</v>
       </c>
       <c r="L379" t="s">
-        <v>2556</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="380" spans="1:12">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
-        <v>2557</v>
+        <v>2576</v>
       </c>
       <c r="C380" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="D380" t="s">
-        <v>505</v>
+        <v>2577</v>
       </c>
       <c r="E380">
         <v>2026</v>
       </c>
       <c r="F380" t="s">
-        <v>2558</v>
+        <v>2578</v>
       </c>
       <c r="G380" t="s">
-        <v>2559</v>
+        <v>2579</v>
       </c>
       <c r="H380" t="s">
-        <v>529</v>
+        <v>729</v>
       </c>
       <c r="I380" t="s">
-        <v>2560</v>
+        <v>2580</v>
       </c>
       <c r="J380" t="s">
-        <v>2561</v>
+        <v>2581</v>
       </c>
       <c r="K380" t="s">
-        <v>2562</v>
+        <v>2582</v>
       </c>
       <c r="L380" t="s">
-        <v>2563</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="381" spans="1:12">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
-        <v>2564</v>
+        <v>2584</v>
       </c>
       <c r="C381" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="D381" t="s">
-        <v>2565</v>
+        <v>464</v>
       </c>
       <c r="E381">
         <v>2026</v>
       </c>
       <c r="F381" t="s">
-        <v>2566</v>
+        <v>2585</v>
       </c>
       <c r="G381" t="s">
-        <v>2567</v>
+        <v>2586</v>
       </c>
       <c r="H381" t="s">
-        <v>732</v>
+        <v>574</v>
       </c>
       <c r="I381" t="s">
-        <v>2568</v>
+        <v>2587</v>
       </c>
       <c r="J381" t="s">
-        <v>2569</v>
+        <v>2588</v>
       </c>
       <c r="K381" t="s">
-        <v>2570</v>
+        <v>2589</v>
       </c>
       <c r="L381" t="s">
-        <v>2571</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="382" spans="1:12">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
-        <v>2572</v>
+        <v>2591</v>
       </c>
       <c r="C382" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="D382" t="s">
-        <v>467</v>
+        <v>118</v>
       </c>
       <c r="E382">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F382" t="s">
-        <v>2573</v>
-[...3 lines deleted...]
-      </c>
+        <v>2592</v>
+      </c>
+      <c r="G382"/>
       <c r="H382" t="s">
-        <v>577</v>
+        <v>2593</v>
       </c>
       <c r="I382" t="s">
-        <v>2575</v>
+        <v>2594</v>
       </c>
       <c r="J382" t="s">
-        <v>2576</v>
-[...3 lines deleted...]
-      </c>
+        <v>2595</v>
+      </c>
+      <c r="K382"/>
       <c r="L382" t="s">
-        <v>2578</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="383" spans="1:12">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
-        <v>2579</v>
+        <v>2597</v>
       </c>
       <c r="C383" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="D383" t="s">
-        <v>123</v>
+        <v>840</v>
       </c>
       <c r="E383">
         <v>1970</v>
       </c>
       <c r="F383" t="s">
-        <v>2580</v>
+        <v>2598</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
-        <v>2581</v>
+        <v>2599</v>
       </c>
       <c r="I383" t="s">
-        <v>2582</v>
+        <v>2600</v>
       </c>
       <c r="J383" t="s">
-        <v>2583</v>
-[...1 lines deleted...]
-      <c r="K383"/>
+        <v>2601</v>
+      </c>
+      <c r="K383" t="s">
+        <v>2602</v>
+      </c>
       <c r="L383" t="s">
-        <v>2584</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="384" spans="1:12">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
-        <v>2585</v>
+        <v>2604</v>
       </c>
       <c r="C384" t="s">
-        <v>43</v>
+        <v>2605</v>
       </c>
       <c r="D384" t="s">
-        <v>839</v>
+        <v>2606</v>
       </c>
       <c r="E384">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F384" t="s">
-        <v>2586</v>
+        <v>2607</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
-        <v>2587</v>
+        <v>729</v>
       </c>
       <c r="I384" t="s">
-        <v>2588</v>
+        <v>2608</v>
       </c>
       <c r="J384" t="s">
-        <v>2589</v>
+        <v>2609</v>
       </c>
       <c r="K384" t="s">
-        <v>2590</v>
+        <v>2610</v>
       </c>
       <c r="L384" t="s">
-        <v>2591</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="385" spans="1:12">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
-        <v>2592</v>
+        <v>2612</v>
       </c>
       <c r="C385" t="s">
-        <v>2593</v>
+        <v>2613</v>
       </c>
       <c r="D385" t="s">
-        <v>2594</v>
+        <v>154</v>
       </c>
       <c r="E385">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F385" t="s">
-        <v>2595</v>
+        <v>2614</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
-        <v>732</v>
+        <v>2615</v>
       </c>
       <c r="I385" t="s">
-        <v>2596</v>
+        <v>2616</v>
       </c>
       <c r="J385" t="s">
-        <v>2597</v>
+        <v>2617</v>
       </c>
       <c r="K385" t="s">
-        <v>2598</v>
+        <v>2618</v>
       </c>
       <c r="L385" t="s">
-        <v>2599</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="386" spans="1:12">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>2600</v>
+        <v>2620</v>
       </c>
       <c r="C386" t="s">
-        <v>2601</v>
+        <v>38</v>
       </c>
       <c r="D386" t="s">
-        <v>159</v>
+        <v>234</v>
       </c>
       <c r="E386">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F386" t="s">
-        <v>2602</v>
-[...1 lines deleted...]
-      <c r="G386"/>
+        <v>2621</v>
+      </c>
+      <c r="G386" t="s">
+        <v>2622</v>
+      </c>
       <c r="H386" t="s">
-        <v>2603</v>
+        <v>973</v>
       </c>
       <c r="I386" t="s">
-        <v>2604</v>
+        <v>2623</v>
       </c>
       <c r="J386" t="s">
-        <v>2605</v>
+        <v>2624</v>
       </c>
       <c r="K386" t="s">
-        <v>2606</v>
+        <v>2625</v>
       </c>
       <c r="L386" t="s">
-        <v>2607</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="387" spans="1:12">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
-        <v>2608</v>
+        <v>2627</v>
       </c>
       <c r="C387" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="D387" t="s">
-        <v>239</v>
+        <v>2628</v>
       </c>
       <c r="E387">
         <v>2026</v>
       </c>
       <c r="F387" t="s">
-        <v>2609</v>
-[...3 lines deleted...]
-      </c>
+        <v>2629</v>
+      </c>
+      <c r="G387"/>
       <c r="H387" t="s">
-        <v>971</v>
+        <v>2630</v>
       </c>
       <c r="I387" t="s">
-        <v>2611</v>
+        <v>2631</v>
       </c>
       <c r="J387" t="s">
-        <v>2612</v>
+        <v>2632</v>
       </c>
       <c r="K387" t="s">
-        <v>2613</v>
+        <v>2633</v>
       </c>
       <c r="L387" t="s">
-        <v>2614</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="388" spans="1:12">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
-        <v>2615</v>
+        <v>2635</v>
       </c>
       <c r="C388" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="D388" t="s">
-        <v>2616</v>
+        <v>234</v>
       </c>
       <c r="E388">
         <v>2026</v>
       </c>
       <c r="F388" t="s">
-        <v>2617</v>
-[...3 lines deleted...]
-        <v>2618</v>
+        <v>2636</v>
+      </c>
+      <c r="G388" t="s">
+        <v>2637</v>
+      </c>
+      <c r="H388">
+        <v>104</v>
       </c>
       <c r="I388" t="s">
-        <v>2619</v>
+        <v>2638</v>
       </c>
       <c r="J388" t="s">
-        <v>2620</v>
+        <v>2639</v>
       </c>
       <c r="K388" t="s">
-        <v>2621</v>
+        <v>2640</v>
       </c>
       <c r="L388" t="s">
-        <v>2622</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="389" spans="1:12">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
-        <v>2623</v>
+        <v>2642</v>
       </c>
       <c r="C389" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="D389" t="s">
-        <v>239</v>
+        <v>75</v>
       </c>
       <c r="E389">
         <v>2026</v>
       </c>
       <c r="F389" t="s">
-        <v>2624</v>
-[...5 lines deleted...]
-        <v>104</v>
+        <v>2643</v>
+      </c>
+      <c r="G389"/>
+      <c r="H389" t="s">
+        <v>2644</v>
       </c>
       <c r="I389" t="s">
-        <v>2626</v>
+        <v>2645</v>
       </c>
       <c r="J389" t="s">
-        <v>2627</v>
+        <v>2646</v>
       </c>
       <c r="K389" t="s">
-        <v>2628</v>
+        <v>2647</v>
       </c>
       <c r="L389" t="s">
-        <v>2629</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="390" spans="1:12">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
-        <v>2630</v>
+        <v>2649</v>
       </c>
       <c r="C390" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D390" t="s">
-        <v>80</v>
+        <v>1734</v>
       </c>
       <c r="E390">
         <v>2026</v>
       </c>
       <c r="F390" t="s">
-        <v>2631</v>
-[...1 lines deleted...]
-      <c r="G390"/>
+        <v>2650</v>
+      </c>
+      <c r="G390" t="s">
+        <v>2651</v>
+      </c>
       <c r="H390" t="s">
-        <v>2632</v>
+        <v>1040</v>
       </c>
       <c r="I390" t="s">
-        <v>2633</v>
+        <v>2652</v>
       </c>
       <c r="J390" t="s">
-        <v>2634</v>
+        <v>2653</v>
       </c>
       <c r="K390" t="s">
-        <v>2635</v>
+        <v>2654</v>
       </c>
       <c r="L390" t="s">
-        <v>2636</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="391" spans="1:12">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
-        <v>2637</v>
+        <v>2656</v>
       </c>
       <c r="C391" t="s">
-        <v>43</v>
+        <v>251</v>
       </c>
       <c r="D391" t="s">
-        <v>1728</v>
+        <v>234</v>
       </c>
       <c r="E391">
         <v>2026</v>
       </c>
       <c r="F391" t="s">
-        <v>2638</v>
+        <v>2657</v>
       </c>
       <c r="G391" t="s">
-        <v>2639</v>
+        <v>2658</v>
       </c>
       <c r="H391" t="s">
-        <v>1038</v>
+        <v>908</v>
       </c>
       <c r="I391" t="s">
-        <v>2640</v>
+        <v>2659</v>
       </c>
       <c r="J391" t="s">
-        <v>2641</v>
+        <v>2660</v>
       </c>
       <c r="K391" t="s">
-        <v>2642</v>
+        <v>2661</v>
       </c>
       <c r="L391" t="s">
-        <v>2643</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="392" spans="1:12">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
-        <v>2644</v>
+        <v>2663</v>
       </c>
       <c r="C392" t="s">
-        <v>256</v>
+        <v>1347</v>
       </c>
       <c r="D392" t="s">
-        <v>239</v>
+        <v>363</v>
       </c>
       <c r="E392">
         <v>2026</v>
       </c>
       <c r="F392" t="s">
-        <v>2645</v>
-[...3 lines deleted...]
-      </c>
+        <v>2664</v>
+      </c>
+      <c r="G392"/>
       <c r="H392" t="s">
-        <v>907</v>
+        <v>2665</v>
       </c>
       <c r="I392" t="s">
-        <v>2647</v>
+        <v>2666</v>
       </c>
       <c r="J392" t="s">
-        <v>2648</v>
+        <v>2667</v>
       </c>
       <c r="K392" t="s">
-        <v>2649</v>
+        <v>2668</v>
       </c>
       <c r="L392" t="s">
-        <v>2650</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="393" spans="1:12">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
-        <v>2651</v>
+        <v>2670</v>
       </c>
       <c r="C393" t="s">
-        <v>1344</v>
+        <v>298</v>
       </c>
       <c r="D393" t="s">
-        <v>366</v>
+        <v>464</v>
       </c>
       <c r="E393">
         <v>2026</v>
       </c>
       <c r="F393" t="s">
-        <v>2652</v>
+        <v>2671</v>
       </c>
       <c r="G393"/>
-      <c r="H393" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H393"/>
       <c r="I393" t="s">
-        <v>2654</v>
+        <v>2672</v>
       </c>
       <c r="J393" t="s">
-        <v>2655</v>
+        <v>2673</v>
       </c>
       <c r="K393" t="s">
-        <v>2656</v>
+        <v>2674</v>
       </c>
       <c r="L393" t="s">
-        <v>2657</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="394" spans="1:12">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
-        <v>2658</v>
+        <v>2676</v>
       </c>
       <c r="C394" t="s">
-        <v>303</v>
+        <v>83</v>
       </c>
       <c r="D394" t="s">
-        <v>467</v>
+        <v>14</v>
       </c>
       <c r="E394">
         <v>2026</v>
       </c>
       <c r="F394" t="s">
-        <v>2659</v>
-[...2 lines deleted...]
-      <c r="H394"/>
+        <v>2677</v>
+      </c>
+      <c r="G394" t="s">
+        <v>2678</v>
+      </c>
+      <c r="H394" t="s">
+        <v>622</v>
+      </c>
       <c r="I394" t="s">
-        <v>2660</v>
+        <v>2679</v>
       </c>
       <c r="J394" t="s">
-        <v>2661</v>
+        <v>2680</v>
       </c>
       <c r="K394" t="s">
-        <v>2662</v>
+        <v>2681</v>
       </c>
       <c r="L394" t="s">
-        <v>2663</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="395" spans="1:12">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
-        <v>2664</v>
+        <v>2683</v>
       </c>
       <c r="C395" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="D395" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="E395">
         <v>2026</v>
       </c>
       <c r="F395" t="s">
-        <v>2665</v>
-[...3 lines deleted...]
-      </c>
+        <v>2684</v>
+      </c>
+      <c r="G395"/>
       <c r="H395" t="s">
-        <v>625</v>
+        <v>107</v>
       </c>
       <c r="I395" t="s">
-        <v>2667</v>
-[...3 lines deleted...]
-      </c>
+        <v>2685</v>
+      </c>
+      <c r="J395"/>
       <c r="K395" t="s">
-        <v>2669</v>
+        <v>2686</v>
       </c>
       <c r="L395" t="s">
-        <v>2670</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="396" spans="1:12">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
-        <v>2671</v>
+        <v>2688</v>
       </c>
       <c r="C396" t="s">
-        <v>53</v>
+        <v>251</v>
       </c>
       <c r="D396" t="s">
-        <v>44</v>
+        <v>464</v>
       </c>
       <c r="E396">
         <v>2026</v>
       </c>
       <c r="F396" t="s">
-        <v>2672</v>
+        <v>2689</v>
       </c>
       <c r="G396"/>
       <c r="H396" t="s">
-        <v>112</v>
+        <v>2690</v>
       </c>
       <c r="I396" t="s">
-        <v>2673</v>
-[...1 lines deleted...]
-      <c r="J396"/>
+        <v>2691</v>
+      </c>
+      <c r="J396" t="s">
+        <v>2692</v>
+      </c>
       <c r="K396" t="s">
-        <v>2674</v>
+        <v>2693</v>
       </c>
       <c r="L396" t="s">
-        <v>2675</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="397" spans="1:12">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
-        <v>2676</v>
+        <v>2695</v>
       </c>
       <c r="C397" t="s">
-        <v>256</v>
+        <v>38</v>
       </c>
       <c r="D397" t="s">
-        <v>467</v>
+        <v>39</v>
       </c>
       <c r="E397">
         <v>2026</v>
       </c>
       <c r="F397" t="s">
-        <v>2677</v>
-[...1 lines deleted...]
-      <c r="G397"/>
+        <v>2696</v>
+      </c>
+      <c r="G397" t="s">
+        <v>2697</v>
+      </c>
       <c r="H397" t="s">
-        <v>16</v>
+        <v>1155</v>
       </c>
       <c r="I397" t="s">
-        <v>2678</v>
+        <v>2698</v>
       </c>
       <c r="J397" t="s">
-        <v>2679</v>
+        <v>2699</v>
       </c>
       <c r="K397" t="s">
-        <v>2680</v>
+        <v>2700</v>
       </c>
       <c r="L397" t="s">
-        <v>2681</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="398" spans="1:12">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
-        <v>2682</v>
+        <v>2702</v>
       </c>
       <c r="C398" t="s">
-        <v>43</v>
+        <v>1255</v>
       </c>
       <c r="D398" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E398">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F398" t="s">
-        <v>2683</v>
-[...3 lines deleted...]
-      </c>
+        <v>2703</v>
+      </c>
+      <c r="G398"/>
       <c r="H398" t="s">
-        <v>1153</v>
+        <v>817</v>
       </c>
       <c r="I398" t="s">
-        <v>2685</v>
+        <v>2704</v>
       </c>
       <c r="J398" t="s">
-        <v>2686</v>
+        <v>2705</v>
       </c>
       <c r="K398" t="s">
-        <v>2687</v>
+        <v>2706</v>
       </c>
       <c r="L398" t="s">
-        <v>2688</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="399" spans="1:12">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
-        <v>2689</v>
+        <v>2708</v>
       </c>
       <c r="C399" t="s">
-        <v>1253</v>
+        <v>251</v>
       </c>
       <c r="D399" t="s">
-        <v>44</v>
+        <v>118</v>
       </c>
       <c r="E399">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F399" t="s">
-        <v>2690</v>
+        <v>2709</v>
       </c>
       <c r="G399"/>
       <c r="H399" t="s">
-        <v>817</v>
+        <v>32</v>
       </c>
       <c r="I399" t="s">
-        <v>2691</v>
+        <v>2710</v>
       </c>
       <c r="J399" t="s">
-        <v>2692</v>
-[...1 lines deleted...]
-      <c r="K399"/>
+        <v>2711</v>
+      </c>
+      <c r="K399" t="s">
+        <v>2712</v>
+      </c>
       <c r="L399" t="s">
-        <v>2693</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="400" spans="1:12">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
-        <v>2694</v>
+        <v>2714</v>
       </c>
       <c r="C400" t="s">
-        <v>256</v>
+        <v>298</v>
       </c>
       <c r="D400" t="s">
-        <v>123</v>
+        <v>464</v>
       </c>
       <c r="E400">
         <v>2026</v>
       </c>
       <c r="F400" t="s">
-        <v>2695</v>
+        <v>2715</v>
       </c>
       <c r="G400"/>
       <c r="H400" t="s">
-        <v>37</v>
+        <v>1166</v>
       </c>
       <c r="I400" t="s">
-        <v>2696</v>
+        <v>2716</v>
       </c>
       <c r="J400" t="s">
-        <v>2697</v>
+        <v>2717</v>
       </c>
       <c r="K400" t="s">
-        <v>2698</v>
+        <v>2718</v>
       </c>
       <c r="L400" t="s">
-        <v>2699</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="401" spans="1:12">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
-        <v>2700</v>
+        <v>2720</v>
       </c>
       <c r="C401" t="s">
-        <v>303</v>
+        <v>83</v>
       </c>
       <c r="D401" t="s">
-        <v>467</v>
+        <v>39</v>
       </c>
       <c r="E401">
         <v>2026</v>
       </c>
       <c r="F401" t="s">
-        <v>2701</v>
+        <v>2721</v>
       </c>
       <c r="G401"/>
       <c r="H401" t="s">
-        <v>1164</v>
+        <v>2722</v>
       </c>
       <c r="I401" t="s">
-        <v>2702</v>
+        <v>2723</v>
       </c>
       <c r="J401" t="s">
-        <v>2703</v>
+        <v>2724</v>
       </c>
       <c r="K401" t="s">
-        <v>2704</v>
+        <v>2725</v>
       </c>
       <c r="L401" t="s">
-        <v>2705</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="402" spans="1:12">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
-        <v>2706</v>
+        <v>2727</v>
       </c>
       <c r="C402" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D402" t="s">
-        <v>44</v>
+        <v>595</v>
       </c>
       <c r="E402">
         <v>2026</v>
       </c>
       <c r="F402" t="s">
-        <v>2707</v>
+        <v>2728</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
-        <v>2708</v>
+        <v>2729</v>
       </c>
       <c r="I402" t="s">
-        <v>2709</v>
-[...3 lines deleted...]
-      </c>
+        <v>2730</v>
+      </c>
+      <c r="J402"/>
       <c r="K402" t="s">
-        <v>2711</v>
+        <v>2731</v>
       </c>
       <c r="L402" t="s">
-        <v>2712</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="403" spans="1:12">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403" t="s">
-        <v>2713</v>
+        <v>2733</v>
       </c>
       <c r="C403" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D403" t="s">
-        <v>598</v>
+        <v>2734</v>
       </c>
       <c r="E403">
         <v>2026</v>
       </c>
       <c r="F403" t="s">
-        <v>2714</v>
+        <v>2735</v>
       </c>
       <c r="G403"/>
       <c r="H403" t="s">
-        <v>2715</v>
+        <v>2736</v>
       </c>
       <c r="I403" t="s">
-        <v>2716</v>
-[...1 lines deleted...]
-      <c r="J403"/>
+        <v>2737</v>
+      </c>
+      <c r="J403" t="s">
+        <v>2738</v>
+      </c>
       <c r="K403" t="s">
-        <v>2717</v>
+        <v>2739</v>
       </c>
       <c r="L403" t="s">
-        <v>2718</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="404" spans="1:12">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404" t="s">
-        <v>2719</v>
+        <v>2741</v>
       </c>
       <c r="C404" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D404" t="s">
-        <v>2720</v>
+        <v>328</v>
       </c>
       <c r="E404">
         <v>2026</v>
       </c>
       <c r="F404" t="s">
-        <v>2721</v>
+        <v>2742</v>
       </c>
       <c r="G404"/>
       <c r="H404" t="s">
-        <v>2722</v>
+        <v>87</v>
       </c>
       <c r="I404" t="s">
-        <v>2723</v>
+        <v>2743</v>
       </c>
       <c r="J404" t="s">
-        <v>2724</v>
+        <v>2744</v>
       </c>
       <c r="K404" t="s">
-        <v>2725</v>
+        <v>2745</v>
       </c>
       <c r="L404" t="s">
-        <v>2726</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="405" spans="1:12">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405" t="s">
-        <v>2727</v>
+        <v>2747</v>
       </c>
       <c r="C405" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D405" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="E405">
         <v>2026</v>
       </c>
       <c r="F405" t="s">
-        <v>2728</v>
+        <v>2748</v>
       </c>
       <c r="G405"/>
       <c r="H405" t="s">
-        <v>92</v>
+        <v>314</v>
       </c>
       <c r="I405" t="s">
-        <v>2729</v>
+        <v>2749</v>
       </c>
       <c r="J405" t="s">
-        <v>2730</v>
+        <v>2750</v>
       </c>
       <c r="K405" t="s">
-        <v>2731</v>
+        <v>2751</v>
       </c>
       <c r="L405" t="s">
-        <v>2732</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406" t="s">
-        <v>2733</v>
+        <v>2753</v>
       </c>
       <c r="C406" t="s">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="D406" t="s">
-        <v>333</v>
+        <v>363</v>
       </c>
       <c r="E406">
-        <v>2026</v>
+        <v>1962</v>
       </c>
       <c r="F406" t="s">
-        <v>2734</v>
-[...3 lines deleted...]
-        <v>319</v>
+        <v>2754</v>
+      </c>
+      <c r="G406" t="s">
+        <v>2755</v>
+      </c>
+      <c r="H406">
+        <v>77</v>
       </c>
       <c r="I406" t="s">
-        <v>2735</v>
+        <v>2756</v>
       </c>
       <c r="J406" t="s">
-        <v>2736</v>
-[...3 lines deleted...]
-      </c>
+        <v>2757</v>
+      </c>
+      <c r="K406"/>
       <c r="L406" t="s">
-        <v>2738</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="407" spans="1:12">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407" t="s">
-        <v>2739</v>
+        <v>2759</v>
       </c>
       <c r="C407" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D407" t="s">
-        <v>366</v>
+        <v>75</v>
       </c>
       <c r="E407">
-        <v>1962</v>
+        <v>1970</v>
       </c>
       <c r="F407" t="s">
-        <v>2740</v>
-[...5 lines deleted...]
-        <v>77</v>
+        <v>2760</v>
+      </c>
+      <c r="G407"/>
+      <c r="H407" t="s">
+        <v>2761</v>
       </c>
       <c r="I407" t="s">
-        <v>2742</v>
+        <v>2762</v>
       </c>
       <c r="J407" t="s">
-        <v>2743</v>
+        <v>2763</v>
       </c>
       <c r="K407"/>
       <c r="L407" t="s">
-        <v>2744</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="408" spans="1:12">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408" t="s">
-        <v>2745</v>
+        <v>2765</v>
       </c>
       <c r="C408" t="s">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="D408" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E408">
         <v>1970</v>
       </c>
       <c r="F408" t="s">
-        <v>2746</v>
+        <v>2766</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
-        <v>2747</v>
+        <v>2767</v>
       </c>
       <c r="I408" t="s">
-        <v>2748</v>
-[...4 lines deleted...]
-      <c r="K408"/>
+        <v>2768</v>
+      </c>
+      <c r="J408"/>
+      <c r="K408" t="s">
+        <v>2769</v>
+      </c>
       <c r="L408" t="s">
-        <v>2750</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="409" spans="1:12">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409" t="s">
-        <v>2751</v>
+        <v>2771</v>
       </c>
       <c r="C409" t="s">
-        <v>194</v>
+        <v>2772</v>
       </c>
       <c r="D409" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E409">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F409" t="s">
-        <v>2752</v>
+        <v>2773</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
-        <v>2753</v>
-[...4 lines deleted...]
-      <c r="J409"/>
+        <v>87</v>
+      </c>
+      <c r="I409"/>
+      <c r="J409" t="s">
+        <v>2774</v>
+      </c>
       <c r="K409" t="s">
-        <v>2755</v>
+        <v>2775</v>
       </c>
       <c r="L409" t="s">
-        <v>2756</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="410" spans="1:12">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410" t="s">
-        <v>2757</v>
+        <v>2777</v>
       </c>
       <c r="C410" t="s">
-        <v>2758</v>
+        <v>251</v>
       </c>
       <c r="D410" t="s">
-        <v>80</v>
+        <v>234</v>
       </c>
       <c r="E410">
         <v>2026</v>
       </c>
       <c r="F410" t="s">
-        <v>2759</v>
+        <v>2778</v>
       </c>
       <c r="G410"/>
       <c r="H410" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="I410"/>
+        <v>17</v>
+      </c>
+      <c r="I410" t="s">
+        <v>2779</v>
+      </c>
       <c r="J410" t="s">
-        <v>2760</v>
+        <v>2780</v>
       </c>
       <c r="K410" t="s">
-        <v>2761</v>
+        <v>2781</v>
       </c>
       <c r="L410" t="s">
-        <v>2762</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="411" spans="1:12">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411" t="s">
-        <v>2763</v>
+        <v>2783</v>
       </c>
       <c r="C411" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D411" t="s">
-        <v>239</v>
+        <v>2784</v>
       </c>
       <c r="E411">
         <v>2026</v>
       </c>
       <c r="F411" t="s">
-        <v>2764</v>
-[...1 lines deleted...]
-      <c r="G411"/>
+        <v>2778</v>
+      </c>
+      <c r="G411" t="s">
+        <v>2785</v>
+      </c>
       <c r="H411" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I411" t="s">
-        <v>2765</v>
+        <v>2779</v>
       </c>
       <c r="J411" t="s">
-        <v>2766</v>
+        <v>2786</v>
       </c>
       <c r="K411" t="s">
-        <v>2767</v>
-[...3 lines deleted...]
-      </c>
+        <v>2781</v>
+      </c>
+      <c r="L411"/>
     </row>
     <row r="412" spans="1:12">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412" t="s">
-        <v>2769</v>
+        <v>2787</v>
       </c>
       <c r="C412" t="s">
-        <v>256</v>
+        <v>23</v>
       </c>
       <c r="D412" t="s">
-        <v>2770</v>
+        <v>118</v>
       </c>
       <c r="E412">
         <v>2026</v>
       </c>
       <c r="F412" t="s">
-        <v>2764</v>
-[...3 lines deleted...]
-      </c>
+        <v>2788</v>
+      </c>
+      <c r="G412"/>
       <c r="H412" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I412"/>
       <c r="J412" t="s">
-        <v>2772</v>
+        <v>2789</v>
       </c>
       <c r="K412" t="s">
-        <v>2767</v>
-[...1 lines deleted...]
-      <c r="L412"/>
+        <v>2790</v>
+      </c>
+      <c r="L412" t="s">
+        <v>2791</v>
+      </c>
     </row>
     <row r="413" spans="1:12">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413" t="s">
-        <v>2773</v>
+        <v>2792</v>
       </c>
       <c r="C413" t="s">
-        <v>29</v>
+        <v>628</v>
       </c>
       <c r="D413" t="s">
-        <v>123</v>
+        <v>2793</v>
       </c>
       <c r="E413">
         <v>2026</v>
       </c>
       <c r="F413" t="s">
-        <v>2774</v>
-[...1 lines deleted...]
-      <c r="G413"/>
+        <v>2794</v>
+      </c>
+      <c r="G413" t="s">
+        <v>2795</v>
+      </c>
       <c r="H413" t="s">
-        <v>189</v>
+        <v>149</v>
       </c>
       <c r="I413"/>
-      <c r="J413" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J413"/>
       <c r="K413" t="s">
-        <v>2776</v>
+        <v>2796</v>
       </c>
       <c r="L413" t="s">
-        <v>2777</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="414" spans="1:12">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="C414" t="s">
-        <v>631</v>
+        <v>83</v>
       </c>
       <c r="D414" t="s">
-        <v>2779</v>
+        <v>397</v>
       </c>
       <c r="E414">
         <v>2026</v>
       </c>
       <c r="F414" t="s">
-        <v>2780</v>
+        <v>2799</v>
       </c>
       <c r="G414" t="s">
-        <v>2781</v>
+        <v>2800</v>
       </c>
       <c r="H414" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-      <c r="J414"/>
+        <v>2233</v>
+      </c>
+      <c r="I414" t="s">
+        <v>2801</v>
+      </c>
+      <c r="J414" t="s">
+        <v>2802</v>
+      </c>
       <c r="K414" t="s">
-        <v>2782</v>
+        <v>2803</v>
       </c>
       <c r="L414" t="s">
-        <v>2783</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="415" spans="1:12">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415" t="s">
-        <v>2784</v>
+        <v>2805</v>
       </c>
       <c r="C415" t="s">
-        <v>88</v>
+        <v>2806</v>
       </c>
       <c r="D415" t="s">
-        <v>400</v>
+        <v>2807</v>
       </c>
       <c r="E415">
         <v>2026</v>
       </c>
       <c r="F415" t="s">
-        <v>2785</v>
-[...3 lines deleted...]
-      </c>
+        <v>2808</v>
+      </c>
+      <c r="G415"/>
       <c r="H415" t="s">
-        <v>2225</v>
+        <v>215</v>
       </c>
       <c r="I415" t="s">
-        <v>2787</v>
+        <v>2809</v>
       </c>
       <c r="J415" t="s">
-        <v>2788</v>
+        <v>2810</v>
       </c>
       <c r="K415" t="s">
-        <v>2789</v>
+        <v>2811</v>
       </c>
       <c r="L415" t="s">
-        <v>2790</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="416" spans="1:12">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>2791</v>
+        <v>2813</v>
       </c>
       <c r="C416" t="s">
-        <v>2792</v>
+        <v>111</v>
       </c>
       <c r="D416" t="s">
-        <v>2793</v>
+        <v>118</v>
       </c>
       <c r="E416">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F416" t="s">
-        <v>2794</v>
+        <v>2814</v>
       </c>
       <c r="G416"/>
       <c r="H416" t="s">
-        <v>220</v>
+        <v>2815</v>
       </c>
       <c r="I416" t="s">
-        <v>2795</v>
+        <v>2816</v>
       </c>
       <c r="J416" t="s">
-        <v>2796</v>
+        <v>2817</v>
       </c>
       <c r="K416" t="s">
-        <v>2797</v>
+        <v>2818</v>
       </c>
       <c r="L416" t="s">
-        <v>2798</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="417" spans="1:12">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417" t="s">
-        <v>2799</v>
+        <v>2820</v>
       </c>
       <c r="C417" t="s">
-        <v>116</v>
+        <v>23</v>
       </c>
       <c r="D417" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="E417">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F417" t="s">
-        <v>2800</v>
+        <v>2821</v>
       </c>
       <c r="G417"/>
       <c r="H417" t="s">
-        <v>2801</v>
-[...3 lines deleted...]
-      </c>
+        <v>1729</v>
+      </c>
+      <c r="I417"/>
       <c r="J417" t="s">
-        <v>2803</v>
+        <v>2822</v>
       </c>
       <c r="K417" t="s">
-        <v>2804</v>
+        <v>2823</v>
       </c>
       <c r="L417" t="s">
-        <v>2805</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="418" spans="1:12">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
-        <v>2806</v>
+        <v>2825</v>
       </c>
       <c r="C418" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D418" t="s">
-        <v>80</v>
+        <v>1458</v>
       </c>
       <c r="E418">
         <v>2026</v>
       </c>
       <c r="F418" t="s">
-        <v>2807</v>
+        <v>2826</v>
       </c>
       <c r="G418"/>
       <c r="H418" t="s">
-        <v>1723</v>
-[...1 lines deleted...]
-      <c r="I418"/>
+        <v>2827</v>
+      </c>
+      <c r="I418" t="s">
+        <v>2828</v>
+      </c>
       <c r="J418" t="s">
-        <v>2808</v>
+        <v>2829</v>
       </c>
       <c r="K418" t="s">
-        <v>2809</v>
+        <v>2830</v>
       </c>
       <c r="L418" t="s">
-        <v>2810</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419" t="s">
-        <v>2811</v>
+        <v>2832</v>
       </c>
       <c r="C419" t="s">
         <v>29</v>
       </c>
       <c r="D419" t="s">
-        <v>1453</v>
+        <v>39</v>
       </c>
       <c r="E419">
-        <v>2026</v>
+        <v>1989</v>
       </c>
       <c r="F419" t="s">
-        <v>2812</v>
+        <v>2833</v>
       </c>
       <c r="G419"/>
       <c r="H419" t="s">
-        <v>2813</v>
+        <v>2834</v>
       </c>
       <c r="I419" t="s">
-        <v>2814</v>
+        <v>2835</v>
       </c>
       <c r="J419" t="s">
-        <v>2815</v>
+        <v>2836</v>
       </c>
       <c r="K419" t="s">
-        <v>2816</v>
+        <v>2837</v>
       </c>
       <c r="L419" t="s">
-        <v>2817</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="420" spans="1:12">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420" t="s">
-        <v>2818</v>
+        <v>2839</v>
       </c>
       <c r="C420" t="s">
-        <v>13</v>
+        <v>2840</v>
       </c>
       <c r="D420" t="s">
-        <v>44</v>
+        <v>800</v>
       </c>
       <c r="E420">
-        <v>1989</v>
+        <v>1970</v>
       </c>
       <c r="F420" t="s">
-        <v>2819</v>
+        <v>2841</v>
       </c>
       <c r="G420"/>
       <c r="H420" t="s">
-        <v>2820</v>
+        <v>2842</v>
       </c>
       <c r="I420" t="s">
-        <v>2821</v>
+        <v>2843</v>
       </c>
       <c r="J420" t="s">
-        <v>2822</v>
+        <v>2844</v>
       </c>
       <c r="K420" t="s">
-        <v>2823</v>
+        <v>2845</v>
       </c>
       <c r="L420" t="s">
-        <v>2824</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="421" spans="1:12">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421" t="s">
-        <v>2825</v>
+        <v>2847</v>
       </c>
       <c r="C421" t="s">
-        <v>2826</v>
+        <v>29</v>
       </c>
       <c r="D421" t="s">
-        <v>803</v>
+        <v>39</v>
       </c>
       <c r="E421">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F421" t="s">
-        <v>2827</v>
+        <v>2848</v>
       </c>
       <c r="G421"/>
       <c r="H421" t="s">
-        <v>2828</v>
+        <v>1155</v>
       </c>
       <c r="I421" t="s">
-        <v>2829</v>
+        <v>2849</v>
       </c>
       <c r="J421" t="s">
-        <v>2830</v>
+        <v>2850</v>
       </c>
       <c r="K421" t="s">
-        <v>2831</v>
+        <v>2851</v>
       </c>
       <c r="L421" t="s">
-        <v>2832</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="422" spans="1:12">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
-        <v>2833</v>
+        <v>2853</v>
       </c>
       <c r="C422" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D422" t="s">
-        <v>44</v>
+        <v>800</v>
       </c>
       <c r="E422">
         <v>2026</v>
       </c>
       <c r="F422" t="s">
-        <v>2834</v>
-[...1 lines deleted...]
-      <c r="G422"/>
+        <v>2854</v>
+      </c>
+      <c r="G422" t="s">
+        <v>2855</v>
+      </c>
       <c r="H422" t="s">
-        <v>1153</v>
+        <v>939</v>
       </c>
       <c r="I422" t="s">
-        <v>2835</v>
+        <v>2856</v>
       </c>
       <c r="J422" t="s">
-        <v>2836</v>
+        <v>2857</v>
       </c>
       <c r="K422" t="s">
-        <v>2837</v>
+        <v>2858</v>
       </c>
       <c r="L422" t="s">
-        <v>2838</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="423" spans="1:12">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
-        <v>2839</v>
+        <v>2860</v>
       </c>
       <c r="C423" t="s">
-        <v>29</v>
+        <v>2861</v>
       </c>
       <c r="D423" t="s">
-        <v>803</v>
+        <v>24</v>
       </c>
       <c r="E423">
         <v>2026</v>
       </c>
-      <c r="F423" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F423"/>
+      <c r="G423"/>
       <c r="H423" t="s">
-        <v>937</v>
-[...3 lines deleted...]
-      </c>
+        <v>2862</v>
+      </c>
+      <c r="I423"/>
       <c r="J423" t="s">
-        <v>2843</v>
+        <v>2863</v>
       </c>
       <c r="K423" t="s">
-        <v>2844</v>
+        <v>2864</v>
       </c>
       <c r="L423" t="s">
-        <v>2845</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="424" spans="1:12">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
-        <v>2846</v>
+        <v>2866</v>
       </c>
       <c r="C424" t="s">
-        <v>2847</v>
+        <v>65</v>
       </c>
       <c r="D424" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="E424">
         <v>2026</v>
       </c>
-      <c r="F424"/>
+      <c r="F424" t="s">
+        <v>2867</v>
+      </c>
       <c r="G424"/>
       <c r="H424" t="s">
-        <v>2848</v>
-[...1 lines deleted...]
-      <c r="I424"/>
+        <v>794</v>
+      </c>
+      <c r="I424" t="s">
+        <v>2868</v>
+      </c>
       <c r="J424" t="s">
-        <v>2849</v>
+        <v>2869</v>
       </c>
       <c r="K424" t="s">
-        <v>2850</v>
+        <v>2870</v>
       </c>
       <c r="L424" t="s">
-        <v>2851</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="425" spans="1:12">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
-        <v>2852</v>
+        <v>2872</v>
       </c>
       <c r="C425" t="s">
-        <v>70</v>
+        <v>2873</v>
       </c>
       <c r="D425" t="s">
-        <v>80</v>
+        <v>502</v>
       </c>
       <c r="E425">
         <v>2026</v>
       </c>
       <c r="F425" t="s">
-        <v>2853</v>
-[...1 lines deleted...]
-      <c r="G425"/>
+        <v>2874</v>
+      </c>
+      <c r="G425" t="s">
+        <v>2875</v>
+      </c>
       <c r="H425" t="s">
-        <v>797</v>
+        <v>736</v>
       </c>
       <c r="I425" t="s">
-        <v>2854</v>
+        <v>2876</v>
       </c>
       <c r="J425" t="s">
-        <v>2855</v>
+        <v>2877</v>
       </c>
       <c r="K425" t="s">
-        <v>2856</v>
+        <v>2878</v>
       </c>
       <c r="L425" t="s">
-        <v>2857</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="426" spans="1:12">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
-        <v>2858</v>
+        <v>2880</v>
       </c>
       <c r="C426" t="s">
-        <v>2859</v>
+        <v>65</v>
       </c>
       <c r="D426" t="s">
-        <v>505</v>
+        <v>234</v>
       </c>
       <c r="E426">
         <v>2026</v>
       </c>
       <c r="F426" t="s">
-        <v>2860</v>
+        <v>2881</v>
       </c>
       <c r="G426" t="s">
-        <v>2861</v>
+        <v>2882</v>
       </c>
       <c r="H426" t="s">
-        <v>739</v>
+        <v>68</v>
       </c>
       <c r="I426" t="s">
-        <v>2862</v>
+        <v>2883</v>
       </c>
       <c r="J426" t="s">
-        <v>2863</v>
+        <v>2884</v>
       </c>
       <c r="K426" t="s">
-        <v>2864</v>
+        <v>2885</v>
       </c>
       <c r="L426" t="s">
-        <v>2865</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="427" spans="1:12">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
-        <v>2866</v>
+        <v>2887</v>
       </c>
       <c r="C427" t="s">
-        <v>70</v>
+        <v>298</v>
       </c>
       <c r="D427" t="s">
-        <v>239</v>
+        <v>75</v>
       </c>
       <c r="E427">
         <v>2026</v>
       </c>
       <c r="F427" t="s">
-        <v>2867</v>
-[...3 lines deleted...]
-      </c>
+        <v>2888</v>
+      </c>
+      <c r="G427"/>
       <c r="H427" t="s">
-        <v>73</v>
+        <v>908</v>
       </c>
       <c r="I427" t="s">
-        <v>2869</v>
+        <v>2889</v>
       </c>
       <c r="J427" t="s">
-        <v>2870</v>
+        <v>2890</v>
       </c>
       <c r="K427" t="s">
-        <v>2871</v>
+        <v>2891</v>
       </c>
       <c r="L427" t="s">
-        <v>2872</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="428" spans="1:12">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
-        <v>2873</v>
+        <v>2893</v>
       </c>
       <c r="C428" t="s">
-        <v>303</v>
+        <v>65</v>
       </c>
       <c r="D428" t="s">
-        <v>80</v>
+        <v>2894</v>
       </c>
       <c r="E428">
         <v>2026</v>
       </c>
       <c r="F428" t="s">
-        <v>2874</v>
-[...1 lines deleted...]
-      <c r="G428"/>
+        <v>2895</v>
+      </c>
+      <c r="G428" t="s">
+        <v>2896</v>
+      </c>
       <c r="H428" t="s">
-        <v>907</v>
-[...6 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="I428"/>
+      <c r="J428"/>
       <c r="K428" t="s">
-        <v>2877</v>
+        <v>2897</v>
       </c>
       <c r="L428" t="s">
-        <v>2878</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="429" spans="1:12">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
-        <v>2879</v>
+        <v>2899</v>
       </c>
       <c r="C429" t="s">
-        <v>70</v>
+        <v>251</v>
       </c>
       <c r="D429" t="s">
-        <v>2880</v>
+        <v>75</v>
       </c>
       <c r="E429">
         <v>2026</v>
       </c>
       <c r="F429" t="s">
-        <v>2881</v>
-[...3 lines deleted...]
-      </c>
+        <v>2900</v>
+      </c>
+      <c r="G429"/>
       <c r="H429" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-      <c r="J429"/>
+        <v>87</v>
+      </c>
+      <c r="I429" t="s">
+        <v>2901</v>
+      </c>
+      <c r="J429" t="s">
+        <v>2902</v>
+      </c>
       <c r="K429" t="s">
-        <v>2883</v>
+        <v>2903</v>
       </c>
       <c r="L429" t="s">
-        <v>2884</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="430" spans="1:12">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
-        <v>2885</v>
+        <v>2905</v>
       </c>
       <c r="C430" t="s">
-        <v>256</v>
+        <v>38</v>
       </c>
       <c r="D430" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E430">
         <v>2026</v>
       </c>
-      <c r="F430" t="s">
-[...2 lines deleted...]
-      <c r="G430"/>
+      <c r="F430">
+        <v>303</v>
+      </c>
+      <c r="G430" t="s">
+        <v>2906</v>
+      </c>
       <c r="H430" t="s">
-        <v>92</v>
+        <v>1060</v>
       </c>
       <c r="I430" t="s">
-        <v>2887</v>
+        <v>2907</v>
       </c>
       <c r="J430" t="s">
-        <v>2888</v>
+        <v>2908</v>
       </c>
       <c r="K430" t="s">
-        <v>2889</v>
+        <v>2909</v>
       </c>
       <c r="L430" t="s">
-        <v>2890</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="431" spans="1:12">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
-        <v>2891</v>
+        <v>2911</v>
       </c>
       <c r="C431" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="D431" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="E431">
         <v>2026</v>
       </c>
-      <c r="F431">
-[...4 lines deleted...]
-      </c>
+      <c r="F431" t="s">
+        <v>2912</v>
+      </c>
+      <c r="G431"/>
       <c r="H431" t="s">
-        <v>1058</v>
-[...3 lines deleted...]
-      </c>
+        <v>778</v>
+      </c>
+      <c r="I431"/>
       <c r="J431" t="s">
-        <v>2894</v>
-[...3 lines deleted...]
-      </c>
+        <v>2913</v>
+      </c>
+      <c r="K431"/>
       <c r="L431" t="s">
-        <v>2896</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="432" spans="1:12">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>2897</v>
+        <v>2915</v>
       </c>
       <c r="C432" t="s">
-        <v>29</v>
+        <v>487</v>
       </c>
       <c r="D432" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="E432">
         <v>2026</v>
       </c>
-      <c r="F432" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F432"/>
       <c r="G432"/>
       <c r="H432" t="s">
-        <v>781</v>
-[...1 lines deleted...]
-      <c r="I432"/>
+        <v>17</v>
+      </c>
+      <c r="I432" t="s">
+        <v>2916</v>
+      </c>
       <c r="J432" t="s">
-        <v>2899</v>
+        <v>2917</v>
       </c>
       <c r="K432"/>
       <c r="L432" t="s">
-        <v>2900</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="433" spans="1:12">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
-        <v>2901</v>
+        <v>2919</v>
       </c>
       <c r="C433" t="s">
-        <v>490</v>
+        <v>189</v>
       </c>
       <c r="D433" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="E433">
         <v>2026</v>
       </c>
-      <c r="F433"/>
+      <c r="F433" t="s">
+        <v>2920</v>
+      </c>
       <c r="G433"/>
       <c r="H433" t="s">
-        <v>23</v>
+        <v>2921</v>
       </c>
       <c r="I433" t="s">
-        <v>2902</v>
+        <v>2922</v>
       </c>
       <c r="J433" t="s">
-        <v>2903</v>
+        <v>2923</v>
       </c>
       <c r="K433"/>
       <c r="L433" t="s">
-        <v>2904</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="434" spans="1:12">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
-        <v>2905</v>
+        <v>2925</v>
       </c>
       <c r="C434" t="s">
-        <v>194</v>
+        <v>177</v>
       </c>
       <c r="D434" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E434">
         <v>2026</v>
       </c>
       <c r="F434" t="s">
-        <v>2906</v>
+        <v>2926</v>
       </c>
       <c r="G434"/>
       <c r="H434" t="s">
-        <v>2907</v>
-[...7 lines deleted...]
-      <c r="K434"/>
+        <v>107</v>
+      </c>
+      <c r="I434"/>
+      <c r="J434"/>
+      <c r="K434" t="s">
+        <v>2927</v>
+      </c>
       <c r="L434" t="s">
-        <v>2910</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="435" spans="1:12">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
-        <v>2911</v>
+        <v>2929</v>
       </c>
       <c r="C435" t="s">
-        <v>182</v>
+        <v>83</v>
       </c>
       <c r="D435" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E435">
         <v>2026</v>
       </c>
       <c r="F435" t="s">
-        <v>2912</v>
+        <v>2930</v>
       </c>
       <c r="G435"/>
       <c r="H435" t="s">
-        <v>112</v>
+        <v>2931</v>
       </c>
       <c r="I435"/>
       <c r="J435"/>
       <c r="K435" t="s">
-        <v>2913</v>
+        <v>2932</v>
       </c>
       <c r="L435" t="s">
-        <v>2914</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="436" spans="1:12">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
-        <v>2915</v>
-[...3 lines deleted...]
-      </c>
+        <v>2934</v>
+      </c>
+      <c r="C436"/>
       <c r="D436" t="s">
-        <v>44</v>
+        <v>2056</v>
       </c>
       <c r="E436">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F436" t="s">
-        <v>2916</v>
+        <v>2935</v>
       </c>
       <c r="G436"/>
       <c r="H436" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="I436"/>
       <c r="J436"/>
       <c r="K436" t="s">
-        <v>2918</v>
+        <v>2937</v>
       </c>
       <c r="L436" t="s">
-        <v>2919</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="437" spans="1:12">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
-        <v>2920</v>
-[...1 lines deleted...]
-      <c r="C437"/>
+        <v>2939</v>
+      </c>
+      <c r="C437" t="s">
+        <v>2940</v>
+      </c>
       <c r="D437" t="s">
-        <v>2048</v>
+        <v>234</v>
       </c>
       <c r="E437">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F437" t="s">
-        <v>2921</v>
-[...1 lines deleted...]
-      <c r="G437"/>
+        <v>2941</v>
+      </c>
+      <c r="G437" t="s">
+        <v>2942</v>
+      </c>
       <c r="H437" t="s">
-        <v>2922</v>
-[...1 lines deleted...]
-      <c r="I437"/>
+        <v>582</v>
+      </c>
+      <c r="I437" t="s">
+        <v>2943</v>
+      </c>
       <c r="J437"/>
-      <c r="K437" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K437"/>
       <c r="L437" t="s">
-        <v>2924</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="438" spans="1:12">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
-        <v>2925</v>
+        <v>2945</v>
       </c>
       <c r="C438" t="s">
-        <v>2926</v>
+        <v>1127</v>
       </c>
       <c r="D438" t="s">
-        <v>239</v>
+        <v>2946</v>
       </c>
       <c r="E438">
         <v>2026</v>
       </c>
       <c r="F438" t="s">
-        <v>2927</v>
+        <v>2947</v>
       </c>
       <c r="G438" t="s">
-        <v>2928</v>
+        <v>2948</v>
       </c>
       <c r="H438" t="s">
-        <v>585</v>
+        <v>1040</v>
       </c>
       <c r="I438" t="s">
-        <v>2929</v>
-[...2 lines deleted...]
-      <c r="K438"/>
+        <v>2949</v>
+      </c>
+      <c r="J438" t="s">
+        <v>2950</v>
+      </c>
+      <c r="K438" t="s">
+        <v>2951</v>
+      </c>
       <c r="L438" t="s">
-        <v>2930</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="439" spans="1:12">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
-        <v>2931</v>
+        <v>2953</v>
       </c>
       <c r="C439" t="s">
-        <v>1125</v>
+        <v>65</v>
       </c>
       <c r="D439" t="s">
-        <v>2932</v>
+        <v>2405</v>
       </c>
       <c r="E439">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F439" t="s">
-        <v>2933</v>
-[...3 lines deleted...]
-      </c>
+        <v>2954</v>
+      </c>
+      <c r="G439"/>
       <c r="H439" t="s">
-        <v>1038</v>
+        <v>2955</v>
       </c>
       <c r="I439" t="s">
-        <v>2935</v>
+        <v>2956</v>
       </c>
       <c r="J439" t="s">
-        <v>2936</v>
+        <v>2957</v>
       </c>
       <c r="K439" t="s">
-        <v>2937</v>
+        <v>2958</v>
       </c>
       <c r="L439" t="s">
-        <v>2938</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="440" spans="1:12">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
-        <v>2939</v>
+        <v>2960</v>
       </c>
       <c r="C440" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="D440" t="s">
-        <v>2397</v>
+        <v>206</v>
       </c>
       <c r="E440">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F440" t="s">
-        <v>2940</v>
-[...1 lines deleted...]
-      <c r="G440"/>
+        <v>2961</v>
+      </c>
+      <c r="G440" t="s">
+        <v>2962</v>
+      </c>
       <c r="H440" t="s">
-        <v>2941</v>
+        <v>2963</v>
       </c>
       <c r="I440" t="s">
-        <v>2942</v>
+        <v>2964</v>
       </c>
       <c r="J440" t="s">
-        <v>2943</v>
+        <v>2965</v>
       </c>
       <c r="K440" t="s">
-        <v>2944</v>
+        <v>2966</v>
       </c>
       <c r="L440" t="s">
-        <v>2945</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
-        <v>2946</v>
+        <v>2968</v>
       </c>
       <c r="C441" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="D441" t="s">
-        <v>211</v>
+        <v>388</v>
       </c>
       <c r="E441">
         <v>2026</v>
       </c>
       <c r="F441" t="s">
-        <v>2947</v>
+        <v>2969</v>
       </c>
       <c r="G441" t="s">
-        <v>2948</v>
+        <v>2970</v>
       </c>
       <c r="H441" t="s">
-        <v>2949</v>
+        <v>2971</v>
       </c>
       <c r="I441" t="s">
-        <v>2950</v>
+        <v>2972</v>
       </c>
       <c r="J441" t="s">
-        <v>2951</v>
+        <v>2973</v>
       </c>
       <c r="K441" t="s">
-        <v>2952</v>
+        <v>2974</v>
       </c>
       <c r="L441" t="s">
-        <v>2953</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
-        <v>2954</v>
+        <v>2976</v>
       </c>
       <c r="C442" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="D442" t="s">
-        <v>391</v>
+        <v>39</v>
       </c>
       <c r="E442">
-        <v>2026</v>
+        <v>1997</v>
       </c>
       <c r="F442" t="s">
-        <v>2955</v>
-[...3 lines deleted...]
-      </c>
+        <v>2977</v>
+      </c>
+      <c r="G442"/>
       <c r="H442" t="s">
-        <v>2957</v>
+        <v>157</v>
       </c>
       <c r="I442" t="s">
-        <v>2958</v>
+        <v>2978</v>
       </c>
       <c r="J442" t="s">
-        <v>2959</v>
+        <v>2979</v>
       </c>
       <c r="K442" t="s">
-        <v>2960</v>
+        <v>2980</v>
       </c>
       <c r="L442" t="s">
-        <v>2961</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
-        <v>2962</v>
+        <v>2982</v>
       </c>
       <c r="C443" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="D443" t="s">
-        <v>44</v>
+        <v>234</v>
       </c>
       <c r="E443">
-        <v>1997</v>
+        <v>2026</v>
       </c>
       <c r="F443" t="s">
-        <v>2963</v>
-[...1 lines deleted...]
-      <c r="G443"/>
+        <v>2983</v>
+      </c>
+      <c r="G443" t="s">
+        <v>2984</v>
+      </c>
       <c r="H443" t="s">
-        <v>162</v>
+        <v>68</v>
       </c>
       <c r="I443" t="s">
-        <v>2964</v>
+        <v>2985</v>
       </c>
       <c r="J443" t="s">
-        <v>2965</v>
+        <v>2986</v>
       </c>
       <c r="K443" t="s">
-        <v>2966</v>
+        <v>2987</v>
       </c>
       <c r="L443" t="s">
-        <v>2967</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
-        <v>2968</v>
+        <v>2989</v>
       </c>
       <c r="C444" t="s">
-        <v>70</v>
+        <v>2990</v>
       </c>
       <c r="D444" t="s">
-        <v>239</v>
+        <v>2991</v>
       </c>
       <c r="E444">
         <v>2026</v>
       </c>
       <c r="F444" t="s">
-        <v>2969</v>
-[...3 lines deleted...]
-      </c>
+        <v>2992</v>
+      </c>
+      <c r="G444"/>
       <c r="H444" t="s">
-        <v>73</v>
+        <v>673</v>
       </c>
       <c r="I444" t="s">
-        <v>2971</v>
+        <v>2993</v>
       </c>
       <c r="J444" t="s">
-        <v>2972</v>
+        <v>2994</v>
       </c>
       <c r="K444" t="s">
-        <v>2973</v>
+        <v>2995</v>
       </c>
       <c r="L444" t="s">
-        <v>2974</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445" t="s">
-        <v>2975</v>
+        <v>2997</v>
       </c>
       <c r="C445" t="s">
-        <v>2976</v>
+        <v>83</v>
       </c>
       <c r="D445" t="s">
-        <v>2977</v>
+        <v>39</v>
       </c>
       <c r="E445">
         <v>2026</v>
       </c>
       <c r="F445" t="s">
-        <v>2978</v>
+        <v>2998</v>
       </c>
       <c r="G445"/>
       <c r="H445" t="s">
-        <v>676</v>
-[...3 lines deleted...]
-      </c>
+        <v>2999</v>
+      </c>
+      <c r="I445"/>
       <c r="J445" t="s">
-        <v>2980</v>
+        <v>3000</v>
       </c>
       <c r="K445" t="s">
-        <v>2981</v>
+        <v>3001</v>
       </c>
       <c r="L445" t="s">
-        <v>2982</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="446" spans="1:12">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446" t="s">
-        <v>2983</v>
+        <v>3003</v>
       </c>
       <c r="C446" t="s">
-        <v>88</v>
+        <v>2772</v>
       </c>
       <c r="D446" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E446">
         <v>2026</v>
       </c>
       <c r="F446" t="s">
-        <v>2984</v>
-[...1 lines deleted...]
-      <c r="G446"/>
+        <v>3004</v>
+      </c>
+      <c r="G446" t="s">
+        <v>3005</v>
+      </c>
       <c r="H446" t="s">
-        <v>2985</v>
-[...1 lines deleted...]
-      <c r="I446"/>
+        <v>622</v>
+      </c>
+      <c r="I446" t="s">
+        <v>3006</v>
+      </c>
       <c r="J446" t="s">
-        <v>2986</v>
+        <v>3007</v>
       </c>
       <c r="K446" t="s">
-        <v>2987</v>
+        <v>3008</v>
       </c>
       <c r="L446" t="s">
-        <v>2988</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="447" spans="1:12">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447" t="s">
-        <v>2989</v>
+        <v>3010</v>
       </c>
       <c r="C447" t="s">
-        <v>2758</v>
+        <v>29</v>
       </c>
       <c r="D447" t="s">
-        <v>80</v>
+        <v>840</v>
       </c>
       <c r="E447">
         <v>2026</v>
       </c>
       <c r="F447" t="s">
-        <v>2990</v>
-[...3 lines deleted...]
-      </c>
+        <v>3011</v>
+      </c>
+      <c r="G447"/>
       <c r="H447" t="s">
-        <v>625</v>
+        <v>3012</v>
       </c>
       <c r="I447" t="s">
-        <v>2992</v>
+        <v>3013</v>
       </c>
       <c r="J447" t="s">
-        <v>2993</v>
-[...3 lines deleted...]
-      </c>
+        <v>3014</v>
+      </c>
+      <c r="K447"/>
       <c r="L447" t="s">
-        <v>2995</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448" t="s">
-        <v>2996</v>
+        <v>3016</v>
       </c>
       <c r="C448" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="D448" t="s">
-        <v>839</v>
+        <v>502</v>
       </c>
       <c r="E448">
         <v>2026</v>
       </c>
       <c r="F448" t="s">
-        <v>2997</v>
-[...1 lines deleted...]
-      <c r="G448"/>
+        <v>3017</v>
+      </c>
+      <c r="G448" t="s">
+        <v>3018</v>
+      </c>
       <c r="H448" t="s">
-        <v>2998</v>
+        <v>149</v>
       </c>
       <c r="I448" t="s">
-        <v>2999</v>
+        <v>3019</v>
       </c>
       <c r="J448" t="s">
-        <v>3000</v>
-[...1 lines deleted...]
-      <c r="K448"/>
+        <v>3020</v>
+      </c>
+      <c r="K448" t="s">
+        <v>3021</v>
+      </c>
       <c r="L448" t="s">
-        <v>3001</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449" t="s">
-        <v>3002</v>
+        <v>3023</v>
       </c>
       <c r="C449" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D449" t="s">
-        <v>505</v>
+        <v>39</v>
       </c>
       <c r="E449">
         <v>2026</v>
       </c>
       <c r="F449" t="s">
-        <v>3003</v>
-[...3 lines deleted...]
-      </c>
+        <v>3024</v>
+      </c>
+      <c r="G449"/>
       <c r="H449" t="s">
-        <v>154</v>
-[...6 lines deleted...]
-      </c>
+        <v>786</v>
+      </c>
+      <c r="I449"/>
+      <c r="J449"/>
       <c r="K449" t="s">
-        <v>3007</v>
+        <v>3025</v>
       </c>
       <c r="L449" t="s">
-        <v>3008</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450" t="s">
-        <v>3009</v>
+        <v>3027</v>
       </c>
       <c r="C450" t="s">
-        <v>29</v>
+        <v>3028</v>
       </c>
       <c r="D450" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="E450">
         <v>2026</v>
       </c>
       <c r="F450" t="s">
-        <v>3010</v>
-[...1 lines deleted...]
-      <c r="G450"/>
+        <v>3029</v>
+      </c>
+      <c r="G450" t="s">
+        <v>3030</v>
+      </c>
       <c r="H450" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-      <c r="J450"/>
+        <v>149</v>
+      </c>
+      <c r="I450" t="s">
+        <v>3031</v>
+      </c>
+      <c r="J450" t="s">
+        <v>3032</v>
+      </c>
       <c r="K450" t="s">
-        <v>3011</v>
+        <v>3033</v>
       </c>
       <c r="L450" t="s">
-        <v>3012</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451" t="s">
-        <v>3013</v>
+        <v>3035</v>
       </c>
       <c r="C451" t="s">
-        <v>3014</v>
+        <v>83</v>
       </c>
       <c r="D451" t="s">
-        <v>20</v>
+        <v>3036</v>
       </c>
       <c r="E451">
         <v>2026</v>
       </c>
       <c r="F451" t="s">
-        <v>3015</v>
+        <v>3037</v>
       </c>
       <c r="G451" t="s">
-        <v>3016</v>
+        <v>3038</v>
       </c>
       <c r="H451" t="s">
-        <v>154</v>
+        <v>973</v>
       </c>
       <c r="I451" t="s">
-        <v>3017</v>
+        <v>3039</v>
       </c>
       <c r="J451" t="s">
-        <v>3018</v>
+        <v>3040</v>
       </c>
       <c r="K451" t="s">
-        <v>3019</v>
+        <v>3041</v>
       </c>
       <c r="L451" t="s">
-        <v>3020</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452" t="s">
-        <v>3021</v>
+        <v>3043</v>
       </c>
       <c r="C452" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D452" t="s">
-        <v>3022</v>
+        <v>905</v>
       </c>
       <c r="E452">
         <v>2026</v>
       </c>
       <c r="F452" t="s">
-        <v>3023</v>
+        <v>3044</v>
       </c>
       <c r="G452" t="s">
-        <v>3024</v>
+        <v>3045</v>
       </c>
       <c r="H452" t="s">
-        <v>971</v>
+        <v>722</v>
       </c>
       <c r="I452" t="s">
-        <v>3025</v>
+        <v>3046</v>
       </c>
       <c r="J452" t="s">
-        <v>3026</v>
+        <v>3047</v>
       </c>
       <c r="K452" t="s">
-        <v>3027</v>
+        <v>3048</v>
       </c>
       <c r="L452" t="s">
-        <v>3028</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453" t="s">
-        <v>3029</v>
+        <v>3050</v>
       </c>
       <c r="C453" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
       <c r="D453" t="s">
-        <v>904</v>
+        <v>397</v>
       </c>
       <c r="E453">
         <v>2026</v>
       </c>
       <c r="F453" t="s">
-        <v>3030</v>
+        <v>3051</v>
       </c>
       <c r="G453" t="s">
-        <v>3031</v>
+        <v>3052</v>
       </c>
       <c r="H453" t="s">
-        <v>725</v>
+        <v>331</v>
       </c>
       <c r="I453" t="s">
-        <v>3032</v>
+        <v>3053</v>
       </c>
       <c r="J453" t="s">
-        <v>3033</v>
+        <v>3054</v>
       </c>
       <c r="K453" t="s">
-        <v>3034</v>
+        <v>3055</v>
       </c>
       <c r="L453" t="s">
-        <v>3035</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="454" spans="1:12">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454" t="s">
-        <v>3036</v>
+        <v>3057</v>
       </c>
       <c r="C454" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D454" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="E454">
         <v>2026</v>
       </c>
       <c r="F454" t="s">
-        <v>3037</v>
+        <v>3058</v>
       </c>
       <c r="G454" t="s">
-        <v>3038</v>
+        <v>3059</v>
       </c>
       <c r="H454" t="s">
-        <v>336</v>
+        <v>526</v>
       </c>
       <c r="I454" t="s">
-        <v>3039</v>
+        <v>3060</v>
       </c>
       <c r="J454" t="s">
-        <v>3040</v>
+        <v>3061</v>
       </c>
       <c r="K454" t="s">
-        <v>3041</v>
+        <v>3062</v>
       </c>
       <c r="L454" t="s">
-        <v>3042</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455" t="s">
-        <v>3043</v>
+        <v>3064</v>
       </c>
       <c r="C455" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D455" t="s">
-        <v>400</v>
+        <v>75</v>
       </c>
       <c r="E455">
         <v>2026</v>
       </c>
       <c r="F455" t="s">
-        <v>3044</v>
-[...3 lines deleted...]
-      </c>
+        <v>3065</v>
+      </c>
+      <c r="G455"/>
       <c r="H455" t="s">
-        <v>529</v>
+        <v>848</v>
       </c>
       <c r="I455" t="s">
-        <v>3046</v>
+        <v>3066</v>
       </c>
       <c r="J455" t="s">
-        <v>3047</v>
+        <v>3067</v>
       </c>
       <c r="K455" t="s">
-        <v>3048</v>
+        <v>3068</v>
       </c>
       <c r="L455" t="s">
-        <v>3049</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456" t="s">
-        <v>3050</v>
-[...3 lines deleted...]
-      </c>
+        <v>3070</v>
+      </c>
+      <c r="C456"/>
       <c r="D456" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="E456">
         <v>2026</v>
       </c>
       <c r="F456" t="s">
-        <v>3051</v>
+        <v>3071</v>
       </c>
       <c r="G456"/>
       <c r="H456" t="s">
-        <v>847</v>
-[...3 lines deleted...]
-      </c>
+        <v>3072</v>
+      </c>
+      <c r="I456"/>
       <c r="J456" t="s">
-        <v>3053</v>
+        <v>3073</v>
       </c>
       <c r="K456" t="s">
-        <v>3054</v>
+        <v>3074</v>
       </c>
       <c r="L456" t="s">
-        <v>3055</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="457" spans="1:12">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457" t="s">
-        <v>3056</v>
-[...1 lines deleted...]
-      <c r="C457"/>
+        <v>3076</v>
+      </c>
+      <c r="C457" t="s">
+        <v>251</v>
+      </c>
       <c r="D457" t="s">
-        <v>30</v>
+        <v>363</v>
       </c>
       <c r="E457">
-        <v>2026</v>
+        <v>1961</v>
       </c>
       <c r="F457" t="s">
-        <v>3057</v>
-[...1 lines deleted...]
-      <c r="G457"/>
+        <v>3077</v>
+      </c>
+      <c r="G457" t="s">
+        <v>3078</v>
+      </c>
       <c r="H457" t="s">
-        <v>3058</v>
+        <v>87</v>
       </c>
       <c r="I457"/>
-      <c r="J457" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J457"/>
       <c r="K457" t="s">
-        <v>3060</v>
+        <v>3079</v>
       </c>
       <c r="L457" t="s">
-        <v>3061</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="458" spans="1:12">
       <c r="A458">
         <v>457</v>
       </c>
       <c r="B458" t="s">
-        <v>3062</v>
+        <v>3081</v>
       </c>
       <c r="C458" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D458" t="s">
-        <v>366</v>
+        <v>234</v>
       </c>
       <c r="E458">
-        <v>1961</v>
+        <v>2026</v>
       </c>
       <c r="F458" t="s">
-        <v>3063</v>
-[...3 lines deleted...]
-      </c>
+        <v>3082</v>
+      </c>
+      <c r="G458"/>
       <c r="H458" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-      <c r="J458"/>
+        <v>1166</v>
+      </c>
+      <c r="I458" t="s">
+        <v>3083</v>
+      </c>
+      <c r="J458" t="s">
+        <v>3084</v>
+      </c>
       <c r="K458" t="s">
-        <v>3065</v>
+        <v>3085</v>
       </c>
       <c r="L458" t="s">
-        <v>3066</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="459" spans="1:12">
       <c r="A459">
         <v>458</v>
       </c>
       <c r="B459" t="s">
-        <v>3067</v>
+        <v>3087</v>
       </c>
       <c r="C459" t="s">
-        <v>256</v>
+        <v>1799</v>
       </c>
       <c r="D459" t="s">
-        <v>239</v>
+        <v>3088</v>
       </c>
       <c r="E459">
-        <v>2026</v>
+        <v>1997</v>
       </c>
       <c r="F459" t="s">
-        <v>3068</v>
+        <v>3089</v>
       </c>
       <c r="G459"/>
       <c r="H459" t="s">
-        <v>1164</v>
+        <v>301</v>
       </c>
       <c r="I459" t="s">
-        <v>3069</v>
+        <v>3090</v>
       </c>
       <c r="J459" t="s">
-        <v>3070</v>
+        <v>3091</v>
       </c>
       <c r="K459" t="s">
-        <v>3071</v>
+        <v>3092</v>
       </c>
       <c r="L459" t="s">
-        <v>3072</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="460" spans="1:12">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460" t="s">
-        <v>3073</v>
+        <v>3094</v>
       </c>
       <c r="C460" t="s">
-        <v>1793</v>
+        <v>251</v>
       </c>
       <c r="D460" t="s">
-        <v>3074</v>
+        <v>1734</v>
       </c>
       <c r="E460">
-        <v>1997</v>
+        <v>2026</v>
       </c>
       <c r="F460" t="s">
-        <v>3075</v>
+        <v>3095</v>
       </c>
       <c r="G460"/>
       <c r="H460" t="s">
-        <v>306</v>
+        <v>973</v>
       </c>
       <c r="I460" t="s">
-        <v>3076</v>
+        <v>3096</v>
       </c>
       <c r="J460" t="s">
-        <v>3077</v>
-[...3 lines deleted...]
-      </c>
+        <v>3097</v>
+      </c>
+      <c r="K460"/>
       <c r="L460" t="s">
-        <v>3079</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="461" spans="1:12">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461" t="s">
-        <v>3080</v>
+        <v>3099</v>
       </c>
       <c r="C461" t="s">
-        <v>256</v>
+        <v>703</v>
       </c>
       <c r="D461" t="s">
-        <v>1728</v>
+        <v>118</v>
       </c>
       <c r="E461">
-        <v>2026</v>
+        <v>1990</v>
       </c>
       <c r="F461" t="s">
-        <v>3081</v>
+        <v>3100</v>
       </c>
       <c r="G461"/>
       <c r="H461" t="s">
-        <v>971</v>
+        <v>17</v>
       </c>
       <c r="I461" t="s">
-        <v>3082</v>
+        <v>3101</v>
       </c>
       <c r="J461" t="s">
-        <v>3083</v>
-[...1 lines deleted...]
-      <c r="K461"/>
+        <v>3102</v>
+      </c>
+      <c r="K461" t="s">
+        <v>3103</v>
+      </c>
       <c r="L461" t="s">
-        <v>3084</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="462" spans="1:12">
       <c r="A462">
         <v>461</v>
       </c>
       <c r="B462" t="s">
-        <v>3085</v>
+        <v>3105</v>
       </c>
       <c r="C462" t="s">
-        <v>706</v>
+        <v>23</v>
       </c>
       <c r="D462" t="s">
-        <v>123</v>
+        <v>75</v>
       </c>
       <c r="E462">
-        <v>1990</v>
+        <v>2026</v>
       </c>
       <c r="F462" t="s">
-        <v>3086</v>
+        <v>3106</v>
       </c>
       <c r="G462"/>
       <c r="H462" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>848</v>
+      </c>
+      <c r="I462"/>
       <c r="J462" t="s">
-        <v>3088</v>
+        <v>3107</v>
       </c>
       <c r="K462" t="s">
-        <v>3089</v>
+        <v>3108</v>
       </c>
       <c r="L462" t="s">
-        <v>3090</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="463" spans="1:12">
       <c r="A463">
         <v>462</v>
       </c>
       <c r="B463" t="s">
-        <v>3091</v>
+        <v>3110</v>
       </c>
       <c r="C463" t="s">
-        <v>29</v>
+        <v>3111</v>
       </c>
       <c r="D463" t="s">
-        <v>80</v>
+        <v>3112</v>
       </c>
       <c r="E463">
         <v>2026</v>
       </c>
       <c r="F463" t="s">
-        <v>3092</v>
-[...1 lines deleted...]
-      <c r="G463"/>
+        <v>3113</v>
+      </c>
+      <c r="G463" t="s">
+        <v>3114</v>
+      </c>
       <c r="H463" t="s">
-        <v>847</v>
+        <v>729</v>
       </c>
       <c r="I463"/>
-      <c r="J463" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J463"/>
+      <c r="K463"/>
       <c r="L463" t="s">
-        <v>3095</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="464" spans="1:12">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464" t="s">
-        <v>3096</v>
+        <v>3116</v>
       </c>
       <c r="C464" t="s">
-        <v>3097</v>
+        <v>298</v>
       </c>
       <c r="D464" t="s">
-        <v>3098</v>
+        <v>90</v>
       </c>
       <c r="E464">
         <v>2026</v>
       </c>
       <c r="F464" t="s">
-        <v>3099</v>
-[...3 lines deleted...]
-      </c>
+        <v>3117</v>
+      </c>
+      <c r="G464"/>
       <c r="H464" t="s">
-        <v>732</v>
-[...3 lines deleted...]
-      <c r="K464"/>
+        <v>3118</v>
+      </c>
+      <c r="I464" t="s">
+        <v>3119</v>
+      </c>
+      <c r="J464" t="s">
+        <v>3120</v>
+      </c>
+      <c r="K464" t="s">
+        <v>3121</v>
+      </c>
       <c r="L464" t="s">
-        <v>3101</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="465" spans="1:12">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465" t="s">
-        <v>3102</v>
+        <v>3123</v>
       </c>
       <c r="C465" t="s">
-        <v>303</v>
+        <v>189</v>
       </c>
       <c r="D465" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="E465">
         <v>2026</v>
       </c>
       <c r="F465" t="s">
-        <v>3103</v>
+        <v>3124</v>
       </c>
       <c r="G465"/>
       <c r="H465" t="s">
-        <v>3104</v>
+        <v>3125</v>
       </c>
       <c r="I465" t="s">
-        <v>3105</v>
-[...6 lines deleted...]
-      </c>
+        <v>3126</v>
+      </c>
+      <c r="J465"/>
+      <c r="K465"/>
       <c r="L465" t="s">
-        <v>3108</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466">
         <v>465</v>
       </c>
       <c r="B466" t="s">
-        <v>3109</v>
+        <v>3128</v>
       </c>
       <c r="C466" t="s">
-        <v>194</v>
+        <v>29</v>
       </c>
       <c r="D466" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E466">
         <v>2026</v>
       </c>
       <c r="F466" t="s">
-        <v>3110</v>
-[...1 lines deleted...]
-      <c r="G466"/>
+        <v>3129</v>
+      </c>
+      <c r="G466" t="s">
+        <v>3130</v>
+      </c>
       <c r="H466" t="s">
-        <v>3111</v>
+        <v>973</v>
       </c>
       <c r="I466" t="s">
-        <v>3112</v>
-[...2 lines deleted...]
-      <c r="K466"/>
+        <v>3131</v>
+      </c>
+      <c r="J466" t="s">
+        <v>3132</v>
+      </c>
+      <c r="K466" t="s">
+        <v>3133</v>
+      </c>
       <c r="L466" t="s">
-        <v>3113</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467">
         <v>466</v>
       </c>
       <c r="B467" t="s">
-        <v>3114</v>
+        <v>3135</v>
       </c>
       <c r="C467" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D467" t="s">
-        <v>44</v>
+        <v>363</v>
       </c>
       <c r="E467">
         <v>2026</v>
       </c>
       <c r="F467" t="s">
-        <v>3115</v>
+        <v>3136</v>
       </c>
       <c r="G467" t="s">
-        <v>3116</v>
+        <v>3137</v>
       </c>
       <c r="H467" t="s">
-        <v>971</v>
+        <v>736</v>
       </c>
       <c r="I467" t="s">
-        <v>3117</v>
+        <v>3138</v>
       </c>
       <c r="J467" t="s">
-        <v>3118</v>
+        <v>3139</v>
       </c>
       <c r="K467" t="s">
-        <v>3119</v>
+        <v>3140</v>
       </c>
       <c r="L467" t="s">
-        <v>3120</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468" t="s">
-        <v>3121</v>
+        <v>3142</v>
       </c>
       <c r="C468" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="D468" t="s">
-        <v>366</v>
+        <v>39</v>
       </c>
       <c r="E468">
         <v>2026</v>
       </c>
       <c r="F468" t="s">
-        <v>3122</v>
-[...3 lines deleted...]
-      </c>
+        <v>3143</v>
+      </c>
+      <c r="G468"/>
       <c r="H468" t="s">
-        <v>739</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="I468"/>
+      <c r="J468"/>
       <c r="K468" t="s">
-        <v>3126</v>
+        <v>3144</v>
       </c>
       <c r="L468" t="s">
-        <v>3127</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469" t="s">
-        <v>3128</v>
+        <v>3146</v>
       </c>
       <c r="C469" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="D469" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E469">
         <v>2026</v>
       </c>
       <c r="F469" t="s">
-        <v>3129</v>
+        <v>3147</v>
       </c>
       <c r="G469"/>
       <c r="H469" t="s">
-        <v>112</v>
+        <v>184</v>
       </c>
       <c r="I469"/>
       <c r="J469"/>
       <c r="K469" t="s">
-        <v>3130</v>
+        <v>3148</v>
       </c>
       <c r="L469" t="s">
-        <v>3131</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470" t="s">
-        <v>3132</v>
+        <v>3150</v>
       </c>
       <c r="C470" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D470" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E470">
         <v>2026</v>
       </c>
       <c r="F470" t="s">
-        <v>3133</v>
+        <v>3151</v>
       </c>
       <c r="G470"/>
       <c r="H470" t="s">
-        <v>189</v>
+        <v>50</v>
       </c>
       <c r="I470"/>
       <c r="J470"/>
       <c r="K470" t="s">
-        <v>3134</v>
+        <v>3152</v>
       </c>
       <c r="L470" t="s">
-        <v>3135</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="471" spans="1:12">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471" t="s">
-        <v>3136</v>
+        <v>3154</v>
       </c>
       <c r="C471" t="s">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="D471" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E471">
         <v>2026</v>
       </c>
       <c r="F471" t="s">
-        <v>3137</v>
+        <v>3155</v>
       </c>
       <c r="G471"/>
       <c r="H471" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-      </c>
+        <v>3156</v>
+      </c>
+      <c r="I471" t="s">
+        <v>3157</v>
+      </c>
+      <c r="J471" t="s">
+        <v>3158</v>
+      </c>
+      <c r="K471"/>
       <c r="L471" t="s">
-        <v>3139</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="472" spans="1:12">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472" t="s">
-        <v>3140</v>
-[...3 lines deleted...]
-      </c>
+        <v>3154</v>
+      </c>
+      <c r="C472"/>
       <c r="D472" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E472">
         <v>2026</v>
       </c>
       <c r="F472" t="s">
-        <v>3141</v>
+        <v>3160</v>
       </c>
       <c r="G472"/>
       <c r="H472" t="s">
-        <v>3142</v>
+        <v>3156</v>
       </c>
       <c r="I472" t="s">
-        <v>3143</v>
-[...3 lines deleted...]
-      </c>
+        <v>3157</v>
+      </c>
+      <c r="J472"/>
       <c r="K472"/>
-      <c r="L472" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L472"/>
     </row>
     <row r="473" spans="1:12">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473" t="s">
-        <v>3140</v>
-[...1 lines deleted...]
-      <c r="C473"/>
+        <v>3161</v>
+      </c>
+      <c r="C473" t="s">
+        <v>628</v>
+      </c>
       <c r="D473" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E473">
-        <v>2026</v>
+        <v>1975</v>
       </c>
       <c r="F473" t="s">
-        <v>3146</v>
+        <v>3162</v>
       </c>
       <c r="G473"/>
       <c r="H473" t="s">
-        <v>3142</v>
+        <v>745</v>
       </c>
       <c r="I473" t="s">
-        <v>3143</v>
-[...3 lines deleted...]
-      <c r="L473"/>
+        <v>3163</v>
+      </c>
+      <c r="J473" t="s">
+        <v>3164</v>
+      </c>
+      <c r="K473" t="s">
+        <v>3165</v>
+      </c>
+      <c r="L473" t="s">
+        <v>3166</v>
+      </c>
     </row>
     <row r="474" spans="1:12">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474" t="s">
-        <v>3147</v>
+        <v>3167</v>
       </c>
       <c r="C474" t="s">
-        <v>631</v>
+        <v>23</v>
       </c>
       <c r="D474" t="s">
-        <v>44</v>
+        <v>690</v>
       </c>
       <c r="E474">
-        <v>1975</v>
+        <v>2026</v>
       </c>
       <c r="F474" t="s">
-        <v>3148</v>
-[...1 lines deleted...]
-      <c r="G474"/>
+        <v>3168</v>
+      </c>
+      <c r="G474" t="s">
+        <v>3169</v>
+      </c>
       <c r="H474" t="s">
-        <v>748</v>
-[...3 lines deleted...]
-      </c>
+        <v>3170</v>
+      </c>
+      <c r="I474"/>
       <c r="J474" t="s">
-        <v>3150</v>
+        <v>3171</v>
       </c>
       <c r="K474" t="s">
-        <v>3151</v>
+        <v>3172</v>
       </c>
       <c r="L474" t="s">
-        <v>3152</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="475" spans="1:12">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475" t="s">
-        <v>3153</v>
+        <v>3174</v>
       </c>
       <c r="C475" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D475" t="s">
-        <v>693</v>
+        <v>75</v>
       </c>
       <c r="E475">
         <v>2026</v>
       </c>
       <c r="F475" t="s">
-        <v>3154</v>
-[...3 lines deleted...]
-      </c>
+        <v>3168</v>
+      </c>
+      <c r="G475"/>
       <c r="H475" t="s">
-        <v>3156</v>
-[...1 lines deleted...]
-      <c r="I475"/>
+        <v>848</v>
+      </c>
+      <c r="I475" t="s">
+        <v>3175</v>
+      </c>
       <c r="J475" t="s">
-        <v>3157</v>
+        <v>3171</v>
       </c>
       <c r="K475" t="s">
-        <v>3158</v>
+        <v>3176</v>
       </c>
       <c r="L475" t="s">
-        <v>3159</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="476" spans="1:12">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476" t="s">
-        <v>3160</v>
+        <v>3178</v>
       </c>
       <c r="C476" t="s">
-        <v>29</v>
+        <v>487</v>
       </c>
       <c r="D476" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="E476">
         <v>2026</v>
       </c>
       <c r="F476" t="s">
-        <v>3154</v>
+        <v>3179</v>
       </c>
       <c r="G476"/>
       <c r="H476" t="s">
-        <v>847</v>
+        <v>3180</v>
       </c>
       <c r="I476" t="s">
-        <v>3161</v>
+        <v>3181</v>
       </c>
       <c r="J476" t="s">
-        <v>3157</v>
+        <v>3182</v>
       </c>
       <c r="K476" t="s">
-        <v>3162</v>
+        <v>3183</v>
       </c>
       <c r="L476" t="s">
-        <v>3163</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="477" spans="1:12">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477" t="s">
-        <v>3164</v>
+        <v>3185</v>
       </c>
       <c r="C477" t="s">
-        <v>490</v>
+        <v>1749</v>
       </c>
       <c r="D477" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E477">
         <v>2026</v>
       </c>
       <c r="F477" t="s">
-        <v>3165</v>
-[...1 lines deleted...]
-      <c r="G477"/>
+        <v>3186</v>
+      </c>
+      <c r="G477" t="s">
+        <v>3187</v>
+      </c>
       <c r="H477" t="s">
-        <v>3166</v>
+        <v>356</v>
       </c>
       <c r="I477" t="s">
-        <v>3167</v>
+        <v>3188</v>
       </c>
       <c r="J477" t="s">
-        <v>3168</v>
+        <v>3189</v>
       </c>
       <c r="K477" t="s">
-        <v>3169</v>
+        <v>3190</v>
       </c>
       <c r="L477" t="s">
-        <v>3170</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="478" spans="1:12">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478" t="s">
-        <v>3171</v>
+        <v>3192</v>
       </c>
       <c r="C478" t="s">
-        <v>1743</v>
+        <v>189</v>
       </c>
       <c r="D478" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="E478">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F478" t="s">
-        <v>3172</v>
-[...3 lines deleted...]
-      </c>
+        <v>3193</v>
+      </c>
+      <c r="G478"/>
       <c r="H478" t="s">
-        <v>359</v>
+        <v>3194</v>
       </c>
       <c r="I478" t="s">
-        <v>3174</v>
-[...3 lines deleted...]
-      </c>
+        <v>3195</v>
+      </c>
+      <c r="J478"/>
       <c r="K478" t="s">
-        <v>3176</v>
+        <v>3196</v>
       </c>
       <c r="L478" t="s">
-        <v>3177</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="479" spans="1:12">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479" t="s">
-        <v>3178</v>
+        <v>3198</v>
       </c>
       <c r="C479" t="s">
-        <v>194</v>
+        <v>29</v>
       </c>
       <c r="D479" t="s">
-        <v>80</v>
+        <v>921</v>
       </c>
       <c r="E479">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F479" t="s">
-        <v>3179</v>
+        <v>3199</v>
       </c>
       <c r="G479"/>
       <c r="H479" t="s">
-        <v>3180</v>
+        <v>17</v>
       </c>
       <c r="I479" t="s">
-        <v>3181</v>
-[...1 lines deleted...]
-      <c r="J479"/>
+        <v>3200</v>
+      </c>
+      <c r="J479" t="s">
+        <v>3201</v>
+      </c>
       <c r="K479" t="s">
-        <v>3182</v>
+        <v>3202</v>
       </c>
       <c r="L479" t="s">
-        <v>3183</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="480" spans="1:12">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480" t="s">
-        <v>3184</v>
+        <v>3204</v>
       </c>
       <c r="C480" t="s">
-        <v>13</v>
+        <v>83</v>
       </c>
       <c r="D480" t="s">
-        <v>14</v>
+        <v>3205</v>
       </c>
       <c r="E480">
         <v>2026</v>
       </c>
       <c r="F480" t="s">
-        <v>3185</v>
-[...1 lines deleted...]
-      <c r="G480"/>
+        <v>3206</v>
+      </c>
+      <c r="G480" t="s">
+        <v>3207</v>
+      </c>
       <c r="H480" t="s">
-        <v>23</v>
+        <v>1040</v>
       </c>
       <c r="I480" t="s">
-        <v>3186</v>
+        <v>3208</v>
       </c>
       <c r="J480" t="s">
-        <v>3187</v>
+        <v>3209</v>
       </c>
       <c r="K480" t="s">
-        <v>3188</v>
+        <v>3210</v>
       </c>
       <c r="L480" t="s">
-        <v>3189</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="481" spans="1:12">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481" t="s">
-        <v>3190</v>
+        <v>3212</v>
       </c>
       <c r="C481" t="s">
-        <v>88</v>
+        <v>169</v>
       </c>
       <c r="D481" t="s">
-        <v>3191</v>
+        <v>14</v>
       </c>
       <c r="E481">
         <v>2026</v>
       </c>
       <c r="F481" t="s">
-        <v>3192</v>
+        <v>3213</v>
       </c>
       <c r="G481" t="s">
-        <v>3193</v>
+        <v>3214</v>
       </c>
       <c r="H481" t="s">
-        <v>1038</v>
-[...6 lines deleted...]
-      </c>
+        <v>973</v>
+      </c>
+      <c r="I481"/>
+      <c r="J481"/>
       <c r="K481" t="s">
-        <v>3196</v>
+        <v>3215</v>
       </c>
       <c r="L481" t="s">
-        <v>3197</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="482" spans="1:12">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482" t="s">
-        <v>3198</v>
+        <v>3217</v>
       </c>
       <c r="C482" t="s">
-        <v>174</v>
+        <v>251</v>
       </c>
       <c r="D482" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="E482">
         <v>2026</v>
       </c>
       <c r="F482" t="s">
-        <v>3199</v>
-[...3 lines deleted...]
-      </c>
+        <v>3218</v>
+      </c>
+      <c r="G482"/>
       <c r="H482" t="s">
-        <v>971</v>
-[...3 lines deleted...]
-      <c r="K482"/>
+        <v>2071</v>
+      </c>
+      <c r="I482" t="s">
+        <v>3219</v>
+      </c>
+      <c r="J482" t="s">
+        <v>3220</v>
+      </c>
+      <c r="K482" t="s">
+        <v>3221</v>
+      </c>
       <c r="L482" t="s">
-        <v>3201</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="483" spans="1:12">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483" t="s">
-        <v>3202</v>
+        <v>3223</v>
       </c>
       <c r="C483" t="s">
-        <v>256</v>
+        <v>29</v>
       </c>
       <c r="D483" t="s">
-        <v>44</v>
+        <v>363</v>
       </c>
       <c r="E483">
-        <v>2026</v>
+        <v>1969</v>
       </c>
       <c r="F483" t="s">
-        <v>3203</v>
-[...3 lines deleted...]
-        <v>2063</v>
+        <v>3224</v>
+      </c>
+      <c r="G483" t="s">
+        <v>3225</v>
+      </c>
+      <c r="H483">
+        <v>103</v>
       </c>
       <c r="I483" t="s">
-        <v>3204</v>
+        <v>3226</v>
       </c>
       <c r="J483" t="s">
-        <v>3205</v>
-[...3 lines deleted...]
-      </c>
+        <v>3227</v>
+      </c>
+      <c r="K483"/>
       <c r="L483" t="s">
-        <v>3207</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="484" spans="1:12">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484" t="s">
-        <v>3208</v>
+        <v>3229</v>
       </c>
       <c r="C484" t="s">
-        <v>13</v>
+        <v>83</v>
       </c>
       <c r="D484" t="s">
-        <v>366</v>
+        <v>39</v>
       </c>
       <c r="E484">
-        <v>1969</v>
+        <v>2026</v>
       </c>
       <c r="F484" t="s">
-        <v>3209</v>
-[...5 lines deleted...]
-        <v>103</v>
+        <v>3230</v>
+      </c>
+      <c r="G484"/>
+      <c r="H484" t="s">
+        <v>2834</v>
       </c>
       <c r="I484" t="s">
-        <v>3211</v>
+        <v>3231</v>
       </c>
       <c r="J484" t="s">
-        <v>3212</v>
-[...1 lines deleted...]
-      <c r="K484"/>
+        <v>3232</v>
+      </c>
+      <c r="K484" t="s">
+        <v>3233</v>
+      </c>
       <c r="L484" t="s">
-        <v>3213</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="485" spans="1:12">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485" t="s">
-        <v>3214</v>
+        <v>3235</v>
       </c>
       <c r="C485" t="s">
-        <v>88</v>
+        <v>251</v>
       </c>
       <c r="D485" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="E485">
         <v>2026</v>
       </c>
       <c r="F485" t="s">
-        <v>3215</v>
-[...1 lines deleted...]
-      <c r="G485"/>
+        <v>3236</v>
+      </c>
+      <c r="G485" t="s">
+        <v>3237</v>
+      </c>
       <c r="H485" t="s">
-        <v>2820</v>
+        <v>366</v>
       </c>
       <c r="I485" t="s">
-        <v>3216</v>
+        <v>3238</v>
       </c>
       <c r="J485" t="s">
-        <v>3217</v>
+        <v>3239</v>
       </c>
       <c r="K485" t="s">
-        <v>3218</v>
+        <v>3240</v>
       </c>
       <c r="L485" t="s">
-        <v>3219</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="486" spans="1:12">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486" t="s">
-        <v>3220</v>
+        <v>3242</v>
       </c>
       <c r="C486" t="s">
-        <v>256</v>
+        <v>298</v>
       </c>
       <c r="D486" t="s">
-        <v>20</v>
+        <v>388</v>
       </c>
       <c r="E486">
-        <v>2026</v>
+        <v>1977</v>
       </c>
       <c r="F486" t="s">
-        <v>3221</v>
+        <v>3243</v>
       </c>
       <c r="G486" t="s">
-        <v>3222</v>
+        <v>3244</v>
       </c>
       <c r="H486" t="s">
-        <v>369</v>
+        <v>622</v>
       </c>
       <c r="I486" t="s">
-        <v>3223</v>
+        <v>3245</v>
       </c>
       <c r="J486" t="s">
-        <v>3224</v>
+        <v>3246</v>
       </c>
       <c r="K486" t="s">
-        <v>3225</v>
+        <v>3247</v>
       </c>
       <c r="L486" t="s">
-        <v>3226</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="487" spans="1:12">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487" t="s">
-        <v>3227</v>
+        <v>3249</v>
       </c>
       <c r="C487" t="s">
-        <v>303</v>
+        <v>38</v>
       </c>
       <c r="D487" t="s">
-        <v>391</v>
+        <v>363</v>
       </c>
       <c r="E487">
-        <v>1977</v>
+        <v>1973</v>
       </c>
       <c r="F487" t="s">
-        <v>3228</v>
+        <v>3250</v>
       </c>
       <c r="G487" t="s">
-        <v>3229</v>
+        <v>3251</v>
       </c>
       <c r="H487" t="s">
-        <v>625</v>
+        <v>3252</v>
       </c>
       <c r="I487" t="s">
-        <v>3230</v>
+        <v>3253</v>
       </c>
       <c r="J487" t="s">
-        <v>3231</v>
-[...3 lines deleted...]
-      </c>
+        <v>3254</v>
+      </c>
+      <c r="K487"/>
       <c r="L487" t="s">
-        <v>3233</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="488" spans="1:12">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488" t="s">
-        <v>3234</v>
+        <v>3256</v>
       </c>
       <c r="C488" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="D488" t="s">
-        <v>366</v>
+        <v>3257</v>
       </c>
       <c r="E488">
-        <v>1973</v>
+        <v>2026</v>
       </c>
       <c r="F488" t="s">
-        <v>3235</v>
+        <v>3258</v>
       </c>
       <c r="G488" t="s">
-        <v>3236</v>
+        <v>3259</v>
       </c>
       <c r="H488" t="s">
-        <v>3237</v>
+        <v>68</v>
       </c>
       <c r="I488" t="s">
-        <v>3238</v>
+        <v>3260</v>
       </c>
       <c r="J488" t="s">
-        <v>3239</v>
-[...1 lines deleted...]
-      <c r="K488"/>
+        <v>3261</v>
+      </c>
+      <c r="K488" t="s">
+        <v>3262</v>
+      </c>
       <c r="L488" t="s">
-        <v>3240</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="489" spans="1:12">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489" t="s">
-        <v>3241</v>
+        <v>3264</v>
       </c>
       <c r="C489" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D489" t="s">
-        <v>3242</v>
+        <v>75</v>
       </c>
       <c r="E489">
         <v>2026</v>
       </c>
       <c r="F489" t="s">
-        <v>3243</v>
-[...3 lines deleted...]
-      </c>
+        <v>3265</v>
+      </c>
+      <c r="G489"/>
       <c r="H489" t="s">
-        <v>73</v>
+        <v>794</v>
       </c>
       <c r="I489" t="s">
-        <v>3245</v>
+        <v>3266</v>
       </c>
       <c r="J489" t="s">
-        <v>3246</v>
+        <v>3267</v>
       </c>
       <c r="K489" t="s">
-        <v>3247</v>
+        <v>3268</v>
       </c>
       <c r="L489" t="s">
-        <v>3248</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="490" spans="1:12">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490" t="s">
-        <v>3249</v>
+        <v>3270</v>
       </c>
       <c r="C490" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="D490" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E490">
         <v>2026</v>
       </c>
       <c r="F490" t="s">
-        <v>3250</v>
+        <v>3271</v>
       </c>
       <c r="G490"/>
       <c r="H490" t="s">
-        <v>797</v>
+        <v>3272</v>
       </c>
       <c r="I490" t="s">
-        <v>3251</v>
-[...6 lines deleted...]
-      </c>
+        <v>3273</v>
+      </c>
+      <c r="J490"/>
+      <c r="K490"/>
       <c r="L490" t="s">
-        <v>3254</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="491" spans="1:12">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491" t="s">
-        <v>3255</v>
+        <v>3275</v>
       </c>
       <c r="C491" t="s">
-        <v>104</v>
+        <v>23</v>
       </c>
       <c r="D491" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E491">
         <v>2026</v>
       </c>
       <c r="F491" t="s">
-        <v>3256</v>
+        <v>3276</v>
       </c>
       <c r="G491"/>
       <c r="H491" t="s">
-        <v>3257</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I491"/>
       <c r="J491"/>
-      <c r="K491"/>
+      <c r="K491" t="s">
+        <v>3277</v>
+      </c>
       <c r="L491" t="s">
-        <v>3259</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="492" spans="1:12">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492" t="s">
-        <v>3260</v>
+        <v>3279</v>
       </c>
       <c r="C492" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="D492" t="s">
-        <v>44</v>
+        <v>3280</v>
       </c>
       <c r="E492">
         <v>2026</v>
       </c>
       <c r="F492" t="s">
-        <v>3261</v>
-[...1 lines deleted...]
-      <c r="G492"/>
+        <v>3281</v>
+      </c>
+      <c r="G492" t="s">
+        <v>3282</v>
+      </c>
       <c r="H492" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="J492"/>
+        <v>3283</v>
+      </c>
+      <c r="I492" t="s">
+        <v>3284</v>
+      </c>
+      <c r="J492" t="s">
+        <v>3285</v>
+      </c>
       <c r="K492" t="s">
-        <v>3262</v>
+        <v>3286</v>
       </c>
       <c r="L492" t="s">
-        <v>3263</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="493" spans="1:12">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493" t="s">
-        <v>3264</v>
+        <v>3288</v>
       </c>
       <c r="C493" t="s">
-        <v>88</v>
+        <v>48</v>
       </c>
       <c r="D493" t="s">
-        <v>3265</v>
+        <v>39</v>
       </c>
       <c r="E493">
         <v>2026</v>
       </c>
       <c r="F493" t="s">
-        <v>3266</v>
-[...3 lines deleted...]
-      </c>
+        <v>3289</v>
+      </c>
+      <c r="G493"/>
       <c r="H493" t="s">
-        <v>3268</v>
+        <v>107</v>
       </c>
       <c r="I493" t="s">
-        <v>3269</v>
-[...3 lines deleted...]
-      </c>
+        <v>3290</v>
+      </c>
+      <c r="J493"/>
       <c r="K493" t="s">
-        <v>3271</v>
+        <v>3291</v>
       </c>
       <c r="L493" t="s">
-        <v>3272</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="494" spans="1:12">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494" t="s">
-        <v>3273</v>
+        <v>3293</v>
       </c>
       <c r="C494" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="D494" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E494">
         <v>2026</v>
       </c>
       <c r="F494" t="s">
-        <v>3274</v>
+        <v>3294</v>
       </c>
       <c r="G494"/>
       <c r="H494" t="s">
-        <v>112</v>
+        <v>887</v>
       </c>
       <c r="I494" t="s">
-        <v>3275</v>
-[...1 lines deleted...]
-      <c r="J494"/>
+        <v>3295</v>
+      </c>
+      <c r="J494" t="s">
+        <v>3296</v>
+      </c>
       <c r="K494" t="s">
-        <v>3276</v>
+        <v>3297</v>
       </c>
       <c r="L494" t="s">
-        <v>3277</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="495" spans="1:12">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495" t="s">
-        <v>3278</v>
+        <v>3299</v>
       </c>
       <c r="C495" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D495" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="E495">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F495" t="s">
-        <v>3279</v>
+        <v>3300</v>
       </c>
       <c r="G495"/>
       <c r="H495" t="s">
-        <v>886</v>
-[...3 lines deleted...]
-      </c>
+        <v>3301</v>
+      </c>
+      <c r="I495"/>
       <c r="J495" t="s">
-        <v>3281</v>
+        <v>3302</v>
       </c>
       <c r="K495" t="s">
-        <v>3282</v>
+        <v>3303</v>
       </c>
       <c r="L495" t="s">
-        <v>3283</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="496" spans="1:12">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496" t="s">
-        <v>3284</v>
+        <v>3305</v>
       </c>
       <c r="C496" t="s">
-        <v>29</v>
+        <v>2247</v>
       </c>
       <c r="D496" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E496">
-        <v>1970</v>
+        <v>1987</v>
       </c>
       <c r="F496" t="s">
-        <v>3285</v>
+        <v>3306</v>
       </c>
       <c r="G496"/>
       <c r="H496" t="s">
-        <v>3286</v>
-[...1 lines deleted...]
-      <c r="I496"/>
+        <v>314</v>
+      </c>
+      <c r="I496" t="s">
+        <v>3307</v>
+      </c>
       <c r="J496" t="s">
-        <v>3287</v>
+        <v>3308</v>
       </c>
       <c r="K496" t="s">
-        <v>3288</v>
+        <v>3309</v>
       </c>
       <c r="L496" t="s">
-        <v>3289</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="497" spans="1:12">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497" t="s">
-        <v>3290</v>
+        <v>3311</v>
       </c>
       <c r="C497" t="s">
-        <v>2239</v>
+        <v>23</v>
       </c>
       <c r="D497" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E497">
-        <v>1987</v>
+        <v>1970</v>
       </c>
       <c r="F497" t="s">
-        <v>3291</v>
+        <v>3312</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
-        <v>319</v>
+        <v>3313</v>
       </c>
       <c r="I497" t="s">
-        <v>3292</v>
+        <v>3314</v>
       </c>
       <c r="J497" t="s">
-        <v>3293</v>
+        <v>3315</v>
       </c>
       <c r="K497" t="s">
-        <v>3294</v>
+        <v>3316</v>
       </c>
       <c r="L497" t="s">
-        <v>3295</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="498" spans="1:12">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498" t="s">
-        <v>3296</v>
+        <v>3318</v>
       </c>
       <c r="C498" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D498" t="s">
-        <v>80</v>
+        <v>118</v>
       </c>
       <c r="E498">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F498" t="s">
-        <v>3297</v>
-[...1 lines deleted...]
-      <c r="G498"/>
+        <v>3319</v>
+      </c>
+      <c r="G498" t="s">
+        <v>3320</v>
+      </c>
       <c r="H498" t="s">
-        <v>3298</v>
+        <v>908</v>
       </c>
       <c r="I498" t="s">
-        <v>3299</v>
-[...6 lines deleted...]
-      </c>
+        <v>3321</v>
+      </c>
+      <c r="J498"/>
+      <c r="K498"/>
       <c r="L498" t="s">
-        <v>3302</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="499" spans="1:12">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499" t="s">
-        <v>3303</v>
+        <v>3323</v>
       </c>
       <c r="C499" t="s">
-        <v>29</v>
+        <v>1749</v>
       </c>
       <c r="D499" t="s">
-        <v>123</v>
+        <v>14</v>
       </c>
       <c r="E499">
         <v>2026</v>
       </c>
       <c r="F499" t="s">
-        <v>3304</v>
+        <v>3324</v>
       </c>
       <c r="G499" t="s">
-        <v>3305</v>
+        <v>3325</v>
       </c>
       <c r="H499" t="s">
-        <v>907</v>
+        <v>149</v>
       </c>
       <c r="I499" t="s">
-        <v>3306</v>
-[...2 lines deleted...]
-      <c r="K499"/>
+        <v>3326</v>
+      </c>
+      <c r="J499" t="s">
+        <v>3327</v>
+      </c>
+      <c r="K499" t="s">
+        <v>3328</v>
+      </c>
       <c r="L499" t="s">
-        <v>3307</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="500" spans="1:12">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500" t="s">
-        <v>3308</v>
+        <v>3330</v>
       </c>
       <c r="C500" t="s">
-        <v>1743</v>
+        <v>2772</v>
       </c>
       <c r="D500" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="E500">
         <v>2026</v>
       </c>
       <c r="F500" t="s">
-        <v>3309</v>
-[...3 lines deleted...]
-      </c>
+        <v>3331</v>
+      </c>
+      <c r="G500"/>
       <c r="H500" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="I500" t="s">
-        <v>3311</v>
+        <v>3332</v>
       </c>
       <c r="J500" t="s">
-        <v>3312</v>
+        <v>3333</v>
       </c>
       <c r="K500" t="s">
-        <v>3313</v>
+        <v>3334</v>
       </c>
       <c r="L500" t="s">
-        <v>3314</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="501" spans="1:12">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501" t="s">
-        <v>3315</v>
+        <v>3336</v>
       </c>
       <c r="C501" t="s">
-        <v>2758</v>
+        <v>3337</v>
       </c>
       <c r="D501" t="s">
-        <v>80</v>
+        <v>3338</v>
       </c>
       <c r="E501">
         <v>2026</v>
       </c>
       <c r="F501" t="s">
-        <v>3316</v>
+        <v>3339</v>
       </c>
       <c r="G501"/>
       <c r="H501" t="s">
-        <v>162</v>
+        <v>2690</v>
       </c>
       <c r="I501" t="s">
-        <v>3317</v>
+        <v>3340</v>
       </c>
       <c r="J501" t="s">
-        <v>3318</v>
+        <v>3341</v>
       </c>
       <c r="K501" t="s">
-        <v>3319</v>
+        <v>3342</v>
       </c>
       <c r="L501" t="s">
-        <v>3320</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="502" spans="1:12">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502" t="s">
-        <v>3321</v>
+        <v>3344</v>
       </c>
       <c r="C502" t="s">
-        <v>3322</v>
+        <v>251</v>
       </c>
       <c r="D502" t="s">
-        <v>3323</v>
+        <v>3345</v>
       </c>
       <c r="E502">
         <v>2026</v>
       </c>
       <c r="F502" t="s">
-        <v>3324</v>
-[...1 lines deleted...]
-      <c r="G502"/>
+        <v>3346</v>
+      </c>
+      <c r="G502" t="s">
+        <v>3347</v>
+      </c>
       <c r="H502" t="s">
-        <v>16</v>
+        <v>422</v>
       </c>
       <c r="I502" t="s">
-        <v>3325</v>
+        <v>3348</v>
       </c>
       <c r="J502" t="s">
-        <v>3326</v>
+        <v>3349</v>
       </c>
       <c r="K502" t="s">
-        <v>3327</v>
+        <v>3350</v>
       </c>
       <c r="L502" t="s">
-        <v>3328</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="503" spans="1:12">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503" t="s">
-        <v>3329</v>
+        <v>3352</v>
       </c>
       <c r="C503" t="s">
-        <v>256</v>
+        <v>298</v>
       </c>
       <c r="D503" t="s">
-        <v>3330</v>
+        <v>1938</v>
       </c>
       <c r="E503">
         <v>2026</v>
       </c>
       <c r="F503" t="s">
-        <v>3331</v>
+        <v>3353</v>
       </c>
       <c r="G503" t="s">
-        <v>3332</v>
+        <v>3354</v>
       </c>
       <c r="H503" t="s">
-        <v>425</v>
+        <v>254</v>
       </c>
       <c r="I503" t="s">
-        <v>3333</v>
+        <v>3355</v>
       </c>
       <c r="J503" t="s">
-        <v>3334</v>
+        <v>3356</v>
       </c>
       <c r="K503" t="s">
-        <v>3335</v>
+        <v>3357</v>
       </c>
       <c r="L503" t="s">
-        <v>3336</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="504" spans="1:12">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504" t="s">
-        <v>3337</v>
-[...3 lines deleted...]
-      </c>
+        <v>3359</v>
+      </c>
+      <c r="C504"/>
       <c r="D504" t="s">
-        <v>1930</v>
+        <v>2056</v>
       </c>
       <c r="E504">
         <v>2026</v>
       </c>
       <c r="F504" t="s">
-        <v>3338</v>
-[...3 lines deleted...]
-      </c>
+        <v>3360</v>
+      </c>
+      <c r="G504"/>
       <c r="H504" t="s">
-        <v>259</v>
-[...6 lines deleted...]
-      </c>
+        <v>3361</v>
+      </c>
+      <c r="I504"/>
+      <c r="J504"/>
       <c r="K504" t="s">
-        <v>3342</v>
+        <v>3362</v>
       </c>
       <c r="L504" t="s">
-        <v>3343</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="505" spans="1:12">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505" t="s">
-        <v>3344</v>
-[...1 lines deleted...]
-      <c r="C505"/>
+        <v>3364</v>
+      </c>
+      <c r="C505" t="s">
+        <v>48</v>
+      </c>
       <c r="D505" t="s">
-        <v>2048</v>
+        <v>75</v>
       </c>
       <c r="E505">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F505" t="s">
-        <v>3345</v>
+        <v>3365</v>
       </c>
       <c r="G505"/>
       <c r="H505" t="s">
-        <v>3346</v>
-[...2 lines deleted...]
-      <c r="J505"/>
+        <v>915</v>
+      </c>
+      <c r="I505" t="s">
+        <v>3366</v>
+      </c>
+      <c r="J505" t="s">
+        <v>3367</v>
+      </c>
       <c r="K505" t="s">
-        <v>3347</v>
+        <v>3368</v>
       </c>
       <c r="L505" t="s">
-        <v>3348</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="506" spans="1:12">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506" t="s">
-        <v>3349</v>
+        <v>3370</v>
       </c>
       <c r="C506" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="D506" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E506">
         <v>1970</v>
       </c>
       <c r="F506" t="s">
-        <v>3350</v>
+        <v>3371</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
-        <v>914</v>
+        <v>3372</v>
       </c>
       <c r="I506" t="s">
-        <v>3351</v>
+        <v>3373</v>
       </c>
       <c r="J506" t="s">
-        <v>3352</v>
+        <v>3374</v>
       </c>
       <c r="K506" t="s">
-        <v>3353</v>
+        <v>3375</v>
       </c>
       <c r="L506" t="s">
-        <v>3354</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="507" spans="1:12">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507" t="s">
-        <v>3355</v>
+        <v>3377</v>
       </c>
       <c r="C507" t="s">
-        <v>70</v>
+        <v>763</v>
       </c>
       <c r="D507" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="E507">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F507" t="s">
-        <v>3356</v>
+        <v>3378</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
-        <v>3357</v>
+        <v>736</v>
       </c>
       <c r="I507" t="s">
-        <v>3358</v>
+        <v>3379</v>
       </c>
       <c r="J507" t="s">
-        <v>3359</v>
+        <v>3380</v>
       </c>
       <c r="K507" t="s">
-        <v>3360</v>
+        <v>3381</v>
       </c>
       <c r="L507" t="s">
-        <v>3361</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="508" spans="1:12">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508" t="s">
-        <v>3362</v>
+        <v>3383</v>
       </c>
       <c r="C508" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="D508" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E508">
         <v>2026</v>
       </c>
       <c r="F508" t="s">
-        <v>3363</v>
+        <v>3384</v>
       </c>
       <c r="G508"/>
       <c r="H508" t="s">
-        <v>739</v>
+        <v>3385</v>
       </c>
       <c r="I508" t="s">
-        <v>3364</v>
+        <v>3386</v>
       </c>
       <c r="J508" t="s">
-        <v>3365</v>
+        <v>3387</v>
       </c>
       <c r="K508" t="s">
-        <v>3366</v>
+        <v>3388</v>
       </c>
       <c r="L508" t="s">
-        <v>3367</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="509" spans="1:12">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509" t="s">
-        <v>3368</v>
+        <v>3390</v>
       </c>
       <c r="C509" t="s">
-        <v>766</v>
+        <v>23</v>
       </c>
       <c r="D509" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="E509">
         <v>2026</v>
       </c>
       <c r="F509" t="s">
-        <v>3369</v>
+        <v>3391</v>
       </c>
       <c r="G509"/>
       <c r="H509" t="s">
-        <v>3370</v>
-[...6 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I509"/>
+      <c r="J509"/>
       <c r="K509" t="s">
-        <v>3373</v>
+        <v>3392</v>
       </c>
       <c r="L509" t="s">
-        <v>3374</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="510" spans="1:12">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510" t="s">
-        <v>3375</v>
+        <v>3394</v>
       </c>
       <c r="C510" t="s">
         <v>29</v>
       </c>
       <c r="D510" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E510">
-        <v>2026</v>
+        <v>1999</v>
       </c>
       <c r="F510" t="s">
-        <v>3376</v>
+        <v>3395</v>
       </c>
       <c r="G510"/>
       <c r="H510" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-      <c r="J510"/>
+        <v>301</v>
+      </c>
+      <c r="I510" t="s">
+        <v>3396</v>
+      </c>
+      <c r="J510" t="s">
+        <v>3397</v>
+      </c>
       <c r="K510" t="s">
-        <v>3377</v>
+        <v>3398</v>
       </c>
       <c r="L510" t="s">
-        <v>3378</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="511" spans="1:12">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511" t="s">
-        <v>3379</v>
+        <v>3400</v>
       </c>
       <c r="C511" t="s">
-        <v>13</v>
+        <v>83</v>
       </c>
       <c r="D511" t="s">
-        <v>44</v>
+        <v>3401</v>
       </c>
       <c r="E511">
-        <v>1999</v>
+        <v>2026</v>
       </c>
       <c r="F511" t="s">
-        <v>3380</v>
+        <v>3402</v>
       </c>
       <c r="G511"/>
       <c r="H511" t="s">
-        <v>306</v>
+        <v>2324</v>
       </c>
       <c r="I511" t="s">
-        <v>3381</v>
+        <v>3403</v>
       </c>
       <c r="J511" t="s">
-        <v>3382</v>
+        <v>3404</v>
       </c>
       <c r="K511" t="s">
-        <v>3383</v>
+        <v>3405</v>
       </c>
       <c r="L511" t="s">
-        <v>3384</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="512" spans="1:12">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512" t="s">
-        <v>3385</v>
+        <v>3407</v>
       </c>
       <c r="C512" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
       <c r="D512" t="s">
-        <v>3386</v>
+        <v>3338</v>
       </c>
       <c r="E512">
         <v>2026</v>
       </c>
       <c r="F512" t="s">
-        <v>3387</v>
-[...1 lines deleted...]
-      <c r="G512"/>
+        <v>3408</v>
+      </c>
+      <c r="G512" t="s">
+        <v>3409</v>
+      </c>
       <c r="H512" t="s">
-        <v>2316</v>
+        <v>3252</v>
       </c>
       <c r="I512" t="s">
-        <v>3388</v>
+        <v>3410</v>
       </c>
       <c r="J512" t="s">
-        <v>3389</v>
+        <v>3411</v>
       </c>
       <c r="K512" t="s">
-        <v>3390</v>
+        <v>3412</v>
       </c>
       <c r="L512" t="s">
-        <v>3391</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="513" spans="1:12">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513" t="s">
-        <v>3392</v>
+        <v>3414</v>
       </c>
       <c r="C513" t="s">
-        <v>70</v>
+        <v>260</v>
       </c>
       <c r="D513" t="s">
-        <v>3323</v>
+        <v>3415</v>
       </c>
       <c r="E513">
         <v>2026</v>
       </c>
       <c r="F513" t="s">
-        <v>3393</v>
-[...3 lines deleted...]
-      </c>
+        <v>3416</v>
+      </c>
+      <c r="G513"/>
       <c r="H513" t="s">
-        <v>3237</v>
+        <v>2963</v>
       </c>
       <c r="I513" t="s">
-        <v>3395</v>
+        <v>3417</v>
       </c>
       <c r="J513" t="s">
-        <v>3396</v>
+        <v>3418</v>
       </c>
       <c r="K513" t="s">
-        <v>3397</v>
+        <v>3419</v>
       </c>
       <c r="L513" t="s">
-        <v>3398</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="514" spans="1:12">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514" t="s">
-        <v>3399</v>
+        <v>3421</v>
       </c>
       <c r="C514" t="s">
-        <v>265</v>
+        <v>117</v>
       </c>
       <c r="D514" t="s">
-        <v>3400</v>
+        <v>14</v>
       </c>
       <c r="E514">
         <v>2026</v>
       </c>
       <c r="F514" t="s">
-        <v>3401</v>
-[...1 lines deleted...]
-      <c r="G514"/>
+        <v>3422</v>
+      </c>
+      <c r="G514" t="s">
+        <v>3423</v>
+      </c>
       <c r="H514" t="s">
-        <v>2949</v>
+        <v>1014</v>
       </c>
       <c r="I514" t="s">
-        <v>3402</v>
+        <v>3424</v>
       </c>
       <c r="J514" t="s">
-        <v>3403</v>
+        <v>3425</v>
       </c>
       <c r="K514" t="s">
-        <v>3404</v>
+        <v>3426</v>
       </c>
       <c r="L514" t="s">
-        <v>3405</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="515" spans="1:12">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515" t="s">
-        <v>3406</v>
+        <v>3428</v>
       </c>
       <c r="C515" t="s">
-        <v>122</v>
+        <v>23</v>
       </c>
       <c r="D515" t="s">
-        <v>20</v>
+        <v>39</v>
       </c>
       <c r="E515">
         <v>2026</v>
       </c>
       <c r="F515" t="s">
-        <v>3407</v>
-[...3 lines deleted...]
-      </c>
+        <v>3429</v>
+      </c>
+      <c r="G515"/>
       <c r="H515" t="s">
-        <v>1012</v>
-[...6 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I515"/>
+      <c r="J515"/>
       <c r="K515" t="s">
-        <v>3411</v>
+        <v>3430</v>
       </c>
       <c r="L515" t="s">
-        <v>3412</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="516" spans="1:12">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516" t="s">
-        <v>3413</v>
+        <v>3432</v>
       </c>
       <c r="C516" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="D516" t="s">
-        <v>44</v>
+        <v>1938</v>
       </c>
       <c r="E516">
         <v>2026</v>
       </c>
       <c r="F516" t="s">
-        <v>3414</v>
+        <v>3433</v>
       </c>
       <c r="G516"/>
       <c r="H516" t="s">
-        <v>189</v>
+        <v>164</v>
       </c>
       <c r="I516"/>
-      <c r="J516"/>
+      <c r="J516" t="s">
+        <v>3434</v>
+      </c>
       <c r="K516" t="s">
-        <v>3415</v>
+        <v>3435</v>
       </c>
       <c r="L516" t="s">
-        <v>3416</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="517" spans="1:12">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517" t="s">
-        <v>3417</v>
+        <v>3437</v>
       </c>
       <c r="C517" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="D517" t="s">
-        <v>1930</v>
+        <v>3438</v>
       </c>
       <c r="E517">
         <v>2026</v>
       </c>
       <c r="F517" t="s">
-        <v>3418</v>
-[...1 lines deleted...]
-      <c r="G517"/>
+        <v>3439</v>
+      </c>
+      <c r="G517" t="s">
+        <v>3440</v>
+      </c>
       <c r="H517" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="I517"/>
+        <v>3441</v>
+      </c>
+      <c r="I517" t="s">
+        <v>3442</v>
+      </c>
       <c r="J517" t="s">
-        <v>3419</v>
+        <v>3443</v>
       </c>
       <c r="K517" t="s">
-        <v>3420</v>
+        <v>3444</v>
       </c>
       <c r="L517" t="s">
-        <v>3421</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="518" spans="1:12">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518" t="s">
-        <v>3422</v>
+        <v>3446</v>
       </c>
       <c r="C518" t="s">
-        <v>88</v>
+        <v>327</v>
       </c>
       <c r="D518" t="s">
-        <v>3423</v>
+        <v>464</v>
       </c>
       <c r="E518">
         <v>2026</v>
       </c>
       <c r="F518" t="s">
-        <v>3424</v>
-[...3 lines deleted...]
-      </c>
+        <v>3447</v>
+      </c>
+      <c r="G518"/>
       <c r="H518" t="s">
-        <v>3426</v>
+        <v>314</v>
       </c>
       <c r="I518" t="s">
-        <v>3427</v>
+        <v>3448</v>
       </c>
       <c r="J518" t="s">
-        <v>3428</v>
+        <v>3449</v>
       </c>
       <c r="K518" t="s">
-        <v>3429</v>
+        <v>3450</v>
       </c>
       <c r="L518" t="s">
-        <v>3430</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="519" spans="1:12">
       <c r="A519">
         <v>518</v>
       </c>
       <c r="B519" t="s">
-        <v>3431</v>
+        <v>3452</v>
       </c>
       <c r="C519" t="s">
-        <v>332</v>
+        <v>29</v>
       </c>
       <c r="D519" t="s">
-        <v>467</v>
+        <v>363</v>
       </c>
       <c r="E519">
         <v>2026</v>
       </c>
       <c r="F519" t="s">
-        <v>3432</v>
-[...3 lines deleted...]
-        <v>319</v>
+        <v>3453</v>
+      </c>
+      <c r="G519" t="s">
+        <v>3454</v>
+      </c>
+      <c r="H519">
+        <v>75</v>
       </c>
       <c r="I519" t="s">
-        <v>3433</v>
+        <v>3455</v>
       </c>
       <c r="J519" t="s">
-        <v>3434</v>
-[...3 lines deleted...]
-      </c>
+        <v>3456</v>
+      </c>
+      <c r="K519"/>
       <c r="L519" t="s">
-        <v>3436</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="520" spans="1:12">
       <c r="A520">
         <v>519</v>
       </c>
       <c r="B520" t="s">
-        <v>3437</v>
+        <v>3458</v>
       </c>
       <c r="C520" t="s">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="D520" t="s">
-        <v>366</v>
+        <v>39</v>
       </c>
       <c r="E520">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F520" t="s">
-        <v>3438</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>3459</v>
+      </c>
+      <c r="G520"/>
+      <c r="H520" t="s">
+        <v>3460</v>
       </c>
       <c r="I520" t="s">
-        <v>3440</v>
+        <v>3461</v>
       </c>
       <c r="J520" t="s">
-        <v>3441</v>
-[...1 lines deleted...]
-      <c r="K520"/>
+        <v>3462</v>
+      </c>
+      <c r="K520" t="s">
+        <v>3463</v>
+      </c>
       <c r="L520" t="s">
-        <v>3442</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="521" spans="1:12">
       <c r="A521">
         <v>520</v>
       </c>
       <c r="B521" t="s">
-        <v>3443</v>
+        <v>3465</v>
       </c>
       <c r="C521" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D521" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E521">
         <v>1970</v>
       </c>
       <c r="F521" t="s">
-        <v>3444</v>
+        <v>3466</v>
       </c>
       <c r="G521"/>
       <c r="H521" t="s">
-        <v>3445</v>
-[...6 lines deleted...]
-      </c>
+        <v>955</v>
+      </c>
+      <c r="I521"/>
+      <c r="J521"/>
       <c r="K521" t="s">
-        <v>3448</v>
+        <v>3467</v>
       </c>
       <c r="L521" t="s">
-        <v>3449</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="522" spans="1:12">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522" t="s">
-        <v>3450</v>
+        <v>3469</v>
       </c>
       <c r="C522" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D522" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E522">
         <v>1970</v>
       </c>
       <c r="F522" t="s">
-        <v>3451</v>
-[...1 lines deleted...]
-      <c r="G522"/>
+        <v>3470</v>
+      </c>
+      <c r="G522" t="s">
+        <v>3471</v>
+      </c>
       <c r="H522" t="s">
-        <v>953</v>
+        <v>3472</v>
       </c>
       <c r="I522"/>
       <c r="J522"/>
-      <c r="K522" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K522"/>
       <c r="L522" t="s">
-        <v>3453</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="523" spans="1:12">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523" t="s">
-        <v>3454</v>
+        <v>3474</v>
       </c>
       <c r="C523" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D523" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E523">
         <v>1970</v>
       </c>
       <c r="F523" t="s">
-        <v>3455</v>
-[...3 lines deleted...]
-      </c>
+        <v>3475</v>
+      </c>
+      <c r="G523"/>
       <c r="H523" t="s">
-        <v>3457</v>
+        <v>3476</v>
       </c>
       <c r="I523"/>
       <c r="J523"/>
-      <c r="K523"/>
+      <c r="K523" t="s">
+        <v>3477</v>
+      </c>
       <c r="L523" t="s">
-        <v>3458</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="524" spans="1:12">
       <c r="A524">
         <v>523</v>
       </c>
       <c r="B524" t="s">
-        <v>3459</v>
+        <v>3479</v>
       </c>
       <c r="C524" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D524" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E524">
         <v>1970</v>
       </c>
       <c r="F524" t="s">
-        <v>3460</v>
+        <v>3480</v>
       </c>
       <c r="G524"/>
       <c r="H524" t="s">
-        <v>3461</v>
+        <v>3481</v>
       </c>
       <c r="I524"/>
       <c r="J524"/>
       <c r="K524" t="s">
-        <v>3462</v>
+        <v>3482</v>
       </c>
       <c r="L524" t="s">
-        <v>3463</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="525" spans="1:12">
       <c r="A525">
         <v>524</v>
       </c>
       <c r="B525" t="s">
-        <v>3464</v>
+        <v>3484</v>
       </c>
       <c r="C525" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D525" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E525">
         <v>1970</v>
       </c>
       <c r="F525" t="s">
-        <v>3465</v>
-[...1 lines deleted...]
-      <c r="G525"/>
+        <v>3485</v>
+      </c>
+      <c r="G525" t="s">
+        <v>3486</v>
+      </c>
       <c r="H525" t="s">
-        <v>3466</v>
+        <v>3487</v>
       </c>
       <c r="I525"/>
       <c r="J525"/>
       <c r="K525" t="s">
-        <v>3467</v>
+        <v>3488</v>
       </c>
       <c r="L525" t="s">
-        <v>3468</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="526" spans="1:12">
       <c r="A526">
         <v>525</v>
       </c>
       <c r="B526" t="s">
-        <v>3469</v>
+        <v>3490</v>
       </c>
       <c r="C526" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D526" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E526">
         <v>1970</v>
       </c>
       <c r="F526" t="s">
-        <v>3470</v>
+        <v>3491</v>
       </c>
       <c r="G526" t="s">
-        <v>3471</v>
+        <v>3486</v>
       </c>
       <c r="H526" t="s">
-        <v>3472</v>
+        <v>3460</v>
       </c>
       <c r="I526"/>
       <c r="J526"/>
       <c r="K526" t="s">
-        <v>3473</v>
+        <v>3492</v>
       </c>
       <c r="L526" t="s">
-        <v>3474</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="527" spans="1:12">
       <c r="A527">
         <v>526</v>
       </c>
       <c r="B527" t="s">
-        <v>3475</v>
+        <v>3494</v>
       </c>
       <c r="C527" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D527" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E527">
         <v>1970</v>
       </c>
       <c r="F527" t="s">
-        <v>3476</v>
+        <v>3495</v>
       </c>
       <c r="G527" t="s">
         <v>3471</v>
       </c>
       <c r="H527" t="s">
-        <v>3445</v>
+        <v>1121</v>
       </c>
       <c r="I527"/>
       <c r="J527"/>
-      <c r="K527" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K527"/>
       <c r="L527" t="s">
-        <v>3478</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="528" spans="1:12">
       <c r="A528">
         <v>527</v>
       </c>
       <c r="B528" t="s">
-        <v>3479</v>
+        <v>3497</v>
       </c>
       <c r="C528" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D528" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E528">
         <v>1970</v>
       </c>
       <c r="F528" t="s">
-        <v>3480</v>
+        <v>3498</v>
       </c>
       <c r="G528" t="s">
-        <v>3456</v>
+        <v>3486</v>
       </c>
       <c r="H528" t="s">
-        <v>1119</v>
-[...3 lines deleted...]
-      <c r="K528"/>
+        <v>3499</v>
+      </c>
+      <c r="I528" t="s">
+        <v>3461</v>
+      </c>
+      <c r="J528" t="s">
+        <v>3462</v>
+      </c>
+      <c r="K528" t="s">
+        <v>3500</v>
+      </c>
       <c r="L528" t="s">
-        <v>3481</v>
+        <v>3501</v>
       </c>
     </row>
     <row r="529" spans="1:12">
       <c r="A529">
         <v>528</v>
       </c>
       <c r="B529" t="s">
-        <v>3482</v>
+        <v>3502</v>
       </c>
       <c r="C529" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D529" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E529">
         <v>1970</v>
       </c>
       <c r="F529" t="s">
-        <v>3483</v>
+        <v>3503</v>
       </c>
       <c r="G529" t="s">
-        <v>3471</v>
+        <v>3486</v>
       </c>
       <c r="H529" t="s">
-        <v>3484</v>
-[...6 lines deleted...]
-      </c>
+        <v>3504</v>
+      </c>
+      <c r="I529"/>
+      <c r="J529"/>
       <c r="K529" t="s">
-        <v>3485</v>
+        <v>3505</v>
       </c>
       <c r="L529" t="s">
-        <v>3486</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="530" spans="1:12">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530" t="s">
-        <v>3487</v>
+        <v>3507</v>
       </c>
       <c r="C530" t="s">
-        <v>122</v>
+        <v>251</v>
       </c>
       <c r="D530" t="s">
-        <v>44</v>
+        <v>363</v>
       </c>
       <c r="E530">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F530" t="s">
-        <v>3488</v>
-[...3 lines deleted...]
-      </c>
+        <v>3508</v>
+      </c>
+      <c r="G530"/>
       <c r="H530" t="s">
-        <v>3489</v>
+        <v>3509</v>
       </c>
       <c r="I530"/>
       <c r="J530"/>
       <c r="K530" t="s">
-        <v>3490</v>
+        <v>3510</v>
       </c>
       <c r="L530" t="s">
-        <v>3491</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="531" spans="1:12">
       <c r="A531">
         <v>530</v>
       </c>
       <c r="B531" t="s">
-        <v>3492</v>
+        <v>3512</v>
       </c>
       <c r="C531" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D531" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="E531">
         <v>2026</v>
       </c>
       <c r="F531" t="s">
-        <v>3493</v>
-[...1 lines deleted...]
-      <c r="G531"/>
+        <v>3513</v>
+      </c>
+      <c r="G531" t="s">
+        <v>3514</v>
+      </c>
       <c r="H531" t="s">
-        <v>3494</v>
-[...2 lines deleted...]
-      <c r="J531"/>
+        <v>998</v>
+      </c>
+      <c r="I531" t="s">
+        <v>3515</v>
+      </c>
+      <c r="J531" t="s">
+        <v>3516</v>
+      </c>
       <c r="K531" t="s">
-        <v>3495</v>
+        <v>3517</v>
       </c>
       <c r="L531" t="s">
-        <v>3496</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="532" spans="1:12">
       <c r="A532">
         <v>531</v>
       </c>
       <c r="B532" t="s">
-        <v>3497</v>
+        <v>3519</v>
       </c>
       <c r="C532" t="s">
-        <v>256</v>
+        <v>117</v>
       </c>
       <c r="D532" t="s">
-        <v>366</v>
+        <v>1952</v>
       </c>
       <c r="E532">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F532" t="s">
-        <v>3498</v>
-[...3 lines deleted...]
-      </c>
+        <v>3520</v>
+      </c>
+      <c r="G532"/>
       <c r="H532" t="s">
-        <v>996</v>
+        <v>3521</v>
       </c>
       <c r="I532" t="s">
-        <v>3500</v>
+        <v>3522</v>
       </c>
       <c r="J532" t="s">
-        <v>3501</v>
+        <v>3523</v>
       </c>
       <c r="K532" t="s">
-        <v>3502</v>
+        <v>3524</v>
       </c>
       <c r="L532" t="s">
-        <v>3503</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="533" spans="1:12">
       <c r="A533">
         <v>532</v>
       </c>
       <c r="B533" t="s">
-        <v>3504</v>
+        <v>3526</v>
       </c>
       <c r="C533" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="D533" t="s">
-        <v>1944</v>
+        <v>502</v>
       </c>
       <c r="E533">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F533" t="s">
-        <v>3505</v>
-[...1 lines deleted...]
-      <c r="G533"/>
+        <v>3527</v>
+      </c>
+      <c r="G533" t="s">
+        <v>3528</v>
+      </c>
       <c r="H533" t="s">
-        <v>3506</v>
+        <v>1155</v>
       </c>
       <c r="I533" t="s">
-        <v>3507</v>
+        <v>3529</v>
       </c>
       <c r="J533" t="s">
-        <v>3508</v>
+        <v>3530</v>
       </c>
       <c r="K533" t="s">
-        <v>3509</v>
+        <v>3531</v>
       </c>
       <c r="L533" t="s">
-        <v>3510</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="534" spans="1:12">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534" t="s">
-        <v>3511</v>
+        <v>3533</v>
       </c>
       <c r="C534" t="s">
-        <v>70</v>
+        <v>99</v>
       </c>
       <c r="D534" t="s">
-        <v>505</v>
+        <v>154</v>
       </c>
       <c r="E534">
         <v>2026</v>
       </c>
       <c r="F534" t="s">
-        <v>3512</v>
+        <v>3534</v>
       </c>
       <c r="G534" t="s">
-        <v>3513</v>
+        <v>3535</v>
       </c>
       <c r="H534" t="s">
-        <v>1153</v>
+        <v>3536</v>
       </c>
       <c r="I534" t="s">
-        <v>3514</v>
-[...3 lines deleted...]
-      </c>
+        <v>3537</v>
+      </c>
+      <c r="J534"/>
       <c r="K534" t="s">
-        <v>3516</v>
+        <v>3538</v>
       </c>
       <c r="L534" t="s">
-        <v>3517</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="535" spans="1:12">
       <c r="A535">
         <v>534</v>
       </c>
       <c r="B535" t="s">
-        <v>3518</v>
+        <v>3540</v>
       </c>
       <c r="C535" t="s">
-        <v>104</v>
+        <v>23</v>
       </c>
       <c r="D535" t="s">
-        <v>159</v>
+        <v>800</v>
       </c>
       <c r="E535">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F535" t="s">
-        <v>3519</v>
-[...3 lines deleted...]
-      </c>
+        <v>3541</v>
+      </c>
+      <c r="G535"/>
       <c r="H535" t="s">
-        <v>3521</v>
-[...4 lines deleted...]
-      <c r="J535"/>
+        <v>1723</v>
+      </c>
+      <c r="I535"/>
+      <c r="J535" t="s">
+        <v>3542</v>
+      </c>
       <c r="K535" t="s">
-        <v>3523</v>
+        <v>3543</v>
       </c>
       <c r="L535" t="s">
-        <v>3524</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="536" spans="1:12">
       <c r="A536">
         <v>535</v>
       </c>
       <c r="B536" t="s">
-        <v>3525</v>
+        <v>3545</v>
       </c>
       <c r="C536" t="s">
-        <v>29</v>
+        <v>99</v>
       </c>
       <c r="D536" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="E536">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F536" t="s">
-        <v>3526</v>
-[...1 lines deleted...]
-      <c r="G536"/>
+        <v>3546</v>
+      </c>
+      <c r="G536" t="s">
+        <v>3547</v>
+      </c>
       <c r="H536" t="s">
-        <v>1717</v>
-[...4 lines deleted...]
-      </c>
+        <v>3548</v>
+      </c>
+      <c r="I536" t="s">
+        <v>3549</v>
+      </c>
+      <c r="J536"/>
       <c r="K536" t="s">
-        <v>3528</v>
+        <v>3550</v>
       </c>
       <c r="L536" t="s">
-        <v>3529</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="537" spans="1:12">
       <c r="A537">
         <v>536</v>
       </c>
       <c r="B537" t="s">
-        <v>3530</v>
+        <v>3552</v>
       </c>
       <c r="C537" t="s">
-        <v>104</v>
+        <v>251</v>
       </c>
       <c r="D537" t="s">
-        <v>803</v>
+        <v>75</v>
       </c>
       <c r="E537">
         <v>2026</v>
       </c>
       <c r="F537" t="s">
-        <v>3531</v>
-[...3 lines deleted...]
-      </c>
+        <v>3553</v>
+      </c>
+      <c r="G537"/>
       <c r="H537" t="s">
-        <v>3533</v>
+        <v>87</v>
       </c>
       <c r="I537" t="s">
-        <v>3534</v>
-[...1 lines deleted...]
-      <c r="J537"/>
+        <v>3554</v>
+      </c>
+      <c r="J537" t="s">
+        <v>3555</v>
+      </c>
       <c r="K537" t="s">
-        <v>3535</v>
+        <v>3556</v>
       </c>
       <c r="L537" t="s">
-        <v>3536</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="538" spans="1:12">
       <c r="A538">
         <v>537</v>
       </c>
       <c r="B538" t="s">
-        <v>3537</v>
+        <v>3558</v>
       </c>
       <c r="C538" t="s">
-        <v>256</v>
+        <v>38</v>
       </c>
       <c r="D538" t="s">
-        <v>80</v>
+        <v>1407</v>
       </c>
       <c r="E538">
         <v>2026</v>
       </c>
       <c r="F538" t="s">
-        <v>3538</v>
+        <v>3559</v>
       </c>
       <c r="G538"/>
       <c r="H538" t="s">
-        <v>92</v>
+        <v>3560</v>
       </c>
       <c r="I538" t="s">
-        <v>3539</v>
+        <v>3561</v>
       </c>
       <c r="J538" t="s">
-        <v>3540</v>
-[...3 lines deleted...]
-      </c>
+        <v>3562</v>
+      </c>
+      <c r="K538"/>
       <c r="L538" t="s">
-        <v>3542</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="539" spans="1:12">
       <c r="A539">
         <v>538</v>
       </c>
       <c r="B539" t="s">
-        <v>3543</v>
+        <v>3564</v>
       </c>
       <c r="C539" t="s">
-        <v>43</v>
+        <v>189</v>
       </c>
       <c r="D539" t="s">
-        <v>1402</v>
+        <v>75</v>
       </c>
       <c r="E539">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F539" t="s">
-        <v>3544</v>
+        <v>3565</v>
       </c>
       <c r="G539"/>
       <c r="H539" t="s">
-        <v>3545</v>
+        <v>3566</v>
       </c>
       <c r="I539" t="s">
-        <v>3546</v>
+        <v>3567</v>
       </c>
       <c r="J539" t="s">
-        <v>3547</v>
-[...1 lines deleted...]
-      <c r="K539"/>
+        <v>3568</v>
+      </c>
+      <c r="K539" t="s">
+        <v>3569</v>
+      </c>
       <c r="L539" t="s">
-        <v>3548</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="540" spans="1:12">
       <c r="A540">
         <v>539</v>
       </c>
       <c r="B540" t="s">
-        <v>3549</v>
+        <v>3571</v>
       </c>
       <c r="C540" t="s">
-        <v>194</v>
+        <v>29</v>
       </c>
       <c r="D540" t="s">
-        <v>80</v>
+        <v>39</v>
       </c>
       <c r="E540">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F540" t="s">
-        <v>3550</v>
+        <v>3572</v>
       </c>
       <c r="G540"/>
       <c r="H540" t="s">
-        <v>3551</v>
+        <v>157</v>
       </c>
       <c r="I540" t="s">
-        <v>3552</v>
+        <v>3573</v>
       </c>
       <c r="J540" t="s">
-        <v>3553</v>
+        <v>3574</v>
       </c>
       <c r="K540" t="s">
-        <v>3554</v>
+        <v>3575</v>
       </c>
       <c r="L540" t="s">
-        <v>3555</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="541" spans="1:12">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541" t="s">
-        <v>3556</v>
-[...3 lines deleted...]
-      </c>
+        <v>3577</v>
+      </c>
+      <c r="C541"/>
       <c r="D541" t="s">
-        <v>44</v>
+        <v>363</v>
       </c>
       <c r="E541">
         <v>2026</v>
       </c>
       <c r="F541" t="s">
-        <v>3557</v>
+        <v>3578</v>
       </c>
       <c r="G541"/>
-      <c r="H541" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H541"/>
       <c r="I541" t="s">
-        <v>3558</v>
+        <v>3579</v>
       </c>
       <c r="J541" t="s">
-        <v>3559</v>
-[...3 lines deleted...]
-      </c>
+        <v>3580</v>
+      </c>
+      <c r="K541"/>
       <c r="L541" t="s">
-        <v>3561</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="542" spans="1:12">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542" t="s">
-        <v>3562</v>
-[...1 lines deleted...]
-      <c r="C542"/>
+        <v>3582</v>
+      </c>
+      <c r="C542" t="s">
+        <v>38</v>
+      </c>
       <c r="D542" t="s">
-        <v>366</v>
+        <v>3583</v>
       </c>
       <c r="E542">
         <v>2026</v>
       </c>
       <c r="F542" t="s">
-        <v>3563</v>
-[...2 lines deleted...]
-      <c r="H542"/>
+        <v>3584</v>
+      </c>
+      <c r="G542" t="s">
+        <v>3585</v>
+      </c>
+      <c r="H542" t="s">
+        <v>87</v>
+      </c>
       <c r="I542" t="s">
-        <v>3564</v>
+        <v>3586</v>
       </c>
       <c r="J542" t="s">
-        <v>3565</v>
-[...1 lines deleted...]
-      <c r="K542"/>
+        <v>3587</v>
+      </c>
+      <c r="K542" t="s">
+        <v>3588</v>
+      </c>
       <c r="L542" t="s">
-        <v>3566</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="543" spans="1:12">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543" t="s">
-        <v>3567</v>
+        <v>3590</v>
       </c>
       <c r="C543" t="s">
-        <v>43</v>
+        <v>3591</v>
       </c>
       <c r="D543" t="s">
-        <v>3568</v>
+        <v>75</v>
       </c>
       <c r="E543">
         <v>2026</v>
       </c>
       <c r="F543" t="s">
-        <v>3569</v>
-[...3 lines deleted...]
-      </c>
+        <v>3592</v>
+      </c>
+      <c r="G543"/>
       <c r="H543" t="s">
-        <v>92</v>
+        <v>973</v>
       </c>
       <c r="I543" t="s">
-        <v>3571</v>
+        <v>3593</v>
       </c>
       <c r="J543" t="s">
-        <v>3572</v>
+        <v>3594</v>
       </c>
       <c r="K543" t="s">
-        <v>3573</v>
+        <v>3595</v>
       </c>
       <c r="L543" t="s">
-        <v>3574</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="544" spans="1:12">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544" t="s">
-        <v>3575</v>
+        <v>3597</v>
       </c>
       <c r="C544" t="s">
-        <v>3576</v>
+        <v>65</v>
       </c>
       <c r="D544" t="s">
-        <v>80</v>
+        <v>363</v>
       </c>
       <c r="E544">
         <v>2026</v>
       </c>
       <c r="F544" t="s">
-        <v>3577</v>
-[...3 lines deleted...]
-        <v>971</v>
+        <v>3598</v>
+      </c>
+      <c r="G544" t="s">
+        <v>3599</v>
+      </c>
+      <c r="H544">
+        <v>93</v>
       </c>
       <c r="I544" t="s">
-        <v>3578</v>
+        <v>3600</v>
       </c>
       <c r="J544" t="s">
-        <v>3579</v>
-[...3 lines deleted...]
-      </c>
+        <v>3601</v>
+      </c>
+      <c r="K544"/>
       <c r="L544" t="s">
-        <v>3581</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="545" spans="1:12">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545" t="s">
-        <v>3582</v>
+        <v>3603</v>
       </c>
       <c r="C545" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="D545" t="s">
-        <v>366</v>
+        <v>39</v>
       </c>
       <c r="E545">
         <v>2026</v>
       </c>
       <c r="F545" t="s">
-        <v>3583</v>
-[...13 lines deleted...]
-      <c r="K545"/>
+        <v>3604</v>
+      </c>
+      <c r="G545"/>
+      <c r="H545" t="s">
+        <v>68</v>
+      </c>
+      <c r="I545"/>
+      <c r="J545"/>
+      <c r="K545" t="s">
+        <v>3605</v>
+      </c>
       <c r="L545" t="s">
-        <v>3587</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="546" spans="1:12">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546" t="s">
-        <v>3588</v>
+        <v>3607</v>
       </c>
       <c r="C546" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D546" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E546">
         <v>2026</v>
       </c>
       <c r="F546" t="s">
-        <v>3589</v>
+        <v>3608</v>
       </c>
       <c r="G546"/>
       <c r="H546" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-      <c r="J546"/>
+        <v>399</v>
+      </c>
+      <c r="I546" t="s">
+        <v>3609</v>
+      </c>
+      <c r="J546" t="s">
+        <v>3610</v>
+      </c>
       <c r="K546" t="s">
-        <v>3590</v>
+        <v>3611</v>
       </c>
       <c r="L546" t="s">
-        <v>3591</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="547" spans="1:12">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547" t="s">
-        <v>3592</v>
+        <v>3613</v>
       </c>
       <c r="C547" t="s">
-        <v>29</v>
+        <v>1302</v>
       </c>
       <c r="D547" t="s">
-        <v>80</v>
+        <v>3614</v>
       </c>
       <c r="E547">
         <v>2026</v>
       </c>
       <c r="F547" t="s">
-        <v>3593</v>
-[...1 lines deleted...]
-      <c r="G547"/>
+        <v>3615</v>
+      </c>
+      <c r="G547" t="s">
+        <v>3616</v>
+      </c>
       <c r="H547" t="s">
-        <v>402</v>
-[...9 lines deleted...]
-      </c>
+        <v>422</v>
+      </c>
+      <c r="I547"/>
+      <c r="J547"/>
+      <c r="K547"/>
       <c r="L547" t="s">
-        <v>3597</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="548" spans="1:12">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548" t="s">
-        <v>3598</v>
+        <v>3618</v>
       </c>
       <c r="C548" t="s">
-        <v>1299</v>
+        <v>65</v>
       </c>
       <c r="D548" t="s">
-        <v>3599</v>
+        <v>3619</v>
       </c>
       <c r="E548">
         <v>2026</v>
       </c>
       <c r="F548" t="s">
-        <v>3600</v>
-[...1 lines deleted...]
-      <c r="G548"/>
+        <v>3620</v>
+      </c>
+      <c r="G548" t="s">
+        <v>3621</v>
+      </c>
       <c r="H548" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      <c r="K548"/>
+        <v>1526</v>
+      </c>
+      <c r="I548" t="s">
+        <v>3622</v>
+      </c>
+      <c r="J548" t="s">
+        <v>3623</v>
+      </c>
+      <c r="K548" t="s">
+        <v>3624</v>
+      </c>
       <c r="L548" t="s">
-        <v>3601</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="549" spans="1:12">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549" t="s">
-        <v>3602</v>
+        <v>3626</v>
       </c>
       <c r="C549" t="s">
-        <v>70</v>
+        <v>189</v>
       </c>
       <c r="D549" t="s">
-        <v>3603</v>
+        <v>39</v>
       </c>
       <c r="E549">
         <v>2026</v>
       </c>
       <c r="F549" t="s">
-        <v>3604</v>
-[...3 lines deleted...]
-      </c>
+        <v>3627</v>
+      </c>
+      <c r="G549"/>
       <c r="H549" t="s">
-        <v>1521</v>
+        <v>107</v>
       </c>
       <c r="I549" t="s">
-        <v>3606</v>
-[...3 lines deleted...]
-      </c>
+        <v>3628</v>
+      </c>
+      <c r="J549"/>
       <c r="K549" t="s">
-        <v>3608</v>
+        <v>3629</v>
       </c>
       <c r="L549" t="s">
-        <v>3609</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="550" spans="1:12">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550" t="s">
-        <v>3610</v>
+        <v>3631</v>
       </c>
       <c r="C550" t="s">
-        <v>194</v>
+        <v>23</v>
       </c>
       <c r="D550" t="s">
-        <v>44</v>
+        <v>3632</v>
       </c>
       <c r="E550">
         <v>2026</v>
       </c>
       <c r="F550" t="s">
-        <v>3611</v>
+        <v>3633</v>
       </c>
       <c r="G550"/>
       <c r="H550" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>3634</v>
+      </c>
+      <c r="I550"/>
       <c r="J550"/>
       <c r="K550" t="s">
-        <v>3613</v>
+        <v>3635</v>
       </c>
       <c r="L550" t="s">
-        <v>3614</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="551" spans="1:12">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551" t="s">
-        <v>3615</v>
+        <v>3637</v>
       </c>
       <c r="C551" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="D551" t="s">
-        <v>3616</v>
+        <v>39</v>
       </c>
       <c r="E551">
         <v>2026</v>
       </c>
       <c r="F551" t="s">
-        <v>3617</v>
+        <v>3638</v>
       </c>
       <c r="G551"/>
       <c r="H551" t="s">
-        <v>3618</v>
+        <v>512</v>
       </c>
       <c r="I551"/>
       <c r="J551"/>
       <c r="K551" t="s">
-        <v>3619</v>
+        <v>3639</v>
       </c>
       <c r="L551" t="s">
-        <v>3620</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="552" spans="1:12">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552" t="s">
-        <v>3621</v>
+        <v>3641</v>
       </c>
       <c r="C552" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="D552" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="E552">
         <v>2026</v>
       </c>
       <c r="F552" t="s">
-        <v>3622</v>
-[...1 lines deleted...]
-      <c r="G552"/>
+        <v>3642</v>
+      </c>
+      <c r="G552" t="s">
+        <v>3643</v>
+      </c>
       <c r="H552" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-      <c r="J552"/>
+        <v>1060</v>
+      </c>
+      <c r="I552" t="s">
+        <v>3644</v>
+      </c>
+      <c r="J552" t="s">
+        <v>3645</v>
+      </c>
       <c r="K552" t="s">
-        <v>3623</v>
+        <v>3646</v>
       </c>
       <c r="L552" t="s">
-        <v>3624</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="553" spans="1:12">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553" t="s">
-        <v>3625</v>
+        <v>3648</v>
       </c>
       <c r="C553" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="D553" t="s">
-        <v>20</v>
+        <v>464</v>
       </c>
       <c r="E553">
         <v>2026</v>
       </c>
       <c r="F553" t="s">
-        <v>3626</v>
+        <v>3649</v>
       </c>
       <c r="G553" t="s">
-        <v>3627</v>
+        <v>3650</v>
       </c>
       <c r="H553" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="I553" t="s">
-        <v>3628</v>
+        <v>3651</v>
       </c>
       <c r="J553" t="s">
-        <v>3629</v>
+        <v>3652</v>
       </c>
       <c r="K553" t="s">
-        <v>3630</v>
+        <v>3653</v>
       </c>
       <c r="L553" t="s">
-        <v>3631</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="554" spans="1:12">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554" t="s">
-        <v>3632</v>
+        <v>3655</v>
       </c>
       <c r="C554" t="s">
-        <v>70</v>
+        <v>298</v>
       </c>
       <c r="D554" t="s">
-        <v>467</v>
+        <v>75</v>
       </c>
       <c r="E554">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F554" t="s">
-        <v>3633</v>
-[...3 lines deleted...]
-      </c>
+        <v>3656</v>
+      </c>
+      <c r="G554"/>
       <c r="H554" t="s">
-        <v>1058</v>
+        <v>3657</v>
       </c>
       <c r="I554" t="s">
-        <v>3635</v>
+        <v>3658</v>
       </c>
       <c r="J554" t="s">
-        <v>3636</v>
+        <v>3659</v>
       </c>
       <c r="K554" t="s">
-        <v>3637</v>
+        <v>3660</v>
       </c>
       <c r="L554" t="s">
-        <v>3638</v>
+        <v>3661</v>
       </c>
     </row>
     <row r="555" spans="1:12">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555" t="s">
-        <v>3639</v>
+        <v>3662</v>
       </c>
       <c r="C555" t="s">
-        <v>303</v>
+        <v>1270</v>
       </c>
       <c r="D555" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="E555">
         <v>1970</v>
       </c>
       <c r="F555" t="s">
-        <v>3640</v>
-[...13 lines deleted...]
-      </c>
+        <v>3663</v>
+      </c>
+      <c r="G555" t="s">
+        <v>3664</v>
+      </c>
+      <c r="H555"/>
+      <c r="I555"/>
+      <c r="J555"/>
+      <c r="K555"/>
       <c r="L555" t="s">
-        <v>3645</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="556" spans="1:12">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556" t="s">
-        <v>3646</v>
+        <v>3666</v>
       </c>
       <c r="C556" t="s">
-        <v>1268</v>
+        <v>38</v>
       </c>
       <c r="D556" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="E556">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F556" t="s">
-        <v>3647</v>
-[...5 lines deleted...]
-      <c r="K556"/>
+        <v>3667</v>
+      </c>
+      <c r="G556" t="s">
+        <v>3668</v>
+      </c>
+      <c r="H556" t="s">
+        <v>68</v>
+      </c>
+      <c r="I556" t="s">
+        <v>3669</v>
+      </c>
+      <c r="J556" t="s">
+        <v>3670</v>
+      </c>
+      <c r="K556" t="s">
+        <v>3671</v>
+      </c>
       <c r="L556" t="s">
-        <v>3648</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="557" spans="1:12">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557" t="s">
-        <v>3649</v>
+        <v>3673</v>
       </c>
       <c r="C557" t="s">
-        <v>43</v>
+        <v>3674</v>
       </c>
       <c r="D557" t="s">
-        <v>71</v>
+        <v>39</v>
       </c>
       <c r="E557">
         <v>2026</v>
       </c>
       <c r="F557" t="s">
-        <v>3650</v>
+        <v>3675</v>
       </c>
       <c r="G557" t="s">
-        <v>3651</v>
+        <v>3676</v>
       </c>
       <c r="H557" t="s">
-        <v>73</v>
+        <v>1341</v>
       </c>
       <c r="I557" t="s">
-        <v>3652</v>
+        <v>3677</v>
       </c>
       <c r="J557" t="s">
-        <v>3653</v>
+        <v>3678</v>
       </c>
       <c r="K557" t="s">
-        <v>3654</v>
+        <v>3679</v>
       </c>
       <c r="L557" t="s">
-        <v>3655</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="558" spans="1:12">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558" t="s">
-        <v>3656</v>
+        <v>3681</v>
       </c>
       <c r="C558" t="s">
-        <v>3657</v>
+        <v>298</v>
       </c>
       <c r="D558" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="E558">
         <v>2026</v>
       </c>
       <c r="F558" t="s">
-        <v>3658</v>
-[...3 lines deleted...]
-      </c>
+        <v>3682</v>
+      </c>
+      <c r="G558"/>
       <c r="H558" t="s">
-        <v>1338</v>
+        <v>68</v>
       </c>
       <c r="I558" t="s">
-        <v>3660</v>
+        <v>3683</v>
       </c>
       <c r="J558" t="s">
-        <v>3661</v>
+        <v>3684</v>
       </c>
       <c r="K558" t="s">
-        <v>3662</v>
+        <v>3685</v>
       </c>
       <c r="L558" t="s">
-        <v>3663</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="559" spans="1:12">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559" t="s">
-        <v>3664</v>
+        <v>3687</v>
       </c>
       <c r="C559" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="D559" t="s">
-        <v>80</v>
+        <v>363</v>
       </c>
       <c r="E559">
-        <v>2026</v>
+        <v>1968</v>
       </c>
       <c r="F559" t="s">
-        <v>3665</v>
-[...3 lines deleted...]
-        <v>73</v>
+        <v>3688</v>
+      </c>
+      <c r="G559" t="s">
+        <v>3689</v>
+      </c>
+      <c r="H559">
+        <v>87</v>
       </c>
       <c r="I559" t="s">
-        <v>3666</v>
+        <v>3690</v>
       </c>
       <c r="J559" t="s">
-        <v>3667</v>
-[...3 lines deleted...]
-      </c>
+        <v>3691</v>
+      </c>
+      <c r="K559"/>
       <c r="L559" t="s">
-        <v>3669</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="560" spans="1:12">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560" t="s">
-        <v>3670</v>
+        <v>3693</v>
       </c>
       <c r="C560" t="s">
-        <v>303</v>
+        <v>2873</v>
       </c>
       <c r="D560" t="s">
-        <v>366</v>
+        <v>3694</v>
       </c>
       <c r="E560">
-        <v>1968</v>
+        <v>2026</v>
       </c>
       <c r="F560" t="s">
-        <v>3671</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>3695</v>
+      </c>
+      <c r="G560"/>
+      <c r="H560" t="s">
+        <v>1341</v>
       </c>
       <c r="I560" t="s">
-        <v>3673</v>
+        <v>3696</v>
       </c>
       <c r="J560" t="s">
-        <v>3674</v>
-[...1 lines deleted...]
-      <c r="K560"/>
+        <v>3697</v>
+      </c>
+      <c r="K560" t="s">
+        <v>3698</v>
+      </c>
       <c r="L560" t="s">
-        <v>3675</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="561" spans="1:12">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561" t="s">
-        <v>3676</v>
+        <v>3700</v>
       </c>
       <c r="C561" t="s">
-        <v>2859</v>
+        <v>38</v>
       </c>
       <c r="D561" t="s">
-        <v>3677</v>
+        <v>39</v>
       </c>
       <c r="E561">
         <v>2026</v>
       </c>
       <c r="F561" t="s">
-        <v>3678</v>
+        <v>3701</v>
       </c>
       <c r="G561"/>
       <c r="H561" t="s">
-        <v>1338</v>
+        <v>729</v>
       </c>
       <c r="I561" t="s">
-        <v>3679</v>
+        <v>3702</v>
       </c>
       <c r="J561" t="s">
-        <v>3680</v>
+        <v>3703</v>
       </c>
       <c r="K561" t="s">
-        <v>3681</v>
+        <v>3704</v>
       </c>
       <c r="L561" t="s">
-        <v>3682</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="562" spans="1:12">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562" t="s">
-        <v>3683</v>
+        <v>3706</v>
       </c>
       <c r="C562" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D562" t="s">
-        <v>44</v>
+        <v>1875</v>
       </c>
       <c r="E562">
         <v>2026</v>
       </c>
       <c r="F562" t="s">
-        <v>3684</v>
+        <v>3707</v>
       </c>
       <c r="G562"/>
       <c r="H562" t="s">
-        <v>732</v>
-[...3 lines deleted...]
-      </c>
+        <v>2071</v>
+      </c>
+      <c r="I562"/>
       <c r="J562" t="s">
-        <v>3686</v>
+        <v>3708</v>
       </c>
       <c r="K562" t="s">
-        <v>3687</v>
+        <v>3709</v>
       </c>
       <c r="L562" t="s">
-        <v>3688</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="563" spans="1:12">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563" t="s">
-        <v>3689</v>
+        <v>3711</v>
       </c>
       <c r="C563" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="D563" t="s">
-        <v>1869</v>
+        <v>39</v>
       </c>
       <c r="E563">
         <v>2026</v>
       </c>
       <c r="F563" t="s">
-        <v>3690</v>
+        <v>3712</v>
       </c>
       <c r="G563"/>
       <c r="H563" t="s">
-        <v>2063</v>
+        <v>50</v>
       </c>
       <c r="I563"/>
-      <c r="J563" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J563"/>
       <c r="K563" t="s">
-        <v>3692</v>
+        <v>3713</v>
       </c>
       <c r="L563" t="s">
-        <v>3693</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="564" spans="1:12">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564" t="s">
-        <v>3694</v>
+        <v>3715</v>
       </c>
       <c r="C564" t="s">
-        <v>29</v>
+        <v>1255</v>
       </c>
       <c r="D564" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E564">
         <v>2026</v>
       </c>
       <c r="F564" t="s">
-        <v>3695</v>
+        <v>3716</v>
       </c>
       <c r="G564"/>
       <c r="H564" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="J564"/>
+        <v>87</v>
+      </c>
+      <c r="I564" t="s">
+        <v>3717</v>
+      </c>
+      <c r="J564" t="s">
+        <v>3718</v>
+      </c>
       <c r="K564" t="s">
-        <v>3696</v>
+        <v>3719</v>
       </c>
       <c r="L564" t="s">
-        <v>3697</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="565" spans="1:12">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565" t="s">
-        <v>3698</v>
+        <v>3721</v>
       </c>
       <c r="C565" t="s">
-        <v>1253</v>
+        <v>251</v>
       </c>
       <c r="D565" t="s">
-        <v>44</v>
+        <v>464</v>
       </c>
       <c r="E565">
         <v>2026</v>
       </c>
       <c r="F565" t="s">
-        <v>3699</v>
-[...1 lines deleted...]
-      <c r="G565"/>
+        <v>3722</v>
+      </c>
+      <c r="G565" t="s">
+        <v>3723</v>
+      </c>
       <c r="H565" t="s">
-        <v>92</v>
+        <v>2862</v>
       </c>
       <c r="I565" t="s">
-        <v>3700</v>
+        <v>3724</v>
       </c>
       <c r="J565" t="s">
-        <v>3701</v>
+        <v>3725</v>
       </c>
       <c r="K565" t="s">
-        <v>3702</v>
+        <v>3726</v>
       </c>
       <c r="L565" t="s">
-        <v>3703</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="566" spans="1:12">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566" t="s">
-        <v>3704</v>
+        <v>3728</v>
       </c>
       <c r="C566" t="s">
-        <v>256</v>
+        <v>23</v>
       </c>
       <c r="D566" t="s">
-        <v>467</v>
+        <v>75</v>
       </c>
       <c r="E566">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F566" t="s">
-        <v>3705</v>
-[...3 lines deleted...]
-      </c>
+        <v>3729</v>
+      </c>
+      <c r="G566"/>
       <c r="H566" t="s">
-        <v>2848</v>
+        <v>3730</v>
       </c>
       <c r="I566" t="s">
-        <v>3707</v>
+        <v>3731</v>
       </c>
       <c r="J566" t="s">
-        <v>3708</v>
+        <v>3732</v>
       </c>
       <c r="K566" t="s">
-        <v>3709</v>
+        <v>3733</v>
       </c>
       <c r="L566" t="s">
-        <v>3710</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="567" spans="1:12">
       <c r="A567">
         <v>566</v>
       </c>
       <c r="B567" t="s">
-        <v>3711</v>
+        <v>3735</v>
       </c>
       <c r="C567" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="D567" t="s">
-        <v>80</v>
+        <v>840</v>
       </c>
       <c r="E567">
         <v>1970</v>
       </c>
       <c r="F567" t="s">
-        <v>3712</v>
+        <v>3736</v>
       </c>
       <c r="G567"/>
       <c r="H567" t="s">
-        <v>3713</v>
+        <v>3737</v>
       </c>
       <c r="I567" t="s">
-        <v>3714</v>
+        <v>3738</v>
       </c>
       <c r="J567" t="s">
-        <v>3715</v>
+        <v>3739</v>
       </c>
       <c r="K567" t="s">
-        <v>3716</v>
+        <v>3740</v>
       </c>
       <c r="L567" t="s">
-        <v>3717</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="568" spans="1:12">
       <c r="A568">
         <v>567</v>
       </c>
       <c r="B568" t="s">
-        <v>3718</v>
+        <v>3742</v>
       </c>
       <c r="C568" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="D568" t="s">
-        <v>839</v>
+        <v>690</v>
       </c>
       <c r="E568">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F568" t="s">
-        <v>3719</v>
+        <v>3743</v>
       </c>
       <c r="G568"/>
       <c r="H568" t="s">
-        <v>3720</v>
+        <v>3301</v>
       </c>
       <c r="I568" t="s">
-        <v>3721</v>
+        <v>3744</v>
       </c>
       <c r="J568" t="s">
-        <v>3722</v>
+        <v>3745</v>
       </c>
       <c r="K568" t="s">
-        <v>3723</v>
+        <v>3746</v>
       </c>
       <c r="L568" t="s">
-        <v>3724</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="569" spans="1:12">
       <c r="A569">
         <v>568</v>
       </c>
       <c r="B569" t="s">
-        <v>3725</v>
+        <v>3748</v>
       </c>
       <c r="C569" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D569" t="s">
-        <v>693</v>
+        <v>39</v>
       </c>
       <c r="E569">
         <v>2026</v>
       </c>
       <c r="F569" t="s">
-        <v>3726</v>
+        <v>3749</v>
       </c>
       <c r="G569"/>
       <c r="H569" t="s">
-        <v>3286</v>
-[...6 lines deleted...]
-      </c>
+        <v>1629</v>
+      </c>
+      <c r="I569"/>
+      <c r="J569"/>
       <c r="K569" t="s">
-        <v>3729</v>
+        <v>3750</v>
       </c>
       <c r="L569" t="s">
-        <v>3730</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="570" spans="1:12">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570" t="s">
-        <v>3731</v>
+        <v>3752</v>
       </c>
       <c r="C570" t="s">
-        <v>29</v>
+        <v>3753</v>
       </c>
       <c r="D570" t="s">
-        <v>44</v>
+        <v>3754</v>
       </c>
       <c r="E570">
         <v>2026</v>
       </c>
       <c r="F570" t="s">
-        <v>3732</v>
+        <v>3755</v>
       </c>
       <c r="G570"/>
       <c r="H570" t="s">
-        <v>1623</v>
-[...2 lines deleted...]
-      <c r="J570"/>
+        <v>2862</v>
+      </c>
+      <c r="I570" t="s">
+        <v>3756</v>
+      </c>
+      <c r="J570" t="s">
+        <v>3757</v>
+      </c>
       <c r="K570" t="s">
-        <v>3733</v>
+        <v>3758</v>
       </c>
       <c r="L570" t="s">
-        <v>3734</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="571" spans="1:12">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571" t="s">
-        <v>3735</v>
+        <v>3760</v>
       </c>
       <c r="C571" t="s">
-        <v>3736</v>
+        <v>1255</v>
       </c>
       <c r="D571" t="s">
-        <v>3737</v>
+        <v>75</v>
       </c>
       <c r="E571">
         <v>2026</v>
       </c>
       <c r="F571" t="s">
-        <v>3738</v>
+        <v>3761</v>
       </c>
       <c r="G571"/>
       <c r="H571" t="s">
-        <v>2848</v>
+        <v>765</v>
       </c>
       <c r="I571" t="s">
-        <v>3739</v>
+        <v>3762</v>
       </c>
       <c r="J571" t="s">
-        <v>3740</v>
+        <v>3763</v>
       </c>
       <c r="K571" t="s">
-        <v>3741</v>
+        <v>3764</v>
       </c>
       <c r="L571" t="s">
-        <v>3742</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="572" spans="1:12">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572" t="s">
-        <v>3743</v>
+        <v>3766</v>
       </c>
       <c r="C572" t="s">
-        <v>1253</v>
+        <v>29</v>
       </c>
       <c r="D572" t="s">
-        <v>80</v>
+        <v>363</v>
       </c>
       <c r="E572">
-        <v>2026</v>
+        <v>1972</v>
       </c>
       <c r="F572" t="s">
-        <v>3744</v>
-[...1 lines deleted...]
-      <c r="G572"/>
+        <v>3767</v>
+      </c>
+      <c r="G572" t="s">
+        <v>3768</v>
+      </c>
       <c r="H572" t="s">
-        <v>768</v>
+        <v>157</v>
       </c>
       <c r="I572" t="s">
-        <v>3745</v>
+        <v>3769</v>
       </c>
       <c r="J572" t="s">
-        <v>3746</v>
+        <v>3770</v>
       </c>
       <c r="K572" t="s">
-        <v>3747</v>
+        <v>3771</v>
       </c>
       <c r="L572" t="s">
-        <v>3748</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="573" spans="1:12">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573" t="s">
-        <v>3749</v>
+        <v>3773</v>
       </c>
       <c r="C573" t="s">
-        <v>13</v>
+        <v>83</v>
       </c>
       <c r="D573" t="s">
-        <v>366</v>
+        <v>147</v>
       </c>
       <c r="E573">
-        <v>1972</v>
+        <v>2026</v>
       </c>
       <c r="F573" t="s">
-        <v>3750</v>
+        <v>3774</v>
       </c>
       <c r="G573" t="s">
-        <v>3751</v>
+        <v>3775</v>
       </c>
       <c r="H573" t="s">
-        <v>162</v>
+        <v>745</v>
       </c>
       <c r="I573" t="s">
-        <v>3752</v>
+        <v>3776</v>
       </c>
       <c r="J573" t="s">
-        <v>3753</v>
+        <v>3777</v>
       </c>
       <c r="K573" t="s">
-        <v>3754</v>
+        <v>3778</v>
       </c>
       <c r="L573" t="s">
-        <v>3755</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="574" spans="1:12">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574" t="s">
-        <v>3756</v>
+        <v>3780</v>
       </c>
       <c r="C574" t="s">
-        <v>88</v>
+        <v>1540</v>
       </c>
       <c r="D574" t="s">
-        <v>152</v>
+        <v>118</v>
       </c>
       <c r="E574">
         <v>2026</v>
       </c>
       <c r="F574" t="s">
-        <v>3757</v>
+        <v>3781</v>
       </c>
       <c r="G574" t="s">
-        <v>3758</v>
+        <v>3782</v>
       </c>
       <c r="H574" t="s">
-        <v>748</v>
+        <v>3783</v>
       </c>
       <c r="I574" t="s">
-        <v>3759</v>
+        <v>3784</v>
       </c>
       <c r="J574" t="s">
-        <v>3760</v>
+        <v>3785</v>
       </c>
       <c r="K574" t="s">
-        <v>3761</v>
+        <v>3786</v>
       </c>
       <c r="L574" t="s">
-        <v>3762</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="575" spans="1:12">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575" t="s">
-        <v>3763</v>
+        <v>3788</v>
       </c>
       <c r="C575" t="s">
-        <v>1535</v>
+        <v>65</v>
       </c>
       <c r="D575" t="s">
-        <v>123</v>
+        <v>921</v>
       </c>
       <c r="E575">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F575" t="s">
-        <v>3764</v>
-[...3 lines deleted...]
-      </c>
+        <v>3789</v>
+      </c>
+      <c r="G575"/>
       <c r="H575" t="s">
-        <v>3766</v>
+        <v>3790</v>
       </c>
       <c r="I575" t="s">
-        <v>3767</v>
+        <v>3791</v>
       </c>
       <c r="J575" t="s">
-        <v>3768</v>
+        <v>3792</v>
       </c>
       <c r="K575" t="s">
-        <v>3769</v>
+        <v>3793</v>
       </c>
       <c r="L575" t="s">
-        <v>3770</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="576" spans="1:12">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576" t="s">
-        <v>3771</v>
+        <v>3795</v>
       </c>
       <c r="C576" t="s">
-        <v>70</v>
+        <v>177</v>
       </c>
       <c r="D576" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="E576">
         <v>1970</v>
       </c>
       <c r="F576" t="s">
-        <v>3772</v>
+        <v>3796</v>
       </c>
       <c r="G576"/>
       <c r="H576" t="s">
-        <v>3773</v>
+        <v>1148</v>
       </c>
       <c r="I576" t="s">
-        <v>3774</v>
-[...3 lines deleted...]
-      </c>
+        <v>3797</v>
+      </c>
+      <c r="J576"/>
       <c r="K576" t="s">
-        <v>3776</v>
+        <v>3798</v>
       </c>
       <c r="L576" t="s">
-        <v>3777</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="577" spans="1:12">
       <c r="A577">
         <v>576</v>
       </c>
       <c r="B577" t="s">
-        <v>3778</v>
+        <v>3800</v>
       </c>
       <c r="C577" t="s">
-        <v>182</v>
+        <v>29</v>
       </c>
       <c r="D577" t="s">
-        <v>44</v>
+        <v>921</v>
       </c>
       <c r="E577">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F577" t="s">
-        <v>3779</v>
-[...1 lines deleted...]
-      <c r="G577"/>
+        <v>3801</v>
+      </c>
+      <c r="G577" t="s">
+        <v>3802</v>
+      </c>
       <c r="H577" t="s">
-        <v>1146</v>
+        <v>2690</v>
       </c>
       <c r="I577" t="s">
-        <v>3780</v>
-[...4 lines deleted...]
-      </c>
+        <v>3803</v>
+      </c>
+      <c r="J577" t="s">
+        <v>3804</v>
+      </c>
+      <c r="K577"/>
       <c r="L577" t="s">
-        <v>3782</v>
+        <v>3805</v>
       </c>
     </row>
     <row r="578" spans="1:12">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578" t="s">
-        <v>3783</v>
+        <v>3806</v>
       </c>
       <c r="C578" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="D578" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="E578">
         <v>2026</v>
       </c>
       <c r="F578" t="s">
-        <v>3784</v>
+        <v>3807</v>
       </c>
       <c r="G578"/>
       <c r="H578" t="s">
-        <v>3785</v>
+        <v>3808</v>
       </c>
       <c r="I578" t="s">
-        <v>3786</v>
+        <v>3809</v>
       </c>
       <c r="J578" t="s">
-        <v>3787</v>
+        <v>3810</v>
       </c>
       <c r="K578" t="s">
-        <v>3788</v>
+        <v>3811</v>
       </c>
       <c r="L578" t="s">
-        <v>3789</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="579" spans="1:12">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579" t="s">
-        <v>3790</v>
+        <v>3813</v>
       </c>
       <c r="C579" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D579" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E579">
         <v>2026</v>
       </c>
       <c r="F579" t="s">
-        <v>3791</v>
+        <v>3814</v>
       </c>
       <c r="G579" t="s">
-        <v>3792</v>
+        <v>3815</v>
       </c>
       <c r="H579" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="I579" t="s">
-        <v>3793</v>
+        <v>3816</v>
       </c>
       <c r="J579" t="s">
-        <v>3794</v>
+        <v>3817</v>
       </c>
       <c r="K579"/>
       <c r="L579" t="s">
-        <v>3795</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="580" spans="1:12">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580" t="s">
-        <v>3796</v>
+        <v>3819</v>
       </c>
       <c r="C580" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D580" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E580">
         <v>2026</v>
       </c>
       <c r="F580" t="s">
-        <v>3797</v>
+        <v>3820</v>
       </c>
       <c r="G580" t="s">
-        <v>3798</v>
+        <v>3821</v>
       </c>
       <c r="H580" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="I580" t="s">
-        <v>3799</v>
+        <v>3822</v>
       </c>
       <c r="J580" t="s">
-        <v>3800</v>
+        <v>3823</v>
       </c>
       <c r="K580"/>
       <c r="L580" t="s">
-        <v>3801</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="581" spans="1:12">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581" t="s">
-        <v>3802</v>
+        <v>3825</v>
       </c>
       <c r="C581" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D581" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E581">
         <v>1985</v>
       </c>
       <c r="F581" t="s">
-        <v>3803</v>
+        <v>3826</v>
       </c>
       <c r="G581" t="s">
-        <v>3804</v>
+        <v>3827</v>
       </c>
       <c r="H581" t="s">
-        <v>3268</v>
-[...3 lines deleted...]
-      <c r="K581"/>
+        <v>3283</v>
+      </c>
+      <c r="I581" t="s">
+        <v>3828</v>
+      </c>
+      <c r="J581" t="s">
+        <v>3829</v>
+      </c>
+      <c r="K581" t="s">
+        <v>3830</v>
+      </c>
       <c r="L581" t="s">
-        <v>3805</v>
+        <v>3831</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">