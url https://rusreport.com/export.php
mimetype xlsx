--- v5 (2026-02-10)
+++ v6 (2026-03-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$O</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3832">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3933">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Жанр</t>
   </si>
   <si>
     <t>Страна производства</t>
   </si>
   <si>
     <t>Год</t>
   </si>
   <si>
     <t>Оригинальное название</t>
   </si>
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Хронометраж</t>
   </si>
   <si>
@@ -124,51 +124,51 @@
   <si>
     <t>10 КИЛО</t>
   </si>
   <si>
     <t>Драма</t>
   </si>
   <si>
     <t>Израиль, США</t>
   </si>
   <si>
     <t>10 KILOS</t>
   </si>
   <si>
     <t>4x60 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt7450390/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1066837/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1115641963?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
-    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/10-kilo/</t>
+    <t>https://rusreport.com/katalog/serialyi/10-kilo/</t>
   </si>
   <si>
     <t>12 мелодий любви</t>
   </si>
   <si>
     <t>Мелодрама</t>
   </si>
   <si>
     <t>Франция</t>
   </si>
   <si>
     <t>CHACUN SA VIE / EVERYONE'S LIFE</t>
   </si>
   <si>
     <t>Лирические истории и скетчи на тему жизненных приключений от главного романтика французского кино Клода Лелуша.</t>
   </si>
   <si>
     <t>113 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt5825150/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/12-melodiy-lyubvi-2017-988155/</t>
   </si>
@@ -764,50 +764,74 @@
     <t>https://rusreport.com/katalog/anime/apostol/</t>
   </si>
   <si>
     <t>Арсенал животных</t>
   </si>
   <si>
     <t>Чехия, США</t>
   </si>
   <si>
     <t>ANIMAL ARMORY</t>
   </si>
   <si>
     <t>6х60 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt6771036/?ref_=ttep_ep_tt</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/4374433/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/752513187?h=148e81cc5e</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/arsenal-zhivotnyix/</t>
+  </si>
+  <si>
+    <t>АС ИЗ АСОВ</t>
+  </si>
+  <si>
+    <t>Комедия, Боевик</t>
+  </si>
+  <si>
+    <t>Франция, Германия</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACE OF ACES / L'AS DES AS </t>
+  </si>
+  <si>
+    <t>100 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0083580/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/38100/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/as-iz-asov/</t>
   </si>
   <si>
     <t>Ассистентка</t>
   </si>
   <si>
     <t>Триллер</t>
   </si>
   <si>
     <t>THE ASSISTANT</t>
   </si>
   <si>
     <t>Кулуарная история американской киноиндустрии, потрясшая мир: женский взгляд на «феномен Харви Вайнштейна» в фильме Китти Грин</t>
   </si>
   <si>
     <t>87 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt9000224/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1192747/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/Ien5UwrlCMg?si=j3pQbnemSWpDfPxT</t>
   </si>
@@ -1380,60 +1404,60 @@
   <si>
     <t>https://www.imdb.com/title/tt3816666/?ref_=tt_mv_close</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/893915/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/782468757?h=8e88e43673</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/v-dikoj-prirode-s-bearom-grillsom,-1-4/</t>
   </si>
   <si>
     <t>В КРАЮ ЧЕРНЫХ ПЧЕЛ</t>
   </si>
   <si>
     <t>IN THE LAND OF THE BLACK BEE / AU PAYS DE L'ABEILLE NOIRE</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1022697176?badge=0&amp;autopause=0&amp;player_id=0&amp;app_id=58479/embed</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/in-the-land-of-the-black-bee/</t>
   </si>
   <si>
-    <t>В поисках истины, 1-3</t>
+    <t>В ПОИСКАХ ИСТИНЫ, 1-3</t>
   </si>
   <si>
     <t>Исторический</t>
   </si>
   <si>
     <t>TRUTHSEEKERS, 1-3</t>
   </si>
   <si>
-    <t>12x60, 8x60 мин.</t>
+    <t>12x60, 8x60, 8x60 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt28331583/?ref_=tt_mv_close</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/5627950/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/936032040?h=30566cc8c4</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/truthseekers,-1-2/</t>
   </si>
   <si>
     <t>В теле убийцы</t>
   </si>
   <si>
     <t>Боевик, Триллер</t>
   </si>
   <si>
     <t>Южная Корея</t>
   </si>
   <si>
     <t>DEVILS / AKMADEUL</t>
   </si>
@@ -2074,50 +2098,68 @@
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/vyi-umrete,-ili-myi-vernem-vam-dengi/</t>
   </si>
   <si>
     <t>Выбраться живым</t>
   </si>
   <si>
     <t>GET OUT ALIVE WITH BEAR GRYLLS</t>
   </si>
   <si>
     <t xml:space="preserve">	8х60 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt2442494/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/772979/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/394456426?h=09dd6dfcbb</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/vyibratsya-zhivyim/</t>
   </si>
   <si>
+    <t>ВЫГОРАНИЕ</t>
+  </si>
+  <si>
+    <t>BURN OUT</t>
+  </si>
+  <si>
+    <t>107 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt6340604/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/1030295/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/vyigoranie/</t>
+  </si>
+  <si>
     <t>ВЫДРЫ И ГЛОБАЛЬНОЕ ПОТЕПЛЕНИЕ</t>
   </si>
   <si>
     <t>THE OTTER, HEATING UP / LA LOUTRE APRES L'EDEN</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1022696607?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/the-otter,-heating-up/</t>
   </si>
   <si>
     <t>Выжить в дикой природе</t>
   </si>
   <si>
     <t>США, Чехия</t>
   </si>
   <si>
     <t>Survive the Wild</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt6775762/?ref_=nv_sr_srsg_2_tt_8_nm_0_q_Survive%2520the%2520Wild</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/943874123?h=617759fcb9</t>
@@ -2348,50 +2390,71 @@
   <si>
     <t>https://player.vimeo.com/video/568487087?h=a9fed29c49</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/glubokovodnyie/</t>
   </si>
   <si>
     <t>Голова-утиль</t>
   </si>
   <si>
     <t>JUNK HEAD</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt6848928/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1176095/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/734335712?h=8adb2ecabe</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/anime/golova-util/</t>
   </si>
   <si>
+    <t>ГОЛОВОКРУЖЕНИЕ</t>
+  </si>
+  <si>
+    <t>Ужасы, Триллер, Приключения</t>
+  </si>
+  <si>
+    <t>HIGH LANE / VERTIGE</t>
+  </si>
+  <si>
+    <t>85 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt1433562/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/464913/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/high-lane/</t>
+  </si>
+  <si>
     <t>Гонка жизни</t>
   </si>
   <si>
     <t>RACE OF LIFE</t>
   </si>
   <si>
     <t>13x30 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt6767048/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/5117619/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/758706216?h=4f60e79307</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/gonka-zhizni/</t>
   </si>
   <si>
     <t>Горная симфония</t>
   </si>
   <si>
     <t>Финляндия</t>
@@ -2589,50 +2652,68 @@
     <t>6x60 мин.</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1078079876?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/dvorczovyie-parki/</t>
   </si>
   <si>
     <t>Девичий источник</t>
   </si>
   <si>
     <t>Virgin Spring / Jungfrukällan</t>
   </si>
   <si>
     <t>Экранизация средневековой мистерии «Дочери хозяина Тёре из Венгэ» о надругательстве и мести, поразившая Голливуд.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0053976/?ref_=fn_al_tt_1</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/15188/</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/devichij-istochnik/</t>
+  </si>
+  <si>
+    <t>ДЕДУШКИ-НЯНИ</t>
+  </si>
+  <si>
+    <t>PAPI SITTER</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt10746876/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/1289882/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1166991804?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/dedushki-nyani/</t>
   </si>
   <si>
     <t>День мертвецов</t>
   </si>
   <si>
     <t>DAY OF THE DEAD</t>
   </si>
   <si>
     <t>10х60 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt12052892/?ref_=nv_sr_srsg_5</t>
   </si>
   <si>
     <t>https://kinopoisk.ru/series/1371327/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/632858921?h=22e6df71a8</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/den-mertveczov/</t>
   </si>
   <si>
     <t>Дети против монстров</t>
   </si>
@@ -2886,584 +2967,620 @@
   <si>
     <t>95 мин</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt22533910/?ref_=fn_al_tt_1</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/5146110/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/Ap4oVbVgdZg?si=_Q3708gwOqxBzfsr</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/dozhd-iz-muzhchin/</t>
   </si>
   <si>
     <t>ДОКТОР ЭЛЬ</t>
   </si>
   <si>
     <t>Драма, Детектив</t>
   </si>
   <si>
     <t>ALEXANDRA EHLE</t>
   </si>
   <si>
+    <t>17x90 мин.</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/series/1148216/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1037081054?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/serialyi/doktor-el/</t>
+  </si>
+  <si>
+    <t>ДОЛИНА ВОЛКОВ</t>
+  </si>
+  <si>
+    <t>LA VALLEE DES LOUPS</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt6242262/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/1008593/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1115919318?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/dolina-volkov/</t>
+  </si>
+  <si>
+    <t>Доля ангелов</t>
+  </si>
+  <si>
+    <t>Великобритания, Франция, Италия, Бельгия</t>
+  </si>
+  <si>
+    <t>The Angels' Share</t>
+  </si>
+  <si>
+    <t>106 мин</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/embed/K2d4OLswGlc</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/dolya-angelov/</t>
+  </si>
+  <si>
+    <t>Дом вне времени</t>
+  </si>
+  <si>
+    <t>SIGANWIUI JIP / HOUSE OF THE DISAPPEARED</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt6814252/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/1008558/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/775804462?h=d838b23cce</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/dom-vne-vremeni/</t>
+  </si>
+  <si>
+    <t>Дон Кихот</t>
+  </si>
+  <si>
+    <t>Испания, Италия</t>
+  </si>
+  <si>
+    <t>DONKEY XOTE</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0419704/?ref_=nv_sr_1</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/216166/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/392415880?h=fcbd1e7ac4</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/anime/don-kixot/</t>
+  </si>
+  <si>
+    <t>Дорога к Дхарме</t>
+  </si>
+  <si>
+    <t>THE ROAD TO DHARMA</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt12037434/?ref_=tt_mv</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/series/4878015/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/773231929?h=1c6ecdf4b0</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/doroga-k-dxarme/</t>
+  </si>
+  <si>
+    <t>Досье Тутанхамона</t>
+  </si>
+  <si>
+    <t>The Tutankhamun Files</t>
+  </si>
+  <si>
+    <t>2х60 мин.</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/937480269?h=d823c429ac</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/the-tutankhamun-files/</t>
+  </si>
+  <si>
+    <t>ДОЧЬ ЗЕМЛЕКОПА</t>
+  </si>
+  <si>
+    <t>LA FILLE DU PUISATIER</t>
+  </si>
+  <si>
+    <t>109 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt1473063/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/497707/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1115954772?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/doch-zemlekopa/</t>
+  </si>
+  <si>
+    <t>ДУБЛЕР</t>
+  </si>
+  <si>
+    <t>Комедия, Мелодрама</t>
+  </si>
+  <si>
+    <t xml:space="preserve">THE VALET / LA DOUBLURE </t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0449851/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/102308/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1166994747?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/dubler/</t>
+  </si>
+  <si>
+    <t>Дурацкое дело нехитрое</t>
+  </si>
+  <si>
+    <t>IN ORDER OF DISAPPEARANCE / KRAFTIDIOTEN</t>
+  </si>
+  <si>
+    <t>Искрометная «черная» комедия на фоне белоснежных пейзажей ослепительной Скандинавии в постановке одного из лучших режиссеров Норвегии Ганса Петера Моланда, достойного последователя традиций иронично-брутального кинематографа братьев Коэнов и Квентина Тарантино.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt2675914/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/durackoe-delo-nekhitroe-2014-736224/</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/embed/_UvToZ7zE6c?si=SupQsqjaGpm-T4R1</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/duraczkoe-delo-nexitroe/</t>
+  </si>
+  <si>
+    <t>Дурная кровь</t>
+  </si>
+  <si>
+    <t>Швейцария, Франция</t>
+  </si>
+  <si>
+    <t>BAD BLOOD / MAUVAIS SANG</t>
+  </si>
+  <si>
+    <t>Культовый фильм Леоса Каракса, открывший миру звезду Жюльет Бинош. Пронзительное, дерзкое и нежное признание режиссера в любви к кино и женщине его мечты.</t>
+  </si>
+  <si>
+    <t>125 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0091497/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/18351/</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/embed/9UNeG9zO-pQ?si=zxqvCqGsUfaR4tw9</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/durnaya-krov/</t>
+  </si>
+  <si>
+    <t>Дьяволик</t>
+  </si>
+  <si>
+    <t>DIABOLIK</t>
+  </si>
+  <si>
+    <t>Криминальный триллер в стилистике «Бондианы». Секс, бриллианты и насилие: ремейк легендарного «черного боевика» Марио Бавы о неуловимом преступнике на сюжет популярного итальянского комикса Анджелы и Лючианы Джуссани.</t>
+  </si>
+  <si>
+    <t>139 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt9381682/?ref_=ttmi_tt</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/1220209/</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/embed/NZkEgrivnBc?si=KbhL04llQPAGLhLg</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/dyavolik/</t>
+  </si>
+  <si>
+    <t>Дьявольское око</t>
+  </si>
+  <si>
+    <t>DJÄVULENS ÖGA</t>
+  </si>
+  <si>
+    <t>Бурлеск во славу прекрасных женщин</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0053772/?ref_=fn_al_tt_2</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/94243/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/dyavolskoe-oko/</t>
+  </si>
+  <si>
+    <t>ДЭВИД АТТЕНБОРО: ЖИЗНЬ НА ЗЕМЛЕ</t>
+  </si>
+  <si>
+    <t>DAVID ATTENBOROUGH: A LIFE ON EARTH</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/7225545/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1049498064?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/devid-attenboro-zhizn-na-zemle/</t>
+  </si>
+  <si>
+    <t>Дядя Дятел</t>
+  </si>
+  <si>
+    <t>UNCLE PECKERHEAD</t>
+  </si>
+  <si>
+    <t>97 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt11695654/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/1344413/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/499983124?h=5f9296f799</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/dyadya-dyatel/</t>
+  </si>
+  <si>
+    <t>Если б я была мужчиной</t>
+  </si>
+  <si>
+    <t>SI J'ÉTAIS UN HOMME/ IF I WERE A BOY</t>
+  </si>
+  <si>
+    <t>Остро приправленная комедия от автора «Красоток в Париже», актрисы и режиссера Одри Дана.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt5598172/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/esli-b-ya-byla-muzhchinoy-2017-976041/</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/embed/yPgNSY68H0U?si=j4aOG3gDA-nGDgKS</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/esli-b-ya-byila-muzhchinoj/</t>
+  </si>
+  <si>
+    <t>Жажда</t>
+  </si>
+  <si>
+    <t>Three Strange Loves / TÖRST</t>
+  </si>
+  <si>
+    <t>Первая из вершин Ингмара Бергмана на пути к мировой славе – три новеллы о браке и одиночестве.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0041998/?ref_=fn_al_tt_1</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/183853/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/zhazhda/</t>
+  </si>
+  <si>
+    <t>ЖАН ДЕ ФЛОРЕТТ</t>
+  </si>
+  <si>
+    <t>JEAN DE FLORETTE</t>
+  </si>
+  <si>
+    <t>120 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0091288/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/560/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1116907699?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/zhan-de-florett/</t>
+  </si>
+  <si>
+    <t>Желтоглазые крокодилы</t>
+  </si>
+  <si>
+    <t>THE YELLOW EYES OF THE CROCODILES/ LES YEUX JAUNES DES CROCODILES</t>
+  </si>
+  <si>
+    <t>Фильм-экранизация французского романа Катрин Панколь.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt2571502/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/723925/</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/embed/YTxJRsImil8?si=g3Dg-ivGtnySJhr8</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/zheltoglazyie-krokodilyi/</t>
+  </si>
+  <si>
+    <t>ЖЕНИХ НА ДВОИХ</t>
+  </si>
+  <si>
+    <t>WEDDING UNPLANNED / JOUR J</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt6009140/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/1000023/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1166992062?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/zhenix-na-dvoix/</t>
+  </si>
+  <si>
+    <t>Женщина во дворе</t>
+  </si>
+  <si>
+    <t>IN THE СOURTYARD / DANS LA COUR</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt2593224/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/zhenshhina-vo-dvore-2014-726800/</t>
+  </si>
+  <si>
+    <t>https://www.youtube.com/embed/fcIrJ0TRayk?si=-A_Yg-_7t9nyRqH6</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/zhenshhina-vo-dvore/</t>
+  </si>
+  <si>
+    <t>Женщины ждут</t>
+  </si>
+  <si>
+    <t>Трагикомедия</t>
+  </si>
+  <si>
+    <t>SECRETS OF WOMEN / KVINNORS VÄNTAN</t>
+  </si>
+  <si>
+    <t>«Декамерон» Ингмара Бергмана: коллекция житейских анекдотов о женском счастье и поиске компромиссов в любви и супружестве.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0044811/?ref_=fn_al_tt_1</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/73868/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/zhenshhinyi-zhdut/</t>
+  </si>
+  <si>
+    <t>ЖЕНЩИНЫ, СОЗДАЮЩИЕ КИНО (ЭП. 1-3)</t>
+  </si>
+  <si>
+    <t>WOMEN MAKE FILM (EP. 1-3)</t>
+  </si>
+  <si>
+    <t>Все, что нужно знать о женщинах в кино: звезды мирового экрана и иконы стиля от Тильды Суинтон до Джейн Фонды представляют историю мирового киноискусства на новый лад.</t>
+  </si>
+  <si>
+    <t>3х60 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt27052833/?ref_=ttep_ep1</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/1189776/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/857835093?h=a22e8c739a</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/women-make-film-(ep.-1)/</t>
+  </si>
+  <si>
+    <t>Жестокий Стамбул</t>
+  </si>
+  <si>
+    <t>RUTHLESS CITY / ZALIM İSTANBUL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	161х44 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt9910728/?ref_=ttco_co_tt</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/series/1245958/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/536364270?h=13b7527fbf</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/serialyi/zhestokij-stambul/</t>
+  </si>
+  <si>
+    <t>ЖИВОЕ ОРУЖИЕ</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1114985467?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/zhivoe-oruzhie/</t>
+  </si>
+  <si>
+    <t>ЖИВОЙ МИР</t>
+  </si>
+  <si>
+    <t>VIBRANT / VIVANT</t>
+  </si>
+  <si>
+    <t>На фестивале Deauville Green Awards, 2023  фильм получил приз Trophée d'Or в категории - "Сохранение биоразнообразия", а также был номинирован на кинофестивале Lumexplore в категории "Возрождение жизни".</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt28697550/?ref_=nv_sr_srsg_2_tt_7_nm_1_q_vivant</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/944264923?h=55f1f619cb</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/vibrant/</t>
+  </si>
+  <si>
+    <t>ЖИВОТНЫЕ: ДИАЛОГИ БЕЗ СЛОВ</t>
+  </si>
+  <si>
+    <t>HOW ANIMALS TALK TO EACH OTHER</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/7646518/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1049498797?title=0&amp;amp;byline=0&amp;amp;portrait=0&amp;amp;badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/zhivotnyie-dialogi-bez-slov/</t>
+  </si>
+  <si>
+    <t>Загадки перелётных птиц</t>
+  </si>
+  <si>
+    <t>THE SECRET JOURNEY OF MIGRATORY BIRDS / LES ROUTES SECRÈTES DES OISEAUX MIGRATEURS</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt4371182/?ref_=nv_sr_srsg_0_tt_2_nm_0_q_Les%2520Routes%2520secretes%2520des%2520oiseaux%2520migrateur</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/944266036?h=6cdff19aae</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/secret-journey/</t>
+  </si>
+  <si>
+    <t>Загадочные убийства Агаты Кристи</t>
+  </si>
+  <si>
+    <t>LES PETITS MEURTRES D'AGATHA CHRISTIE / CRIMINAL GAMES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	10x90 мин.</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt1349600/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/series/503296/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/432885453?h=3507b923a0</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/serialyi/zagadochnyie-ubijstva-agatyi-kristi/</t>
+  </si>
+  <si>
+    <t>Загадочные убийства Агаты Кристи (колл. 2)</t>
+  </si>
+  <si>
+    <t>Криминальный, Комедия</t>
+  </si>
+  <si>
+    <t>LES PETITS MEURTRES D'AGATHA CHRISTIE / CRIMINAL GAMES (COLL. 2)</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/serialyi/zagadochnyie-ubijstva-agatyi-kristi-(koll.-2)/</t>
+  </si>
+  <si>
+    <t>ЗАГАДОЧНЫЕ УБИЙСТВА АГАТЫ КРИСТИ (сезон 3)</t>
+  </si>
+  <si>
+    <t>LES PETITS MEURTRES D'AGATHA CHRISTIE 70’s</t>
+  </si>
+  <si>
     <t>10x90 мин.</t>
   </si>
   <si>
-    <t>https://www.kinopoisk.ru/series/1148216/</t>
-[...529 lines deleted...]
-  <si>
     <t>https://player.vimeo.com/video/937093112?h=daef1409ad</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/zagadochnyie-ubijstva-agatyi-kristi-(koll.-3)/</t>
   </si>
   <si>
     <t>Загадочный мир насекомых</t>
   </si>
   <si>
     <t>MYSTERIOUS INSECTS, ON THE TRAIL OF ORIGINS / Mystérieux insectes, sur la piste des origines</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/912309456?h=386a0a2acb</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/mysteries-insects,-on-the-trail-of-origins/</t>
   </si>
   <si>
     <t>ЗАКЛЯТИЕ АМЕЛИИ</t>
   </si>
   <si>
     <t>AMELIA’S CHILDREN</t>
   </si>
   <si>
     <t>Изобретательный мистический хоррор с визуальной эстетикой и атмосферой фильмов «Мама», «Женщина в черном» и др.</t>
@@ -3519,71 +3636,65 @@
   <si>
     <t>https://www.youtube.com/embed/G9_2sBFLlMs?si=DrfZ0w2mPigq33Xq</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/zamechatelnaya-zhizn/</t>
   </si>
   <si>
     <t>Заплыв с чудовищами. Стив Бэкшал</t>
   </si>
   <si>
     <t>SWIMMING WITH MONSTERS WITH STEVE BACKSHALL</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/815244467?h=bce88032e5</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/zaplyiv-s-chudovishhami.-stiv-bekshal/</t>
   </si>
   <si>
     <t>Затмение</t>
   </si>
   <si>
     <t>AMJEON / WARNING: DO NOT PLAY</t>
   </si>
   <si>
-    <t>85 мин.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.imdb.com/title/tt10801398/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1175542/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/403309206?h=945928acd</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/zatmenie/</t>
   </si>
   <si>
     <t>Здесь была Бритт-Мари</t>
   </si>
   <si>
-    <t>Комедия, Мелодрама</t>
-[...1 lines deleted...]
-  <si>
     <t>BRITT-MARIE VAR HÄR / BRITT-MARIE WAS HERE</t>
   </si>
   <si>
     <t>Ироничная и сентиментальная история о том, как никогда не поздно начать жизнь сначала, от Фредрика Бакмана, автора романа-бестселлера «Вторая жизнь Уве».</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt8103160/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/zdes-byla-britt-mari-2019-1144846/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/xroZm_uKOlc?si=NGB3OjA4ChRboUqm</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/zdes-byila-britt-mari/</t>
   </si>
   <si>
     <t>ЗДРАВСТВУЙ, МИР</t>
   </si>
   <si>
     <t>HELLOWORLD</t>
   </si>
   <si>
     <t>9x30 мин.</t>
@@ -3840,53 +3951,71 @@
   <si>
     <t>https://www.imdb.com/title/tt4662890/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1178199/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/392418046?h=85e04ced97</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/zyib/</t>
   </si>
   <si>
     <t>И НАСТУПИТ РАССВЕТ</t>
   </si>
   <si>
     <t>Аниме, Драма</t>
   </si>
   <si>
     <t>HANAROKUSHOU GA AKERU HI NI / A NEW DAWN</t>
   </si>
   <si>
     <t>На заброшенной фабрике фейерверков трое друзей создают идеальный салют. Атмосферное и вдохновляющее аниме от художника Ёситоси Синомии («Твоё имя», «Сад изящных слов»), работавшего с Макото Синкаем.</t>
   </si>
   <si>
+    <t>76 мин.</t>
+  </si>
+  <si>
     <t>https://rusreport.com/katalog/anime/i-nastupit-rassvet/</t>
   </si>
   <si>
+    <t>ИГРА В ЧЕТЫРЕ РУКИ</t>
+  </si>
+  <si>
+    <t>THE PUNCH / LE GUIGNOLO</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0079252/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/37694/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/igra-v-chetyire-ruki/</t>
+  </si>
+  <si>
     <t>Игра на выживание</t>
   </si>
   <si>
     <t>США, Германия</t>
   </si>
   <si>
     <t>ONE OF THESE DAYS</t>
   </si>
   <si>
     <t>Непредсказуемая история, основанная на реальных событиях. В главной роли – новый секс-символ, британец Джо Коул («Бои без правил», сериалы «Чёрное зеркало», «Острые козырьки»).</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt8415728/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1188841/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/pd8CNVEU3NE?si=sPXPOUBBjoZABOqZ</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/igra-na-vyizhivanie/</t>
   </si>
   <si>
     <t>Игры империй</t>
@@ -4302,50 +4431,68 @@
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/kak-otmyit-million/</t>
   </si>
   <si>
     <t>Калейдоскоп ужасов, 1-4</t>
   </si>
   <si>
     <t>CREEPSHOW, 1-4</t>
   </si>
   <si>
     <t>6х45 мин., 5х45 мин. + 2х45 (спецвыпуски), 6х45 мин., 6х45 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt8762206/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1178548/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/392418463?h=e1b3d34663</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/kalejdoskop-uzhasov,-1-4/</t>
   </si>
   <si>
+    <t>КАНИКУЛЫ В ПРОВАНСЕ</t>
+  </si>
+  <si>
+    <t>MY SUMMER IN PROVENCE / AVIS DE MISTRAL</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt3013588/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/775524/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1166993015?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/kanikulyi-v-provanse/</t>
+  </si>
+  <si>
     <t>Карантинные истории</t>
   </si>
   <si>
     <t>TALES OF THE LOCKDOWN / RELATOS CON-FIN-A-DOS</t>
   </si>
   <si>
     <t>Пять ироничных историй о человеческих страстях в условиях полной самоизоляции.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt12492600/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1405963/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/Exa5AMXETtU?si=0p0f-cAsvZCfM5Uh</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/karantinnyie-istorii/</t>
   </si>
   <si>
     <t>КАРАТЕЛЬ</t>
   </si>
   <si>
     <t>Brigade Anonyme / Vigilantes</t>
@@ -4377,86 +4524,119 @@
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/carnac,-the-neolithic-lost-kingdom/</t>
   </si>
   <si>
     <t>Карьеристки</t>
   </si>
   <si>
     <t>Великобритания, Франция</t>
   </si>
   <si>
     <t>CAREER GIRLS</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0118818/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/5855/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/xxil12x9uuU?si=FxjKx3_nXj6EW6aV</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/kareristki/</t>
   </si>
   <si>
+    <t>КАРЬЕРИСТЫ</t>
+  </si>
+  <si>
+    <t>THE WANNABES / LES VEDETTES</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt13460190/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/1447530/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1166991471?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/kareristyi/</t>
+  </si>
+  <si>
     <t>Касаясь пустоты</t>
   </si>
   <si>
     <t>TOUCHING THE VOID</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0379557/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/63670/</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/kasayas-pustotyi/</t>
   </si>
   <si>
     <t>Кельты: Нерассказанная история</t>
   </si>
   <si>
     <t>Чехия</t>
   </si>
   <si>
     <t>Celts: The Untold Story</t>
   </si>
   <si>
     <t>3x60 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt16223100/?ref_=nv_sr_srsg_3_tt_8_nm_0_q_Celts%2520</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/943873336?h=2842d72330</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/celts/</t>
   </si>
   <si>
+    <t>КИЛЛЕР ПОНЕВОЛЕ</t>
+  </si>
+  <si>
+    <t>ODD JOB / UN PETIT BOULOT</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt1545759/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/894091/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/killer-ponevole/</t>
+  </si>
+  <si>
     <t>Кислотный дом</t>
   </si>
   <si>
     <t>THE ACID HOUSE</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0122515/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/18805/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/Z52YjcjCrXI?si=w2xYmJ2abynLq82d</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/kislotnyij-dom/</t>
   </si>
   <si>
     <t>КЛЯНУСЬ</t>
   </si>
   <si>
     <t>I SWEAR / JE LE JURE</t>
   </si>
   <si>
     <t>Судебная драма глазами присяжного, социальная история нравов и превосходный психологический квест об общественной морали в духе широко признанных фильмов «Анатомия падения» и «Сент-Омер».</t>
@@ -4857,50 +5037,68 @@
   <si>
     <t>Кругосветное путешествие Элькано и Магеллана</t>
   </si>
   <si>
     <t>Приключения, Анимационный</t>
   </si>
   <si>
     <t>ELCANO &amp; MAGALLANES: FIRST TRIP AROUND THE WORLD / ELCANO Y MAGALLANES. LA PRIMERA VUELTA AL MUNDO</t>
   </si>
   <si>
     <t>История легендарных мореплавателей, изменивших представление о мире к 500-летнему юбилею первого кругосветного путешествия.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt4991676/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1261546/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/LqZxYEcps-g?si=HxhOyW8pjFngCNxL</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/anime/krugosvetnoe-puteshestvie-elkano-i-magellana/</t>
   </si>
   <si>
+    <t>КТО ЕСТЬ КТО?</t>
+  </si>
+  <si>
+    <t>Комедия, Боевик, Криминальный</t>
+  </si>
+  <si>
+    <t>COP OR HOOD / FLIC OU VOYOU</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0077563/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/54317/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/kto-est-kto/</t>
+  </si>
+  <si>
     <t>Курс выживания с Беаром Гриллсом, 1-2</t>
   </si>
   <si>
     <t>BEAR GRYLLS: MISSION SURVIVE, 1-2</t>
   </si>
   <si>
     <t>6х60 мин., 6х60 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt4224476/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/891725/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/442156249?h=7e78feb08d</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/kurs-vyizhivaniya-s-bearom-grillsom,-1-2/</t>
   </si>
   <si>
     <t>Кутерьма</t>
   </si>
   <si>
     <t>Мюзикл, Комедия</t>
@@ -5223,53 +5421,50 @@
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/lyuk-nguen-puteshestvie-po-vetnamu/</t>
   </si>
   <si>
     <t>ЛЮК НГУЕН: ПУТЕШЕСТВИЕ ПО ИНДИИ</t>
   </si>
   <si>
     <t>LUKE NGYEN’S INDIA</t>
   </si>
   <si>
     <t>12x30 мин.</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/8183744/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1049498447?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/lyuk-nguen-puteshestvie-po-indii/</t>
   </si>
   <si>
     <t>Магия зверя</t>
   </si>
   <si>
-    <t>Франция, Германия</t>
-[...1 lines deleted...]
-  <si>
     <t>ONLY THE ANIMALS / SEULES LES BÊTES</t>
   </si>
   <si>
     <t>Черная магия и обжигающая страсть в завораживающем триллере мастера виртуозной интриги Доминика Молля.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt10409498/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1271908/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/IJ0RLzPsJus?si=vRIsvXM3zoqdZKSF</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/magiya-zverya/</t>
   </si>
   <si>
     <t>Маленький принц, 1-3</t>
   </si>
   <si>
     <t>Франция, Германия, Италия</t>
   </si>
   <si>
     <t xml:space="preserve"> Little Prince, 1-3 / Le petit prince, 1-3</t>
@@ -5439,53 +5634,50 @@
   <si>
     <t>Махабхарата</t>
   </si>
   <si>
     <t>Исторический, Драма, Военный</t>
   </si>
   <si>
     <t>MAHABHARAT</t>
   </si>
   <si>
     <t>267х30 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt3212600/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/807847/</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/maxabxarata/</t>
   </si>
   <si>
     <t>Мерцающие огни</t>
   </si>
   <si>
-    <t>Комедия, Боевик</t>
-[...1 lines deleted...]
-  <si>
     <t>FLICKERING LIGHTS / BLINKENDE LYGTER</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0236027/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/614/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/568486784?h=79ca8a4d55</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/merczayushhie-ogni/</t>
   </si>
   <si>
     <t>Мировой океан</t>
   </si>
   <si>
     <t>Planet Ocean</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/690136/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1078071645?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
@@ -6204,54 +6396,54 @@
   <si>
     <t>https://www.kinopoisk.ru/series/1356670</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/naparniczyi-astrid-i-rafaella,-1-6/</t>
   </si>
   <si>
     <t>Наследник</t>
   </si>
   <si>
     <t>Узбекистан</t>
   </si>
   <si>
     <t>ZURRIYOT</t>
   </si>
   <si>
     <t xml:space="preserve">	50х40 мин.</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/775817898?h=b494841a69</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/naslednik/</t>
   </si>
   <si>
-    <t>Настоящая война престолов</t>
-[...2 lines deleted...]
-    <t>The Real War Of Thrones / La Guerre des trônes, la véritable histoire de l'Europe</t>
+    <t>НАСТОЯЩАЯ ВОЙНА ПРЕСТОЛОВ, 1-5</t>
+  </si>
+  <si>
+    <t>THE REAL WAR OF THRONES, 1-5 / LA GUERRE DES TRÔNES, LA VÉRITABLE HISTOIRE DE L'EUROPE, 1-5</t>
   </si>
   <si>
     <t>22x45, 6х52 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt6992870/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1377691/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1008599043?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/vojna-prestolov-podlinnaya-istoriya-evropyi/</t>
   </si>
   <si>
     <t>Настоящая история Одиссеи</t>
   </si>
   <si>
     <t>Франция, Италия, Канада</t>
   </si>
   <si>
     <t>ODYSSEY: BEHIND THE MYTH</t>
   </si>
@@ -6487,50 +6679,71 @@
     <t>https://www.imdb.com/title/tt0245171/?ref_=nv_sr_srsg_11</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/5269/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/gyc17fFLfWs?si=7ju2VB6FkTbP6mWj</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/nepobedimyij/</t>
   </si>
   <si>
     <t>Непоседы</t>
   </si>
   <si>
     <t>BarnKidz</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/5445606/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1029432806?h=f9e18a053b</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/anime/neposedyi/</t>
+  </si>
+  <si>
+    <t>НЕПРИКАСАЕМЫЕ</t>
+  </si>
+  <si>
+    <t>Криминальный, Драма, Триллер</t>
+  </si>
+  <si>
+    <t>A GANG STORY / LES LYONNAIS</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt1741542/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/568696/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1166994314?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/neprikasaemyie/</t>
   </si>
   <si>
     <t>НЕФТЬ, 1-3</t>
   </si>
   <si>
     <t>Норвегия, Бельгия</t>
   </si>
   <si>
     <t>STATE OF HAPPINESS, 1-3 / LYKKELAND, 1-3</t>
   </si>
   <si>
     <t>24x45 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt7005636/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1224096/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/632205071?h=f90ca9712c</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/neft,-1-2/</t>
   </si>
@@ -6721,53 +6934,50 @@
     <t>https://www.kinopoisk.ru/film/1113170/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/392420028?h=f39582ea2c</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/nyanka-na-rozhdestvo/</t>
   </si>
   <si>
     <t>О бесконечности</t>
   </si>
   <si>
     <t>Комедия, Драма, Фэнтези</t>
   </si>
   <si>
     <t>Швеция, Германия, Норвегия</t>
   </si>
   <si>
     <t>ABOUT ENDLESSNESS / OM DET OÄNDLIGA</t>
   </si>
   <si>
     <t>«Серебряный лев» Венецианского кинофестиваля за лучшую режиссуру.
 Ироническая ода и трогательная элегия о человеческих комплексах от Роя Андерссона, одного из самых оригинальных и титулованных режиссеров мира.</t>
   </si>
   <si>
-    <t>76 мин.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.imdb.com/title/tt6817944/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1086241/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/RuhvEkVNS7o?si=lHdxe5cNciIrcets</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/o-beskonechnosti/</t>
   </si>
   <si>
     <t>О теле и душе</t>
   </si>
   <si>
     <t>Венгрия</t>
   </si>
   <si>
     <t>A TESTRŐL ÉS LÉLEKRŐL/ ON BODY AND SOUL</t>
   </si>
   <si>
     <t>Романтическая мелодрама о любви, сновидениях и поисках счастья от лауреата Берлинале и Каннского кинофестиваля Ильдико Энеди.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt5607714/</t>
@@ -7235,50 +7445,68 @@
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/pantafa-–-pozhiratelnicza-dush/</t>
   </si>
   <si>
     <t>Парень встречает девушку</t>
   </si>
   <si>
     <t>BOY MEETS GIRL</t>
   </si>
   <si>
     <t>Гипнотическая, полная волшебной меланхолии фантазия на тему любви; дебютный фильм Леоса Каракса, молниеносно обретший культовый статус.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0086994/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/25314/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/jpoGqjj1wf0?si=GEU0X3M97nVsDuax</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/paren-vstrechaet-devushku/</t>
   </si>
   <si>
+    <t>ПАРИЖ ЛЮБОЙ ЦЕНОЙ</t>
+  </si>
+  <si>
+    <t>PARIS OR PERISH / PARIS A TOUT PRIX</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt2420886/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/710502/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1166993275?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/parizh-lyuboj-czenoj/</t>
+  </si>
+  <si>
     <t>Париж, вино и романтика</t>
   </si>
   <si>
     <t>Болгария</t>
   </si>
   <si>
     <t>PARIS, WINE AND ROMANCE</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt10136826/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1254901/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/624269529?h=021f6dc825</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/parizh,-vino-i-romantika/</t>
   </si>
   <si>
     <t>ПАРТИЗАН, 1-2</t>
   </si>
   <si>
     <t>PARTISAN, 1-2</t>
@@ -10116,56 +10344,59 @@
   <si>
     <t>https://www.kinopoisk.ru/film/1302015/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/VZYtCu7CC1U?si=wKLuAy7SwTYzkZ-z</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/temnyie-ochki/</t>
   </si>
   <si>
     <t>Территория надежды</t>
   </si>
   <si>
     <t>EZGULIK HUDUDI</t>
   </si>
   <si>
     <t xml:space="preserve">	10х40 мин.</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/775816547?h=fdf929dd4e</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/territoriya-nadezhdyi/</t>
   </si>
   <si>
-    <t>Техноигрушки, 1-2</t>
+    <t>ТЕХНОИГРУШКИ, 1-2</t>
   </si>
   <si>
     <t>TECH TOYS, 1-2</t>
   </si>
   <si>
+    <t>13х30, 13х30, 13х30, 13х30, 13х30 мин.</t>
+  </si>
+  <si>
     <t>https://www.imdb.com/title/tt9695544/?ref_=nv_sr_srsg_1</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1236463/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/403285222?h=bc231d079a</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/texnoigrushki,-1-2/</t>
   </si>
   <si>
     <t>Тиндер-80, 1-2</t>
   </si>
   <si>
     <t>3615 MONIQUE, 1-2 / CHEEKY BUSINESS, 1-2</t>
   </si>
   <si>
     <t>10x26, 10x26 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt13462310/?ref_=tt_mv_close</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1446366/</t>
@@ -10335,50 +10566,65 @@
   <si>
     <t>THE THREE LITTLE WARTHOGS / LES TROIS PETITS PHACOCHERES</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1022696931?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/the-three-little-warthogs/</t>
   </si>
   <si>
     <t>ТРИ МУШКЕТЕРА</t>
   </si>
   <si>
     <t>LES TROIS MOUSQUETAIRES / THE 3 MUSKETEERS</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/5445714/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1032887993?h=156f511d34</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/anime/le-3-moschettiere/</t>
   </si>
   <si>
+    <t>ТРИ ЧАСА НА ПОБЕГ</t>
+  </si>
+  <si>
+    <t>Боевик, Триллер, Криминальный</t>
+  </si>
+  <si>
+    <t>POINT BLANK / À BOUT PORTANT</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/488238/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/tri-chasa-na-pobeg/</t>
+  </si>
+  <si>
     <t>ТРИО ИЗ БЕЛЬВИЛЛЯ</t>
   </si>
   <si>
     <t>Франция, Бельгия, Канада, Великобритания</t>
   </si>
   <si>
     <t>LES TRIPLETTES DE BELLEVILLE / THE TRIPLETS OF BELLEVILLE</t>
   </si>
   <si>
     <t>Авантюрная и сентиментальная ретро-пародия на гангстерские боевики Голливуда и бурлескные комедии Жака Тати.</t>
   </si>
   <si>
     <t>79 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0286244/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/46973/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1072485683?h=13cacdde8f</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/anime/trio-iz-belvillya/</t>
@@ -10650,50 +10896,53 @@
   <si>
     <t>WILD AND WONDERFUL DENMARK / VILDE VIDUNDERLIGE DANMARK</t>
   </si>
   <si>
     <t>Новейшие технологии и продуманный сюжет раскроют удивительный мир дикой природы Дании в новом 5-серийном документальном фильме.</t>
   </si>
   <si>
     <t xml:space="preserve">	5x52 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt12130728/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/579391387?h=ac5c8b8006</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/udivitelnaya-daniya/</t>
   </si>
   <si>
     <t>УДИВИТЕЛЬНЫЕ ЖИВОТНЫЕ АВСТРАЛИИ, 1-2</t>
   </si>
   <si>
     <t>AUSTRALIAN GEOGRAPHIC EXTRAORDINARY ANIMALS</t>
   </si>
   <si>
+    <t>20x30 мин.</t>
+  </si>
+  <si>
     <t>https://www.kinopoisk.ru/series/7654586/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1049499142?title=0&amp;amp;byline=0&amp;amp;portrait=0&amp;amp;badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/udivitelnyie-zhivotnyie-avstralii/</t>
   </si>
   <si>
     <t>Удивительные семьи животных</t>
   </si>
   <si>
     <t>AMAZING ANIMAL FAMILIES</t>
   </si>
   <si>
     <t>У одних животных существуют необычайно крепкие родовые связи, другие — выбирают пару и остаются вместе на всю жизнь. В этом сериале исследуются причины и последствия связей, которые притягивают животных друг к другу.</t>
   </si>
   <si>
     <t xml:space="preserve">	10x52 мин.</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/5118045/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/766459286?h=fe0d709979</t>
@@ -10843,50 +11092,104 @@
     <t>A Lesson in Love / EN LEKTION I KÄRLEK</t>
   </si>
   <si>
     <t>Легкомысленные «сцены из супружеской жизни»: первая комедия в фильмографии Ингмара Бергмана</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt0047167/?ref_=nv_sr_srsg_0</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/112721/</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/urok-lyubvi/</t>
   </si>
   <si>
     <t>ФАННИ</t>
   </si>
   <si>
     <t>FANNY</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1115927198?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/fanni/</t>
+  </si>
+  <si>
+    <t>ФАНТОМАС</t>
+  </si>
+  <si>
+    <t>Криминальный, Комедия, Приключения</t>
+  </si>
+  <si>
+    <t>FANTOMAS / FANTÔMAS</t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0058089/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/47984/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1166988281?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/fantomas/</t>
+  </si>
+  <si>
+    <t>ФАНТОМАС ПРОТИВ СКОТЛАНД-ЯРДА</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FANTOMAS AGAINST SCOTLAND YARD / FANTÔMAS CONTRE SCOTLAND YARD </t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0060400/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/56787/</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/fantomas-protiv-skotland-yarda/</t>
+  </si>
+  <si>
+    <t>ФАНТОМАС РАЗБУШЕВАЛСЯ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FANTOMAS UNLEASHED / FANTOMAS SE DECHAINE </t>
+  </si>
+  <si>
+    <t>https://www.imdb.com/title/tt0059168/</t>
+  </si>
+  <si>
+    <t>https://www.kinopoisk.ru/film/47974/</t>
+  </si>
+  <si>
+    <t>https://player.vimeo.com/video/1166990355?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/fantomas-razbushevalsya/</t>
   </si>
   <si>
     <t>ФАТАЛЬНЫЙ ПРОГНОЗ</t>
   </si>
   <si>
     <t>FATAL FORECAST</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt20877020/fullcredits/?ref_=tt_cst_sm</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/5320767/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1114985426?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/fatalnyij-prognoz/</t>
   </si>
   <si>
     <t>ФЛАМИНГО ФЛАМЕНКО. БОЛЬШОЕ ПРИКЛЮЧЕНИЕ</t>
   </si>
   <si>
     <t>Германия, Испания</t>
   </si>
@@ -11866,51 +12169,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L581"/>
+  <dimension ref="A1:L598"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -13013,19641 +13316,20241 @@
       </c>
       <c r="I32" t="s">
         <v>246</v>
       </c>
       <c r="J32" t="s">
         <v>247</v>
       </c>
       <c r="K32" t="s">
         <v>248</v>
       </c>
       <c r="L32" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>250</v>
       </c>
       <c r="C33" t="s">
         <v>251</v>
       </c>
       <c r="D33" t="s">
-        <v>75</v>
+        <v>252</v>
       </c>
       <c r="E33">
-        <v>2026</v>
+        <v>1982</v>
       </c>
       <c r="F33" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="G33" t="s">
         <v>253</v>
       </c>
+      <c r="G33"/>
       <c r="H33" t="s">
         <v>254</v>
       </c>
       <c r="I33" t="s">
         <v>255</v>
       </c>
       <c r="J33" t="s">
         <v>256</v>
       </c>
-      <c r="K33" t="s">
+      <c r="K33"/>
+      <c r="L33" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>258</v>
+      </c>
+      <c r="C34" t="s">
         <v>259</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>75</v>
+      </c>
+      <c r="E34">
+        <v>2026</v>
+      </c>
+      <c r="F34" t="s">
         <v>260</v>
       </c>
-      <c r="D34" t="s">
-[...5 lines deleted...]
-      <c r="F34" t="s">
+      <c r="G34" t="s">
         <v>261</v>
       </c>
-      <c r="G34"/>
       <c r="H34" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="I34" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J34" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="K34" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="L34" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C35" t="s">
-        <v>23</v>
+        <v>268</v>
       </c>
       <c r="D35" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E35">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F35" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="G35"/>
       <c r="H35" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="I35" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J35" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="K35" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="L35" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C36" t="s">
-        <v>189</v>
+        <v>23</v>
       </c>
       <c r="D36" t="s">
-        <v>274</v>
+        <v>75</v>
       </c>
       <c r="E36">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F36" t="s">
         <v>275</v>
       </c>
       <c r="G36"/>
       <c r="H36" t="s">
         <v>276</v>
       </c>
       <c r="I36" t="s">
         <v>277</v>
       </c>
       <c r="J36" t="s">
         <v>278</v>
       </c>
       <c r="K36" t="s">
         <v>279</v>
       </c>
       <c r="L36" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>281</v>
       </c>
       <c r="C37" t="s">
-        <v>13</v>
+        <v>189</v>
       </c>
       <c r="D37" t="s">
-        <v>14</v>
+        <v>282</v>
       </c>
       <c r="E37">
         <v>2026</v>
       </c>
       <c r="F37" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="G37" t="s">
         <v>283</v>
       </c>
+      <c r="G37"/>
       <c r="H37" t="s">
         <v>284</v>
       </c>
       <c r="I37" t="s">
         <v>285</v>
       </c>
       <c r="J37" t="s">
         <v>286</v>
       </c>
       <c r="K37" t="s">
         <v>287</v>
       </c>
       <c r="L37" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>289</v>
       </c>
       <c r="C38" t="s">
-        <v>260</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38">
+        <v>2026</v>
+      </c>
+      <c r="F38" t="s">
         <v>290</v>
       </c>
-      <c r="E38">
-[...2 lines deleted...]
-      <c r="F38" t="s">
+      <c r="G38" t="s">
         <v>291</v>
       </c>
-      <c r="G38"/>
       <c r="H38" t="s">
         <v>292</v>
       </c>
       <c r="I38" t="s">
         <v>293</v>
       </c>
       <c r="J38" t="s">
         <v>294</v>
       </c>
       <c r="K38" t="s">
         <v>295</v>
       </c>
       <c r="L38" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>297</v>
       </c>
       <c r="C39" t="s">
+        <v>268</v>
+      </c>
+      <c r="D39" t="s">
         <v>298</v>
       </c>
-      <c r="D39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F39" t="s">
         <v>299</v>
       </c>
-      <c r="G39" t="s">
+      <c r="G39"/>
+      <c r="H39" t="s">
         <v>300</v>
       </c>
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>301</v>
       </c>
-      <c r="I39" t="s">
+      <c r="J39" t="s">
         <v>302</v>
       </c>
-      <c r="J39" t="s">
+      <c r="K39" t="s">
         <v>303</v>
       </c>
-      <c r="K39" t="s">
+      <c r="L39" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
+        <v>305</v>
+      </c>
+      <c r="C40" t="s">
         <v>306</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="E40">
         <v>2026</v>
       </c>
       <c r="F40" t="s">
         <v>307</v>
       </c>
-      <c r="G40"/>
+      <c r="G40" t="s">
+        <v>308</v>
+      </c>
       <c r="H40" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="I40"/>
+        <v>309</v>
+      </c>
+      <c r="I40" t="s">
+        <v>310</v>
+      </c>
       <c r="J40" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="K40" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="L40" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C41" t="s">
         <v>23</v>
       </c>
       <c r="D41" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="E41">
         <v>2026</v>
       </c>
       <c r="F41" t="s">
-        <v>312</v>
-[...3 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="G41"/>
       <c r="H41" t="s">
-        <v>314</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
         <v>316</v>
       </c>
       <c r="K41" t="s">
         <v>317</v>
       </c>
       <c r="L41" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>319</v>
       </c>
       <c r="C42" t="s">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="D42" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="E42">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F42" t="s">
         <v>320</v>
       </c>
-      <c r="G42"/>
+      <c r="G42" t="s">
+        <v>321</v>
+      </c>
       <c r="H42" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I42" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="J42" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="K42" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="L42" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C43" t="s">
-        <v>327</v>
+        <v>169</v>
       </c>
       <c r="D43" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43">
+        <v>1970</v>
+      </c>
+      <c r="F43" t="s">
         <v>328</v>
       </c>
-      <c r="E43">
-[...2 lines deleted...]
-      <c r="F43" t="s">
+      <c r="G43"/>
+      <c r="H43" t="s">
         <v>329</v>
       </c>
-      <c r="G43" t="s">
+      <c r="I43" t="s">
         <v>330</v>
       </c>
-      <c r="H43" t="s">
+      <c r="J43" t="s">
         <v>331</v>
       </c>
-      <c r="I43" t="s">
+      <c r="K43" t="s">
         <v>332</v>
       </c>
-      <c r="J43" t="s">
+      <c r="L43" t="s">
         <v>333</v>
-      </c>
-[...2 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>334</v>
+      </c>
+      <c r="C44" t="s">
         <v>335</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>39</v>
+        <v>336</v>
       </c>
       <c r="E44">
         <v>2026</v>
       </c>
       <c r="F44" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="G44" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H44" t="s">
-        <v>42</v>
+        <v>339</v>
       </c>
       <c r="I44" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="J44" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>341</v>
+      </c>
+      <c r="K44"/>
       <c r="L44" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C45" t="s">
-        <v>251</v>
+        <v>65</v>
       </c>
       <c r="D45" t="s">
-        <v>343</v>
+        <v>39</v>
       </c>
       <c r="E45">
         <v>2026</v>
       </c>
       <c r="F45" t="s">
         <v>344</v>
       </c>
       <c r="G45" t="s">
         <v>345</v>
       </c>
       <c r="H45" t="s">
+        <v>42</v>
+      </c>
+      <c r="I45" t="s">
         <v>346</v>
       </c>
-      <c r="I45" t="s">
+      <c r="J45" t="s">
         <v>347</v>
       </c>
-      <c r="J45" t="s">
+      <c r="K45" t="s">
         <v>348</v>
       </c>
-      <c r="K45" t="s">
+      <c r="L45" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
+        <v>350</v>
+      </c>
+      <c r="C46" t="s">
+        <v>259</v>
+      </c>
+      <c r="D46" t="s">
         <v>351</v>
       </c>
-      <c r="C46" t="s">
+      <c r="E46">
+        <v>2026</v>
+      </c>
+      <c r="F46" t="s">
         <v>352</v>
       </c>
-      <c r="D46" t="s">
+      <c r="G46" t="s">
         <v>353</v>
       </c>
-      <c r="E46">
-[...2 lines deleted...]
-      <c r="F46" t="s">
+      <c r="H46" t="s">
         <v>354</v>
       </c>
-      <c r="G46" t="s">
+      <c r="I46" t="s">
         <v>355</v>
       </c>
-      <c r="H46" t="s">
+      <c r="J46" t="s">
         <v>356</v>
       </c>
-      <c r="I46" t="s">
+      <c r="K46" t="s">
         <v>357</v>
       </c>
-      <c r="J46" t="s">
+      <c r="L46" t="s">
         <v>358</v>
-      </c>
-[...4 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
+        <v>359</v>
+      </c>
+      <c r="C47" t="s">
+        <v>360</v>
+      </c>
+      <c r="D47" t="s">
         <v>361</v>
       </c>
-      <c r="C47" t="s">
+      <c r="E47">
+        <v>2026</v>
+      </c>
+      <c r="F47" t="s">
         <v>362</v>
       </c>
-      <c r="D47" t="s">
+      <c r="G47" t="s">
         <v>363</v>
       </c>
-      <c r="E47">
-[...2 lines deleted...]
-      <c r="F47" t="s">
+      <c r="H47" t="s">
         <v>364</v>
       </c>
-      <c r="G47" t="s">
+      <c r="I47" t="s">
         <v>365</v>
       </c>
-      <c r="H47" t="s">
+      <c r="J47" t="s">
         <v>366</v>
       </c>
-      <c r="I47" t="s">
+      <c r="K47" t="s">
         <v>367</v>
       </c>
-      <c r="J47" t="s">
+      <c r="L47" t="s">
         <v>368</v>
-      </c>
-[...4 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
+        <v>369</v>
+      </c>
+      <c r="C48" t="s">
+        <v>370</v>
+      </c>
+      <c r="D48" t="s">
         <v>371</v>
       </c>
-      <c r="C48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F48" t="s">
         <v>372</v>
       </c>
-      <c r="G48"/>
+      <c r="G48" t="s">
+        <v>373</v>
+      </c>
       <c r="H48" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="I48" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="J48" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="K48" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="L48" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C49" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="D49" t="s">
-        <v>379</v>
+        <v>154</v>
       </c>
       <c r="E49">
-        <v>1992</v>
+        <v>1970</v>
       </c>
       <c r="F49" t="s">
         <v>380</v>
       </c>
-      <c r="G49" t="s">
+      <c r="G49"/>
+      <c r="H49" t="s">
         <v>381</v>
       </c>
-      <c r="H49" t="s">
+      <c r="I49" t="s">
         <v>382</v>
       </c>
-      <c r="I49" t="s">
+      <c r="J49" t="s">
         <v>383</v>
       </c>
-      <c r="J49" t="s">
+      <c r="K49" t="s">
         <v>384</v>
       </c>
-      <c r="K49" t="s">
+      <c r="L49" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
+        <v>386</v>
+      </c>
+      <c r="C50" t="s">
+        <v>38</v>
+      </c>
+      <c r="D50" t="s">
         <v>387</v>
       </c>
-      <c r="C50" t="s">
-[...2 lines deleted...]
-      <c r="D50" t="s">
+      <c r="E50">
+        <v>1992</v>
+      </c>
+      <c r="F50" t="s">
         <v>388</v>
       </c>
-      <c r="E50">
-[...2 lines deleted...]
-      <c r="F50" t="s">
+      <c r="G50" t="s">
         <v>389</v>
       </c>
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>390</v>
       </c>
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>391</v>
       </c>
-      <c r="I50" t="s">
+      <c r="J50" t="s">
         <v>392</v>
       </c>
-      <c r="J50" t="s">
+      <c r="K50" t="s">
         <v>393</v>
       </c>
-      <c r="K50" t="s">
+      <c r="L50" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>395</v>
+      </c>
+      <c r="C51" t="s">
+        <v>205</v>
+      </c>
+      <c r="D51" t="s">
         <v>396</v>
       </c>
-      <c r="C51" t="s">
-[...2 lines deleted...]
-      <c r="D51" t="s">
+      <c r="E51">
+        <v>2026</v>
+      </c>
+      <c r="F51" t="s">
         <v>397</v>
       </c>
-      <c r="E51">
-[...2 lines deleted...]
-      <c r="F51" t="s">
+      <c r="G51" t="s">
         <v>398</v>
       </c>
-      <c r="G51"/>
       <c r="H51" t="s">
         <v>399</v>
       </c>
       <c r="I51" t="s">
         <v>400</v>
       </c>
       <c r="J51" t="s">
         <v>401</v>
       </c>
       <c r="K51" t="s">
         <v>402</v>
       </c>
       <c r="L51" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>404</v>
       </c>
       <c r="C52" t="s">
-        <v>298</v>
+        <v>259</v>
       </c>
       <c r="D52" t="s">
-        <v>75</v>
+        <v>405</v>
       </c>
       <c r="E52">
         <v>2026</v>
       </c>
       <c r="F52" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="G52" t="s">
         <v>406</v>
       </c>
+      <c r="G52"/>
       <c r="H52" t="s">
         <v>407</v>
       </c>
       <c r="I52" t="s">
         <v>408</v>
       </c>
       <c r="J52" t="s">
         <v>409</v>
       </c>
       <c r="K52" t="s">
         <v>410</v>
       </c>
       <c r="L52" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>412</v>
       </c>
       <c r="C53" t="s">
-        <v>111</v>
+        <v>306</v>
       </c>
       <c r="D53" t="s">
         <v>75</v>
       </c>
       <c r="E53">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F53" t="s">
         <v>413</v>
       </c>
-      <c r="G53"/>
+      <c r="G53" t="s">
+        <v>414</v>
+      </c>
       <c r="H53" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="I53" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-      <c r="K53"/>
+        <v>416</v>
+      </c>
+      <c r="J53" t="s">
+        <v>417</v>
+      </c>
+      <c r="K53" t="s">
+        <v>418</v>
+      </c>
       <c r="L53" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C54" t="s">
-        <v>418</v>
+        <v>111</v>
       </c>
       <c r="D54" t="s">
-        <v>419</v>
+        <v>75</v>
       </c>
       <c r="E54">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F54" t="s">
-        <v>420</v>
-[...1 lines deleted...]
-      <c r="G54" t="s">
         <v>421</v>
       </c>
+      <c r="G54"/>
       <c r="H54" t="s">
         <v>422</v>
       </c>
       <c r="I54" t="s">
         <v>423</v>
       </c>
-      <c r="J54" t="s">
+      <c r="J54"/>
+      <c r="K54"/>
+      <c r="L54" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
+        <v>425</v>
+      </c>
+      <c r="C55" t="s">
+        <v>426</v>
+      </c>
+      <c r="D55" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E55">
         <v>2026</v>
       </c>
       <c r="F55" t="s">
         <v>428</v>
       </c>
       <c r="G55" t="s">
         <v>429</v>
       </c>
       <c r="H55" t="s">
         <v>430</v>
       </c>
       <c r="I55" t="s">
         <v>431</v>
       </c>
       <c r="J55" t="s">
         <v>432</v>
       </c>
       <c r="K55" t="s">
         <v>433</v>
       </c>
       <c r="L55" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>435</v>
       </c>
       <c r="C56" t="s">
-        <v>251</v>
+        <v>65</v>
       </c>
       <c r="D56" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="E56">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F56" t="s">
         <v>436</v>
       </c>
-      <c r="G56"/>
+      <c r="G56" t="s">
+        <v>437</v>
+      </c>
       <c r="H56" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="I56" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="J56" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="K56" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="L56" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C57" t="s">
-        <v>189</v>
+        <v>259</v>
       </c>
       <c r="D57" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E57">
         <v>1970</v>
       </c>
       <c r="F57" t="s">
-        <v>443</v>
-[...1 lines deleted...]
-      <c r="G57" t="s">
         <v>444</v>
       </c>
+      <c r="G57"/>
       <c r="H57" t="s">
         <v>445</v>
       </c>
       <c r="I57" t="s">
         <v>446</v>
       </c>
       <c r="J57" t="s">
         <v>447</v>
       </c>
       <c r="K57" t="s">
         <v>448</v>
       </c>
       <c r="L57" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>450</v>
       </c>
       <c r="C58" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="D58" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E58">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F58" t="s">
         <v>451</v>
       </c>
-      <c r="G58"/>
+      <c r="G58" t="s">
+        <v>452</v>
+      </c>
       <c r="H58" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-      <c r="J58"/>
+        <v>453</v>
+      </c>
+      <c r="I58" t="s">
+        <v>454</v>
+      </c>
+      <c r="J58" t="s">
+        <v>455</v>
+      </c>
       <c r="K58" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="L58" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C59" t="s">
-        <v>455</v>
+        <v>23</v>
       </c>
       <c r="D59" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E59">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F59" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>457</v>
-[...6 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59"/>
       <c r="K59" t="s">
         <v>460</v>
       </c>
       <c r="L59" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>462</v>
       </c>
       <c r="C60" t="s">
         <v>463</v>
       </c>
       <c r="D60" t="s">
+        <v>75</v>
+      </c>
+      <c r="E60">
+        <v>1970</v>
+      </c>
+      <c r="F60" t="s">
         <v>464</v>
       </c>
-      <c r="E60">
-[...2 lines deleted...]
-      <c r="F60" t="s">
+      <c r="G60"/>
+      <c r="H60" t="s">
         <v>465</v>
       </c>
-      <c r="G60" t="s">
+      <c r="I60" t="s">
         <v>466</v>
       </c>
-      <c r="H60" t="s">
-[...2 lines deleted...]
-      <c r="I60" t="s">
+      <c r="J60" t="s">
         <v>467</v>
       </c>
-      <c r="J60" t="s">
+      <c r="K60" t="s">
         <v>468</v>
       </c>
-      <c r="K60" t="s">
+      <c r="L60" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
+        <v>470</v>
+      </c>
+      <c r="C61" t="s">
         <v>471</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="E61">
         <v>2026</v>
       </c>
       <c r="F61" t="s">
         <v>473</v>
       </c>
-      <c r="G61"/>
+      <c r="G61" t="s">
+        <v>474</v>
+      </c>
       <c r="H61" t="s">
-        <v>474</v>
+        <v>354</v>
       </c>
       <c r="I61" t="s">
         <v>475</v>
       </c>
       <c r="J61" t="s">
         <v>476</v>
       </c>
-      <c r="K61"/>
+      <c r="K61" t="s">
+        <v>477</v>
+      </c>
       <c r="L61" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C62" t="s">
-        <v>251</v>
+        <v>480</v>
       </c>
       <c r="D62" t="s">
-        <v>479</v>
+        <v>39</v>
       </c>
       <c r="E62">
         <v>2026</v>
       </c>
       <c r="F62" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="G62" t="s">
         <v>481</v>
       </c>
+      <c r="G62"/>
       <c r="H62" t="s">
-        <v>356</v>
+        <v>482</v>
       </c>
       <c r="I62" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="J62" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="K62" t="s">
         <v>484</v>
       </c>
+      <c r="K62"/>
       <c r="L62" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>486</v>
       </c>
       <c r="C63" t="s">
+        <v>259</v>
+      </c>
+      <c r="D63" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="E63">
         <v>2026</v>
       </c>
       <c r="F63" t="s">
         <v>488</v>
       </c>
       <c r="G63" t="s">
         <v>489</v>
       </c>
       <c r="H63" t="s">
+        <v>364</v>
+      </c>
+      <c r="I63" t="s">
         <v>490</v>
       </c>
-      <c r="I63" t="s">
+      <c r="J63" t="s">
         <v>491</v>
       </c>
-      <c r="J63" t="s">
+      <c r="K63" t="s">
         <v>492</v>
       </c>
-      <c r="K63" t="s">
+      <c r="L63" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
+        <v>494</v>
+      </c>
+      <c r="C64" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
       <c r="D64" t="s">
         <v>14</v>
       </c>
       <c r="E64">
         <v>2026</v>
       </c>
       <c r="F64" t="s">
         <v>496</v>
       </c>
-      <c r="G64"/>
+      <c r="G64" t="s">
+        <v>497</v>
+      </c>
       <c r="H64" t="s">
-        <v>366</v>
+        <v>498</v>
       </c>
       <c r="I64" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="J64" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="K64" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="L64" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C65" t="s">
-        <v>298</v>
+        <v>495</v>
       </c>
       <c r="D65" t="s">
-        <v>502</v>
+        <v>14</v>
       </c>
       <c r="E65">
         <v>2026</v>
       </c>
       <c r="F65" t="s">
-        <v>503</v>
-[...1 lines deleted...]
-      <c r="G65" t="s">
         <v>504</v>
       </c>
+      <c r="G65"/>
       <c r="H65" t="s">
+        <v>374</v>
+      </c>
+      <c r="I65" t="s">
         <v>505</v>
       </c>
-      <c r="I65" t="s">
+      <c r="J65" t="s">
         <v>506</v>
       </c>
-      <c r="J65" t="s">
+      <c r="K65" t="s">
         <v>507</v>
       </c>
-      <c r="K65" t="s">
+      <c r="L65" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>509</v>
+      </c>
+      <c r="C66" t="s">
+        <v>306</v>
+      </c>
+      <c r="D66" t="s">
         <v>510</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="E66">
         <v>2026</v>
       </c>
       <c r="F66" t="s">
         <v>511</v>
       </c>
-      <c r="G66"/>
+      <c r="G66" t="s">
+        <v>512</v>
+      </c>
       <c r="H66" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="I66" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="J66"/>
+        <v>514</v>
+      </c>
+      <c r="J66" t="s">
+        <v>515</v>
+      </c>
       <c r="K66" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="L66" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C67" t="s">
-        <v>65</v>
+        <v>463</v>
       </c>
       <c r="D67" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E67">
         <v>2026</v>
       </c>
       <c r="F67" t="s">
-        <v>517</v>
-[...3 lines deleted...]
-      </c>
+        <v>519</v>
+      </c>
+      <c r="G67"/>
       <c r="H67" t="s">
-        <v>87</v>
+        <v>520</v>
       </c>
       <c r="I67" t="s">
-        <v>519</v>
-[...3 lines deleted...]
-      </c>
+        <v>521</v>
+      </c>
+      <c r="J67"/>
       <c r="K67" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="L67" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C68" t="s">
         <v>65</v>
       </c>
       <c r="D68" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E68">
         <v>2026</v>
       </c>
       <c r="F68" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="G68" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="H68" t="s">
-        <v>526</v>
+        <v>87</v>
       </c>
       <c r="I68" t="s">
         <v>527</v>
       </c>
       <c r="J68" t="s">
         <v>528</v>
       </c>
       <c r="K68" t="s">
         <v>529</v>
       </c>
       <c r="L68" t="s">
         <v>530</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>531</v>
       </c>
       <c r="C69" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="D69" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E69">
         <v>2026</v>
       </c>
       <c r="F69" t="s">
         <v>532</v>
       </c>
-      <c r="G69"/>
+      <c r="G69" t="s">
+        <v>533</v>
+      </c>
       <c r="H69" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="I69" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="J69" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="K69" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="L69" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C70" t="s">
-        <v>177</v>
+        <v>48</v>
       </c>
       <c r="D70" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="E70">
         <v>2026</v>
       </c>
       <c r="F70" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="I70" t="s">
-        <v>541</v>
-[...1 lines deleted...]
-      <c r="J70"/>
+        <v>542</v>
+      </c>
+      <c r="J70" t="s">
+        <v>543</v>
+      </c>
       <c r="K70" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="L70" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C71" t="s">
-        <v>23</v>
+        <v>177</v>
       </c>
       <c r="D71" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="E71">
         <v>2026</v>
       </c>
       <c r="F71" t="s">
-        <v>545</v>
-[...3 lines deleted...]
-      </c>
+        <v>547</v>
+      </c>
+      <c r="G71"/>
       <c r="H71" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="I71" t="s">
-        <v>548</v>
-[...1 lines deleted...]
-      <c r="J71" t="s">
         <v>549</v>
       </c>
+      <c r="J71"/>
       <c r="K71" t="s">
         <v>550</v>
       </c>
       <c r="L71" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>552</v>
       </c>
       <c r="C72" t="s">
         <v>23</v>
       </c>
       <c r="D72" t="s">
         <v>75</v>
       </c>
       <c r="E72">
         <v>2026</v>
       </c>
       <c r="F72" t="s">
-        <v>545</v>
-[...1 lines deleted...]
-      <c r="G72"/>
+        <v>553</v>
+      </c>
+      <c r="G72" t="s">
+        <v>554</v>
+      </c>
       <c r="H72" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="I72" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="J72" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="K72" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="L72" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="C73" t="s">
-        <v>558</v>
+        <v>23</v>
       </c>
       <c r="D73" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E73">
-        <v>1997</v>
+        <v>2026</v>
       </c>
       <c r="F73" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>59</v>
+        <v>561</v>
       </c>
       <c r="I73" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="J73" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="K73" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="L73" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C74" t="s">
-        <v>169</v>
+        <v>566</v>
       </c>
       <c r="D74" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="E74">
-        <v>1970</v>
+        <v>1997</v>
       </c>
       <c r="F74" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>566</v>
+        <v>59</v>
       </c>
       <c r="I74" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="J74" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="K74" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="L74" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C75" t="s">
-        <v>487</v>
+        <v>169</v>
       </c>
       <c r="D75" t="s">
         <v>14</v>
       </c>
       <c r="E75">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F75" t="s">
-        <v>572</v>
-[...1 lines deleted...]
-      <c r="G75" t="s">
         <v>573</v>
       </c>
+      <c r="G75"/>
       <c r="H75" t="s">
         <v>574</v>
       </c>
       <c r="I75" t="s">
         <v>575</v>
       </c>
       <c r="J75" t="s">
         <v>576</v>
       </c>
       <c r="K75" t="s">
         <v>577</v>
       </c>
       <c r="L75" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>579</v>
       </c>
       <c r="C76" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="D76" t="s">
         <v>14</v>
       </c>
       <c r="E76">
         <v>2026</v>
       </c>
       <c r="F76" t="s">
         <v>580</v>
       </c>
       <c r="G76" t="s">
         <v>581</v>
       </c>
       <c r="H76" t="s">
         <v>582</v>
       </c>
       <c r="I76" t="s">
         <v>583</v>
       </c>
       <c r="J76" t="s">
         <v>584</v>
       </c>
       <c r="K76" t="s">
         <v>585</v>
       </c>
       <c r="L76" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>587</v>
       </c>
       <c r="C77" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="D77" t="s">
         <v>14</v>
       </c>
       <c r="E77">
         <v>2026</v>
       </c>
       <c r="F77" t="s">
         <v>588</v>
       </c>
-      <c r="G77"/>
+      <c r="G77" t="s">
+        <v>589</v>
+      </c>
       <c r="H77" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="I77" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="J77" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="K77" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="L77" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C78" t="s">
-        <v>23</v>
+        <v>495</v>
       </c>
       <c r="D78" t="s">
-        <v>595</v>
+        <v>14</v>
       </c>
       <c r="E78">
         <v>2026</v>
       </c>
       <c r="F78" t="s">
         <v>596</v>
       </c>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>597</v>
       </c>
-      <c r="I78"/>
-      <c r="J78"/>
+      <c r="I78" t="s">
+        <v>598</v>
+      </c>
+      <c r="J78" t="s">
+        <v>599</v>
+      </c>
       <c r="K78" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="L78" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C79" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="D79" t="s">
-        <v>397</v>
+        <v>603</v>
       </c>
       <c r="E79">
         <v>2026</v>
       </c>
       <c r="F79" t="s">
-        <v>601</v>
-[...3 lines deleted...]
-      </c>
+        <v>604</v>
+      </c>
+      <c r="G79"/>
       <c r="H79" t="s">
-        <v>331</v>
-[...6 lines deleted...]
-      </c>
+        <v>605</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79"/>
       <c r="K79" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="L79" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C80" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="D80" t="s">
-        <v>75</v>
+        <v>405</v>
       </c>
       <c r="E80">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F80" t="s">
-        <v>608</v>
-[...1 lines deleted...]
-      <c r="G80"/>
+        <v>609</v>
+      </c>
+      <c r="G80" t="s">
+        <v>610</v>
+      </c>
       <c r="H80" t="s">
-        <v>609</v>
+        <v>339</v>
       </c>
       <c r="I80" t="s">
-        <v>610</v>
-[...1 lines deleted...]
-      <c r="J80"/>
+        <v>611</v>
+      </c>
+      <c r="J80" t="s">
+        <v>612</v>
+      </c>
       <c r="K80" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="L80" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C81" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="D81" t="s">
         <v>75</v>
       </c>
       <c r="E81">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F81" t="s">
-        <v>614</v>
-[...3 lines deleted...]
-      </c>
+        <v>616</v>
+      </c>
+      <c r="G81"/>
       <c r="H81" t="s">
-        <v>430</v>
+        <v>617</v>
       </c>
       <c r="I81" t="s">
-        <v>616</v>
-[...3 lines deleted...]
-      </c>
+        <v>618</v>
+      </c>
+      <c r="J81"/>
       <c r="K81" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="L81" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C82" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="D82" t="s">
         <v>75</v>
       </c>
       <c r="E82">
         <v>2026</v>
       </c>
       <c r="F82" t="s">
-        <v>621</v>
-[...1 lines deleted...]
-      <c r="G82"/>
+        <v>622</v>
+      </c>
+      <c r="G82" t="s">
+        <v>623</v>
+      </c>
       <c r="H82" t="s">
-        <v>622</v>
+        <v>438</v>
       </c>
       <c r="I82" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="J82" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="K82" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="L82" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C83" t="s">
-        <v>628</v>
+        <v>99</v>
       </c>
       <c r="D83" t="s">
-        <v>154</v>
+        <v>75</v>
       </c>
       <c r="E83">
         <v>2026</v>
       </c>
       <c r="F83" t="s">
         <v>629</v>
       </c>
-      <c r="G83" t="s">
+      <c r="G83"/>
+      <c r="H83" t="s">
         <v>630</v>
       </c>
-      <c r="H83" t="s">
-[...2 lines deleted...]
-      <c r="I83"/>
+      <c r="I83" t="s">
+        <v>631</v>
+      </c>
       <c r="J83" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="K83" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="L83" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
       <c r="C84" t="s">
-        <v>29</v>
+        <v>636</v>
       </c>
       <c r="D84" t="s">
         <v>154</v>
       </c>
       <c r="E84">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F84" t="s">
-        <v>634</v>
-[...1 lines deleted...]
-      <c r="G84"/>
+        <v>637</v>
+      </c>
+      <c r="G84" t="s">
+        <v>638</v>
+      </c>
       <c r="H84" t="s">
-        <v>635</v>
-[...4 lines deleted...]
-      <c r="J84"/>
+        <v>221</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>639</v>
+      </c>
       <c r="K84" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="L84" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="C85" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="D85" t="s">
-        <v>363</v>
+        <v>154</v>
       </c>
       <c r="E85">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F85" t="s">
-        <v>640</v>
-[...3 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+      <c r="G85"/>
       <c r="H85" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="I85" t="s">
-        <v>643</v>
-[...1 lines deleted...]
-      <c r="J85" t="s">
         <v>644</v>
       </c>
+      <c r="J85"/>
       <c r="K85" t="s">
         <v>645</v>
       </c>
       <c r="L85" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>647</v>
       </c>
       <c r="C86" t="s">
         <v>65</v>
       </c>
       <c r="D86" t="s">
-        <v>39</v>
+        <v>371</v>
       </c>
       <c r="E86">
         <v>2026</v>
       </c>
       <c r="F86" t="s">
         <v>648</v>
       </c>
       <c r="G86" t="s">
         <v>649</v>
       </c>
       <c r="H86" t="s">
         <v>650</v>
       </c>
       <c r="I86" t="s">
         <v>651</v>
       </c>
       <c r="J86" t="s">
         <v>652</v>
       </c>
       <c r="K86" t="s">
         <v>653</v>
       </c>
       <c r="L86" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>655</v>
       </c>
       <c r="C87" t="s">
-        <v>628</v>
+        <v>65</v>
       </c>
       <c r="D87" t="s">
-        <v>154</v>
+        <v>39</v>
       </c>
       <c r="E87">
         <v>2026</v>
       </c>
       <c r="F87" t="s">
         <v>656</v>
       </c>
       <c r="G87" t="s">
         <v>657</v>
       </c>
       <c r="H87" t="s">
-        <v>430</v>
+        <v>658</v>
       </c>
       <c r="I87" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="J87" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="K87" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="L87" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C88" t="s">
-        <v>298</v>
+        <v>636</v>
       </c>
       <c r="D88" t="s">
-        <v>663</v>
+        <v>154</v>
       </c>
       <c r="E88">
         <v>2026</v>
       </c>
       <c r="F88" t="s">
         <v>664</v>
       </c>
       <c r="G88" t="s">
         <v>665</v>
       </c>
       <c r="H88" t="s">
-        <v>331</v>
+        <v>438</v>
       </c>
       <c r="I88" t="s">
         <v>666</v>
       </c>
       <c r="J88" t="s">
         <v>667</v>
       </c>
       <c r="K88" t="s">
         <v>668</v>
       </c>
       <c r="L88" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>670</v>
       </c>
       <c r="C89" t="s">
-        <v>65</v>
+        <v>306</v>
       </c>
       <c r="D89" t="s">
-        <v>118</v>
+        <v>671</v>
       </c>
       <c r="E89">
         <v>2026</v>
       </c>
       <c r="F89" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="G89" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H89" t="s">
-        <v>673</v>
+        <v>339</v>
       </c>
       <c r="I89" t="s">
         <v>674</v>
       </c>
       <c r="J89" t="s">
         <v>675</v>
       </c>
       <c r="K89" t="s">
         <v>676</v>
       </c>
       <c r="L89" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>678</v>
       </c>
       <c r="C90" t="s">
-        <v>189</v>
+        <v>65</v>
       </c>
       <c r="D90" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="E90">
         <v>2026</v>
       </c>
       <c r="F90" t="s">
         <v>679</v>
       </c>
-      <c r="G90"/>
+      <c r="G90" t="s">
+        <v>680</v>
+      </c>
       <c r="H90" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="I90" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="J90" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="K90" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="L90" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C91" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="D91" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E91">
         <v>2026</v>
       </c>
       <c r="F91" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="G91"/>
       <c r="H91" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-      <c r="J91"/>
+        <v>688</v>
+      </c>
+      <c r="I91" t="s">
+        <v>689</v>
+      </c>
+      <c r="J91" t="s">
+        <v>690</v>
+      </c>
       <c r="K91" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="L91" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="C92" t="s">
-        <v>177</v>
+        <v>471</v>
       </c>
       <c r="D92" t="s">
-        <v>690</v>
+        <v>39</v>
       </c>
       <c r="E92">
         <v>2026</v>
       </c>
       <c r="F92" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="G92"/>
       <c r="H92" t="s">
-        <v>245</v>
+        <v>695</v>
       </c>
       <c r="I92" t="s">
-        <v>692</v>
-[...4 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="J92" t="s">
+        <v>697</v>
+      </c>
+      <c r="K92"/>
       <c r="L92" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C93" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="D93" t="s">
-        <v>90</v>
+        <v>39</v>
       </c>
       <c r="E93">
         <v>2026</v>
       </c>
       <c r="F93" t="s">
-        <v>696</v>
-[...3 lines deleted...]
-      </c>
+        <v>700</v>
+      </c>
+      <c r="G93"/>
       <c r="H93" t="s">
-        <v>157</v>
-[...6 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93"/>
       <c r="K93" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="L93" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C94" t="s">
-        <v>703</v>
+        <v>177</v>
       </c>
       <c r="D94" t="s">
-        <v>118</v>
+        <v>704</v>
       </c>
       <c r="E94">
-        <v>1988</v>
+        <v>2026</v>
       </c>
       <c r="F94" t="s">
-        <v>704</v>
-[...1 lines deleted...]
-      <c r="G94" t="s">
         <v>705</v>
       </c>
+      <c r="G94"/>
       <c r="H94" t="s">
-        <v>505</v>
+        <v>245</v>
       </c>
       <c r="I94" t="s">
         <v>706</v>
       </c>
-      <c r="J94" t="s">
+      <c r="J94"/>
+      <c r="K94" t="s">
         <v>707</v>
       </c>
-      <c r="K94" t="s">
+      <c r="L94" t="s">
         <v>708</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
+        <v>709</v>
+      </c>
+      <c r="C95" t="s">
+        <v>65</v>
+      </c>
+      <c r="D95" t="s">
+        <v>90</v>
+      </c>
+      <c r="E95">
+        <v>2026</v>
+      </c>
+      <c r="F95" t="s">
         <v>710</v>
       </c>
-      <c r="C95" t="s">
+      <c r="G95" t="s">
         <v>711</v>
       </c>
-      <c r="D95" t="s">
+      <c r="H95" t="s">
+        <v>157</v>
+      </c>
+      <c r="I95" t="s">
         <v>712</v>
       </c>
-      <c r="E95">
-[...2 lines deleted...]
-      <c r="F95" t="s">
+      <c r="J95" t="s">
         <v>713</v>
       </c>
-      <c r="G95" t="s">
+      <c r="K95" t="s">
         <v>714</v>
       </c>
-      <c r="H95" t="s">
-[...2 lines deleted...]
-      <c r="I95" t="s">
+      <c r="L95" t="s">
         <v>715</v>
-      </c>
-[...7 lines deleted...]
-        <v>718</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
+        <v>716</v>
+      </c>
+      <c r="C96" t="s">
+        <v>717</v>
+      </c>
+      <c r="D96" t="s">
+        <v>118</v>
+      </c>
+      <c r="E96">
+        <v>1988</v>
+      </c>
+      <c r="F96" t="s">
+        <v>718</v>
+      </c>
+      <c r="G96" t="s">
         <v>719</v>
       </c>
-      <c r="C96" t="s">
+      <c r="H96" t="s">
+        <v>513</v>
+      </c>
+      <c r="I96" t="s">
         <v>720</v>
       </c>
-      <c r="D96" t="s">
-[...5 lines deleted...]
-      <c r="F96" t="s">
+      <c r="J96" t="s">
         <v>721</v>
       </c>
-      <c r="G96"/>
-      <c r="H96" t="s">
+      <c r="K96" t="s">
         <v>722</v>
       </c>
-      <c r="I96" t="s">
+      <c r="L96" t="s">
         <v>723</v>
-      </c>
-[...7 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
+        <v>724</v>
+      </c>
+      <c r="C97" t="s">
+        <v>725</v>
+      </c>
+      <c r="D97" t="s">
+        <v>726</v>
+      </c>
+      <c r="E97">
+        <v>2026</v>
+      </c>
+      <c r="F97" t="s">
         <v>727</v>
       </c>
-      <c r="C97" t="s">
-[...8 lines deleted...]
-      <c r="F97" t="s">
+      <c r="G97" t="s">
         <v>728</v>
       </c>
-      <c r="G97"/>
       <c r="H97" t="s">
+        <v>42</v>
+      </c>
+      <c r="I97" t="s">
         <v>729</v>
       </c>
-      <c r="I97" t="s">
+      <c r="J97" t="s">
         <v>730</v>
       </c>
-      <c r="J97" t="s">
+      <c r="K97" t="s">
         <v>731</v>
       </c>
-      <c r="K97" t="s">
+      <c r="L97" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>733</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
+        <v>733</v>
+      </c>
+      <c r="C98" t="s">
         <v>734</v>
       </c>
-      <c r="C98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="E98">
         <v>2026</v>
       </c>
       <c r="F98" t="s">
         <v>735</v>
       </c>
       <c r="G98"/>
       <c r="H98" t="s">
         <v>736</v>
       </c>
       <c r="I98" t="s">
         <v>737</v>
       </c>
       <c r="J98" t="s">
         <v>738</v>
       </c>
       <c r="K98" t="s">
         <v>739</v>
       </c>
       <c r="L98" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>741</v>
       </c>
       <c r="C99" t="s">
-        <v>23</v>
+        <v>169</v>
       </c>
       <c r="D99" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99">
+        <v>2026</v>
+      </c>
+      <c r="F99" t="s">
         <v>742</v>
       </c>
-      <c r="E99">
-[...2 lines deleted...]
-      <c r="F99" t="s">
+      <c r="G99"/>
+      <c r="H99" t="s">
         <v>743</v>
       </c>
-      <c r="G99" t="s">
+      <c r="I99" t="s">
         <v>744</v>
       </c>
-      <c r="H99" t="s">
+      <c r="J99" t="s">
         <v>745</v>
       </c>
-      <c r="I99" t="s">
+      <c r="K99" t="s">
         <v>746</v>
       </c>
-      <c r="J99" t="s">
+      <c r="L99" t="s">
         <v>747</v>
-      </c>
-[...4 lines deleted...]
-        <v>749</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="C100" t="s">
-        <v>23</v>
+        <v>169</v>
       </c>
       <c r="D100" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="E100">
         <v>2026</v>
       </c>
       <c r="F100" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="G100"/>
       <c r="H100" t="s">
+        <v>750</v>
+      </c>
+      <c r="I100" t="s">
+        <v>751</v>
+      </c>
+      <c r="J100" t="s">
         <v>752</v>
       </c>
-      <c r="I100"/>
-      <c r="J100"/>
       <c r="K100" t="s">
         <v>753</v>
       </c>
       <c r="L100" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>755</v>
       </c>
       <c r="C101" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="D101" t="s">
-        <v>118</v>
+        <v>756</v>
       </c>
       <c r="E101">
         <v>2026</v>
       </c>
       <c r="F101" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="G101" t="s">
-        <v>757</v>
-[...1 lines deleted...]
-      <c r="H101"/>
+        <v>758</v>
+      </c>
+      <c r="H101" t="s">
+        <v>759</v>
+      </c>
       <c r="I101" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="J101" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="K101" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="L101" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="C102" t="s">
-        <v>763</v>
+        <v>23</v>
       </c>
       <c r="D102" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E102">
         <v>2026</v>
       </c>
       <c r="F102" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="G102"/>
       <c r="H102" t="s">
-        <v>765</v>
-[...1 lines deleted...]
-      <c r="I102" t="s">
         <v>766</v>
       </c>
-      <c r="J102" t="s">
+      <c r="I102"/>
+      <c r="J102"/>
+      <c r="K102" t="s">
         <v>767</v>
       </c>
-      <c r="K102" t="s">
+      <c r="L102" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
+        <v>769</v>
+      </c>
+      <c r="C103" t="s">
+        <v>65</v>
+      </c>
+      <c r="D103" t="s">
+        <v>118</v>
+      </c>
+      <c r="E103">
+        <v>2026</v>
+      </c>
+      <c r="F103" t="s">
         <v>770</v>
       </c>
-      <c r="C103" t="s">
-[...8 lines deleted...]
-      <c r="F103" t="s">
+      <c r="G103" t="s">
         <v>771</v>
       </c>
-      <c r="G103"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H103"/>
       <c r="I103" t="s">
         <v>772</v>
       </c>
       <c r="J103" t="s">
         <v>773</v>
       </c>
       <c r="K103" t="s">
         <v>774</v>
       </c>
       <c r="L103" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>776</v>
       </c>
       <c r="C104" t="s">
-        <v>189</v>
+        <v>777</v>
       </c>
       <c r="D104" t="s">
-        <v>690</v>
+        <v>75</v>
       </c>
       <c r="E104">
         <v>2026</v>
       </c>
       <c r="F104" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="G104"/>
       <c r="H104" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="I104" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="J104" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="K104" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="L104" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C105" t="s">
-        <v>23</v>
+        <v>169</v>
       </c>
       <c r="D105" t="s">
-        <v>784</v>
+        <v>14</v>
       </c>
       <c r="E105">
         <v>2026</v>
       </c>
       <c r="F105" t="s">
         <v>785</v>
       </c>
       <c r="G105"/>
       <c r="H105" t="s">
+        <v>59</v>
+      </c>
+      <c r="I105" t="s">
         <v>786</v>
       </c>
-      <c r="I105" t="s">
+      <c r="J105" t="s">
         <v>787</v>
       </c>
-      <c r="J105" t="s">
+      <c r="K105" t="s">
         <v>788</v>
       </c>
-      <c r="K105" t="s">
+      <c r="L105" t="s">
         <v>789</v>
-      </c>
-[...1 lines deleted...]
-        <v>790</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
+        <v>790</v>
+      </c>
+      <c r="C106" t="s">
         <v>791</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
+        <v>39</v>
+      </c>
+      <c r="E106">
+        <v>2026</v>
+      </c>
+      <c r="F106" t="s">
         <v>792</v>
-      </c>
-[...7 lines deleted...]
-        <v>793</v>
       </c>
       <c r="G106"/>
       <c r="H106" t="s">
+        <v>793</v>
+      </c>
+      <c r="I106" t="s">
         <v>794</v>
       </c>
-      <c r="I106" t="s">
+      <c r="J106" t="s">
         <v>795</v>
       </c>
-      <c r="J106" t="s">
+      <c r="K106"/>
+      <c r="L106" t="s">
         <v>796</v>
-      </c>
-[...4 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
+        <v>797</v>
+      </c>
+      <c r="C107" t="s">
+        <v>189</v>
+      </c>
+      <c r="D107" t="s">
+        <v>704</v>
+      </c>
+      <c r="E107">
+        <v>2026</v>
+      </c>
+      <c r="F107" t="s">
+        <v>798</v>
+      </c>
+      <c r="G107"/>
+      <c r="H107" t="s">
         <v>799</v>
       </c>
-      <c r="C107" t="s">
-[...2 lines deleted...]
-      <c r="D107" t="s">
+      <c r="I107" t="s">
         <v>800</v>
       </c>
-      <c r="E107">
-[...2 lines deleted...]
-      <c r="F107" t="s">
+      <c r="J107" t="s">
         <v>801</v>
       </c>
-      <c r="G107" t="s">
+      <c r="K107" t="s">
         <v>802</v>
       </c>
-      <c r="H107" t="s">
-[...2 lines deleted...]
-      <c r="I107" t="s">
+      <c r="L107" t="s">
         <v>803</v>
-      </c>
-[...7 lines deleted...]
-        <v>806</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
+        <v>804</v>
+      </c>
+      <c r="C108" t="s">
+        <v>23</v>
+      </c>
+      <c r="D108" t="s">
+        <v>805</v>
+      </c>
+      <c r="E108">
+        <v>2026</v>
+      </c>
+      <c r="F108" t="s">
+        <v>806</v>
+      </c>
+      <c r="G108"/>
+      <c r="H108" t="s">
         <v>807</v>
       </c>
-      <c r="C108" t="s">
-[...8 lines deleted...]
-      <c r="F108" t="s">
+      <c r="I108" t="s">
         <v>808</v>
       </c>
-      <c r="G108" t="s">
+      <c r="J108" t="s">
         <v>809</v>
       </c>
-      <c r="H108" t="s">
-[...2 lines deleted...]
-      <c r="I108" t="s">
+      <c r="K108" t="s">
         <v>810</v>
       </c>
-      <c r="J108" t="s">
+      <c r="L108" t="s">
         <v>811</v>
-      </c>
-[...4 lines deleted...]
-        <v>813</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
+        <v>812</v>
+      </c>
+      <c r="C109" t="s">
+        <v>813</v>
+      </c>
+      <c r="D109" t="s">
+        <v>75</v>
+      </c>
+      <c r="E109">
+        <v>2026</v>
+      </c>
+      <c r="F109" t="s">
         <v>814</v>
-      </c>
-[...10 lines deleted...]
-        <v>816</v>
       </c>
       <c r="G109"/>
       <c r="H109" t="s">
+        <v>815</v>
+      </c>
+      <c r="I109" t="s">
+        <v>816</v>
+      </c>
+      <c r="J109" t="s">
         <v>817</v>
       </c>
-      <c r="I109" t="s">
+      <c r="K109" t="s">
         <v>818</v>
       </c>
-      <c r="J109" t="s">
+      <c r="L109" t="s">
         <v>819</v>
-      </c>
-[...4 lines deleted...]
-        <v>821</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
+        <v>820</v>
+      </c>
+      <c r="C110" t="s">
+        <v>23</v>
+      </c>
+      <c r="D110" t="s">
+        <v>821</v>
+      </c>
+      <c r="E110">
+        <v>2026</v>
+      </c>
+      <c r="F110" t="s">
         <v>822</v>
       </c>
-      <c r="C110" t="s">
-[...8 lines deleted...]
-      <c r="F110" t="s">
+      <c r="G110" t="s">
         <v>823</v>
       </c>
-      <c r="G110" t="s">
+      <c r="H110" t="s">
+        <v>736</v>
+      </c>
+      <c r="I110" t="s">
         <v>824</v>
       </c>
-      <c r="H110" t="s">
-[...2 lines deleted...]
-      <c r="I110" t="s">
+      <c r="J110" t="s">
         <v>825</v>
       </c>
-      <c r="J110" t="s">
+      <c r="K110" t="s">
         <v>826</v>
       </c>
-      <c r="K110" t="s">
+      <c r="L110" t="s">
         <v>827</v>
-      </c>
-[...1 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
+        <v>828</v>
+      </c>
+      <c r="C111" t="s">
+        <v>259</v>
+      </c>
+      <c r="D111" t="s">
+        <v>75</v>
+      </c>
+      <c r="E111">
+        <v>2026</v>
+      </c>
+      <c r="F111" t="s">
         <v>829</v>
       </c>
-      <c r="C111" t="s">
-[...8 lines deleted...]
-      <c r="F111" t="s">
+      <c r="G111" t="s">
         <v>830</v>
       </c>
-      <c r="G111"/>
       <c r="H111" t="s">
-        <v>331</v>
+        <v>309</v>
       </c>
       <c r="I111" t="s">
         <v>831</v>
       </c>
       <c r="J111" t="s">
         <v>832</v>
       </c>
       <c r="K111" t="s">
         <v>833</v>
       </c>
       <c r="L111" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="C112" t="s">
-        <v>117</v>
+        <v>836</v>
       </c>
       <c r="D112" t="s">
-        <v>502</v>
+        <v>39</v>
       </c>
       <c r="E112">
         <v>2026</v>
       </c>
       <c r="F112" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="G112"/>
       <c r="H112" t="s">
-        <v>331</v>
+        <v>838</v>
       </c>
       <c r="I112" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="J112" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="K112" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="L112" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="C113" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="D113" t="s">
-        <v>840</v>
+        <v>39</v>
       </c>
       <c r="E113">
         <v>2026</v>
       </c>
       <c r="F113" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-      <c r="H113"/>
+        <v>844</v>
+      </c>
+      <c r="G113" t="s">
+        <v>845</v>
+      </c>
+      <c r="H113" t="s">
+        <v>415</v>
+      </c>
       <c r="I113" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="J113" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="K113" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="L113" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C114" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="D114" t="s">
-        <v>75</v>
+        <v>510</v>
       </c>
       <c r="E114">
         <v>2026</v>
       </c>
       <c r="F114" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="G114"/>
       <c r="H114" t="s">
-        <v>848</v>
-[...2 lines deleted...]
-      <c r="J114"/>
+        <v>339</v>
+      </c>
+      <c r="I114" t="s">
+        <v>852</v>
+      </c>
+      <c r="J114" t="s">
+        <v>853</v>
+      </c>
       <c r="K114" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="L114" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="C115" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="D115" t="s">
-        <v>363</v>
+        <v>510</v>
       </c>
       <c r="E115">
-        <v>1960</v>
+        <v>2026</v>
       </c>
       <c r="F115" t="s">
+        <v>856</v>
+      </c>
+      <c r="G115"/>
+      <c r="H115" t="s">
+        <v>339</v>
+      </c>
+      <c r="I115" t="s">
         <v>852</v>
       </c>
-      <c r="G115" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J115" t="s">
-        <v>855</v>
-[...1 lines deleted...]
-      <c r="K115"/>
+        <v>857</v>
+      </c>
+      <c r="K115" t="s">
+        <v>858</v>
+      </c>
       <c r="L115" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="C116" t="s">
-        <v>298</v>
+        <v>29</v>
       </c>
       <c r="D116" t="s">
-        <v>66</v>
+        <v>861</v>
       </c>
       <c r="E116">
         <v>2026</v>
       </c>
       <c r="F116" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="G116"/>
-      <c r="H116" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H116"/>
       <c r="I116" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="J116" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="K116" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="L116" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="C117" t="s">
-        <v>865</v>
+        <v>23</v>
       </c>
       <c r="D117" t="s">
         <v>75</v>
       </c>
       <c r="E117">
         <v>2026</v>
       </c>
       <c r="F117" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="G117"/>
       <c r="H117" t="s">
-        <v>149</v>
-[...6 lines deleted...]
-      </c>
+        <v>869</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117"/>
       <c r="K117" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="L117" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C118" t="s">
-        <v>189</v>
+        <v>259</v>
       </c>
       <c r="D118" t="s">
-        <v>75</v>
+        <v>371</v>
       </c>
       <c r="E118">
-        <v>2026</v>
+        <v>1960</v>
       </c>
       <c r="F118" t="s">
-        <v>872</v>
-[...5 lines deleted...]
-      <c r="I118"/>
+        <v>873</v>
+      </c>
+      <c r="G118" t="s">
+        <v>874</v>
+      </c>
+      <c r="H118">
+        <v>86</v>
+      </c>
+      <c r="I118" t="s">
+        <v>875</v>
+      </c>
       <c r="J118" t="s">
-        <v>873</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="K118"/>
       <c r="L118" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="C119" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="D119" t="s">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="E119">
         <v>2026</v>
       </c>
       <c r="F119" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="G119"/>
       <c r="H119" t="s">
-        <v>878</v>
+        <v>87</v>
       </c>
       <c r="I119" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-      <c r="K119"/>
+        <v>880</v>
+      </c>
+      <c r="J119" t="s">
+        <v>881</v>
+      </c>
+      <c r="K119" t="s">
+        <v>882</v>
+      </c>
       <c r="L119" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="C120" t="s">
-        <v>23</v>
+        <v>306</v>
       </c>
       <c r="D120" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="E120">
         <v>2026</v>
       </c>
       <c r="F120" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="G120"/>
       <c r="H120" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-      <c r="J120"/>
+        <v>886</v>
+      </c>
+      <c r="I120" t="s">
+        <v>887</v>
+      </c>
+      <c r="J120" t="s">
+        <v>888</v>
+      </c>
       <c r="K120" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="L120" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="C121" t="s">
-        <v>23</v>
+        <v>892</v>
       </c>
       <c r="D121" t="s">
         <v>75</v>
       </c>
       <c r="E121">
         <v>2026</v>
       </c>
       <c r="F121" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="G121"/>
       <c r="H121" t="s">
-        <v>887</v>
-[...2 lines deleted...]
-      <c r="J121"/>
+        <v>149</v>
+      </c>
+      <c r="I121" t="s">
+        <v>894</v>
+      </c>
+      <c r="J121" t="s">
+        <v>895</v>
+      </c>
       <c r="K121" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="L121" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="C122" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="D122" t="s">
-        <v>690</v>
+        <v>75</v>
       </c>
       <c r="E122">
         <v>2026</v>
       </c>
       <c r="F122" t="s">
-        <v>891</v>
-[...3 lines deleted...]
-      </c>
+        <v>899</v>
+      </c>
+      <c r="G122"/>
       <c r="H122" t="s">
-        <v>893</v>
-[...3 lines deleted...]
-      </c>
+        <v>799</v>
+      </c>
+      <c r="I122"/>
       <c r="J122" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="K122" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="L122" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="C123" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="D123" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="E123">
         <v>2026</v>
       </c>
       <c r="F123" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="G123"/>
       <c r="H123" t="s">
-        <v>87</v>
+        <v>905</v>
       </c>
       <c r="I123" t="s">
-        <v>900</v>
-[...6 lines deleted...]
-      </c>
+        <v>906</v>
+      </c>
+      <c r="J123"/>
+      <c r="K123"/>
       <c r="L123" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="C124" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="D124" t="s">
-        <v>905</v>
+        <v>39</v>
       </c>
       <c r="E124">
         <v>2026</v>
       </c>
       <c r="F124" t="s">
-        <v>906</v>
-[...3 lines deleted...]
-      </c>
+        <v>909</v>
+      </c>
+      <c r="G124"/>
       <c r="H124" t="s">
-        <v>908</v>
-[...4 lines deleted...]
-      <c r="J124" t="s">
+        <v>184</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124"/>
+      <c r="K124" t="s">
         <v>910</v>
       </c>
-      <c r="K124" t="s">
+      <c r="L124" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>913</v>
+        <v>912</v>
       </c>
       <c r="C125" t="s">
-        <v>189</v>
+        <v>23</v>
       </c>
       <c r="D125" t="s">
         <v>75</v>
       </c>
       <c r="E125">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F125" t="s">
-        <v>914</v>
+        <v>913</v>
       </c>
       <c r="G125"/>
       <c r="H125" t="s">
+        <v>914</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125"/>
+      <c r="K125" t="s">
         <v>915</v>
       </c>
-      <c r="I125" t="s">
+      <c r="L125" t="s">
         <v>916</v>
-      </c>
-[...7 lines deleted...]
-        <v>919</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
+        <v>917</v>
+      </c>
+      <c r="C126" t="s">
+        <v>23</v>
+      </c>
+      <c r="D126" t="s">
+        <v>704</v>
+      </c>
+      <c r="E126">
+        <v>2026</v>
+      </c>
+      <c r="F126" t="s">
+        <v>918</v>
+      </c>
+      <c r="G126" t="s">
+        <v>919</v>
+      </c>
+      <c r="H126" t="s">
         <v>920</v>
       </c>
-      <c r="C126" t="s">
-[...2 lines deleted...]
-      <c r="D126" t="s">
+      <c r="I126" t="s">
         <v>921</v>
       </c>
-      <c r="E126">
-[...2 lines deleted...]
-      <c r="F126" t="s">
+      <c r="J126" t="s">
         <v>922</v>
       </c>
-      <c r="G126"/>
-[...3 lines deleted...]
-      <c r="I126" t="s">
+      <c r="K126" t="s">
         <v>923</v>
       </c>
-      <c r="J126" t="s">
+      <c r="L126" t="s">
         <v>924</v>
-      </c>
-[...4 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
+        <v>925</v>
+      </c>
+      <c r="C127" t="s">
+        <v>23</v>
+      </c>
+      <c r="D127" t="s">
+        <v>39</v>
+      </c>
+      <c r="E127">
+        <v>2026</v>
+      </c>
+      <c r="F127" t="s">
+        <v>926</v>
+      </c>
+      <c r="G127"/>
+      <c r="H127" t="s">
+        <v>87</v>
+      </c>
+      <c r="I127" t="s">
         <v>927</v>
       </c>
-      <c r="C127" t="s">
-[...2 lines deleted...]
-      <c r="D127" t="s">
+      <c r="J127" t="s">
         <v>928</v>
       </c>
-      <c r="E127">
-[...2 lines deleted...]
-      <c r="F127" t="s">
+      <c r="K127" t="s">
         <v>929</v>
       </c>
-      <c r="G127" t="s">
+      <c r="L127" t="s">
         <v>930</v>
-      </c>
-[...13 lines deleted...]
-        <v>935</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
+        <v>931</v>
+      </c>
+      <c r="C128" t="s">
+        <v>38</v>
+      </c>
+      <c r="D128" t="s">
+        <v>932</v>
+      </c>
+      <c r="E128">
+        <v>2026</v>
+      </c>
+      <c r="F128" t="s">
+        <v>933</v>
+      </c>
+      <c r="G128" t="s">
+        <v>934</v>
+      </c>
+      <c r="H128" t="s">
+        <v>935</v>
+      </c>
+      <c r="I128" t="s">
         <v>936</v>
       </c>
-      <c r="C128" t="s">
-[...8 lines deleted...]
-      <c r="F128" t="s">
+      <c r="J128" t="s">
         <v>937</v>
       </c>
-      <c r="G128" t="s">
+      <c r="K128" t="s">
         <v>938</v>
       </c>
-      <c r="H128" t="s">
+      <c r="L128" t="s">
         <v>939</v>
-      </c>
-[...10 lines deleted...]
-        <v>943</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
+        <v>940</v>
+      </c>
+      <c r="C129" t="s">
+        <v>189</v>
+      </c>
+      <c r="D129" t="s">
+        <v>75</v>
+      </c>
+      <c r="E129">
+        <v>1970</v>
+      </c>
+      <c r="F129" t="s">
+        <v>941</v>
+      </c>
+      <c r="G129"/>
+      <c r="H129" t="s">
+        <v>942</v>
+      </c>
+      <c r="I129" t="s">
+        <v>943</v>
+      </c>
+      <c r="J129" t="s">
         <v>944</v>
       </c>
-      <c r="C129" t="s">
-[...8 lines deleted...]
-      <c r="F129" t="s">
+      <c r="K129" t="s">
         <v>945</v>
       </c>
-      <c r="G129" t="s">
+      <c r="L129" t="s">
         <v>946</v>
-      </c>
-[...13 lines deleted...]
-        <v>951</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
       <c r="C130" t="s">
-        <v>953</v>
+        <v>29</v>
       </c>
       <c r="D130" t="s">
-        <v>39</v>
+        <v>948</v>
       </c>
       <c r="E130">
-        <v>1970</v>
+        <v>1997</v>
       </c>
       <c r="F130" t="s">
-        <v>954</v>
+        <v>949</v>
       </c>
       <c r="G130"/>
       <c r="H130" t="s">
-        <v>955</v>
-[...1 lines deleted...]
-      <c r="I130"/>
+        <v>17</v>
+      </c>
+      <c r="I130" t="s">
+        <v>950</v>
+      </c>
       <c r="J130" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="K130" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="L130" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
+        <v>954</v>
+      </c>
+      <c r="C131" t="s">
+        <v>259</v>
+      </c>
+      <c r="D131" t="s">
+        <v>955</v>
+      </c>
+      <c r="E131">
+        <v>2026</v>
+      </c>
+      <c r="F131" t="s">
+        <v>956</v>
+      </c>
+      <c r="G131" t="s">
+        <v>957</v>
+      </c>
+      <c r="H131" t="s">
+        <v>958</v>
+      </c>
+      <c r="I131" t="s">
         <v>959</v>
       </c>
-      <c r="C131" t="s">
-[...8 lines deleted...]
-      <c r="F131" t="s">
+      <c r="J131" t="s">
         <v>960</v>
       </c>
-      <c r="G131"/>
-[...3 lines deleted...]
-      <c r="I131" t="s">
+      <c r="K131" t="s">
         <v>961</v>
       </c>
-      <c r="J131" t="s">
+      <c r="L131" t="s">
         <v>962</v>
-      </c>
-[...4 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
+        <v>963</v>
+      </c>
+      <c r="C132" t="s">
+        <v>23</v>
+      </c>
+      <c r="D132" t="s">
+        <v>75</v>
+      </c>
+      <c r="E132">
+        <v>2026</v>
+      </c>
+      <c r="F132" t="s">
+        <v>964</v>
+      </c>
+      <c r="G132" t="s">
         <v>965</v>
       </c>
-      <c r="C132" t="s">
-[...2 lines deleted...]
-      <c r="D132" t="s">
+      <c r="H132" t="s">
         <v>966</v>
       </c>
-      <c r="E132">
-[...2 lines deleted...]
-      <c r="F132" t="s">
+      <c r="I132" t="s">
         <v>967</v>
       </c>
-      <c r="G132"/>
-      <c r="H132" t="s">
+      <c r="J132" t="s">
         <v>968</v>
       </c>
-      <c r="I132"/>
-      <c r="J132"/>
       <c r="K132" t="s">
         <v>969</v>
       </c>
       <c r="L132" t="s">
         <v>970</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
         <v>971</v>
       </c>
       <c r="C133" t="s">
-        <v>298</v>
+        <v>65</v>
       </c>
       <c r="D133" t="s">
-        <v>464</v>
+        <v>39</v>
       </c>
       <c r="E133">
         <v>2026</v>
       </c>
       <c r="F133" t="s">
         <v>972</v>
       </c>
-      <c r="G133"/>
+      <c r="G133" t="s">
+        <v>973</v>
+      </c>
       <c r="H133" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="I133" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="J133" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="K133" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="L133" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C134" t="s">
-        <v>83</v>
+        <v>980</v>
       </c>
       <c r="D134" t="s">
-        <v>979</v>
+        <v>39</v>
       </c>
       <c r="E134">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F134" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="G134"/>
       <c r="H134" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>982</v>
+      </c>
+      <c r="I134"/>
       <c r="J134" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="K134" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="L134" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C135" t="s">
-        <v>189</v>
+        <v>23</v>
       </c>
       <c r="D135" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E135">
         <v>2026</v>
       </c>
       <c r="F135" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="G135"/>
       <c r="H135" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="I135" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="J135" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="K135" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="L135" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C136" t="s">
-        <v>455</v>
+        <v>65</v>
       </c>
       <c r="D136" t="s">
-        <v>234</v>
+        <v>993</v>
       </c>
       <c r="E136">
         <v>2026</v>
       </c>
       <c r="F136" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="G136"/>
       <c r="H136" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="I136"/>
       <c r="J136"/>
       <c r="K136" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="L136" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="C137" t="s">
-        <v>29</v>
+        <v>306</v>
       </c>
       <c r="D137" t="s">
-        <v>39</v>
+        <v>472</v>
       </c>
       <c r="E137">
         <v>2026</v>
       </c>
       <c r="F137" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="G137"/>
       <c r="H137" t="s">
-        <v>998</v>
+        <v>254</v>
       </c>
       <c r="I137" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="J137" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="K137" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="L137" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C138" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="D138" t="s">
-        <v>397</v>
+        <v>1005</v>
       </c>
       <c r="E138">
         <v>2026</v>
       </c>
       <c r="F138" t="s">
-        <v>1004</v>
-[...3 lines deleted...]
-      </c>
+        <v>1006</v>
+      </c>
+      <c r="G138"/>
       <c r="H138" t="s">
-        <v>642</v>
+        <v>87</v>
       </c>
       <c r="I138" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="J138" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="K138" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="L138" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C139" t="s">
-        <v>251</v>
+        <v>189</v>
       </c>
       <c r="D139" t="s">
-        <v>1011</v>
+        <v>75</v>
       </c>
       <c r="E139">
-        <v>1986</v>
+        <v>2026</v>
       </c>
       <c r="F139" t="s">
         <v>1012</v>
       </c>
-      <c r="G139" t="s">
+      <c r="G139"/>
+      <c r="H139" t="s">
+        <v>101</v>
+      </c>
+      <c r="I139" t="s">
         <v>1013</v>
       </c>
-      <c r="H139" t="s">
+      <c r="J139" t="s">
         <v>1014</v>
       </c>
-      <c r="I139" t="s">
+      <c r="K139" t="s">
         <v>1015</v>
       </c>
-      <c r="J139" t="s">
+      <c r="L139" t="s">
         <v>1016</v>
-      </c>
-[...4 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C140" t="s">
+        <v>463</v>
+      </c>
+      <c r="D140" t="s">
+        <v>234</v>
+      </c>
+      <c r="E140">
+        <v>2026</v>
+      </c>
+      <c r="F140" t="s">
+        <v>1018</v>
+      </c>
+      <c r="G140"/>
+      <c r="H140" t="s">
         <v>1019</v>
       </c>
-      <c r="C140" t="s">
-[...8 lines deleted...]
-      <c r="F140" t="s">
+      <c r="I140"/>
+      <c r="J140"/>
+      <c r="K140" t="s">
         <v>1020</v>
       </c>
-      <c r="G140" t="s">
+      <c r="L140" t="s">
         <v>1021</v>
-      </c>
-[...13 lines deleted...]
-        <v>1026</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C141" t="s">
+        <v>29</v>
+      </c>
+      <c r="D141" t="s">
+        <v>39</v>
+      </c>
+      <c r="E141">
+        <v>2026</v>
+      </c>
+      <c r="F141" t="s">
+        <v>1023</v>
+      </c>
+      <c r="G141"/>
+      <c r="H141" t="s">
+        <v>1024</v>
+      </c>
+      <c r="I141" t="s">
+        <v>1025</v>
+      </c>
+      <c r="J141" t="s">
+        <v>1026</v>
+      </c>
+      <c r="K141" t="s">
         <v>1027</v>
       </c>
-      <c r="C141" t="s">
-[...8 lines deleted...]
-      <c r="F141" t="s">
+      <c r="L141" t="s">
         <v>1028</v>
-      </c>
-[...14 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="C142" t="s">
-        <v>23</v>
+        <v>1030</v>
       </c>
       <c r="D142" t="s">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="E142">
         <v>2026</v>
       </c>
       <c r="F142" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="G142"/>
       <c r="H142" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="I142"/>
+        <v>793</v>
+      </c>
+      <c r="I142" t="s">
+        <v>1032</v>
+      </c>
       <c r="J142" t="s">
+        <v>1033</v>
+      </c>
+      <c r="K142" t="s">
+        <v>1034</v>
+      </c>
+      <c r="L142" t="s">
         <v>1035</v>
-      </c>
-[...4 lines deleted...]
-        <v>1037</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C143" t="s">
+        <v>65</v>
+      </c>
+      <c r="D143" t="s">
+        <v>405</v>
+      </c>
+      <c r="E143">
+        <v>2026</v>
+      </c>
+      <c r="F143" t="s">
+        <v>1037</v>
+      </c>
+      <c r="G143" t="s">
         <v>1038</v>
       </c>
-      <c r="C143" t="s">
-[...8 lines deleted...]
-      <c r="F143" t="s">
+      <c r="H143" t="s">
+        <v>650</v>
+      </c>
+      <c r="I143" t="s">
         <v>1039</v>
       </c>
-      <c r="G143"/>
-      <c r="H143" t="s">
+      <c r="J143" t="s">
         <v>1040</v>
       </c>
-      <c r="I143" t="s">
+      <c r="K143" t="s">
         <v>1041</v>
       </c>
-      <c r="J143" t="s">
+      <c r="L143" t="s">
         <v>1042</v>
-      </c>
-[...4 lines deleted...]
-        <v>1044</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C144" t="s">
+        <v>259</v>
+      </c>
+      <c r="D144" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E144">
+        <v>1986</v>
+      </c>
+      <c r="F144" t="s">
         <v>1045</v>
       </c>
-      <c r="C144" t="s">
-[...8 lines deleted...]
-      <c r="F144" t="s">
+      <c r="G144" t="s">
         <v>1046</v>
       </c>
-      <c r="G144" t="s">
+      <c r="H144" t="s">
         <v>1047</v>
-      </c>
-[...1 lines deleted...]
-        <v>1040</v>
       </c>
       <c r="I144" t="s">
         <v>1048</v>
       </c>
       <c r="J144" t="s">
         <v>1049</v>
       </c>
       <c r="K144" t="s">
         <v>1050</v>
       </c>
       <c r="L144" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
         <v>1052</v>
       </c>
       <c r="C145" t="s">
-        <v>29</v>
+        <v>268</v>
       </c>
       <c r="D145" t="s">
-        <v>363</v>
+        <v>396</v>
       </c>
       <c r="E145">
         <v>2026</v>
       </c>
       <c r="F145" t="s">
         <v>1053</v>
       </c>
       <c r="G145" t="s">
         <v>1054</v>
       </c>
-      <c r="H145">
-        <v>84</v>
+      <c r="H145" t="s">
+        <v>1055</v>
       </c>
       <c r="I145" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="J145" t="s">
-        <v>1056</v>
-[...1 lines deleted...]
-      <c r="K145"/>
+        <v>1057</v>
+      </c>
+      <c r="K145" t="s">
+        <v>1058</v>
+      </c>
       <c r="L145" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="C146" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="D146" t="s">
-        <v>39</v>
+        <v>371</v>
       </c>
       <c r="E146">
-        <v>1986</v>
+        <v>1960</v>
       </c>
       <c r="F146" t="s">
-        <v>1059</v>
-[...3 lines deleted...]
-        <v>1060</v>
+        <v>1061</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H146">
+        <v>83</v>
       </c>
       <c r="I146" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="J146" t="s">
-        <v>1062</v>
-[...3 lines deleted...]
-      </c>
+        <v>1064</v>
+      </c>
+      <c r="K146"/>
       <c r="L146" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C147" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="D147" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="E147">
         <v>2026</v>
       </c>
       <c r="F147" t="s">
-        <v>1066</v>
-[...1 lines deleted...]
-      <c r="G147" t="s">
         <v>1067</v>
       </c>
+      <c r="G147"/>
       <c r="H147" t="s">
-        <v>1060</v>
-[...1 lines deleted...]
-      <c r="I147" t="s">
+        <v>184</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
         <v>1068</v>
       </c>
-      <c r="J147" t="s">
+      <c r="K147" t="s">
         <v>1069</v>
       </c>
-      <c r="K147" t="s">
+      <c r="L147" t="s">
         <v>1070</v>
-      </c>
-[...1 lines deleted...]
-        <v>1071</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C148" t="s">
+        <v>892</v>
+      </c>
+      <c r="D148" t="s">
+        <v>75</v>
+      </c>
+      <c r="E148">
+        <v>2026</v>
+      </c>
+      <c r="F148" t="s">
         <v>1072</v>
-      </c>
-[...10 lines deleted...]
-        <v>1073</v>
       </c>
       <c r="G148"/>
       <c r="H148" t="s">
-        <v>1040</v>
+        <v>1073</v>
       </c>
       <c r="I148" t="s">
         <v>1074</v>
       </c>
       <c r="J148" t="s">
         <v>1075</v>
       </c>
       <c r="K148" t="s">
         <v>1076</v>
       </c>
       <c r="L148" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="149" spans="1:12">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
         <v>1078</v>
       </c>
       <c r="C149" t="s">
+        <v>65</v>
+      </c>
+      <c r="D149" t="s">
+        <v>39</v>
+      </c>
+      <c r="E149">
+        <v>2026</v>
+      </c>
+      <c r="F149" t="s">
         <v>1079</v>
       </c>
-      <c r="D149" t="s">
-[...5 lines deleted...]
-      <c r="F149" t="s">
+      <c r="G149" t="s">
         <v>1080</v>
       </c>
-      <c r="G149" t="s">
+      <c r="H149" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I149" t="s">
         <v>1081</v>
       </c>
-      <c r="H149">
-[...2 lines deleted...]
-      <c r="I149" t="s">
+      <c r="J149" t="s">
         <v>1082</v>
       </c>
-      <c r="J149" t="s">
+      <c r="K149" t="s">
         <v>1083</v>
       </c>
-      <c r="K149"/>
       <c r="L149" t="s">
         <v>1084</v>
       </c>
     </row>
     <row r="150" spans="1:12">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
         <v>1085</v>
       </c>
       <c r="C150" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D150" t="s">
-        <v>118</v>
+        <v>371</v>
       </c>
       <c r="E150">
         <v>2026</v>
       </c>
       <c r="F150" t="s">
         <v>1086</v>
       </c>
       <c r="G150" t="s">
         <v>1087</v>
       </c>
-      <c r="H150" t="s">
+      <c r="H150">
+        <v>84</v>
+      </c>
+      <c r="I150" t="s">
         <v>1088</v>
       </c>
-      <c r="I150" t="s">
+      <c r="J150" t="s">
         <v>1089</v>
       </c>
-      <c r="J150" t="s">
+      <c r="K150"/>
+      <c r="L150" t="s">
         <v>1090</v>
-      </c>
-[...4 lines deleted...]
-        <v>1092</v>
       </c>
     </row>
     <row r="151" spans="1:12">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>1093</v>
+        <v>1091</v>
       </c>
       <c r="C151" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="D151" t="s">
-        <v>840</v>
+        <v>39</v>
       </c>
       <c r="E151">
-        <v>1970</v>
+        <v>1986</v>
       </c>
       <c r="F151" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
       <c r="G151"/>
       <c r="H151" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I151" t="s">
+        <v>1094</v>
+      </c>
+      <c r="J151" t="s">
         <v>1095</v>
       </c>
-      <c r="I151" t="s">
+      <c r="K151" t="s">
         <v>1096</v>
       </c>
-      <c r="J151" t="s">
+      <c r="L151" t="s">
         <v>1097</v>
-      </c>
-[...4 lines deleted...]
-        <v>1099</v>
       </c>
     </row>
     <row r="152" spans="1:12">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C152" t="s">
+        <v>38</v>
+      </c>
+      <c r="D152" t="s">
+        <v>39</v>
+      </c>
+      <c r="E152">
+        <v>2026</v>
+      </c>
+      <c r="F152" t="s">
+        <v>1099</v>
+      </c>
+      <c r="G152" t="s">
         <v>1100</v>
       </c>
-      <c r="C152" t="s">
-[...11 lines deleted...]
-      <c r="G152"/>
       <c r="H152" t="s">
-        <v>848</v>
-[...2 lines deleted...]
-      <c r="J152"/>
+        <v>1093</v>
+      </c>
+      <c r="I152" t="s">
+        <v>1101</v>
+      </c>
+      <c r="J152" t="s">
+        <v>1102</v>
+      </c>
       <c r="K152" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="L152" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="153" spans="1:12">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="C153" t="s">
-        <v>23</v>
+        <v>1030</v>
       </c>
       <c r="D153" t="s">
         <v>39</v>
       </c>
       <c r="E153">
         <v>2026</v>
       </c>
       <c r="F153" t="s">
-        <v>1104</v>
-[...3 lines deleted...]
-      </c>
+        <v>1106</v>
+      </c>
+      <c r="G153"/>
       <c r="H153" t="s">
-        <v>68</v>
+        <v>221</v>
       </c>
       <c r="I153" t="s">
-        <v>1106</v>
-[...1 lines deleted...]
-      <c r="J153"/>
+        <v>1107</v>
+      </c>
+      <c r="J153" t="s">
+        <v>1108</v>
+      </c>
       <c r="K153" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="L153" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="154" spans="1:12">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="C154" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="D154" t="s">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="E154">
         <v>2026</v>
       </c>
       <c r="F154" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="G154"/>
       <c r="H154" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="I154"/>
+        <v>1073</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1113</v>
+      </c>
       <c r="J154" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="K154" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="L154" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="155" spans="1:12">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="C155" t="s">
-        <v>23</v>
+        <v>1118</v>
       </c>
       <c r="D155" t="s">
-        <v>39</v>
+        <v>371</v>
       </c>
       <c r="E155">
         <v>2026</v>
       </c>
       <c r="F155" t="s">
-        <v>1115</v>
-[...3 lines deleted...]
-        <v>50</v>
+        <v>1119</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H155">
+        <v>103</v>
       </c>
       <c r="I155" t="s">
-        <v>1116</v>
-[...4 lines deleted...]
-      </c>
+        <v>1121</v>
+      </c>
+      <c r="J155" t="s">
+        <v>1122</v>
+      </c>
+      <c r="K155"/>
       <c r="L155" t="s">
-        <v>1118</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="156" spans="1:12">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>1119</v>
+        <v>1124</v>
       </c>
       <c r="C156" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="D156" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="E156">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F156" t="s">
-        <v>1120</v>
-[...1 lines deleted...]
-      <c r="G156"/>
+        <v>1125</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1126</v>
+      </c>
       <c r="H156" t="s">
-        <v>1121</v>
+        <v>1127</v>
       </c>
       <c r="I156" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
       <c r="J156" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="K156" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
       <c r="L156" t="s">
-        <v>1125</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="157" spans="1:12">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>1126</v>
+        <v>1132</v>
       </c>
       <c r="C157" t="s">
-        <v>1127</v>
+        <v>38</v>
       </c>
       <c r="D157" t="s">
-        <v>39</v>
+        <v>861</v>
       </c>
       <c r="E157">
         <v>1970</v>
       </c>
       <c r="F157" t="s">
-        <v>1128</v>
+        <v>1133</v>
       </c>
       <c r="G157"/>
       <c r="H157" t="s">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c r="I157" t="s">
-        <v>1122</v>
+        <v>1135</v>
       </c>
       <c r="J157" t="s">
-        <v>1123</v>
+        <v>1136</v>
       </c>
       <c r="K157" t="s">
-        <v>1124</v>
+        <v>1137</v>
       </c>
       <c r="L157" t="s">
-        <v>1130</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="158" spans="1:12">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>1131</v>
+        <v>1139</v>
       </c>
       <c r="C158" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="D158" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E158">
         <v>2026</v>
       </c>
       <c r="F158" t="s">
-        <v>1132</v>
+        <v>244</v>
       </c>
       <c r="G158"/>
       <c r="H158" t="s">
-        <v>955</v>
+        <v>869</v>
       </c>
       <c r="I158"/>
-      <c r="J158" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J158"/>
       <c r="K158" t="s">
-        <v>1133</v>
+        <v>1140</v>
       </c>
       <c r="L158" t="s">
-        <v>1134</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="159" spans="1:12">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>1135</v>
+        <v>1142</v>
       </c>
       <c r="C159" t="s">
-        <v>177</v>
+        <v>23</v>
       </c>
       <c r="D159" t="s">
         <v>39</v>
       </c>
       <c r="E159">
         <v>2026</v>
       </c>
       <c r="F159" t="s">
-        <v>1136</v>
-[...1 lines deleted...]
-      <c r="G159"/>
+        <v>1143</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1144</v>
+      </c>
       <c r="H159" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="I159"/>
+        <v>68</v>
+      </c>
+      <c r="I159" t="s">
+        <v>1145</v>
+      </c>
       <c r="J159"/>
       <c r="K159" t="s">
-        <v>1137</v>
+        <v>1146</v>
       </c>
       <c r="L159" t="s">
-        <v>1138</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="160" spans="1:12">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>1139</v>
+        <v>1148</v>
       </c>
       <c r="C160" t="s">
-        <v>298</v>
+        <v>23</v>
       </c>
       <c r="D160" t="s">
-        <v>343</v>
+        <v>118</v>
       </c>
       <c r="E160">
         <v>2026</v>
       </c>
       <c r="F160" t="s">
-        <v>1140</v>
-[...3 lines deleted...]
-      </c>
+        <v>1149</v>
+      </c>
+      <c r="G160"/>
       <c r="H160" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I160"/>
       <c r="J160" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
       <c r="K160" t="s">
-        <v>1144</v>
+        <v>1151</v>
       </c>
       <c r="L160" t="s">
-        <v>1145</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="161" spans="1:12">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>1146</v>
+        <v>1153</v>
       </c>
       <c r="C161" t="s">
-        <v>251</v>
+        <v>23</v>
       </c>
       <c r="D161" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E161">
         <v>2026</v>
       </c>
       <c r="F161" t="s">
-        <v>1147</v>
+        <v>1154</v>
       </c>
       <c r="G161"/>
       <c r="H161" t="s">
-        <v>1148</v>
+        <v>50</v>
       </c>
       <c r="I161" t="s">
-        <v>1149</v>
-[...3 lines deleted...]
-      </c>
+        <v>1155</v>
+      </c>
+      <c r="J161"/>
       <c r="K161" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="L161" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="162" spans="1:12">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="C162" t="s">
-        <v>38</v>
+        <v>117</v>
       </c>
       <c r="D162" t="s">
         <v>39</v>
       </c>
       <c r="E162">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F162" t="s">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="G162"/>
       <c r="H162" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="I162" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="J162" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="K162" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
       <c r="L162" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="163" spans="1:12">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="C163" t="s">
-        <v>99</v>
+        <v>1166</v>
       </c>
       <c r="D163" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E163">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F163" t="s">
-        <v>1161</v>
+        <v>1167</v>
       </c>
       <c r="G163"/>
       <c r="H163" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-      <c r="J163"/>
+        <v>982</v>
+      </c>
+      <c r="I163" t="s">
+        <v>1161</v>
+      </c>
+      <c r="J163" t="s">
+        <v>1162</v>
+      </c>
       <c r="K163" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="L163" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="164" spans="1:12">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
       <c r="C164" t="s">
-        <v>298</v>
+        <v>117</v>
       </c>
       <c r="D164" t="s">
-        <v>464</v>
+        <v>39</v>
       </c>
       <c r="E164">
         <v>2026</v>
       </c>
       <c r="F164" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="G164"/>
       <c r="H164" t="s">
-        <v>1166</v>
-[...3 lines deleted...]
-      </c>
+        <v>1171</v>
+      </c>
+      <c r="I164"/>
       <c r="J164" t="s">
-        <v>1168</v>
+        <v>1162</v>
       </c>
       <c r="K164" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="L164" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="165" spans="1:12">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="C165" t="s">
-        <v>1172</v>
+        <v>177</v>
       </c>
       <c r="D165" t="s">
-        <v>363</v>
+        <v>39</v>
       </c>
       <c r="E165">
         <v>2026</v>
       </c>
       <c r="F165" t="s">
-        <v>1173</v>
-[...3 lines deleted...]
-      </c>
+        <v>1175</v>
+      </c>
+      <c r="G165"/>
       <c r="H165" t="s">
-        <v>908</v>
-[...4 lines deleted...]
-      <c r="J165" t="s">
+        <v>107</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165"/>
+      <c r="K165" t="s">
         <v>1176</v>
       </c>
-      <c r="K165" t="s">
+      <c r="L165" t="s">
         <v>1177</v>
-      </c>
-[...1 lines deleted...]
-        <v>1178</v>
       </c>
     </row>
     <row r="166" spans="1:12">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C166" t="s">
+        <v>306</v>
+      </c>
+      <c r="D166" t="s">
+        <v>351</v>
+      </c>
+      <c r="E166">
+        <v>2026</v>
+      </c>
+      <c r="F166" t="s">
         <v>1179</v>
       </c>
-      <c r="C166" t="s">
-[...8 lines deleted...]
-      <c r="F166" t="s">
+      <c r="G166" t="s">
         <v>1180</v>
       </c>
-      <c r="G166"/>
       <c r="H166" t="s">
+        <v>339</v>
+      </c>
+      <c r="I166" t="s">
         <v>1181</v>
       </c>
-      <c r="I166"/>
-      <c r="J166"/>
+      <c r="J166" t="s">
+        <v>1182</v>
+      </c>
       <c r="K166" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="L166" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="167" spans="1:12">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C167" t="s">
-        <v>487</v>
+        <v>259</v>
       </c>
       <c r="D167" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="E167">
         <v>2026</v>
       </c>
       <c r="F167" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="G167"/>
       <c r="H167" t="s">
-        <v>59</v>
+        <v>1187</v>
       </c>
       <c r="I167" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="J167" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="K167" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="L167" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="168" spans="1:12">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="C168" t="s">
-        <v>487</v>
+        <v>38</v>
       </c>
       <c r="D168" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="E168">
         <v>2026</v>
       </c>
       <c r="F168" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="G168"/>
       <c r="H168" t="s">
-        <v>346</v>
+        <v>1194</v>
       </c>
       <c r="I168" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="J168" t="s">
-        <v>1193</v>
-[...1 lines deleted...]
-      <c r="K168"/>
+        <v>1196</v>
+      </c>
+      <c r="K168" t="s">
+        <v>1197</v>
+      </c>
       <c r="L168" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="169" spans="1:12">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="C169" t="s">
-        <v>65</v>
+        <v>99</v>
       </c>
       <c r="D169" t="s">
-        <v>154</v>
+        <v>75</v>
       </c>
       <c r="E169">
         <v>2026</v>
       </c>
       <c r="F169" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="G169"/>
       <c r="H169" t="s">
-        <v>908</v>
-[...6 lines deleted...]
-      </c>
+        <v>541</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169"/>
       <c r="K169" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="L169" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="170" spans="1:12">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="C170" t="s">
-        <v>177</v>
+        <v>306</v>
       </c>
       <c r="D170" t="s">
-        <v>39</v>
+        <v>472</v>
       </c>
       <c r="E170">
         <v>2026</v>
       </c>
       <c r="F170" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="G170"/>
       <c r="H170" t="s">
-        <v>87</v>
+        <v>793</v>
       </c>
       <c r="I170" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="J170" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="K170" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="L170" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="171" spans="1:12">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="C171" t="s">
-        <v>1208</v>
-[...1 lines deleted...]
-      <c r="D171"/>
+        <v>1030</v>
+      </c>
+      <c r="D171" t="s">
+        <v>371</v>
+      </c>
       <c r="E171">
         <v>2026</v>
       </c>
       <c r="F171" t="s">
-        <v>1209</v>
-[...1 lines deleted...]
-      <c r="G171"/>
+        <v>1210</v>
+      </c>
+      <c r="G171" t="s">
+        <v>1211</v>
+      </c>
       <c r="H171" t="s">
-        <v>399</v>
-[...1 lines deleted...]
-      <c r="I171"/>
+        <v>935</v>
+      </c>
+      <c r="I171" t="s">
+        <v>1212</v>
+      </c>
       <c r="J171" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="K171" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="L171" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="172" spans="1:12">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="C172" t="s">
         <v>23</v>
       </c>
       <c r="D172" t="s">
-        <v>39</v>
+        <v>821</v>
       </c>
       <c r="E172">
         <v>2026</v>
       </c>
       <c r="F172" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="G172"/>
       <c r="H172" t="s">
-        <v>32</v>
+        <v>1218</v>
       </c>
       <c r="I172"/>
       <c r="J172"/>
       <c r="K172" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="L172" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="173" spans="1:12">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="C173" t="s">
-        <v>23</v>
+        <v>495</v>
       </c>
       <c r="D173" t="s">
-        <v>118</v>
+        <v>14</v>
       </c>
       <c r="E173">
         <v>2026</v>
       </c>
       <c r="F173" t="s">
-        <v>1218</v>
-[...3 lines deleted...]
-      </c>
+        <v>1222</v>
+      </c>
+      <c r="G173"/>
       <c r="H173" t="s">
-        <v>729</v>
+        <v>59</v>
       </c>
       <c r="I173" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="J173" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="K173" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="L173" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="174" spans="1:12">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="C174" t="s">
-        <v>48</v>
+        <v>495</v>
       </c>
       <c r="D174" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="E174">
         <v>2026</v>
       </c>
       <c r="F174" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="G174"/>
       <c r="H174" t="s">
-        <v>1226</v>
-[...5 lines deleted...]
-      </c>
+        <v>354</v>
+      </c>
+      <c r="I174" t="s">
+        <v>1229</v>
+      </c>
+      <c r="J174" t="s">
+        <v>1230</v>
+      </c>
+      <c r="K174"/>
       <c r="L174" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="175" spans="1:12">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="C175" t="s">
-        <v>251</v>
+        <v>65</v>
       </c>
       <c r="D175" t="s">
-        <v>75</v>
+        <v>154</v>
       </c>
       <c r="E175">
         <v>2026</v>
       </c>
       <c r="F175" t="s">
-        <v>1230</v>
-[...3 lines deleted...]
-      </c>
+        <v>1233</v>
+      </c>
+      <c r="G175"/>
       <c r="H175" t="s">
-        <v>149</v>
+        <v>935</v>
       </c>
       <c r="I175" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="J175" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="K175" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="L175" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="176" spans="1:12">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="C176" t="s">
-        <v>23</v>
+        <v>177</v>
       </c>
       <c r="D176" t="s">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="E176">
         <v>2026</v>
       </c>
       <c r="F176" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="G176"/>
       <c r="H176" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="I176"/>
+        <v>87</v>
+      </c>
+      <c r="I176" t="s">
+        <v>1240</v>
+      </c>
       <c r="J176" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="K176" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="L176" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="177" spans="1:12">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="C177" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>1245</v>
+      </c>
+      <c r="D177"/>
       <c r="E177">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F177" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="G177"/>
       <c r="H177" t="s">
-        <v>1243</v>
+        <v>407</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="K177" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="L177" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="178" spans="1:12">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="C178" t="s">
-        <v>251</v>
+        <v>23</v>
       </c>
       <c r="D178" t="s">
-        <v>90</v>
+        <v>39</v>
       </c>
       <c r="E178">
         <v>2026</v>
       </c>
       <c r="F178" t="s">
-        <v>1248</v>
-[...3 lines deleted...]
-      </c>
+        <v>1251</v>
+      </c>
+      <c r="G178"/>
       <c r="H178" t="s">
-        <v>1155</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178"/>
       <c r="K178" t="s">
         <v>1252</v>
       </c>
       <c r="L178" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="179" spans="1:12">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
         <v>1254</v>
       </c>
       <c r="C179" t="s">
+        <v>23</v>
+      </c>
+      <c r="D179" t="s">
+        <v>118</v>
+      </c>
+      <c r="E179">
+        <v>2026</v>
+      </c>
+      <c r="F179" t="s">
         <v>1255</v>
       </c>
-      <c r="D179" t="s">
+      <c r="G179" t="s">
         <v>1256</v>
       </c>
-      <c r="E179">
-[...2 lines deleted...]
-      <c r="F179" t="s">
+      <c r="H179" t="s">
+        <v>743</v>
+      </c>
+      <c r="I179" t="s">
         <v>1257</v>
       </c>
-      <c r="G179"/>
-[...3 lines deleted...]
-      <c r="I179" t="s">
+      <c r="J179" t="s">
         <v>1258</v>
       </c>
-      <c r="J179" t="s">
+      <c r="K179" t="s">
         <v>1259</v>
       </c>
-      <c r="K179" t="s">
+      <c r="L179" t="s">
         <v>1260</v>
-      </c>
-[...1 lines deleted...]
-        <v>1261</v>
       </c>
     </row>
     <row r="180" spans="1:12">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C180" t="s">
+        <v>48</v>
+      </c>
+      <c r="D180" t="s">
+        <v>39</v>
+      </c>
+      <c r="E180">
+        <v>2026</v>
+      </c>
+      <c r="F180" t="s">
         <v>1262</v>
-      </c>
-[...10 lines deleted...]
-        <v>1263</v>
       </c>
       <c r="G180"/>
       <c r="H180" t="s">
+        <v>1263</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180"/>
+      <c r="K180" t="s">
         <v>1264</v>
       </c>
-      <c r="I180" t="s">
+      <c r="L180" t="s">
         <v>1265</v>
-      </c>
-[...7 lines deleted...]
-        <v>1268</v>
       </c>
     </row>
     <row r="181" spans="1:12">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C181" t="s">
+        <v>259</v>
+      </c>
+      <c r="D181" t="s">
+        <v>75</v>
+      </c>
+      <c r="E181">
+        <v>2026</v>
+      </c>
+      <c r="F181" t="s">
+        <v>1267</v>
+      </c>
+      <c r="G181" t="s">
+        <v>1268</v>
+      </c>
+      <c r="H181" t="s">
+        <v>149</v>
+      </c>
+      <c r="I181" t="s">
         <v>1269</v>
       </c>
-      <c r="C181" t="s">
+      <c r="J181" t="s">
         <v>1270</v>
       </c>
-      <c r="D181" t="s">
-[...5 lines deleted...]
-      <c r="F181" t="s">
+      <c r="K181" t="s">
         <v>1271</v>
       </c>
-      <c r="G181" t="s">
+      <c r="L181" t="s">
         <v>1272</v>
-      </c>
-[...5 lines deleted...]
-        <v>1273</v>
       </c>
     </row>
     <row r="182" spans="1:12">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C182" t="s">
+        <v>23</v>
+      </c>
+      <c r="D182" t="s">
+        <v>118</v>
+      </c>
+      <c r="E182">
+        <v>2026</v>
+      </c>
+      <c r="F182" t="s">
         <v>1274</v>
       </c>
-      <c r="C182" t="s">
-[...2 lines deleted...]
-      <c r="D182" t="s">
+      <c r="G182"/>
+      <c r="H182" t="s">
+        <v>184</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
         <v>1275</v>
       </c>
-      <c r="E182">
-[...2 lines deleted...]
-      <c r="F182" t="s">
+      <c r="K182" t="s">
         <v>1276</v>
       </c>
-      <c r="G182" t="s">
+      <c r="L182" t="s">
         <v>1277</v>
-      </c>
-[...13 lines deleted...]
-        <v>1281</v>
       </c>
     </row>
     <row r="183" spans="1:12">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>1282</v>
+        <v>1278</v>
       </c>
       <c r="C183" t="s">
-        <v>455</v>
+        <v>23</v>
       </c>
       <c r="D183" t="s">
         <v>75</v>
       </c>
       <c r="E183">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F183" t="s">
-        <v>1283</v>
+        <v>1279</v>
       </c>
       <c r="G183"/>
       <c r="H183" t="s">
-        <v>1284</v>
-[...4 lines deleted...]
-      <c r="J183"/>
+        <v>1280</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>1281</v>
+      </c>
       <c r="K183" t="s">
-        <v>1286</v>
+        <v>1282</v>
       </c>
       <c r="L183" t="s">
-        <v>1287</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="184" spans="1:12">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C184" t="s">
+        <v>259</v>
+      </c>
+      <c r="D184" t="s">
+        <v>90</v>
+      </c>
+      <c r="E184">
+        <v>2026</v>
+      </c>
+      <c r="F184" t="s">
+        <v>1285</v>
+      </c>
+      <c r="G184" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H184" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I184" t="s">
+        <v>1287</v>
+      </c>
+      <c r="J184" t="s">
         <v>1288</v>
       </c>
-      <c r="C184" t="s">
-[...8 lines deleted...]
-      <c r="F184" t="s">
+      <c r="K184" t="s">
         <v>1289</v>
       </c>
-      <c r="G184" t="s">
+      <c r="L184" t="s">
         <v>1290</v>
-      </c>
-[...11 lines deleted...]
-        <v>1293</v>
       </c>
     </row>
     <row r="185" spans="1:12">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E185">
+        <v>1999</v>
+      </c>
+      <c r="F185" t="s">
         <v>1294</v>
-      </c>
-[...10 lines deleted...]
-        <v>1295</v>
       </c>
       <c r="G185"/>
       <c r="H185" t="s">
+        <v>534</v>
+      </c>
+      <c r="I185" t="s">
+        <v>1295</v>
+      </c>
+      <c r="J185" t="s">
         <v>1296</v>
       </c>
-      <c r="I185" t="s">
+      <c r="K185" t="s">
         <v>1297</v>
       </c>
-      <c r="J185" t="s">
+      <c r="L185" t="s">
         <v>1298</v>
-      </c>
-[...4 lines deleted...]
-        <v>1300</v>
       </c>
     </row>
     <row r="186" spans="1:12">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C186" t="s">
+        <v>29</v>
+      </c>
+      <c r="D186" t="s">
+        <v>206</v>
+      </c>
+      <c r="E186">
+        <v>2026</v>
+      </c>
+      <c r="F186" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G186"/>
+      <c r="H186" t="s">
         <v>1301</v>
       </c>
-      <c r="C186" t="s">
+      <c r="I186" t="s">
         <v>1302</v>
       </c>
-      <c r="D186" t="s">
+      <c r="J186" t="s">
         <v>1303</v>
       </c>
-      <c r="E186">
-[...2 lines deleted...]
-      <c r="F186" t="s">
+      <c r="K186" t="s">
         <v>1304</v>
       </c>
-      <c r="G186" t="s">
+      <c r="L186" t="s">
         <v>1305</v>
-      </c>
-[...13 lines deleted...]
-        <v>1309</v>
       </c>
     </row>
     <row r="187" spans="1:12">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D187" t="s">
+        <v>14</v>
+      </c>
+      <c r="E187">
+        <v>2026</v>
+      </c>
+      <c r="F187" t="s">
+        <v>1308</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H187" t="s">
         <v>1310</v>
       </c>
-      <c r="C187" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="I187"/>
+      <c r="J187"/>
       <c r="K187"/>
       <c r="L187" t="s">
-        <v>1315</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="188" spans="1:12">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C188" t="s">
+        <v>153</v>
+      </c>
+      <c r="D188" t="s">
+        <v>39</v>
+      </c>
+      <c r="E188">
+        <v>1980</v>
+      </c>
+      <c r="F188" t="s">
+        <v>1313</v>
+      </c>
+      <c r="G188"/>
+      <c r="H188" t="s">
+        <v>534</v>
+      </c>
+      <c r="I188" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J188" t="s">
+        <v>1315</v>
+      </c>
+      <c r="K188"/>
+      <c r="L188" t="s">
         <v>1316</v>
-      </c>
-[...28 lines deleted...]
-        <v>1324</v>
       </c>
     </row>
     <row r="189" spans="1:12">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>1325</v>
+        <v>1317</v>
       </c>
       <c r="C189" t="s">
-        <v>23</v>
+        <v>259</v>
       </c>
       <c r="D189" t="s">
-        <v>1326</v>
+        <v>1318</v>
       </c>
       <c r="E189">
         <v>2026</v>
       </c>
       <c r="F189" t="s">
-        <v>1327</v>
-[...1 lines deleted...]
-      <c r="G189"/>
+        <v>1319</v>
+      </c>
+      <c r="G189" t="s">
+        <v>1320</v>
+      </c>
       <c r="H189" t="s">
-        <v>1166</v>
+        <v>1093</v>
       </c>
       <c r="I189" t="s">
-        <v>1328</v>
+        <v>1321</v>
       </c>
       <c r="J189" t="s">
-        <v>1329</v>
+        <v>1322</v>
       </c>
       <c r="K189" t="s">
-        <v>1330</v>
+        <v>1323</v>
       </c>
       <c r="L189" t="s">
-        <v>1331</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="190" spans="1:12">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>1332</v>
+        <v>1325</v>
       </c>
       <c r="C190" t="s">
-        <v>251</v>
+        <v>463</v>
       </c>
       <c r="D190" t="s">
-        <v>363</v>
+        <v>75</v>
       </c>
       <c r="E190">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F190" t="s">
-        <v>1333</v>
-[...3 lines deleted...]
-      </c>
+        <v>1326</v>
+      </c>
+      <c r="G190"/>
       <c r="H190" t="s">
-        <v>1335</v>
-[...1 lines deleted...]
-      <c r="I190"/>
+        <v>1327</v>
+      </c>
+      <c r="I190" t="s">
+        <v>1328</v>
+      </c>
       <c r="J190"/>
       <c r="K190" t="s">
-        <v>1336</v>
+        <v>1329</v>
       </c>
       <c r="L190" t="s">
-        <v>1337</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="191" spans="1:12">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>1338</v>
+        <v>1331</v>
       </c>
       <c r="C191" t="s">
-        <v>29</v>
+        <v>259</v>
       </c>
       <c r="D191" t="s">
-        <v>1339</v>
+        <v>371</v>
       </c>
       <c r="E191">
-        <v>1995</v>
+        <v>1980</v>
       </c>
       <c r="F191" t="s">
-        <v>1340</v>
-[...3 lines deleted...]
-        <v>1341</v>
+        <v>1332</v>
+      </c>
+      <c r="G191" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H191">
+        <v>97</v>
       </c>
       <c r="I191" t="s">
-        <v>1342</v>
+        <v>1334</v>
       </c>
       <c r="J191" t="s">
-        <v>1343</v>
-[...3 lines deleted...]
-      </c>
+        <v>1335</v>
+      </c>
+      <c r="K191"/>
       <c r="L191" t="s">
-        <v>1345</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="192" spans="1:12">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>1346</v>
+        <v>1337</v>
       </c>
       <c r="C192" t="s">
-        <v>1347</v>
+        <v>29</v>
       </c>
       <c r="D192" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="E192">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F192" t="s">
-        <v>1348</v>
+        <v>1338</v>
       </c>
       <c r="G192"/>
       <c r="H192" t="s">
-        <v>1349</v>
+        <v>1339</v>
       </c>
       <c r="I192" t="s">
-        <v>1350</v>
+        <v>1340</v>
       </c>
       <c r="J192" t="s">
-        <v>1351</v>
+        <v>1341</v>
       </c>
       <c r="K192" t="s">
-        <v>1352</v>
+        <v>1342</v>
       </c>
       <c r="L192" t="s">
-        <v>1353</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="193" spans="1:12">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>1354</v>
+        <v>1344</v>
       </c>
       <c r="C193" t="s">
-        <v>65</v>
+        <v>1345</v>
       </c>
       <c r="D193" t="s">
-        <v>234</v>
+        <v>1346</v>
       </c>
       <c r="E193">
         <v>2026</v>
       </c>
       <c r="F193" t="s">
-        <v>1355</v>
+        <v>1347</v>
       </c>
       <c r="G193" t="s">
-        <v>1356</v>
+        <v>1348</v>
       </c>
       <c r="H193" t="s">
-        <v>1357</v>
+        <v>793</v>
       </c>
       <c r="I193" t="s">
-        <v>1358</v>
+        <v>1349</v>
       </c>
       <c r="J193" t="s">
-        <v>1359</v>
+        <v>1350</v>
       </c>
       <c r="K193" t="s">
-        <v>1360</v>
+        <v>1351</v>
       </c>
       <c r="L193" t="s">
-        <v>1361</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="194" spans="1:12">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>1362</v>
+        <v>1353</v>
       </c>
       <c r="C194" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="D194" t="s">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="E194">
         <v>2026</v>
       </c>
       <c r="F194" t="s">
-        <v>1363</v>
+        <v>1354</v>
       </c>
       <c r="G194" t="s">
-        <v>1364</v>
+        <v>1355</v>
       </c>
       <c r="H194" t="s">
-        <v>1365</v>
+        <v>430</v>
       </c>
       <c r="I194" t="s">
-        <v>1366</v>
+        <v>1356</v>
       </c>
       <c r="J194" t="s">
-        <v>1367</v>
-[...3 lines deleted...]
-      </c>
+        <v>1357</v>
+      </c>
+      <c r="K194"/>
       <c r="L194" t="s">
-        <v>1369</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="195" spans="1:12">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1361</v>
+      </c>
+      <c r="E195">
+        <v>2026</v>
+      </c>
+      <c r="F195" t="s">
         <v>1362</v>
       </c>
-      <c r="C195" t="s">
-[...8 lines deleted...]
-      <c r="F195" t="s">
+      <c r="G195" t="s">
         <v>1363</v>
       </c>
-      <c r="G195"/>
       <c r="H195" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I195" t="s">
+        <v>1364</v>
+      </c>
+      <c r="J195" t="s">
         <v>1365</v>
       </c>
-      <c r="I195" t="s">
+      <c r="K195" t="s">
         <v>1366</v>
       </c>
-      <c r="J195" t="s">
+      <c r="L195" t="s">
         <v>1367</v>
       </c>
-      <c r="K195"/>
-      <c r="L195"/>
     </row>
     <row r="196" spans="1:12">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C196" t="s">
+        <v>23</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1369</v>
+      </c>
+      <c r="E196">
+        <v>2026</v>
+      </c>
+      <c r="F196" t="s">
         <v>1370</v>
-      </c>
-[...10 lines deleted...]
-        <v>1372</v>
       </c>
       <c r="G196"/>
       <c r="H196" t="s">
+        <v>793</v>
+      </c>
+      <c r="I196" t="s">
+        <v>1371</v>
+      </c>
+      <c r="J196" t="s">
+        <v>1372</v>
+      </c>
+      <c r="K196" t="s">
         <v>1373</v>
       </c>
-      <c r="I196" t="s">
+      <c r="L196" t="s">
         <v>1374</v>
-      </c>
-[...7 lines deleted...]
-        <v>1377</v>
       </c>
     </row>
     <row r="197" spans="1:12">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C197" t="s">
+        <v>259</v>
+      </c>
+      <c r="D197" t="s">
+        <v>371</v>
+      </c>
+      <c r="E197">
+        <v>1970</v>
+      </c>
+      <c r="F197" t="s">
+        <v>1376</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H197" t="s">
         <v>1378</v>
       </c>
-      <c r="C197" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="I197"/>
       <c r="J197"/>
       <c r="K197" t="s">
-        <v>1381</v>
+        <v>1379</v>
       </c>
       <c r="L197" t="s">
-        <v>1382</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="198" spans="1:12">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C198" t="s">
+        <v>29</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E198">
+        <v>1995</v>
+      </c>
+      <c r="F198" t="s">
         <v>1383</v>
       </c>
-      <c r="C198" t="s">
-[...8 lines deleted...]
-      <c r="F198" t="s">
+      <c r="G198"/>
+      <c r="H198" t="s">
         <v>1384</v>
       </c>
-      <c r="G198" t="s">
+      <c r="I198" t="s">
         <v>1385</v>
       </c>
-      <c r="H198" t="s">
-[...2 lines deleted...]
-      <c r="I198" t="s">
+      <c r="J198" t="s">
         <v>1386</v>
       </c>
-      <c r="J198" t="s">
+      <c r="K198" t="s">
         <v>1387</v>
       </c>
-      <c r="K198" t="s">
+      <c r="L198" t="s">
         <v>1388</v>
-      </c>
-[...1 lines deleted...]
-        <v>1389</v>
       </c>
     </row>
     <row r="199" spans="1:12">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C199" t="s">
         <v>1390</v>
       </c>
-      <c r="C199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D199" t="s">
-        <v>363</v>
+        <v>39</v>
       </c>
       <c r="E199">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F199" t="s">
         <v>1391</v>
       </c>
-      <c r="G199" t="s">
+      <c r="G199"/>
+      <c r="H199" t="s">
         <v>1392</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="I199" t="s">
         <v>1393</v>
       </c>
       <c r="J199" t="s">
         <v>1394</v>
       </c>
-      <c r="K199"/>
+      <c r="K199" t="s">
+        <v>1395</v>
+      </c>
       <c r="L199" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="200" spans="1:12">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="C200" t="s">
-        <v>487</v>
+        <v>65</v>
       </c>
       <c r="D200" t="s">
-        <v>39</v>
+        <v>234</v>
       </c>
       <c r="E200">
         <v>2026</v>
       </c>
       <c r="F200" t="s">
-        <v>1397</v>
-[...1 lines deleted...]
-      <c r="G200"/>
+        <v>1398</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1399</v>
+      </c>
       <c r="H200" t="s">
-        <v>817</v>
+        <v>1400</v>
       </c>
       <c r="I200" t="s">
-        <v>1398</v>
+        <v>1401</v>
       </c>
       <c r="J200" t="s">
-        <v>1399</v>
+        <v>1402</v>
       </c>
       <c r="K200" t="s">
-        <v>1400</v>
+        <v>1403</v>
       </c>
       <c r="L200" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="201" spans="1:12">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
       <c r="C201" t="s">
         <v>23</v>
       </c>
       <c r="D201" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="E201">
         <v>2026</v>
       </c>
       <c r="F201" t="s">
-        <v>1403</v>
-[...1 lines deleted...]
-      <c r="G201"/>
+        <v>1406</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1407</v>
+      </c>
       <c r="H201" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-      <c r="J201"/>
+        <v>1408</v>
+      </c>
+      <c r="I201" t="s">
+        <v>1409</v>
+      </c>
+      <c r="J201" t="s">
+        <v>1410</v>
+      </c>
       <c r="K201" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="L201" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="202" spans="1:12">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C202" t="s">
+        <v>23</v>
+      </c>
+      <c r="D202" t="s">
+        <v>118</v>
+      </c>
+      <c r="E202">
+        <v>2026</v>
+      </c>
+      <c r="F202" t="s">
         <v>1406</v>
-      </c>
-[...10 lines deleted...]
-        <v>1408</v>
       </c>
       <c r="G202"/>
       <c r="H202" t="s">
+        <v>1408</v>
+      </c>
+      <c r="I202" t="s">
         <v>1409</v>
       </c>
-      <c r="I202" t="s">
+      <c r="J202" t="s">
         <v>1410</v>
       </c>
-      <c r="J202" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K202"/>
-      <c r="L202" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L202"/>
     </row>
     <row r="203" spans="1:12">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
         <v>1413</v>
       </c>
       <c r="C203" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="D203" t="s">
-        <v>66</v>
+        <v>1414</v>
       </c>
       <c r="E203">
         <v>2026</v>
       </c>
       <c r="F203" t="s">
-        <v>1414</v>
-[...1 lines deleted...]
-      <c r="G203" t="s">
         <v>1415</v>
       </c>
+      <c r="G203"/>
       <c r="H203" t="s">
-        <v>582</v>
+        <v>1416</v>
       </c>
       <c r="I203" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="J203" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="K203" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="L203" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="204" spans="1:12">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="C204" t="s">
-        <v>298</v>
+        <v>23</v>
       </c>
       <c r="D204" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E204">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F204" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="G204"/>
       <c r="H204" t="s">
-        <v>1422</v>
+        <v>107</v>
       </c>
       <c r="I204" t="s">
         <v>1423</v>
       </c>
-      <c r="J204" t="s">
+      <c r="J204"/>
+      <c r="K204" t="s">
         <v>1424</v>
       </c>
-      <c r="K204" t="s">
+      <c r="L204" t="s">
         <v>1425</v>
-      </c>
-[...1 lines deleted...]
-        <v>1426</v>
       </c>
     </row>
     <row r="205" spans="1:12">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C205" t="s">
+        <v>259</v>
+      </c>
+      <c r="D205" t="s">
+        <v>39</v>
+      </c>
+      <c r="E205">
+        <v>2026</v>
+      </c>
+      <c r="F205" t="s">
         <v>1427</v>
       </c>
-      <c r="C205" t="s">
-[...8 lines deleted...]
-      <c r="F205" t="s">
+      <c r="G205" t="s">
         <v>1428</v>
       </c>
-      <c r="G205" t="s">
+      <c r="H205" t="s">
+        <v>838</v>
+      </c>
+      <c r="I205" t="s">
         <v>1429</v>
       </c>
-      <c r="H205" t="s">
-[...2 lines deleted...]
-      <c r="I205" t="s">
+      <c r="J205" t="s">
         <v>1430</v>
       </c>
-      <c r="J205" t="s">
+      <c r="K205" t="s">
         <v>1431</v>
       </c>
-      <c r="K205" t="s">
+      <c r="L205" t="s">
         <v>1432</v>
-      </c>
-[...1 lines deleted...]
-        <v>1433</v>
       </c>
     </row>
     <row r="206" spans="1:12">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C206" t="s">
+        <v>38</v>
+      </c>
+      <c r="D206" t="s">
+        <v>371</v>
+      </c>
+      <c r="E206">
+        <v>2026</v>
+      </c>
+      <c r="F206" t="s">
         <v>1434</v>
       </c>
-      <c r="C206" t="s">
-[...8 lines deleted...]
-      <c r="F206" t="s">
+      <c r="G206" t="s">
         <v>1435</v>
       </c>
-      <c r="G206"/>
-      <c r="H206" t="s">
+      <c r="H206">
+        <v>94</v>
+      </c>
+      <c r="I206" t="s">
         <v>1436</v>
       </c>
-      <c r="I206" t="s">
+      <c r="J206" t="s">
         <v>1437</v>
       </c>
-      <c r="J206" t="s">
+      <c r="K206"/>
+      <c r="L206" t="s">
         <v>1438</v>
-      </c>
-[...4 lines deleted...]
-        <v>1440</v>
       </c>
     </row>
     <row r="207" spans="1:12">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>1441</v>
+        <v>1439</v>
       </c>
       <c r="C207" t="s">
-        <v>23</v>
+        <v>495</v>
       </c>
       <c r="D207" t="s">
         <v>39</v>
       </c>
       <c r="E207">
         <v>2026</v>
       </c>
       <c r="F207" t="s">
-        <v>1442</v>
+        <v>1440</v>
       </c>
       <c r="G207"/>
       <c r="H207" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-      <c r="J207"/>
+        <v>838</v>
+      </c>
+      <c r="I207" t="s">
+        <v>1441</v>
+      </c>
+      <c r="J207" t="s">
+        <v>1442</v>
+      </c>
       <c r="K207" t="s">
         <v>1443</v>
       </c>
       <c r="L207" t="s">
         <v>1444</v>
       </c>
     </row>
     <row r="208" spans="1:12">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
         <v>1445</v>
       </c>
       <c r="C208" t="s">
-        <v>703</v>
+        <v>23</v>
       </c>
       <c r="D208" t="s">
+        <v>39</v>
+      </c>
+      <c r="E208">
+        <v>2026</v>
+      </c>
+      <c r="F208" t="s">
         <v>1446</v>
-      </c>
-[...4 lines deleted...]
-        <v>1447</v>
       </c>
       <c r="G208"/>
       <c r="H208" t="s">
-        <v>765</v>
-[...1 lines deleted...]
-      <c r="I208" t="s">
+        <v>184</v>
+      </c>
+      <c r="I208"/>
+      <c r="J208"/>
+      <c r="K208" t="s">
+        <v>1447</v>
+      </c>
+      <c r="L208" t="s">
         <v>1448</v>
-      </c>
-[...7 lines deleted...]
-        <v>1451</v>
       </c>
     </row>
     <row r="209" spans="1:12">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>1452</v>
+        <v>1449</v>
       </c>
       <c r="C209" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="D209" t="s">
-        <v>921</v>
+        <v>1450</v>
       </c>
       <c r="E209">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F209" t="s">
-        <v>1453</v>
+        <v>1451</v>
       </c>
       <c r="G209"/>
       <c r="H209" t="s">
-        <v>346</v>
+        <v>1452</v>
       </c>
       <c r="I209" t="s">
+        <v>1453</v>
+      </c>
+      <c r="J209" t="s">
         <v>1454</v>
-      </c>
-[...1 lines deleted...]
-        <v>1455</v>
       </c>
       <c r="K209"/>
       <c r="L209" t="s">
-        <v>1456</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="210" spans="1:12">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C210" t="s">
+        <v>65</v>
+      </c>
+      <c r="D210" t="s">
+        <v>66</v>
+      </c>
+      <c r="E210">
+        <v>2026</v>
+      </c>
+      <c r="F210" t="s">
         <v>1457</v>
       </c>
-      <c r="C210" t="s">
-[...2 lines deleted...]
-      <c r="D210" t="s">
+      <c r="G210" t="s">
         <v>1458</v>
       </c>
-      <c r="E210">
-[...2 lines deleted...]
-      <c r="F210" t="s">
+      <c r="H210" t="s">
+        <v>590</v>
+      </c>
+      <c r="I210" t="s">
         <v>1459</v>
       </c>
-      <c r="G210"/>
-      <c r="H210" t="s">
+      <c r="J210" t="s">
         <v>1460</v>
       </c>
-      <c r="I210" t="s">
+      <c r="K210" t="s">
         <v>1461</v>
       </c>
-      <c r="J210"/>
-      <c r="K210" t="s">
+      <c r="L210" t="s">
         <v>1462</v>
-      </c>
-[...1 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="211" spans="1:12">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C211" t="s">
+        <v>306</v>
+      </c>
+      <c r="D211" t="s">
+        <v>75</v>
+      </c>
+      <c r="E211">
+        <v>1970</v>
+      </c>
+      <c r="F211" t="s">
         <v>1464</v>
-      </c>
-[...10 lines deleted...]
-        <v>1465</v>
       </c>
       <c r="G211"/>
       <c r="H211" t="s">
-        <v>356</v>
+        <v>1465</v>
       </c>
       <c r="I211" t="s">
         <v>1466</v>
       </c>
       <c r="J211" t="s">
         <v>1467</v>
       </c>
       <c r="K211" t="s">
         <v>1468</v>
       </c>
       <c r="L211" t="s">
         <v>1469</v>
       </c>
     </row>
     <row r="212" spans="1:12">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
         <v>1470</v>
       </c>
       <c r="C212" t="s">
         <v>29</v>
       </c>
       <c r="D212" t="s">
         <v>39</v>
       </c>
       <c r="E212">
         <v>2026</v>
       </c>
       <c r="F212" t="s">
         <v>1471</v>
       </c>
-      <c r="G212" t="s">
+      <c r="G212"/>
+      <c r="H212" t="s">
+        <v>695</v>
+      </c>
+      <c r="I212" t="s">
         <v>1472</v>
       </c>
-      <c r="H212" t="s">
-[...3 lines deleted...]
-      <c r="J212"/>
+      <c r="J212" t="s">
+        <v>1473</v>
+      </c>
       <c r="K212" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="L212" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="213" spans="1:12">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="C213" t="s">
-        <v>703</v>
+        <v>65</v>
       </c>
       <c r="D213" t="s">
-        <v>39</v>
+        <v>234</v>
       </c>
       <c r="E213">
         <v>2026</v>
       </c>
       <c r="F213" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="G213" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="H213" t="s">
-        <v>68</v>
+        <v>743</v>
       </c>
       <c r="I213" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="J213" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="K213" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="L213" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="214" spans="1:12">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="C214" t="s">
-        <v>1483</v>
+        <v>29</v>
       </c>
       <c r="D214" t="s">
+        <v>39</v>
+      </c>
+      <c r="E214">
+        <v>2026</v>
+      </c>
+      <c r="F214" t="s">
         <v>1484</v>
-      </c>
-[...4 lines deleted...]
-        <v>1485</v>
       </c>
       <c r="G214"/>
       <c r="H214" t="s">
-        <v>490</v>
+        <v>1485</v>
       </c>
       <c r="I214" t="s">
         <v>1486</v>
       </c>
       <c r="J214" t="s">
         <v>1487</v>
       </c>
       <c r="K214" t="s">
         <v>1488</v>
       </c>
       <c r="L214" t="s">
         <v>1489</v>
       </c>
     </row>
     <row r="215" spans="1:12">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
         <v>1490</v>
       </c>
       <c r="C215" t="s">
-        <v>1172</v>
+        <v>23</v>
       </c>
       <c r="D215" t="s">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="E215">
-        <v>1998</v>
+        <v>2026</v>
       </c>
       <c r="F215" t="s">
         <v>1491</v>
       </c>
       <c r="G215"/>
       <c r="H215" t="s">
-        <v>794</v>
-[...1 lines deleted...]
-      <c r="I215" t="s">
+        <v>184</v>
+      </c>
+      <c r="I215"/>
+      <c r="J215"/>
+      <c r="K215" t="s">
         <v>1492</v>
       </c>
-      <c r="J215" t="s">
+      <c r="L215" t="s">
         <v>1493</v>
-      </c>
-[...4 lines deleted...]
-        <v>1495</v>
       </c>
     </row>
     <row r="216" spans="1:12">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C216" t="s">
+        <v>717</v>
+      </c>
+      <c r="D216" t="s">
+        <v>1495</v>
+      </c>
+      <c r="E216">
+        <v>1997</v>
+      </c>
+      <c r="F216" t="s">
         <v>1496</v>
-      </c>
-[...10 lines deleted...]
-        <v>1498</v>
       </c>
       <c r="G216"/>
       <c r="H216" t="s">
+        <v>779</v>
+      </c>
+      <c r="I216" t="s">
+        <v>1497</v>
+      </c>
+      <c r="J216" t="s">
+        <v>1498</v>
+      </c>
+      <c r="K216" t="s">
         <v>1499</v>
       </c>
-      <c r="I216" t="s">
+      <c r="L216" t="s">
         <v>1500</v>
-      </c>
-[...3 lines deleted...]
-        <v>1501</v>
       </c>
     </row>
     <row r="217" spans="1:12">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>1502</v>
+        <v>1501</v>
       </c>
       <c r="C217" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="D217" t="s">
         <v>39</v>
       </c>
       <c r="E217">
         <v>2026</v>
       </c>
       <c r="F217" t="s">
-        <v>1503</v>
+        <v>1502</v>
       </c>
       <c r="G217"/>
       <c r="H217" t="s">
-        <v>597</v>
+        <v>237</v>
       </c>
       <c r="I217" t="s">
+        <v>1503</v>
+      </c>
+      <c r="J217" t="s">
         <v>1504</v>
       </c>
-      <c r="J217"/>
       <c r="K217" t="s">
         <v>1505</v>
       </c>
       <c r="L217" t="s">
         <v>1506</v>
       </c>
     </row>
     <row r="218" spans="1:12">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
         <v>1507</v>
       </c>
       <c r="C218" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="D218" t="s">
+        <v>948</v>
+      </c>
+      <c r="E218">
+        <v>2026</v>
+      </c>
+      <c r="F218" t="s">
         <v>1508</v>
       </c>
-      <c r="E218">
-[...2 lines deleted...]
-      <c r="F218" t="s">
+      <c r="G218"/>
+      <c r="H218" t="s">
+        <v>354</v>
+      </c>
+      <c r="I218" t="s">
         <v>1509</v>
       </c>
-      <c r="G218" t="s">
+      <c r="J218" t="s">
         <v>1510</v>
       </c>
-      <c r="H218" t="s">
-[...2 lines deleted...]
-      <c r="I218" t="s">
+      <c r="K218"/>
+      <c r="L218" t="s">
         <v>1511</v>
-      </c>
-[...7 lines deleted...]
-        <v>1514</v>
       </c>
     </row>
     <row r="219" spans="1:12">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C219" t="s">
+        <v>463</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1513</v>
+      </c>
+      <c r="E219">
+        <v>2026</v>
+      </c>
+      <c r="F219" t="s">
+        <v>1514</v>
+      </c>
+      <c r="G219"/>
+      <c r="H219" t="s">
         <v>1515</v>
       </c>
-      <c r="C219" t="s">
-[...2 lines deleted...]
-      <c r="D219" t="s">
+      <c r="I219" t="s">
         <v>1516</v>
       </c>
-      <c r="E219">
-[...2 lines deleted...]
-      <c r="F219" t="s">
+      <c r="J219"/>
+      <c r="K219" t="s">
         <v>1517</v>
       </c>
-      <c r="G219" t="s">
+      <c r="L219" t="s">
         <v>1518</v>
-      </c>
-[...13 lines deleted...]
-        <v>1523</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>1524</v>
+        <v>1519</v>
       </c>
       <c r="C220" t="s">
-        <v>29</v>
+        <v>153</v>
       </c>
       <c r="D220" t="s">
         <v>39</v>
       </c>
       <c r="E220">
-        <v>1998</v>
+        <v>2026</v>
       </c>
       <c r="F220" t="s">
-        <v>1525</v>
+        <v>1520</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
-        <v>1526</v>
+        <v>935</v>
       </c>
       <c r="I220" t="s">
-        <v>1527</v>
+        <v>1521</v>
       </c>
       <c r="J220" t="s">
-        <v>1528</v>
-[...3 lines deleted...]
-      </c>
+        <v>1522</v>
+      </c>
+      <c r="K220"/>
       <c r="L220" t="s">
-        <v>1530</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>1531</v>
+        <v>1524</v>
       </c>
       <c r="C221" t="s">
-        <v>1532</v>
+        <v>717</v>
       </c>
       <c r="D221" t="s">
-        <v>328</v>
+        <v>118</v>
       </c>
       <c r="E221">
-        <v>2026</v>
+        <v>1998</v>
       </c>
       <c r="F221" t="s">
-        <v>1533</v>
-[...3 lines deleted...]
-      </c>
+        <v>1525</v>
+      </c>
+      <c r="G221"/>
       <c r="H221" t="s">
-        <v>574</v>
+        <v>364</v>
       </c>
       <c r="I221" t="s">
-        <v>1535</v>
+        <v>1526</v>
       </c>
       <c r="J221" t="s">
-        <v>1536</v>
+        <v>1527</v>
       </c>
       <c r="K221" t="s">
-        <v>1537</v>
+        <v>1528</v>
       </c>
       <c r="L221" t="s">
-        <v>1538</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="222" spans="1:12">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>1539</v>
+        <v>1530</v>
       </c>
       <c r="C222" t="s">
-        <v>1540</v>
+        <v>29</v>
       </c>
       <c r="D222" t="s">
-        <v>388</v>
+        <v>39</v>
       </c>
       <c r="E222">
         <v>2026</v>
       </c>
       <c r="F222" t="s">
-        <v>1541</v>
+        <v>1531</v>
       </c>
       <c r="G222" t="s">
-        <v>1542</v>
-[...9 lines deleted...]
-      </c>
+        <v>1532</v>
+      </c>
+      <c r="H222" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I222"/>
+      <c r="J222"/>
       <c r="K222" t="s">
-        <v>1545</v>
+        <v>1533</v>
       </c>
       <c r="L222" t="s">
-        <v>1546</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="223" spans="1:12">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>1547</v>
+        <v>1535</v>
       </c>
       <c r="C223" t="s">
-        <v>23</v>
+        <v>717</v>
       </c>
       <c r="D223" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E223">
         <v>2026</v>
       </c>
       <c r="F223" t="s">
-        <v>1548</v>
+        <v>1536</v>
       </c>
       <c r="G223" t="s">
-        <v>1549</v>
+        <v>1537</v>
       </c>
       <c r="H223" t="s">
-        <v>1550</v>
-[...2 lines deleted...]
-      <c r="J223"/>
+        <v>68</v>
+      </c>
+      <c r="I223" t="s">
+        <v>1538</v>
+      </c>
+      <c r="J223" t="s">
+        <v>1539</v>
+      </c>
       <c r="K223" t="s">
-        <v>1551</v>
+        <v>1540</v>
       </c>
       <c r="L223" t="s">
-        <v>1552</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="224" spans="1:12">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>1553</v>
+        <v>1542</v>
       </c>
       <c r="C224" t="s">
-        <v>29</v>
+        <v>1543</v>
       </c>
       <c r="D224" t="s">
-        <v>39</v>
+        <v>1544</v>
       </c>
       <c r="E224">
-        <v>2026</v>
+        <v>1991</v>
       </c>
       <c r="F224" t="s">
-        <v>1554</v>
+        <v>1545</v>
       </c>
       <c r="G224"/>
       <c r="H224" t="s">
-        <v>59</v>
+        <v>498</v>
       </c>
       <c r="I224" t="s">
-        <v>1555</v>
+        <v>1546</v>
       </c>
       <c r="J224" t="s">
-        <v>1556</v>
+        <v>1547</v>
       </c>
       <c r="K224" t="s">
-        <v>1557</v>
+        <v>1548</v>
       </c>
       <c r="L224" t="s">
-        <v>1558</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="225" spans="1:12">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>1559</v>
+        <v>1550</v>
       </c>
       <c r="C225" t="s">
-        <v>23</v>
+        <v>1030</v>
       </c>
       <c r="D225" t="s">
         <v>118</v>
       </c>
       <c r="E225">
-        <v>2026</v>
+        <v>1998</v>
       </c>
       <c r="F225" t="s">
-        <v>1560</v>
+        <v>1551</v>
       </c>
       <c r="G225"/>
       <c r="H225" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="I225"/>
+        <v>815</v>
+      </c>
+      <c r="I225" t="s">
+        <v>1552</v>
+      </c>
       <c r="J225" t="s">
-        <v>1035</v>
+        <v>1553</v>
       </c>
       <c r="K225" t="s">
-        <v>1561</v>
+        <v>1554</v>
       </c>
       <c r="L225" t="s">
-        <v>1562</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="226" spans="1:12">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>1563</v>
+        <v>1556</v>
       </c>
       <c r="C226" t="s">
-        <v>23</v>
+        <v>1557</v>
       </c>
       <c r="D226" t="s">
-        <v>800</v>
+        <v>75</v>
       </c>
       <c r="E226">
         <v>2026</v>
       </c>
       <c r="F226" t="s">
-        <v>1564</v>
+        <v>1558</v>
       </c>
       <c r="G226"/>
       <c r="H226" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="I226"/>
+        <v>1559</v>
+      </c>
+      <c r="I226" t="s">
+        <v>1560</v>
+      </c>
       <c r="J226"/>
-      <c r="K226" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K226"/>
       <c r="L226" t="s">
-        <v>1566</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="227" spans="1:12">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>1567</v>
+        <v>1562</v>
       </c>
       <c r="C227" t="s">
         <v>23</v>
       </c>
       <c r="D227" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E227">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F227" t="s">
-        <v>1568</v>
+        <v>1563</v>
       </c>
       <c r="G227"/>
       <c r="H227" t="s">
-        <v>1569</v>
-[...4 lines deleted...]
-      </c>
+        <v>605</v>
+      </c>
+      <c r="I227" t="s">
+        <v>1564</v>
+      </c>
+      <c r="J227"/>
       <c r="K227" t="s">
-        <v>1571</v>
+        <v>1565</v>
       </c>
       <c r="L227" t="s">
-        <v>1572</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="228" spans="1:12">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C228" t="s">
+        <v>38</v>
+      </c>
+      <c r="D228" t="s">
+        <v>1568</v>
+      </c>
+      <c r="E228">
+        <v>2026</v>
+      </c>
+      <c r="F228" t="s">
+        <v>1569</v>
+      </c>
+      <c r="G228" t="s">
+        <v>1570</v>
+      </c>
+      <c r="H228" t="s">
+        <v>364</v>
+      </c>
+      <c r="I228" t="s">
+        <v>1571</v>
+      </c>
+      <c r="J228" t="s">
+        <v>1572</v>
+      </c>
+      <c r="K228" t="s">
         <v>1573</v>
       </c>
-      <c r="C228" t="s">
-[...8 lines deleted...]
-      <c r="F228" t="s">
+      <c r="L228" t="s">
         <v>1574</v>
-      </c>
-[...14 lines deleted...]
-        <v>1578</v>
       </c>
     </row>
     <row r="229" spans="1:12">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C229" t="s">
+        <v>480</v>
+      </c>
+      <c r="D229" t="s">
+        <v>1576</v>
+      </c>
+      <c r="E229">
+        <v>2026</v>
+      </c>
+      <c r="F229" t="s">
+        <v>1577</v>
+      </c>
+      <c r="G229" t="s">
+        <v>1578</v>
+      </c>
+      <c r="H229" t="s">
         <v>1579</v>
       </c>
-      <c r="C229" t="s">
+      <c r="I229" t="s">
         <v>1580</v>
       </c>
-      <c r="D229" t="s">
-[...5 lines deleted...]
-      <c r="F229" t="s">
+      <c r="J229" t="s">
         <v>1581</v>
       </c>
-      <c r="G229"/>
-      <c r="H229" t="s">
+      <c r="K229" t="s">
         <v>1582</v>
       </c>
-      <c r="I229" t="s">
+      <c r="L229" t="s">
         <v>1583</v>
-      </c>
-[...7 lines deleted...]
-        <v>1586</v>
       </c>
     </row>
     <row r="230" spans="1:12">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C230" t="s">
+        <v>29</v>
+      </c>
+      <c r="D230" t="s">
+        <v>39</v>
+      </c>
+      <c r="E230">
+        <v>1998</v>
+      </c>
+      <c r="F230" t="s">
+        <v>1585</v>
+      </c>
+      <c r="G230"/>
+      <c r="H230" t="s">
+        <v>1586</v>
+      </c>
+      <c r="I230" t="s">
         <v>1587</v>
       </c>
-      <c r="C230" t="s">
-[...8 lines deleted...]
-      <c r="F230" t="s">
+      <c r="J230" t="s">
         <v>1588</v>
       </c>
-      <c r="G230" t="s">
+      <c r="K230" t="s">
         <v>1589</v>
       </c>
-      <c r="H230">
-[...2 lines deleted...]
-      <c r="I230" t="s">
+      <c r="L230" t="s">
         <v>1590</v>
-      </c>
-[...5 lines deleted...]
-        <v>1592</v>
       </c>
     </row>
     <row r="231" spans="1:12">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D231" t="s">
+        <v>336</v>
+      </c>
+      <c r="E231">
+        <v>2026</v>
+      </c>
+      <c r="F231" t="s">
         <v>1593</v>
       </c>
-      <c r="C231" t="s">
-[...8 lines deleted...]
-      <c r="F231" t="s">
+      <c r="G231" t="s">
         <v>1594</v>
       </c>
-      <c r="G231" t="s">
+      <c r="H231" t="s">
+        <v>582</v>
+      </c>
+      <c r="I231" t="s">
         <v>1595</v>
       </c>
-      <c r="H231" t="s">
-[...2 lines deleted...]
-      <c r="I231" t="s">
+      <c r="J231" t="s">
         <v>1596</v>
       </c>
-      <c r="J231" t="s">
+      <c r="K231" t="s">
         <v>1597</v>
       </c>
-      <c r="K231" t="s">
+      <c r="L231" t="s">
         <v>1598</v>
-      </c>
-[...1 lines deleted...]
-        <v>1599</v>
       </c>
     </row>
     <row r="232" spans="1:12">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C232" t="s">
         <v>1600</v>
       </c>
-      <c r="C232"/>
-      <c r="D232"/>
+      <c r="D232" t="s">
+        <v>396</v>
+      </c>
       <c r="E232">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F232" t="s">
         <v>1601</v>
       </c>
       <c r="G232" t="s">
         <v>1602</v>
       </c>
-      <c r="H232"/>
-[...2 lines deleted...]
-      <c r="K232"/>
+      <c r="H232">
+        <v>133</v>
+      </c>
+      <c r="I232" t="s">
+        <v>1603</v>
+      </c>
+      <c r="J232" t="s">
+        <v>1604</v>
+      </c>
+      <c r="K232" t="s">
+        <v>1605</v>
+      </c>
       <c r="L232" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="233" spans="1:12">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="C233" t="s">
-        <v>1605</v>
+        <v>23</v>
       </c>
       <c r="D233" t="s">
-        <v>234</v>
+        <v>75</v>
       </c>
       <c r="E233">
         <v>2026</v>
       </c>
       <c r="F233" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="G233" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="H233" t="s">
-        <v>87</v>
-[...6 lines deleted...]
-      </c>
+        <v>1610</v>
+      </c>
+      <c r="I233"/>
+      <c r="J233"/>
       <c r="K233" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="L233" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="234" spans="1:12">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="C234" t="s">
-        <v>189</v>
+        <v>29</v>
       </c>
       <c r="D234" t="s">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="E234">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F234" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="G234"/>
       <c r="H234" t="s">
-        <v>1614</v>
+        <v>59</v>
       </c>
       <c r="I234" t="s">
         <v>1615</v>
       </c>
       <c r="J234" t="s">
         <v>1616</v>
       </c>
       <c r="K234" t="s">
         <v>1617</v>
       </c>
       <c r="L234" t="s">
         <v>1618</v>
       </c>
     </row>
     <row r="235" spans="1:12">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
         <v>1619</v>
       </c>
       <c r="C235" t="s">
+        <v>23</v>
+      </c>
+      <c r="D235" t="s">
+        <v>118</v>
+      </c>
+      <c r="E235">
+        <v>2026</v>
+      </c>
+      <c r="F235" t="s">
         <v>1620</v>
-      </c>
-[...7 lines deleted...]
-        <v>1622</v>
       </c>
       <c r="G235"/>
       <c r="H235" t="s">
-        <v>1365</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I235"/>
       <c r="J235" t="s">
-        <v>1624</v>
+        <v>1068</v>
       </c>
       <c r="K235" t="s">
-        <v>1625</v>
+        <v>1621</v>
       </c>
       <c r="L235" t="s">
-        <v>1626</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="236" spans="1:12">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>1627</v>
+        <v>1623</v>
       </c>
       <c r="C236" t="s">
         <v>23</v>
       </c>
       <c r="D236" t="s">
-        <v>39</v>
+        <v>821</v>
       </c>
       <c r="E236">
         <v>2026</v>
       </c>
       <c r="F236" t="s">
-        <v>1628</v>
+        <v>1624</v>
       </c>
       <c r="G236"/>
       <c r="H236" t="s">
-        <v>1629</v>
+        <v>215</v>
       </c>
       <c r="I236"/>
       <c r="J236"/>
       <c r="K236" t="s">
-        <v>1630</v>
+        <v>1625</v>
       </c>
       <c r="L236" t="s">
-        <v>1631</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="237" spans="1:12">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>1632</v>
+        <v>1627</v>
       </c>
       <c r="C237" t="s">
         <v>23</v>
       </c>
       <c r="D237" t="s">
         <v>75</v>
       </c>
       <c r="E237">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F237" t="s">
-        <v>1633</v>
-[...3 lines deleted...]
-      </c>
+        <v>1628</v>
+      </c>
+      <c r="G237"/>
       <c r="H237" t="s">
-        <v>430</v>
+        <v>1629</v>
       </c>
       <c r="I237"/>
-      <c r="J237"/>
+      <c r="J237" t="s">
+        <v>1630</v>
+      </c>
       <c r="K237" t="s">
-        <v>1635</v>
+        <v>1631</v>
       </c>
       <c r="L237" t="s">
-        <v>1636</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="238" spans="1:12">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
+        <v>1633</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D238" t="s">
+        <v>118</v>
+      </c>
+      <c r="E238">
+        <v>1996</v>
+      </c>
+      <c r="F238" t="s">
+        <v>1634</v>
+      </c>
+      <c r="G238"/>
+      <c r="H238" t="s">
+        <v>87</v>
+      </c>
+      <c r="I238" t="s">
+        <v>1635</v>
+      </c>
+      <c r="J238" t="s">
+        <v>1636</v>
+      </c>
+      <c r="K238" t="s">
         <v>1637</v>
       </c>
-      <c r="C238" t="s">
-[...8 lines deleted...]
-      <c r="F238" t="s">
+      <c r="L238" t="s">
         <v>1638</v>
-      </c>
-[...16 lines deleted...]
-        <v>1643</v>
       </c>
     </row>
     <row r="239" spans="1:12">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>1644</v>
+        <v>1639</v>
       </c>
       <c r="C239" t="s">
-        <v>455</v>
+        <v>1640</v>
       </c>
       <c r="D239" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="E239">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F239" t="s">
-        <v>1645</v>
+        <v>1641</v>
       </c>
       <c r="G239"/>
       <c r="H239" t="s">
-        <v>107</v>
+        <v>1642</v>
       </c>
       <c r="I239" t="s">
+        <v>1643</v>
+      </c>
+      <c r="J239" t="s">
+        <v>1644</v>
+      </c>
+      <c r="K239" t="s">
+        <v>1645</v>
+      </c>
+      <c r="L239" t="s">
         <v>1646</v>
-      </c>
-[...5 lines deleted...]
-        <v>1648</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C240" t="s">
+        <v>38</v>
+      </c>
+      <c r="D240" t="s">
+        <v>371</v>
+      </c>
+      <c r="E240">
+        <v>2026</v>
+      </c>
+      <c r="F240" t="s">
+        <v>1648</v>
+      </c>
+      <c r="G240" t="s">
         <v>1649</v>
       </c>
-      <c r="C240" t="s">
-[...8 lines deleted...]
-      <c r="F240" t="s">
+      <c r="H240">
+        <v>93</v>
+      </c>
+      <c r="I240" t="s">
         <v>1650</v>
       </c>
-      <c r="G240"/>
-[...3 lines deleted...]
-      <c r="I240" t="s">
+      <c r="J240" t="s">
         <v>1651</v>
       </c>
-      <c r="J240" t="s">
+      <c r="K240"/>
+      <c r="L240" t="s">
         <v>1652</v>
-      </c>
-[...4 lines deleted...]
-        <v>1654</v>
       </c>
     </row>
     <row r="241" spans="1:12">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>1655</v>
+        <v>1653</v>
       </c>
       <c r="C241" t="s">
         <v>83</v>
       </c>
       <c r="D241" t="s">
+        <v>75</v>
+      </c>
+      <c r="E241">
+        <v>2026</v>
+      </c>
+      <c r="F241" t="s">
+        <v>1654</v>
+      </c>
+      <c r="G241" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H241" t="s">
+        <v>87</v>
+      </c>
+      <c r="I241" t="s">
         <v>1656</v>
       </c>
-      <c r="E241">
-[...2 lines deleted...]
-      <c r="F241" t="s">
+      <c r="J241" t="s">
         <v>1657</v>
       </c>
-      <c r="G241" t="s">
+      <c r="K241" t="s">
         <v>1658</v>
       </c>
-      <c r="H241" t="s">
+      <c r="L241" t="s">
         <v>1659</v>
-      </c>
-[...10 lines deleted...]
-        <v>1663</v>
       </c>
     </row>
     <row r="242" spans="1:12">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>1664</v>
-[...6 lines deleted...]
-      </c>
+        <v>1660</v>
+      </c>
+      <c r="C242"/>
+      <c r="D242"/>
       <c r="E242">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F242" t="s">
-        <v>1665</v>
+        <v>1661</v>
       </c>
       <c r="G242" t="s">
-        <v>1666</v>
-[...9 lines deleted...]
-      </c>
+        <v>1662</v>
+      </c>
+      <c r="H242"/>
+      <c r="I242"/>
+      <c r="J242"/>
       <c r="K242"/>
       <c r="L242" t="s">
-        <v>1669</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="243" spans="1:12">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C243" t="s">
+        <v>1665</v>
+      </c>
+      <c r="D243" t="s">
+        <v>234</v>
+      </c>
+      <c r="E243">
+        <v>2026</v>
+      </c>
+      <c r="F243" t="s">
+        <v>1666</v>
+      </c>
+      <c r="G243" t="s">
+        <v>1667</v>
+      </c>
+      <c r="H243" t="s">
+        <v>87</v>
+      </c>
+      <c r="I243" t="s">
+        <v>1668</v>
+      </c>
+      <c r="J243" t="s">
+        <v>1669</v>
+      </c>
+      <c r="K243" t="s">
         <v>1670</v>
       </c>
-      <c r="C243" t="s">
-[...8 lines deleted...]
-      <c r="F243" t="s">
+      <c r="L243" t="s">
         <v>1671</v>
-      </c>
-[...14 lines deleted...]
-        <v>1675</v>
       </c>
     </row>
     <row r="244" spans="1:12">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
+        <v>1672</v>
+      </c>
+      <c r="C244" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D244" t="s">
+        <v>39</v>
+      </c>
+      <c r="E244">
+        <v>1979</v>
+      </c>
+      <c r="F244" t="s">
+        <v>1674</v>
+      </c>
+      <c r="G244"/>
+      <c r="H244" t="s">
+        <v>513</v>
+      </c>
+      <c r="I244" t="s">
+        <v>1675</v>
+      </c>
+      <c r="J244" t="s">
         <v>1676</v>
-      </c>
-[...22 lines deleted...]
-        <v>1680</v>
       </c>
       <c r="K244"/>
       <c r="L244" t="s">
-        <v>1681</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="245" spans="1:12">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
+        <v>1678</v>
+      </c>
+      <c r="C245" t="s">
+        <v>189</v>
+      </c>
+      <c r="D245" t="s">
+        <v>118</v>
+      </c>
+      <c r="E245">
+        <v>1970</v>
+      </c>
+      <c r="F245" t="s">
+        <v>1679</v>
+      </c>
+      <c r="G245"/>
+      <c r="H245" t="s">
+        <v>1680</v>
+      </c>
+      <c r="I245" t="s">
+        <v>1681</v>
+      </c>
+      <c r="J245" t="s">
         <v>1682</v>
       </c>
-      <c r="C245" t="s">
-[...8 lines deleted...]
-      <c r="F245" t="s">
+      <c r="K245" t="s">
         <v>1683</v>
       </c>
-      <c r="G245" t="s">
+      <c r="L245" t="s">
         <v>1684</v>
-      </c>
-[...13 lines deleted...]
-        <v>1688</v>
       </c>
     </row>
     <row r="246" spans="1:12">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="C246" t="s">
-        <v>74</v>
+        <v>1686</v>
       </c>
       <c r="D246" t="s">
-        <v>274</v>
+        <v>1687</v>
       </c>
       <c r="E246">
-        <v>2026</v>
+        <v>1999</v>
       </c>
       <c r="F246" t="s">
-        <v>1690</v>
+        <v>1688</v>
       </c>
       <c r="G246"/>
       <c r="H246" t="s">
-        <v>908</v>
+        <v>1408</v>
       </c>
       <c r="I246" t="s">
+        <v>1689</v>
+      </c>
+      <c r="J246" t="s">
+        <v>1690</v>
+      </c>
+      <c r="K246" t="s">
         <v>1691</v>
       </c>
-      <c r="J246" t="s">
+      <c r="L246" t="s">
         <v>1692</v>
-      </c>
-[...4 lines deleted...]
-        <v>1694</v>
       </c>
     </row>
     <row r="247" spans="1:12">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>1695</v>
+        <v>1693</v>
       </c>
       <c r="C247" t="s">
-        <v>1696</v>
+        <v>23</v>
       </c>
       <c r="D247" t="s">
         <v>39</v>
       </c>
       <c r="E247">
         <v>2026</v>
       </c>
       <c r="F247" t="s">
+        <v>1694</v>
+      </c>
+      <c r="G247"/>
+      <c r="H247" t="s">
+        <v>1695</v>
+      </c>
+      <c r="I247"/>
+      <c r="J247"/>
+      <c r="K247" t="s">
+        <v>1696</v>
+      </c>
+      <c r="L247" t="s">
         <v>1697</v>
-      </c>
-[...16 lines deleted...]
-        <v>1702</v>
       </c>
     </row>
     <row r="248" spans="1:12">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="C248" t="s">
-        <v>251</v>
+        <v>23</v>
       </c>
       <c r="D248" t="s">
-        <v>840</v>
+        <v>75</v>
       </c>
       <c r="E248">
         <v>2026</v>
       </c>
       <c r="F248" t="s">
-        <v>1703</v>
-[...1 lines deleted...]
-      <c r="G248"/>
+        <v>1699</v>
+      </c>
+      <c r="G248" t="s">
+        <v>1700</v>
+      </c>
       <c r="H248" t="s">
-        <v>1704</v>
-[...6 lines deleted...]
-      </c>
+        <v>438</v>
+      </c>
+      <c r="I248"/>
+      <c r="J248"/>
       <c r="K248" t="s">
-        <v>1707</v>
+        <v>1701</v>
       </c>
       <c r="L248" t="s">
-        <v>1708</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="249" spans="1:12">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C249" t="s">
+        <v>23</v>
+      </c>
+      <c r="D249" t="s">
+        <v>39</v>
+      </c>
+      <c r="E249">
+        <v>2026</v>
+      </c>
+      <c r="F249" t="s">
+        <v>1704</v>
+      </c>
+      <c r="G249" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H249" t="s">
+        <v>681</v>
+      </c>
+      <c r="I249" t="s">
+        <v>1706</v>
+      </c>
+      <c r="J249" t="s">
+        <v>1707</v>
+      </c>
+      <c r="K249" t="s">
+        <v>1708</v>
+      </c>
+      <c r="L249" t="s">
         <v>1709</v>
-      </c>
-[...26 lines deleted...]
-        <v>1714</v>
       </c>
     </row>
     <row r="250" spans="1:12">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>1715</v>
+        <v>1710</v>
       </c>
       <c r="C250" t="s">
-        <v>65</v>
+        <v>463</v>
       </c>
       <c r="D250" t="s">
-        <v>388</v>
+        <v>39</v>
       </c>
       <c r="E250">
         <v>2026</v>
       </c>
       <c r="F250" t="s">
-        <v>1716</v>
+        <v>1711</v>
       </c>
       <c r="G250"/>
-      <c r="H250">
-        <v>97</v>
+      <c r="H250" t="s">
+        <v>107</v>
       </c>
       <c r="I250" t="s">
-        <v>1717</v>
-[...3 lines deleted...]
-      </c>
+        <v>1712</v>
+      </c>
+      <c r="J250"/>
       <c r="K250" t="s">
-        <v>1719</v>
+        <v>1713</v>
       </c>
       <c r="L250" t="s">
-        <v>1720</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="251" spans="1:12">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>1721</v>
+        <v>1715</v>
       </c>
       <c r="C251" t="s">
         <v>23</v>
       </c>
       <c r="D251" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="E251">
         <v>2026</v>
       </c>
       <c r="F251" t="s">
-        <v>1722</v>
+        <v>1716</v>
       </c>
       <c r="G251"/>
       <c r="H251" t="s">
-        <v>1723</v>
-[...1 lines deleted...]
-      <c r="I251"/>
+        <v>807</v>
+      </c>
+      <c r="I251" t="s">
+        <v>1717</v>
+      </c>
       <c r="J251" t="s">
-        <v>1724</v>
+        <v>1718</v>
       </c>
       <c r="K251" t="s">
-        <v>1725</v>
+        <v>1719</v>
       </c>
       <c r="L251" t="s">
-        <v>1726</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="252" spans="1:12">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C252" t="s">
+        <v>83</v>
+      </c>
+      <c r="D252" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E252">
+        <v>2026</v>
+      </c>
+      <c r="F252" t="s">
+        <v>1723</v>
+      </c>
+      <c r="G252" t="s">
+        <v>1724</v>
+      </c>
+      <c r="H252" t="s">
+        <v>1725</v>
+      </c>
+      <c r="I252" t="s">
+        <v>1726</v>
+      </c>
+      <c r="J252" t="s">
         <v>1727</v>
       </c>
-      <c r="C252" t="s">
-[...8 lines deleted...]
-      <c r="F252" t="s">
+      <c r="K252" t="s">
         <v>1728</v>
       </c>
-      <c r="G252"/>
-      <c r="H252" t="s">
+      <c r="L252" t="s">
         <v>1729</v>
-      </c>
-[...8 lines deleted...]
-        <v>1732</v>
       </c>
     </row>
     <row r="253" spans="1:12">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C253" t="s">
+        <v>38</v>
+      </c>
+      <c r="D253" t="s">
+        <v>371</v>
+      </c>
+      <c r="E253">
+        <v>2026</v>
+      </c>
+      <c r="F253" t="s">
+        <v>1731</v>
+      </c>
+      <c r="G253" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H253">
+        <v>93</v>
+      </c>
+      <c r="I253" t="s">
         <v>1733</v>
       </c>
-      <c r="C253" t="s">
-[...2 lines deleted...]
-      <c r="D253" t="s">
+      <c r="J253" t="s">
         <v>1734</v>
       </c>
-      <c r="E253">
-[...2 lines deleted...]
-      <c r="F253" t="s">
+      <c r="K253"/>
+      <c r="L253" t="s">
         <v>1735</v>
-      </c>
-[...16 lines deleted...]
-        <v>1740</v>
       </c>
     </row>
     <row r="254" spans="1:12">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>1741</v>
+        <v>1736</v>
       </c>
       <c r="C254" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="D254" t="s">
-        <v>1742</v>
+        <v>371</v>
       </c>
       <c r="E254">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F254" t="s">
-        <v>1743</v>
-[...3 lines deleted...]
-        <v>1744</v>
+        <v>1737</v>
+      </c>
+      <c r="G254" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H254">
+        <v>95</v>
       </c>
       <c r="I254" t="s">
-        <v>1745</v>
+        <v>1739</v>
       </c>
       <c r="J254" t="s">
-        <v>1746</v>
+        <v>1740</v>
       </c>
       <c r="K254"/>
       <c r="L254" t="s">
-        <v>1747</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="255" spans="1:12">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>1748</v>
+        <v>1742</v>
       </c>
       <c r="C255" t="s">
-        <v>1749</v>
+        <v>1118</v>
       </c>
       <c r="D255" t="s">
-        <v>14</v>
+        <v>371</v>
       </c>
       <c r="E255">
         <v>2026</v>
       </c>
       <c r="F255" t="s">
-        <v>1750</v>
+        <v>1743</v>
       </c>
       <c r="G255" t="s">
-        <v>1751</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>1744</v>
+      </c>
+      <c r="H255">
+        <v>96</v>
       </c>
       <c r="I255" t="s">
-        <v>1752</v>
+        <v>1745</v>
       </c>
       <c r="J255" t="s">
-        <v>1753</v>
-[...3 lines deleted...]
-      </c>
+        <v>1746</v>
+      </c>
+      <c r="K255"/>
       <c r="L255" t="s">
-        <v>1755</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="256" spans="1:12">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>1756</v>
+        <v>1748</v>
       </c>
       <c r="C256" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="D256" t="s">
-        <v>39</v>
+        <v>396</v>
       </c>
       <c r="E256">
-        <v>1986</v>
+        <v>2026</v>
       </c>
       <c r="F256" t="s">
-        <v>1757</v>
-[...1 lines deleted...]
-      <c r="G256"/>
+        <v>1749</v>
+      </c>
+      <c r="G256" t="s">
+        <v>1750</v>
+      </c>
       <c r="H256" t="s">
-        <v>42</v>
+        <v>743</v>
       </c>
       <c r="I256" t="s">
-        <v>1758</v>
+        <v>1751</v>
       </c>
       <c r="J256" t="s">
-        <v>1759</v>
+        <v>1752</v>
       </c>
       <c r="K256" t="s">
-        <v>1760</v>
+        <v>1753</v>
       </c>
       <c r="L256" t="s">
-        <v>1761</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="257" spans="1:12">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>1762</v>
+        <v>1755</v>
       </c>
       <c r="C257" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="D257" t="s">
-        <v>39</v>
+        <v>282</v>
       </c>
       <c r="E257">
         <v>2026</v>
       </c>
       <c r="F257" t="s">
-        <v>1763</v>
+        <v>1756</v>
       </c>
       <c r="G257"/>
       <c r="H257" t="s">
-        <v>331</v>
+        <v>935</v>
       </c>
       <c r="I257" t="s">
-        <v>1764</v>
+        <v>1757</v>
       </c>
       <c r="J257" t="s">
-        <v>1765</v>
+        <v>1758</v>
       </c>
       <c r="K257" t="s">
-        <v>1766</v>
+        <v>1759</v>
       </c>
       <c r="L257" t="s">
-        <v>1767</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="258" spans="1:12">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D258" t="s">
+        <v>39</v>
+      </c>
+      <c r="E258">
+        <v>2026</v>
+      </c>
+      <c r="F258" t="s">
+        <v>1763</v>
+      </c>
+      <c r="G258" t="s">
+        <v>1764</v>
+      </c>
+      <c r="H258" t="s">
+        <v>68</v>
+      </c>
+      <c r="I258" t="s">
+        <v>1765</v>
+      </c>
+      <c r="J258" t="s">
+        <v>1766</v>
+      </c>
+      <c r="K258" t="s">
+        <v>1767</v>
+      </c>
+      <c r="L258" t="s">
         <v>1768</v>
-      </c>
-[...24 lines deleted...]
-        <v>1773</v>
       </c>
     </row>
     <row r="259" spans="1:12">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>1774</v>
+        <v>1761</v>
       </c>
       <c r="C259" t="s">
-        <v>65</v>
+        <v>259</v>
       </c>
       <c r="D259" t="s">
-        <v>14</v>
+        <v>861</v>
       </c>
       <c r="E259">
         <v>2026</v>
       </c>
       <c r="F259" t="s">
-        <v>1775</v>
+        <v>1769</v>
       </c>
       <c r="G259"/>
       <c r="H259" t="s">
-        <v>1776</v>
-[...1 lines deleted...]
-      <c r="I259"/>
+        <v>1770</v>
+      </c>
+      <c r="I259" t="s">
+        <v>1771</v>
+      </c>
       <c r="J259" t="s">
-        <v>1777</v>
+        <v>1772</v>
       </c>
       <c r="K259" t="s">
-        <v>1778</v>
+        <v>1773</v>
       </c>
       <c r="L259" t="s">
-        <v>1779</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>1780</v>
+        <v>1775</v>
       </c>
       <c r="C260" t="s">
-        <v>83</v>
+        <v>259</v>
       </c>
       <c r="D260" t="s">
-        <v>39</v>
+        <v>1044</v>
       </c>
       <c r="E260">
         <v>2026</v>
       </c>
       <c r="F260" t="s">
-        <v>1781</v>
+        <v>1776</v>
       </c>
       <c r="G260"/>
       <c r="H260" t="s">
-        <v>1782</v>
-[...1 lines deleted...]
-      <c r="I260"/>
+        <v>1194</v>
+      </c>
+      <c r="I260" t="s">
+        <v>1777</v>
+      </c>
       <c r="J260" t="s">
-        <v>1783</v>
+        <v>1778</v>
       </c>
       <c r="K260" t="s">
-        <v>1784</v>
+        <v>1779</v>
       </c>
       <c r="L260" t="s">
-        <v>1785</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C261" t="s">
+        <v>65</v>
+      </c>
+      <c r="D261" t="s">
+        <v>396</v>
+      </c>
+      <c r="E261">
+        <v>2026</v>
+      </c>
+      <c r="F261" t="s">
+        <v>1782</v>
+      </c>
+      <c r="G261"/>
+      <c r="H261">
+        <v>97</v>
+      </c>
+      <c r="I261" t="s">
+        <v>1783</v>
+      </c>
+      <c r="J261" t="s">
+        <v>1784</v>
+      </c>
+      <c r="K261" t="s">
+        <v>1785</v>
+      </c>
+      <c r="L261" t="s">
         <v>1786</v>
-      </c>
-[...24 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="262" spans="1:12">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C262" t="s">
+        <v>23</v>
+      </c>
+      <c r="D262" t="s">
+        <v>821</v>
+      </c>
+      <c r="E262">
+        <v>2026</v>
+      </c>
+      <c r="F262" t="s">
+        <v>1788</v>
+      </c>
+      <c r="G262"/>
+      <c r="H262" t="s">
+        <v>1789</v>
+      </c>
+      <c r="I262"/>
+      <c r="J262" t="s">
+        <v>1790</v>
+      </c>
+      <c r="K262" t="s">
         <v>1791</v>
       </c>
-      <c r="C262" t="s">
-[...8 lines deleted...]
-      <c r="F262" t="s">
+      <c r="L262" t="s">
         <v>1792</v>
-      </c>
-[...16 lines deleted...]
-        <v>1797</v>
       </c>
     </row>
     <row r="263" spans="1:12">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>1798</v>
+        <v>1793</v>
       </c>
       <c r="C263" t="s">
-        <v>1799</v>
+        <v>23</v>
       </c>
       <c r="D263" t="s">
-        <v>1407</v>
+        <v>821</v>
       </c>
       <c r="E263">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F263" t="s">
-        <v>1800</v>
+        <v>1794</v>
       </c>
       <c r="G263"/>
       <c r="H263" t="s">
-        <v>1801</v>
-[...3 lines deleted...]
-      </c>
+        <v>1795</v>
+      </c>
+      <c r="I263"/>
       <c r="J263" t="s">
-        <v>1803</v>
-[...1 lines deleted...]
-      <c r="K263"/>
+        <v>1796</v>
+      </c>
+      <c r="K263" t="s">
+        <v>1797</v>
+      </c>
       <c r="L263" t="s">
-        <v>1804</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="264" spans="1:12">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C264" t="s">
+        <v>259</v>
+      </c>
+      <c r="D264" t="s">
+        <v>252</v>
+      </c>
+      <c r="E264">
+        <v>2026</v>
+      </c>
+      <c r="F264" t="s">
+        <v>1800</v>
+      </c>
+      <c r="G264" t="s">
+        <v>1801</v>
+      </c>
+      <c r="H264" t="s">
+        <v>374</v>
+      </c>
+      <c r="I264" t="s">
+        <v>1802</v>
+      </c>
+      <c r="J264" t="s">
+        <v>1803</v>
+      </c>
+      <c r="K264" t="s">
+        <v>1804</v>
+      </c>
+      <c r="L264" t="s">
         <v>1805</v>
-      </c>
-[...26 lines deleted...]
-        <v>1811</v>
       </c>
     </row>
     <row r="265" spans="1:12">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>1812</v>
+        <v>1806</v>
       </c>
       <c r="C265" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="D265" t="s">
-        <v>39</v>
+        <v>1807</v>
       </c>
       <c r="E265">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F265" t="s">
-        <v>1813</v>
+        <v>1808</v>
       </c>
       <c r="G265"/>
       <c r="H265" t="s">
-        <v>786</v>
-[...1 lines deleted...]
-      <c r="I265"/>
+        <v>1809</v>
+      </c>
+      <c r="I265" t="s">
+        <v>1810</v>
+      </c>
       <c r="J265" t="s">
-        <v>1814</v>
-[...3 lines deleted...]
-      </c>
+        <v>1811</v>
+      </c>
+      <c r="K265"/>
       <c r="L265" t="s">
-        <v>1816</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="266" spans="1:12">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D266" t="s">
+        <v>14</v>
+      </c>
+      <c r="E266">
+        <v>2026</v>
+      </c>
+      <c r="F266" t="s">
+        <v>1815</v>
+      </c>
+      <c r="G266" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H266" t="s">
+        <v>498</v>
+      </c>
+      <c r="I266" t="s">
         <v>1817</v>
       </c>
-      <c r="C266" t="s">
-[...8 lines deleted...]
-      <c r="F266" t="s">
+      <c r="J266" t="s">
         <v>1818</v>
       </c>
-      <c r="G266"/>
-[...3 lines deleted...]
-      <c r="I266" t="s">
+      <c r="K266" t="s">
         <v>1819</v>
       </c>
-      <c r="J266" t="s">
+      <c r="L266" t="s">
         <v>1820</v>
-      </c>
-[...4 lines deleted...]
-        <v>1822</v>
       </c>
     </row>
     <row r="267" spans="1:12">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>1823</v>
+        <v>1821</v>
       </c>
       <c r="C267" t="s">
-        <v>1824</v>
+        <v>29</v>
       </c>
       <c r="D267" t="s">
         <v>39</v>
       </c>
       <c r="E267">
-        <v>1970</v>
+        <v>1986</v>
       </c>
       <c r="F267" t="s">
-        <v>1825</v>
+        <v>1822</v>
       </c>
       <c r="G267"/>
       <c r="H267" t="s">
+        <v>42</v>
+      </c>
+      <c r="I267" t="s">
+        <v>1823</v>
+      </c>
+      <c r="J267" t="s">
+        <v>1824</v>
+      </c>
+      <c r="K267" t="s">
+        <v>1825</v>
+      </c>
+      <c r="L267" t="s">
         <v>1826</v>
-      </c>
-[...10 lines deleted...]
-        <v>1830</v>
       </c>
     </row>
     <row r="268" spans="1:12">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>1831</v>
+        <v>1827</v>
       </c>
       <c r="C268" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="D268" t="s">
         <v>39</v>
       </c>
       <c r="E268">
         <v>2026</v>
       </c>
       <c r="F268" t="s">
+        <v>1828</v>
+      </c>
+      <c r="G268"/>
+      <c r="H268" t="s">
+        <v>339</v>
+      </c>
+      <c r="I268" t="s">
+        <v>1829</v>
+      </c>
+      <c r="J268" t="s">
+        <v>1830</v>
+      </c>
+      <c r="K268" t="s">
+        <v>1831</v>
+      </c>
+      <c r="L268" t="s">
         <v>1832</v>
-      </c>
-[...16 lines deleted...]
-        <v>1837</v>
       </c>
     </row>
     <row r="269" spans="1:12">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C269" t="s">
+        <v>48</v>
+      </c>
+      <c r="D269" t="s">
+        <v>75</v>
+      </c>
+      <c r="E269">
+        <v>2026</v>
+      </c>
+      <c r="F269" t="s">
+        <v>1834</v>
+      </c>
+      <c r="G269"/>
+      <c r="H269" t="s">
+        <v>1835</v>
+      </c>
+      <c r="I269" t="s">
+        <v>1836</v>
+      </c>
+      <c r="J269"/>
+      <c r="K269" t="s">
+        <v>1837</v>
+      </c>
+      <c r="L269" t="s">
         <v>1838</v>
-      </c>
-[...28 lines deleted...]
-        <v>1844</v>
       </c>
     </row>
     <row r="270" spans="1:12">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>1845</v>
+        <v>1839</v>
       </c>
       <c r="C270" t="s">
-        <v>189</v>
+        <v>65</v>
       </c>
       <c r="D270" t="s">
-        <v>118</v>
+        <v>14</v>
       </c>
       <c r="E270">
         <v>2026</v>
       </c>
       <c r="F270" t="s">
-        <v>1846</v>
+        <v>1840</v>
       </c>
       <c r="G270"/>
       <c r="H270" t="s">
-        <v>540</v>
-[...4 lines deleted...]
-      <c r="J270"/>
+        <v>1841</v>
+      </c>
+      <c r="I270"/>
+      <c r="J270" t="s">
+        <v>1842</v>
+      </c>
       <c r="K270" t="s">
-        <v>1848</v>
+        <v>1843</v>
       </c>
       <c r="L270" t="s">
-        <v>1849</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="271" spans="1:12">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C271" t="s">
+        <v>83</v>
+      </c>
+      <c r="D271" t="s">
+        <v>39</v>
+      </c>
+      <c r="E271">
+        <v>2026</v>
+      </c>
+      <c r="F271" t="s">
+        <v>1846</v>
+      </c>
+      <c r="G271"/>
+      <c r="H271" t="s">
+        <v>1847</v>
+      </c>
+      <c r="I271"/>
+      <c r="J271" t="s">
+        <v>1848</v>
+      </c>
+      <c r="K271" t="s">
+        <v>1849</v>
+      </c>
+      <c r="L271" t="s">
         <v>1850</v>
-      </c>
-[...28 lines deleted...]
-        <v>1858</v>
       </c>
     </row>
     <row r="272" spans="1:12">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>1859</v>
+        <v>1851</v>
       </c>
       <c r="C272" t="s">
-        <v>1860</v>
+        <v>83</v>
       </c>
       <c r="D272" t="s">
-        <v>1861</v>
+        <v>39</v>
       </c>
       <c r="E272">
         <v>2026</v>
       </c>
       <c r="F272" t="s">
-        <v>1862</v>
+        <v>1852</v>
       </c>
       <c r="G272"/>
       <c r="H272" t="s">
-        <v>1040</v>
-[...3 lines deleted...]
-      </c>
+        <v>1853</v>
+      </c>
+      <c r="I272"/>
       <c r="J272" t="s">
-        <v>1864</v>
+        <v>1854</v>
       </c>
       <c r="K272" t="s">
-        <v>1865</v>
+        <v>1849</v>
       </c>
       <c r="L272" t="s">
-        <v>1866</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="273" spans="1:12">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>1867</v>
+        <v>1856</v>
       </c>
       <c r="C273" t="s">
+        <v>38</v>
+      </c>
+      <c r="D273" t="s">
+        <v>66</v>
+      </c>
+      <c r="E273">
+        <v>2026</v>
+      </c>
+      <c r="F273" t="s">
+        <v>1857</v>
+      </c>
+      <c r="G273" t="s">
+        <v>1858</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I273" t="s">
+        <v>1859</v>
+      </c>
+      <c r="J273" t="s">
         <v>1860</v>
       </c>
-      <c r="D273" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K273" t="s">
-        <v>1872</v>
+        <v>1861</v>
       </c>
       <c r="L273" t="s">
-        <v>1873</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="274" spans="1:12">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>1874</v>
+        <v>1863</v>
       </c>
       <c r="C274" t="s">
-        <v>65</v>
+        <v>1864</v>
       </c>
       <c r="D274" t="s">
-        <v>1875</v>
+        <v>1450</v>
       </c>
       <c r="E274">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F274" t="s">
-        <v>1876</v>
-[...3 lines deleted...]
-      </c>
+        <v>1865</v>
+      </c>
+      <c r="G274"/>
       <c r="H274" t="s">
-        <v>1060</v>
+        <v>1866</v>
       </c>
       <c r="I274" t="s">
-        <v>1878</v>
+        <v>1867</v>
       </c>
       <c r="J274" t="s">
-        <v>1879</v>
-[...3 lines deleted...]
-      </c>
+        <v>1868</v>
+      </c>
+      <c r="K274"/>
       <c r="L274" t="s">
-        <v>1881</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="275" spans="1:12">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>1882</v>
+        <v>1870</v>
       </c>
       <c r="C275" t="s">
-        <v>1883</v>
+        <v>251</v>
       </c>
       <c r="D275" t="s">
-        <v>39</v>
+        <v>154</v>
       </c>
       <c r="E275">
         <v>2026</v>
       </c>
       <c r="F275" t="s">
-        <v>1884</v>
-[...3 lines deleted...]
-      </c>
+        <v>1871</v>
+      </c>
+      <c r="G275"/>
       <c r="H275" t="s">
-        <v>68</v>
+        <v>1024</v>
       </c>
       <c r="I275" t="s">
-        <v>1886</v>
+        <v>1872</v>
       </c>
       <c r="J275" t="s">
-        <v>1887</v>
+        <v>1873</v>
       </c>
       <c r="K275" t="s">
-        <v>1888</v>
+        <v>1874</v>
       </c>
       <c r="L275" t="s">
-        <v>1889</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="276" spans="1:12">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>1890</v>
+        <v>1876</v>
       </c>
       <c r="C276" t="s">
-        <v>1891</v>
+        <v>23</v>
       </c>
       <c r="D276" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E276">
         <v>2026</v>
       </c>
       <c r="F276" t="s">
-        <v>1892</v>
+        <v>1877</v>
       </c>
       <c r="G276"/>
       <c r="H276" t="s">
-        <v>505</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="I276"/>
       <c r="J276" t="s">
-        <v>1894</v>
+        <v>1878</v>
       </c>
       <c r="K276" t="s">
-        <v>1895</v>
+        <v>1879</v>
       </c>
       <c r="L276" t="s">
-        <v>1896</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="277" spans="1:12">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>1897</v>
+        <v>1881</v>
       </c>
       <c r="C277" t="s">
-        <v>1898</v>
+        <v>259</v>
       </c>
       <c r="D277" t="s">
-        <v>1899</v>
+        <v>805</v>
       </c>
       <c r="E277">
         <v>2026</v>
       </c>
       <c r="F277" t="s">
-        <v>1900</v>
-[...3 lines deleted...]
-      </c>
+        <v>1882</v>
+      </c>
+      <c r="G277"/>
       <c r="H277" t="s">
-        <v>1902</v>
+        <v>215</v>
       </c>
       <c r="I277" t="s">
-        <v>1903</v>
+        <v>1883</v>
       </c>
       <c r="J277" t="s">
-        <v>1904</v>
+        <v>1884</v>
       </c>
       <c r="K277" t="s">
-        <v>1905</v>
+        <v>1885</v>
       </c>
       <c r="L277" t="s">
-        <v>1906</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="278" spans="1:12">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>1907</v>
+        <v>1887</v>
       </c>
       <c r="C278" t="s">
-        <v>29</v>
+        <v>1888</v>
       </c>
       <c r="D278" t="s">
-        <v>363</v>
+        <v>39</v>
       </c>
       <c r="E278">
-        <v>1963</v>
+        <v>1970</v>
       </c>
       <c r="F278" t="s">
-        <v>1908</v>
-[...3 lines deleted...]
-      </c>
+        <v>1889</v>
+      </c>
+      <c r="G278"/>
       <c r="H278" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-      <c r="J278"/>
+        <v>1890</v>
+      </c>
+      <c r="I278" t="s">
+        <v>1891</v>
+      </c>
+      <c r="J278" t="s">
+        <v>1892</v>
+      </c>
       <c r="K278" t="s">
-        <v>1910</v>
+        <v>1893</v>
       </c>
       <c r="L278" t="s">
-        <v>1911</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="279" spans="1:12">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>1912</v>
+        <v>1895</v>
       </c>
       <c r="C279" t="s">
-        <v>251</v>
+        <v>65</v>
       </c>
       <c r="D279" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="E279">
         <v>2026</v>
       </c>
       <c r="F279" t="s">
-        <v>1913</v>
-[...1 lines deleted...]
-      <c r="G279"/>
+        <v>1896</v>
+      </c>
+      <c r="G279" t="s">
+        <v>1897</v>
+      </c>
       <c r="H279" t="s">
-        <v>1914</v>
+        <v>743</v>
       </c>
       <c r="I279" t="s">
-        <v>1915</v>
+        <v>1898</v>
       </c>
       <c r="J279" t="s">
-        <v>1916</v>
+        <v>1899</v>
       </c>
       <c r="K279" t="s">
-        <v>1917</v>
+        <v>1900</v>
       </c>
       <c r="L279" t="s">
-        <v>1918</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="280" spans="1:12">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>1919</v>
+        <v>1902</v>
       </c>
       <c r="C280" t="s">
-        <v>251</v>
+        <v>1888</v>
       </c>
       <c r="D280" t="s">
-        <v>75</v>
+        <v>371</v>
       </c>
       <c r="E280">
         <v>2026</v>
       </c>
       <c r="F280" t="s">
-        <v>1920</v>
-[...1 lines deleted...]
-      <c r="G280"/>
+        <v>1903</v>
+      </c>
+      <c r="G280" t="s">
+        <v>1904</v>
+      </c>
       <c r="H280" t="s">
-        <v>331</v>
+        <v>59</v>
       </c>
       <c r="I280" t="s">
-        <v>1921</v>
+        <v>1905</v>
       </c>
       <c r="J280" t="s">
-        <v>1922</v>
+        <v>1906</v>
       </c>
       <c r="K280" t="s">
-        <v>1923</v>
+        <v>1907</v>
       </c>
       <c r="L280" t="s">
-        <v>1924</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="281" spans="1:12">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>1925</v>
+        <v>1909</v>
       </c>
       <c r="C281" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="D281" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="E281">
         <v>2026</v>
       </c>
       <c r="F281" t="s">
-        <v>1926</v>
+        <v>1910</v>
       </c>
       <c r="G281"/>
       <c r="H281" t="s">
-        <v>848</v>
-[...4 lines deleted...]
-      </c>
+        <v>548</v>
+      </c>
+      <c r="I281" t="s">
+        <v>1911</v>
+      </c>
+      <c r="J281"/>
       <c r="K281" t="s">
-        <v>1928</v>
+        <v>1912</v>
       </c>
       <c r="L281" t="s">
-        <v>1929</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="282" spans="1:12">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>1930</v>
+        <v>1914</v>
       </c>
       <c r="C282" t="s">
-        <v>29</v>
+        <v>1915</v>
       </c>
       <c r="D282" t="s">
-        <v>14</v>
+        <v>1916</v>
       </c>
       <c r="E282">
         <v>2026</v>
       </c>
       <c r="F282" t="s">
-        <v>1931</v>
+        <v>1917</v>
       </c>
       <c r="G282" t="s">
-        <v>1932</v>
+        <v>1918</v>
       </c>
       <c r="H282" t="s">
-        <v>1341</v>
+        <v>1610</v>
       </c>
       <c r="I282" t="s">
-        <v>1933</v>
+        <v>1919</v>
       </c>
       <c r="J282" t="s">
-        <v>1934</v>
+        <v>1920</v>
       </c>
       <c r="K282" t="s">
-        <v>1935</v>
+        <v>1921</v>
       </c>
       <c r="L282" t="s">
-        <v>1936</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="283" spans="1:12">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>1937</v>
+        <v>1923</v>
       </c>
       <c r="C283" t="s">
-        <v>23</v>
+        <v>1924</v>
       </c>
       <c r="D283" t="s">
-        <v>1938</v>
+        <v>1925</v>
       </c>
       <c r="E283">
         <v>2026</v>
       </c>
       <c r="F283" t="s">
-        <v>1939</v>
-[...3 lines deleted...]
-      </c>
+        <v>1926</v>
+      </c>
+      <c r="G283"/>
       <c r="H283" t="s">
-        <v>505</v>
+        <v>1073</v>
       </c>
       <c r="I283" t="s">
-        <v>1941</v>
+        <v>1927</v>
       </c>
       <c r="J283" t="s">
-        <v>1942</v>
+        <v>1928</v>
       </c>
       <c r="K283" t="s">
-        <v>1943</v>
+        <v>1929</v>
       </c>
       <c r="L283" t="s">
-        <v>1944</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="284" spans="1:12">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>1945</v>
+        <v>1931</v>
       </c>
       <c r="C284" t="s">
-        <v>23</v>
+        <v>1924</v>
       </c>
       <c r="D284" t="s">
-        <v>75</v>
+        <v>154</v>
       </c>
       <c r="E284">
         <v>2026</v>
       </c>
       <c r="F284" t="s">
-        <v>1946</v>
-[...5 lines deleted...]
-      <c r="I284"/>
+        <v>1932</v>
+      </c>
+      <c r="G284" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H284">
+        <v>119</v>
+      </c>
+      <c r="I284" t="s">
+        <v>1934</v>
+      </c>
       <c r="J284" t="s">
-        <v>1948</v>
+        <v>1935</v>
       </c>
       <c r="K284" t="s">
-        <v>1949</v>
+        <v>1936</v>
       </c>
       <c r="L284" t="s">
-        <v>1950</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="285" spans="1:12">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>1951</v>
+        <v>1938</v>
       </c>
       <c r="C285" t="s">
-        <v>117</v>
+        <v>65</v>
       </c>
       <c r="D285" t="s">
-        <v>1952</v>
+        <v>1939</v>
       </c>
       <c r="E285">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F285" t="s">
-        <v>1953</v>
-[...1 lines deleted...]
-      <c r="G285"/>
+        <v>1940</v>
+      </c>
+      <c r="G285" t="s">
+        <v>1941</v>
+      </c>
       <c r="H285" t="s">
-        <v>1954</v>
+        <v>1093</v>
       </c>
       <c r="I285" t="s">
-        <v>1955</v>
+        <v>1942</v>
       </c>
       <c r="J285" t="s">
-        <v>1956</v>
+        <v>1943</v>
       </c>
       <c r="K285" t="s">
-        <v>1957</v>
+        <v>1944</v>
       </c>
       <c r="L285" t="s">
-        <v>1958</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="286" spans="1:12">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>1959</v>
+        <v>1946</v>
       </c>
       <c r="C286" t="s">
-        <v>65</v>
+        <v>1947</v>
       </c>
       <c r="D286" t="s">
-        <v>388</v>
+        <v>39</v>
       </c>
       <c r="E286">
         <v>2026</v>
       </c>
       <c r="F286" t="s">
-        <v>1960</v>
+        <v>1948</v>
       </c>
       <c r="G286" t="s">
-        <v>1961</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>1949</v>
+      </c>
+      <c r="H286" t="s">
+        <v>68</v>
       </c>
       <c r="I286" t="s">
-        <v>1962</v>
+        <v>1950</v>
       </c>
       <c r="J286" t="s">
-        <v>1963</v>
+        <v>1951</v>
       </c>
       <c r="K286" t="s">
-        <v>1964</v>
+        <v>1952</v>
       </c>
       <c r="L286" t="s">
-        <v>1965</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="287" spans="1:12">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>1966</v>
+        <v>1954</v>
       </c>
       <c r="C287" t="s">
-        <v>29</v>
+        <v>1955</v>
       </c>
       <c r="D287" t="s">
-        <v>840</v>
+        <v>75</v>
       </c>
       <c r="E287">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F287" t="s">
-        <v>1967</v>
+        <v>1956</v>
       </c>
       <c r="G287"/>
       <c r="H287" t="s">
-        <v>1968</v>
+        <v>513</v>
       </c>
       <c r="I287" t="s">
-        <v>1969</v>
+        <v>1957</v>
       </c>
       <c r="J287" t="s">
-        <v>1970</v>
+        <v>1958</v>
       </c>
       <c r="K287" t="s">
-        <v>1971</v>
+        <v>1959</v>
       </c>
       <c r="L287" t="s">
-        <v>1972</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="288" spans="1:12">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>1973</v>
+        <v>1961</v>
       </c>
       <c r="C288" t="s">
-        <v>1974</v>
+        <v>1962</v>
       </c>
       <c r="D288" t="s">
-        <v>118</v>
+        <v>1963</v>
       </c>
       <c r="E288">
-        <v>1985</v>
+        <v>2026</v>
       </c>
       <c r="F288" t="s">
-        <v>1975</v>
-[...1 lines deleted...]
-      <c r="G288"/>
+        <v>1964</v>
+      </c>
+      <c r="G288" t="s">
+        <v>1965</v>
+      </c>
       <c r="H288" t="s">
-        <v>1040</v>
+        <v>1966</v>
       </c>
       <c r="I288" t="s">
-        <v>1976</v>
+        <v>1967</v>
       </c>
       <c r="J288" t="s">
-        <v>1977</v>
+        <v>1968</v>
       </c>
       <c r="K288" t="s">
-        <v>1978</v>
+        <v>1969</v>
       </c>
       <c r="L288" t="s">
-        <v>1979</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="289" spans="1:12">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>1980</v>
+        <v>1971</v>
       </c>
       <c r="C289" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="D289" t="s">
-        <v>502</v>
+        <v>371</v>
       </c>
       <c r="E289">
-        <v>2026</v>
+        <v>1963</v>
       </c>
       <c r="F289" t="s">
-        <v>1981</v>
-[...1 lines deleted...]
-      <c r="G289"/>
+        <v>1972</v>
+      </c>
+      <c r="G289" t="s">
+        <v>1973</v>
+      </c>
       <c r="H289" t="s">
-        <v>1166</v>
-[...6 lines deleted...]
-      </c>
+        <v>743</v>
+      </c>
+      <c r="I289"/>
+      <c r="J289"/>
       <c r="K289" t="s">
-        <v>1984</v>
+        <v>1974</v>
       </c>
       <c r="L289" t="s">
-        <v>1985</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="290" spans="1:12">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>1986</v>
+        <v>1976</v>
       </c>
       <c r="C290" t="s">
-        <v>83</v>
+        <v>259</v>
       </c>
       <c r="D290" t="s">
-        <v>1987</v>
+        <v>234</v>
       </c>
       <c r="E290">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F290" t="s">
-        <v>1988</v>
-[...3 lines deleted...]
-      </c>
+        <v>1977</v>
+      </c>
+      <c r="G290"/>
       <c r="H290" t="s">
-        <v>422</v>
+        <v>1978</v>
       </c>
       <c r="I290" t="s">
-        <v>1990</v>
+        <v>1979</v>
       </c>
       <c r="J290" t="s">
-        <v>1991</v>
+        <v>1980</v>
       </c>
       <c r="K290" t="s">
-        <v>1992</v>
+        <v>1981</v>
       </c>
       <c r="L290" t="s">
-        <v>1993</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="291" spans="1:12">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>1994</v>
+        <v>1983</v>
       </c>
       <c r="C291" t="s">
-        <v>1255</v>
+        <v>259</v>
       </c>
       <c r="D291" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E291">
-        <v>1989</v>
+        <v>2026</v>
       </c>
       <c r="F291" t="s">
-        <v>1995</v>
+        <v>1984</v>
       </c>
       <c r="G291"/>
       <c r="H291" t="s">
-        <v>1996</v>
+        <v>339</v>
       </c>
       <c r="I291" t="s">
-        <v>1997</v>
+        <v>1985</v>
       </c>
       <c r="J291" t="s">
-        <v>1998</v>
+        <v>1986</v>
       </c>
       <c r="K291" t="s">
-        <v>1999</v>
+        <v>1987</v>
       </c>
       <c r="L291" t="s">
-        <v>2000</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="292" spans="1:12">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>2001</v>
+        <v>1989</v>
       </c>
       <c r="C292" t="s">
-        <v>1317</v>
+        <v>23</v>
       </c>
       <c r="D292" t="s">
-        <v>154</v>
+        <v>75</v>
       </c>
       <c r="E292">
         <v>2026</v>
       </c>
       <c r="F292" t="s">
-        <v>2002</v>
+        <v>1990</v>
       </c>
       <c r="G292"/>
       <c r="H292" t="s">
-        <v>622</v>
-[...3 lines deleted...]
-      </c>
+        <v>869</v>
+      </c>
+      <c r="I292"/>
       <c r="J292" t="s">
-        <v>2004</v>
+        <v>1991</v>
       </c>
       <c r="K292" t="s">
-        <v>2005</v>
+        <v>1992</v>
       </c>
       <c r="L292" t="s">
-        <v>2006</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="293" spans="1:12">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>2007</v>
+        <v>1994</v>
       </c>
       <c r="C293" t="s">
         <v>29</v>
       </c>
       <c r="D293" t="s">
-        <v>363</v>
+        <v>14</v>
       </c>
       <c r="E293">
         <v>2026</v>
       </c>
       <c r="F293" t="s">
-        <v>2008</v>
-[...3 lines deleted...]
-        <v>87</v>
+        <v>1995</v>
+      </c>
+      <c r="G293" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1384</v>
       </c>
       <c r="I293" t="s">
-        <v>2009</v>
+        <v>1997</v>
       </c>
       <c r="J293" t="s">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="K293"/>
+        <v>1998</v>
+      </c>
+      <c r="K293" t="s">
+        <v>1999</v>
+      </c>
       <c r="L293" t="s">
-        <v>2011</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="294" spans="1:12">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="C294" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="D294" t="s">
-        <v>154</v>
+        <v>2002</v>
       </c>
       <c r="E294">
         <v>2026</v>
       </c>
       <c r="F294" t="s">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="G294" t="s">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="H294" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      <c r="K294"/>
+        <v>513</v>
+      </c>
+      <c r="I294" t="s">
+        <v>2005</v>
+      </c>
+      <c r="J294" t="s">
+        <v>2006</v>
+      </c>
+      <c r="K294" t="s">
+        <v>2007</v>
+      </c>
       <c r="L294" t="s">
-        <v>2015</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="295" spans="1:12">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="C295" t="s">
         <v>23</v>
       </c>
       <c r="D295" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E295">
         <v>2026</v>
       </c>
       <c r="F295" t="s">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="G295"/>
       <c r="H295" t="s">
-        <v>184</v>
+        <v>2011</v>
       </c>
       <c r="I295"/>
-      <c r="J295"/>
+      <c r="J295" t="s">
+        <v>2012</v>
+      </c>
       <c r="K295" t="s">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="L295" t="s">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="296" spans="1:12">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="C296" t="s">
-        <v>29</v>
+        <v>117</v>
       </c>
       <c r="D296" t="s">
-        <v>24</v>
+        <v>2016</v>
       </c>
       <c r="E296">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F296" t="s">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="G296"/>
       <c r="H296" t="s">
+        <v>2018</v>
+      </c>
+      <c r="I296" t="s">
+        <v>2019</v>
+      </c>
+      <c r="J296" t="s">
+        <v>2020</v>
+      </c>
+      <c r="K296" t="s">
+        <v>2021</v>
+      </c>
+      <c r="L296" t="s">
         <v>2022</v>
-      </c>
-[...8 lines deleted...]
-        <v>2025</v>
       </c>
     </row>
     <row r="297" spans="1:12">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>2026</v>
+        <v>2023</v>
       </c>
       <c r="C297" t="s">
+        <v>65</v>
+      </c>
+      <c r="D297" t="s">
+        <v>396</v>
+      </c>
+      <c r="E297">
+        <v>2026</v>
+      </c>
+      <c r="F297" t="s">
+        <v>2024</v>
+      </c>
+      <c r="G297" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H297">
+        <v>103</v>
+      </c>
+      <c r="I297" t="s">
+        <v>2026</v>
+      </c>
+      <c r="J297" t="s">
         <v>2027</v>
       </c>
-      <c r="D297" t="s">
+      <c r="K297" t="s">
         <v>2028</v>
       </c>
-      <c r="E297">
-[...2 lines deleted...]
-      <c r="F297" t="s">
+      <c r="L297" t="s">
         <v>2029</v>
-      </c>
-[...14 lines deleted...]
-        <v>2033</v>
       </c>
     </row>
     <row r="298" spans="1:12">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C298" t="s">
+        <v>29</v>
+      </c>
+      <c r="D298" t="s">
+        <v>861</v>
+      </c>
+      <c r="E298">
+        <v>1970</v>
+      </c>
+      <c r="F298" t="s">
+        <v>2031</v>
+      </c>
+      <c r="G298"/>
+      <c r="H298" t="s">
+        <v>2032</v>
+      </c>
+      <c r="I298" t="s">
+        <v>2033</v>
+      </c>
+      <c r="J298" t="s">
         <v>2034</v>
       </c>
-      <c r="C298" t="s">
-[...8 lines deleted...]
-      <c r="F298" t="s">
+      <c r="K298" t="s">
         <v>2035</v>
       </c>
-      <c r="G298" t="s">
+      <c r="L298" t="s">
         <v>2036</v>
-      </c>
-[...13 lines deleted...]
-        <v>2041</v>
       </c>
     </row>
     <row r="299" spans="1:12">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C299" t="s">
+        <v>2038</v>
+      </c>
+      <c r="D299" t="s">
+        <v>118</v>
+      </c>
+      <c r="E299">
+        <v>1985</v>
+      </c>
+      <c r="F299" t="s">
+        <v>2039</v>
+      </c>
+      <c r="G299"/>
+      <c r="H299" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I299" t="s">
+        <v>2040</v>
+      </c>
+      <c r="J299" t="s">
+        <v>2041</v>
+      </c>
+      <c r="K299" t="s">
         <v>2042</v>
       </c>
-      <c r="C299" t="s">
-[...8 lines deleted...]
-      <c r="F299" t="s">
+      <c r="L299" t="s">
         <v>2043</v>
-      </c>
-[...16 lines deleted...]
-        <v>2048</v>
       </c>
     </row>
     <row r="300" spans="1:12">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>2049</v>
+        <v>2044</v>
       </c>
       <c r="C300" t="s">
-        <v>1347</v>
+        <v>65</v>
       </c>
       <c r="D300" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="E300">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F300" t="s">
-        <v>2050</v>
+        <v>2045</v>
       </c>
       <c r="G300"/>
       <c r="H300" t="s">
-        <v>2051</v>
+        <v>793</v>
       </c>
       <c r="I300" t="s">
-        <v>2052</v>
+        <v>2046</v>
       </c>
       <c r="J300" t="s">
-        <v>2053</v>
-[...1 lines deleted...]
-      <c r="K300"/>
+        <v>2047</v>
+      </c>
+      <c r="K300" t="s">
+        <v>2048</v>
+      </c>
       <c r="L300" t="s">
-        <v>2054</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="301" spans="1:12">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>2055</v>
-[...1 lines deleted...]
-      <c r="C301"/>
+        <v>2050</v>
+      </c>
+      <c r="C301" t="s">
+        <v>83</v>
+      </c>
       <c r="D301" t="s">
-        <v>2056</v>
+        <v>2051</v>
       </c>
       <c r="E301">
         <v>1970</v>
       </c>
       <c r="F301" t="s">
+        <v>2052</v>
+      </c>
+      <c r="G301" t="s">
+        <v>2053</v>
+      </c>
+      <c r="H301" t="s">
+        <v>430</v>
+      </c>
+      <c r="I301" t="s">
+        <v>2054</v>
+      </c>
+      <c r="J301" t="s">
+        <v>2055</v>
+      </c>
+      <c r="K301" t="s">
+        <v>2056</v>
+      </c>
+      <c r="L301" t="s">
         <v>2057</v>
-      </c>
-[...10 lines deleted...]
-        <v>2060</v>
       </c>
     </row>
     <row r="302" spans="1:12">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>2061</v>
+        <v>2058</v>
       </c>
       <c r="C302" t="s">
-        <v>23</v>
+        <v>1292</v>
       </c>
       <c r="D302" t="s">
         <v>39</v>
       </c>
       <c r="E302">
-        <v>1970</v>
+        <v>1989</v>
       </c>
       <c r="F302" t="s">
-        <v>2062</v>
+        <v>2059</v>
       </c>
       <c r="G302"/>
       <c r="H302" t="s">
+        <v>2060</v>
+      </c>
+      <c r="I302" t="s">
+        <v>2061</v>
+      </c>
+      <c r="J302" t="s">
+        <v>2062</v>
+      </c>
+      <c r="K302" t="s">
         <v>2063</v>
       </c>
-      <c r="I302" t="s">
+      <c r="L302" t="s">
         <v>2064</v>
-      </c>
-[...7 lines deleted...]
-        <v>2067</v>
       </c>
     </row>
     <row r="303" spans="1:12">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>2068</v>
+        <v>2065</v>
       </c>
       <c r="C303" t="s">
-        <v>48</v>
+        <v>1360</v>
       </c>
       <c r="D303" t="s">
-        <v>2069</v>
+        <v>154</v>
       </c>
       <c r="E303">
         <v>2026</v>
       </c>
       <c r="F303" t="s">
-        <v>2070</v>
+        <v>2066</v>
       </c>
       <c r="G303"/>
       <c r="H303" t="s">
-        <v>2071</v>
-[...1 lines deleted...]
-      <c r="I303"/>
+        <v>630</v>
+      </c>
+      <c r="I303" t="s">
+        <v>2067</v>
+      </c>
       <c r="J303" t="s">
-        <v>2072</v>
+        <v>2068</v>
       </c>
       <c r="K303" t="s">
-        <v>2073</v>
+        <v>2069</v>
       </c>
       <c r="L303" t="s">
-        <v>2074</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="304" spans="1:12">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C304" t="s">
+        <v>29</v>
+      </c>
+      <c r="D304" t="s">
+        <v>371</v>
+      </c>
+      <c r="E304">
+        <v>2026</v>
+      </c>
+      <c r="F304" t="s">
+        <v>2072</v>
+      </c>
+      <c r="G304"/>
+      <c r="H304">
+        <v>87</v>
+      </c>
+      <c r="I304" t="s">
+        <v>2073</v>
+      </c>
+      <c r="J304" t="s">
+        <v>2074</v>
+      </c>
+      <c r="K304"/>
+      <c r="L304" t="s">
         <v>2075</v>
-      </c>
-[...26 lines deleted...]
-        <v>2080</v>
       </c>
     </row>
     <row r="305" spans="1:12">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>2081</v>
+        <v>2076</v>
       </c>
       <c r="C305" t="s">
-        <v>189</v>
+        <v>83</v>
       </c>
       <c r="D305" t="s">
-        <v>75</v>
+        <v>154</v>
       </c>
       <c r="E305">
         <v>2026</v>
       </c>
       <c r="F305" t="s">
-        <v>2082</v>
-[...1 lines deleted...]
-      <c r="G305"/>
+        <v>2077</v>
+      </c>
+      <c r="G305" t="s">
+        <v>2078</v>
+      </c>
       <c r="H305" t="s">
-        <v>778</v>
-[...9 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="I305"/>
+      <c r="J305"/>
+      <c r="K305"/>
       <c r="L305" t="s">
-        <v>2085</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="306" spans="1:12">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>2086</v>
+        <v>2080</v>
       </c>
       <c r="C306" t="s">
-        <v>327</v>
+        <v>23</v>
       </c>
       <c r="D306" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E306">
         <v>2026</v>
       </c>
       <c r="F306" t="s">
-        <v>2087</v>
+        <v>2081</v>
       </c>
       <c r="G306"/>
       <c r="H306" t="s">
-        <v>314</v>
-[...6 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I306"/>
+      <c r="J306"/>
       <c r="K306" t="s">
-        <v>2090</v>
+        <v>2082</v>
       </c>
       <c r="L306" t="s">
-        <v>2091</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="307" spans="1:12">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>2092</v>
+        <v>2084</v>
       </c>
       <c r="C307" t="s">
-        <v>1079</v>
+        <v>29</v>
       </c>
       <c r="D307" t="s">
-        <v>363</v>
+        <v>24</v>
       </c>
       <c r="E307">
-        <v>1964</v>
+        <v>2026</v>
       </c>
       <c r="F307" t="s">
-        <v>2093</v>
-[...9 lines deleted...]
-      </c>
+        <v>2085</v>
+      </c>
+      <c r="G307"/>
+      <c r="H307" t="s">
+        <v>2086</v>
+      </c>
+      <c r="I307"/>
       <c r="J307" t="s">
-        <v>2096</v>
-[...1 lines deleted...]
-      <c r="K307"/>
+        <v>2087</v>
+      </c>
+      <c r="K307" t="s">
+        <v>2088</v>
+      </c>
       <c r="L307" t="s">
-        <v>2097</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="308" spans="1:12">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
-        <v>2098</v>
+        <v>2090</v>
       </c>
       <c r="C308" t="s">
-        <v>13</v>
+        <v>2091</v>
       </c>
       <c r="D308" t="s">
-        <v>14</v>
+        <v>2092</v>
       </c>
       <c r="E308">
         <v>2026</v>
       </c>
       <c r="F308" t="s">
-        <v>2099</v>
-[...3 lines deleted...]
-      </c>
+        <v>2093</v>
+      </c>
+      <c r="G308"/>
       <c r="H308" t="s">
-        <v>1519</v>
+        <v>430</v>
       </c>
       <c r="I308" t="s">
-        <v>2101</v>
+        <v>2094</v>
       </c>
       <c r="J308" t="s">
-        <v>2102</v>
+        <v>2095</v>
       </c>
       <c r="K308" t="s">
-        <v>2103</v>
+        <v>2096</v>
       </c>
       <c r="L308" t="s">
-        <v>2104</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="309" spans="1:12">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C309" t="s">
+        <v>306</v>
+      </c>
+      <c r="D309" t="s">
+        <v>234</v>
+      </c>
+      <c r="E309">
+        <v>2026</v>
+      </c>
+      <c r="F309" t="s">
+        <v>2099</v>
+      </c>
+      <c r="G309" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H309" t="s">
+        <v>2101</v>
+      </c>
+      <c r="I309" t="s">
+        <v>2102</v>
+      </c>
+      <c r="J309" t="s">
+        <v>2103</v>
+      </c>
+      <c r="K309" t="s">
+        <v>2104</v>
+      </c>
+      <c r="L309" t="s">
         <v>2105</v>
-      </c>
-[...26 lines deleted...]
-        <v>2111</v>
       </c>
     </row>
     <row r="310" spans="1:12">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C310" t="s">
+        <v>117</v>
+      </c>
+      <c r="D310" t="s">
+        <v>39</v>
+      </c>
+      <c r="E310">
+        <v>2026</v>
+      </c>
+      <c r="F310" t="s">
+        <v>2107</v>
+      </c>
+      <c r="G310" t="s">
+        <v>2108</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1301</v>
+      </c>
+      <c r="I310" t="s">
+        <v>2109</v>
+      </c>
+      <c r="J310" t="s">
+        <v>2110</v>
+      </c>
+      <c r="K310" t="s">
+        <v>2111</v>
+      </c>
+      <c r="L310" t="s">
         <v>2112</v>
-      </c>
-[...28 lines deleted...]
-        <v>2119</v>
       </c>
     </row>
     <row r="311" spans="1:12">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
-        <v>2120</v>
+        <v>2113</v>
       </c>
       <c r="C311" t="s">
-        <v>487</v>
+        <v>1390</v>
       </c>
       <c r="D311" t="s">
-        <v>75</v>
+        <v>510</v>
       </c>
       <c r="E311">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F311" t="s">
-        <v>2121</v>
+        <v>2114</v>
       </c>
       <c r="G311"/>
       <c r="H311" t="s">
-        <v>2122</v>
+        <v>2115</v>
       </c>
       <c r="I311" t="s">
-        <v>2123</v>
+        <v>2116</v>
       </c>
       <c r="J311" t="s">
-        <v>2124</v>
-[...3 lines deleted...]
-      </c>
+        <v>2117</v>
+      </c>
+      <c r="K311"/>
       <c r="L311" t="s">
-        <v>2126</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="312" spans="1:12">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>2127</v>
-[...3 lines deleted...]
-      </c>
+        <v>2119</v>
+      </c>
+      <c r="C312"/>
       <c r="D312" t="s">
-        <v>118</v>
+        <v>2120</v>
       </c>
       <c r="E312">
-        <v>1994</v>
+        <v>1970</v>
       </c>
       <c r="F312" t="s">
-        <v>2128</v>
+        <v>2121</v>
       </c>
       <c r="G312"/>
       <c r="H312" t="s">
-        <v>673</v>
-[...6 lines deleted...]
-      </c>
+        <v>2122</v>
+      </c>
+      <c r="I312"/>
+      <c r="J312"/>
       <c r="K312" t="s">
-        <v>2131</v>
+        <v>2123</v>
       </c>
       <c r="L312" t="s">
-        <v>2132</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="313" spans="1:12">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>2133</v>
+        <v>2125</v>
       </c>
       <c r="C313" t="s">
-        <v>2134</v>
+        <v>23</v>
       </c>
       <c r="D313" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E313">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F313" t="s">
-        <v>2135</v>
+        <v>2126</v>
       </c>
       <c r="G313"/>
       <c r="H313" t="s">
-        <v>1088</v>
-[...2 lines deleted...]
-      <c r="J313"/>
+        <v>2127</v>
+      </c>
+      <c r="I313" t="s">
+        <v>2128</v>
+      </c>
+      <c r="J313" t="s">
+        <v>2129</v>
+      </c>
       <c r="K313" t="s">
-        <v>2136</v>
+        <v>2130</v>
       </c>
       <c r="L313" t="s">
-        <v>2137</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="314" spans="1:12">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
-        <v>2138</v>
+        <v>2132</v>
       </c>
       <c r="C314" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="D314" t="s">
-        <v>118</v>
+        <v>2133</v>
       </c>
       <c r="E314">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F314" t="s">
-        <v>2139</v>
+        <v>2134</v>
       </c>
       <c r="G314"/>
       <c r="H314" t="s">
-        <v>2140</v>
-[...4 lines deleted...]
-      <c r="J314"/>
+        <v>2135</v>
+      </c>
+      <c r="I314"/>
+      <c r="J314" t="s">
+        <v>2136</v>
+      </c>
       <c r="K314" t="s">
-        <v>2142</v>
+        <v>2137</v>
       </c>
       <c r="L314" t="s">
-        <v>2143</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="315" spans="1:12">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
-        <v>2144</v>
+        <v>2139</v>
       </c>
       <c r="C315" t="s">
-        <v>197</v>
+        <v>23</v>
       </c>
       <c r="D315" t="s">
-        <v>2145</v>
+        <v>75</v>
       </c>
       <c r="E315">
         <v>2026</v>
       </c>
       <c r="F315" t="s">
-        <v>2146</v>
+        <v>2140</v>
       </c>
       <c r="G315"/>
       <c r="H315" t="s">
-        <v>589</v>
+        <v>407</v>
       </c>
       <c r="I315" t="s">
-        <v>2147</v>
+        <v>2141</v>
       </c>
       <c r="J315" t="s">
-        <v>2148</v>
+        <v>2142</v>
       </c>
       <c r="K315" t="s">
-        <v>2149</v>
+        <v>2143</v>
       </c>
       <c r="L315" t="s">
-        <v>2150</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="316" spans="1:12">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
-        <v>2151</v>
+        <v>2145</v>
       </c>
       <c r="C316" t="s">
-        <v>83</v>
+        <v>189</v>
       </c>
       <c r="D316" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E316">
         <v>2026</v>
       </c>
       <c r="F316" t="s">
-        <v>2152</v>
+        <v>2146</v>
       </c>
       <c r="G316"/>
       <c r="H316" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="I316"/>
+        <v>799</v>
+      </c>
+      <c r="I316" t="s">
+        <v>2147</v>
+      </c>
       <c r="J316" t="s">
-        <v>2153</v>
+        <v>2147</v>
       </c>
       <c r="K316" t="s">
-        <v>2154</v>
+        <v>2148</v>
       </c>
       <c r="L316" t="s">
-        <v>2155</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="317" spans="1:12">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>2156</v>
+        <v>2150</v>
       </c>
       <c r="C317" t="s">
-        <v>29</v>
+        <v>335</v>
       </c>
       <c r="D317" t="s">
-        <v>2157</v>
+        <v>75</v>
       </c>
       <c r="E317">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F317" t="s">
-        <v>2158</v>
+        <v>2151</v>
       </c>
       <c r="G317"/>
       <c r="H317" t="s">
-        <v>2159</v>
+        <v>322</v>
       </c>
       <c r="I317" t="s">
-        <v>2160</v>
+        <v>2152</v>
       </c>
       <c r="J317" t="s">
-        <v>2161</v>
+        <v>2153</v>
       </c>
       <c r="K317" t="s">
-        <v>2162</v>
+        <v>2154</v>
       </c>
       <c r="L317" t="s">
-        <v>2163</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="318" spans="1:12">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>2164</v>
-[...1 lines deleted...]
-      <c r="C318"/>
+        <v>2156</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1118</v>
+      </c>
       <c r="D318" t="s">
+        <v>371</v>
+      </c>
+      <c r="E318">
+        <v>1964</v>
+      </c>
+      <c r="F318" t="s">
+        <v>2157</v>
+      </c>
+      <c r="G318" t="s">
+        <v>2158</v>
+      </c>
+      <c r="H318">
         <v>75</v>
       </c>
-      <c r="E318">
-[...8 lines deleted...]
-      </c>
       <c r="I318" t="s">
-        <v>2167</v>
+        <v>2159</v>
       </c>
       <c r="J318" t="s">
-        <v>2168</v>
-[...3 lines deleted...]
-      </c>
+        <v>2160</v>
+      </c>
+      <c r="K318"/>
       <c r="L318" t="s">
-        <v>2170</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="319" spans="1:12">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
-        <v>2171</v>
+        <v>2162</v>
       </c>
       <c r="C319" t="s">
-        <v>65</v>
+        <v>13</v>
       </c>
       <c r="D319" t="s">
-        <v>234</v>
+        <v>14</v>
       </c>
       <c r="E319">
         <v>2026</v>
       </c>
       <c r="F319" t="s">
-        <v>2172</v>
+        <v>2163</v>
       </c>
       <c r="G319" t="s">
-        <v>2173</v>
+        <v>2164</v>
       </c>
       <c r="H319" t="s">
-        <v>157</v>
+        <v>1579</v>
       </c>
       <c r="I319" t="s">
-        <v>2174</v>
+        <v>2165</v>
       </c>
       <c r="J319" t="s">
-        <v>2175</v>
+        <v>2166</v>
       </c>
       <c r="K319" t="s">
-        <v>2176</v>
+        <v>2167</v>
       </c>
       <c r="L319" t="s">
-        <v>2177</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="320" spans="1:12">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
-        <v>2178</v>
+        <v>2169</v>
       </c>
       <c r="C320" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="D320" t="s">
-        <v>2179</v>
+        <v>2170</v>
       </c>
       <c r="E320">
         <v>2026</v>
       </c>
       <c r="F320" t="s">
-        <v>2180</v>
-[...3 lines deleted...]
-      </c>
+        <v>2171</v>
+      </c>
+      <c r="G320"/>
       <c r="H320" t="s">
-        <v>2182</v>
+        <v>807</v>
       </c>
       <c r="I320" t="s">
-        <v>2183</v>
-[...1 lines deleted...]
-      <c r="J320"/>
+        <v>2172</v>
+      </c>
+      <c r="J320" t="s">
+        <v>2173</v>
+      </c>
       <c r="K320" t="s">
-        <v>2184</v>
+        <v>2174</v>
       </c>
       <c r="L320" t="s">
-        <v>2185</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="321" spans="1:12">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
-        <v>2186</v>
+        <v>2176</v>
       </c>
       <c r="C321" t="s">
-        <v>1172</v>
+        <v>38</v>
       </c>
       <c r="D321" t="s">
-        <v>840</v>
+        <v>2177</v>
       </c>
       <c r="E321">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F321" t="s">
-        <v>2187</v>
-[...1 lines deleted...]
-      <c r="G321"/>
+        <v>2178</v>
+      </c>
+      <c r="G321" t="s">
+        <v>2179</v>
+      </c>
       <c r="H321" t="s">
-        <v>2188</v>
+        <v>1055</v>
       </c>
       <c r="I321" t="s">
-        <v>2189</v>
+        <v>2180</v>
       </c>
       <c r="J321" t="s">
-        <v>2190</v>
+        <v>2181</v>
       </c>
       <c r="K321" t="s">
-        <v>2191</v>
+        <v>2182</v>
       </c>
       <c r="L321" t="s">
-        <v>2192</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="322" spans="1:12">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
-        <v>2193</v>
+        <v>2184</v>
       </c>
       <c r="C322" t="s">
-        <v>83</v>
+        <v>495</v>
       </c>
       <c r="D322" t="s">
-        <v>2194</v>
+        <v>75</v>
       </c>
       <c r="E322">
         <v>2026</v>
       </c>
       <c r="F322" t="s">
-        <v>2195</v>
-[...3 lines deleted...]
-      </c>
+        <v>2185</v>
+      </c>
+      <c r="G322"/>
       <c r="H322" t="s">
-        <v>87</v>
+        <v>2186</v>
       </c>
       <c r="I322" t="s">
-        <v>2197</v>
+        <v>2187</v>
       </c>
       <c r="J322" t="s">
-        <v>2198</v>
+        <v>2188</v>
       </c>
       <c r="K322" t="s">
-        <v>2199</v>
+        <v>2189</v>
       </c>
       <c r="L322" t="s">
-        <v>2200</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="323" spans="1:12">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>2201</v>
+        <v>2191</v>
       </c>
       <c r="C323" t="s">
-        <v>83</v>
+        <v>259</v>
       </c>
       <c r="D323" t="s">
+        <v>118</v>
+      </c>
+      <c r="E323">
+        <v>1994</v>
+      </c>
+      <c r="F323" t="s">
+        <v>2192</v>
+      </c>
+      <c r="G323"/>
+      <c r="H323" t="s">
+        <v>681</v>
+      </c>
+      <c r="I323" t="s">
+        <v>2193</v>
+      </c>
+      <c r="J323" t="s">
         <v>2194</v>
       </c>
-      <c r="E323">
-[...16 lines deleted...]
-      </c>
       <c r="K323" t="s">
-        <v>2206</v>
+        <v>2195</v>
       </c>
       <c r="L323" t="s">
-        <v>2207</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="324" spans="1:12">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>2208</v>
+        <v>2197</v>
       </c>
       <c r="C324" t="s">
-        <v>83</v>
+        <v>2198</v>
       </c>
       <c r="D324" t="s">
         <v>75</v>
       </c>
       <c r="E324">
         <v>2026</v>
       </c>
       <c r="F324" t="s">
-        <v>2209</v>
-[...3 lines deleted...]
-      </c>
+        <v>2199</v>
+      </c>
+      <c r="G324"/>
       <c r="H324" t="s">
-        <v>794</v>
-[...6 lines deleted...]
-      </c>
+        <v>1127</v>
+      </c>
+      <c r="I324"/>
+      <c r="J324"/>
       <c r="K324" t="s">
-        <v>2213</v>
+        <v>2200</v>
       </c>
       <c r="L324" t="s">
-        <v>2214</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="325" spans="1:12">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
-        <v>2215</v>
+        <v>2202</v>
       </c>
       <c r="C325" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="D325" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="E325">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F325" t="s">
-        <v>2216</v>
-[...3 lines deleted...]
-      </c>
+        <v>2203</v>
+      </c>
+      <c r="G325"/>
       <c r="H325" t="s">
-        <v>794</v>
+        <v>2204</v>
       </c>
       <c r="I325" t="s">
-        <v>2218</v>
-[...3 lines deleted...]
-      </c>
+        <v>2205</v>
+      </c>
+      <c r="J325"/>
       <c r="K325" t="s">
-        <v>2220</v>
+        <v>2206</v>
       </c>
       <c r="L325" t="s">
-        <v>2221</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="326" spans="1:12">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
-        <v>2222</v>
+        <v>2208</v>
       </c>
       <c r="C326" t="s">
-        <v>65</v>
+        <v>197</v>
       </c>
       <c r="D326" t="s">
-        <v>90</v>
+        <v>2209</v>
       </c>
       <c r="E326">
         <v>2026</v>
       </c>
       <c r="F326" t="s">
-        <v>2223</v>
+        <v>2210</v>
       </c>
       <c r="G326"/>
       <c r="H326" t="s">
-        <v>526</v>
+        <v>597</v>
       </c>
       <c r="I326" t="s">
-        <v>2224</v>
+        <v>2211</v>
       </c>
       <c r="J326" t="s">
-        <v>2225</v>
+        <v>2212</v>
       </c>
       <c r="K326" t="s">
-        <v>2226</v>
+        <v>2213</v>
       </c>
       <c r="L326" t="s">
-        <v>2227</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="327" spans="1:12">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
-        <v>2228</v>
+        <v>2215</v>
       </c>
       <c r="C327" t="s">
-        <v>2229</v>
+        <v>83</v>
       </c>
       <c r="D327" t="s">
-        <v>2230</v>
+        <v>39</v>
       </c>
       <c r="E327">
         <v>2026</v>
       </c>
       <c r="F327" t="s">
-        <v>2231</v>
-[...3 lines deleted...]
-      </c>
+        <v>2216</v>
+      </c>
+      <c r="G327"/>
       <c r="H327" t="s">
-        <v>2233</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="I327"/>
       <c r="J327" t="s">
-        <v>2235</v>
+        <v>2217</v>
       </c>
       <c r="K327" t="s">
-        <v>2236</v>
+        <v>2218</v>
       </c>
       <c r="L327" t="s">
-        <v>2237</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="328" spans="1:12">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>2238</v>
+        <v>2220</v>
       </c>
       <c r="C328" t="s">
-        <v>38</v>
+        <v>2221</v>
       </c>
       <c r="D328" t="s">
-        <v>2239</v>
+        <v>39</v>
       </c>
       <c r="E328">
         <v>2026</v>
       </c>
       <c r="F328" t="s">
-        <v>2240</v>
-[...3 lines deleted...]
-      </c>
+        <v>2222</v>
+      </c>
+      <c r="G328"/>
       <c r="H328" t="s">
-        <v>642</v>
+        <v>438</v>
       </c>
       <c r="I328" t="s">
-        <v>2242</v>
+        <v>2223</v>
       </c>
       <c r="J328" t="s">
-        <v>2243</v>
+        <v>2224</v>
       </c>
       <c r="K328" t="s">
-        <v>2244</v>
+        <v>2225</v>
       </c>
       <c r="L328" t="s">
-        <v>2245</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="329" spans="1:12">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>2246</v>
+        <v>2227</v>
       </c>
       <c r="C329" t="s">
-        <v>2247</v>
+        <v>29</v>
       </c>
       <c r="D329" t="s">
-        <v>118</v>
+        <v>2228</v>
       </c>
       <c r="E329">
-        <v>1993</v>
+        <v>1970</v>
       </c>
       <c r="F329" t="s">
-        <v>2248</v>
+        <v>2229</v>
       </c>
       <c r="G329"/>
       <c r="H329" t="s">
-        <v>199</v>
+        <v>2230</v>
       </c>
       <c r="I329" t="s">
-        <v>2249</v>
+        <v>2231</v>
       </c>
       <c r="J329" t="s">
-        <v>2250</v>
+        <v>2232</v>
       </c>
       <c r="K329" t="s">
-        <v>2251</v>
+        <v>2233</v>
       </c>
       <c r="L329" t="s">
-        <v>2252</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="330" spans="1:12">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>2253</v>
-[...3 lines deleted...]
-      </c>
+        <v>2235</v>
+      </c>
+      <c r="C330"/>
       <c r="D330" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E330">
         <v>2026</v>
       </c>
       <c r="F330" t="s">
-        <v>2254</v>
+        <v>2236</v>
       </c>
       <c r="G330"/>
       <c r="H330" t="s">
-        <v>42</v>
+        <v>2237</v>
       </c>
       <c r="I330" t="s">
-        <v>2255</v>
+        <v>2238</v>
       </c>
       <c r="J330" t="s">
-        <v>2256</v>
+        <v>2239</v>
       </c>
       <c r="K330" t="s">
-        <v>2257</v>
+        <v>2240</v>
       </c>
       <c r="L330" t="s">
-        <v>2258</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="331" spans="1:12">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>2259</v>
+        <v>2242</v>
       </c>
       <c r="C331" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="D331" t="s">
-        <v>39</v>
+        <v>234</v>
       </c>
       <c r="E331">
-        <v>1995</v>
+        <v>2026</v>
       </c>
       <c r="F331" t="s">
-        <v>2260</v>
-[...1 lines deleted...]
-      <c r="G331"/>
+        <v>2243</v>
+      </c>
+      <c r="G331" t="s">
+        <v>2244</v>
+      </c>
       <c r="H331" t="s">
-        <v>87</v>
+        <v>157</v>
       </c>
       <c r="I331" t="s">
-        <v>2261</v>
+        <v>2245</v>
       </c>
       <c r="J331" t="s">
-        <v>2262</v>
+        <v>2246</v>
       </c>
       <c r="K331" t="s">
-        <v>2263</v>
+        <v>2247</v>
       </c>
       <c r="L331" t="s">
-        <v>2264</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="332" spans="1:12">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
-        <v>2265</v>
+        <v>2249</v>
       </c>
       <c r="C332" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="D332" t="s">
-        <v>2266</v>
+        <v>2250</v>
       </c>
       <c r="E332">
         <v>2026</v>
       </c>
       <c r="F332" t="s">
-        <v>2267</v>
+        <v>2251</v>
       </c>
       <c r="G332" t="s">
-        <v>2268</v>
+        <v>2252</v>
       </c>
       <c r="H332" t="s">
-        <v>149</v>
+        <v>2253</v>
       </c>
       <c r="I332" t="s">
-        <v>2269</v>
-[...3 lines deleted...]
-      </c>
+        <v>2254</v>
+      </c>
+      <c r="J332"/>
       <c r="K332" t="s">
-        <v>2271</v>
+        <v>2255</v>
       </c>
       <c r="L332" t="s">
-        <v>2272</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="333" spans="1:12">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
-        <v>2273</v>
+        <v>2257</v>
       </c>
       <c r="C333" t="s">
-        <v>327</v>
+        <v>1030</v>
       </c>
       <c r="D333" t="s">
-        <v>75</v>
+        <v>861</v>
       </c>
       <c r="E333">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F333" t="s">
-        <v>2274</v>
-[...3 lines deleted...]
-      </c>
+        <v>2258</v>
+      </c>
+      <c r="G333"/>
       <c r="H333" t="s">
-        <v>331</v>
+        <v>2259</v>
       </c>
       <c r="I333" t="s">
-        <v>2276</v>
+        <v>2260</v>
       </c>
       <c r="J333" t="s">
-        <v>2277</v>
+        <v>2261</v>
       </c>
       <c r="K333" t="s">
-        <v>2278</v>
+        <v>2262</v>
       </c>
       <c r="L333" t="s">
-        <v>2279</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="334" spans="1:12">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
-        <v>2280</v>
+        <v>2264</v>
       </c>
       <c r="C334" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="D334" t="s">
-        <v>1875</v>
+        <v>2265</v>
       </c>
       <c r="E334">
         <v>2026</v>
       </c>
       <c r="F334" t="s">
-        <v>2281</v>
-[...1 lines deleted...]
-      <c r="G334"/>
+        <v>2266</v>
+      </c>
+      <c r="G334" t="s">
+        <v>2267</v>
+      </c>
       <c r="H334" t="s">
-        <v>973</v>
+        <v>87</v>
       </c>
       <c r="I334" t="s">
-        <v>2282</v>
+        <v>2268</v>
       </c>
       <c r="J334" t="s">
-        <v>2282</v>
+        <v>2269</v>
       </c>
       <c r="K334" t="s">
-        <v>2283</v>
+        <v>2270</v>
       </c>
       <c r="L334" t="s">
-        <v>2284</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="335" spans="1:12">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>2285</v>
+        <v>2272</v>
       </c>
       <c r="C335" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="D335" t="s">
-        <v>784</v>
+        <v>2265</v>
       </c>
       <c r="E335">
         <v>2026</v>
       </c>
       <c r="F335" t="s">
-        <v>2286</v>
-[...1 lines deleted...]
-      <c r="G335"/>
+        <v>2273</v>
+      </c>
+      <c r="G335" t="s">
+        <v>2274</v>
+      </c>
       <c r="H335" t="s">
-        <v>786</v>
+        <v>157</v>
       </c>
       <c r="I335" t="s">
-        <v>2287</v>
+        <v>2275</v>
       </c>
       <c r="J335" t="s">
-        <v>2288</v>
+        <v>2276</v>
       </c>
       <c r="K335" t="s">
-        <v>2289</v>
+        <v>2277</v>
       </c>
       <c r="L335" t="s">
-        <v>2290</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="336" spans="1:12">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>2291</v>
+        <v>2279</v>
       </c>
       <c r="C336" t="s">
-        <v>2292</v>
+        <v>83</v>
       </c>
       <c r="D336" t="s">
-        <v>464</v>
+        <v>75</v>
       </c>
       <c r="E336">
         <v>2026</v>
       </c>
       <c r="F336" t="s">
-        <v>2293</v>
+        <v>2280</v>
       </c>
       <c r="G336" t="s">
-        <v>2294</v>
+        <v>2281</v>
       </c>
       <c r="H336" t="s">
-        <v>1060</v>
+        <v>815</v>
       </c>
       <c r="I336" t="s">
-        <v>2295</v>
+        <v>2282</v>
       </c>
       <c r="J336" t="s">
-        <v>2296</v>
+        <v>2283</v>
       </c>
       <c r="K336" t="s">
-        <v>2297</v>
+        <v>2284</v>
       </c>
       <c r="L336" t="s">
-        <v>2298</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="337" spans="1:12">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
-        <v>2299</v>
+        <v>2286</v>
       </c>
       <c r="C337" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="D337" t="s">
-        <v>2300</v>
+        <v>39</v>
       </c>
       <c r="E337">
         <v>2026</v>
       </c>
       <c r="F337" t="s">
-        <v>2301</v>
-[...1 lines deleted...]
-      <c r="G337"/>
+        <v>2287</v>
+      </c>
+      <c r="G337" t="s">
+        <v>2288</v>
+      </c>
       <c r="H337" t="s">
-        <v>1166</v>
+        <v>815</v>
       </c>
       <c r="I337" t="s">
-        <v>2302</v>
+        <v>2289</v>
       </c>
       <c r="J337" t="s">
-        <v>2303</v>
+        <v>2290</v>
       </c>
       <c r="K337" t="s">
-        <v>2304</v>
+        <v>2291</v>
       </c>
       <c r="L337" t="s">
-        <v>2305</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="338" spans="1:12">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>2306</v>
+        <v>2293</v>
       </c>
       <c r="C338" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="D338" t="s">
-        <v>2307</v>
+        <v>90</v>
       </c>
       <c r="E338">
-        <v>1978</v>
+        <v>2026</v>
       </c>
       <c r="F338" t="s">
-        <v>2308</v>
-[...3 lines deleted...]
-      </c>
+        <v>2294</v>
+      </c>
+      <c r="G338"/>
       <c r="H338" t="s">
-        <v>794</v>
+        <v>534</v>
       </c>
       <c r="I338" t="s">
-        <v>2310</v>
+        <v>2295</v>
       </c>
       <c r="J338" t="s">
-        <v>2311</v>
+        <v>2296</v>
       </c>
       <c r="K338" t="s">
-        <v>2312</v>
+        <v>2297</v>
       </c>
       <c r="L338" t="s">
-        <v>2313</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="339" spans="1:12">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
-        <v>2314</v>
+        <v>2299</v>
       </c>
       <c r="C339" t="s">
-        <v>13</v>
+        <v>2300</v>
       </c>
       <c r="D339" t="s">
-        <v>14</v>
+        <v>2301</v>
       </c>
       <c r="E339">
         <v>2026</v>
       </c>
       <c r="F339" t="s">
-        <v>2315</v>
+        <v>2302</v>
       </c>
       <c r="G339" t="s">
-        <v>2316</v>
+        <v>2303</v>
       </c>
       <c r="H339" t="s">
-        <v>622</v>
+        <v>1310</v>
       </c>
       <c r="I339" t="s">
-        <v>2317</v>
+        <v>2304</v>
       </c>
       <c r="J339" t="s">
-        <v>2318</v>
-[...1 lines deleted...]
-      <c r="K339"/>
+        <v>2305</v>
+      </c>
+      <c r="K339" t="s">
+        <v>2306</v>
+      </c>
       <c r="L339" t="s">
-        <v>2319</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="340" spans="1:12">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340" t="s">
-        <v>2320</v>
+        <v>2308</v>
       </c>
       <c r="C340" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="D340" t="s">
-        <v>2321</v>
+        <v>2309</v>
       </c>
       <c r="E340">
         <v>2026</v>
       </c>
       <c r="F340" t="s">
-        <v>2322</v>
+        <v>2310</v>
       </c>
       <c r="G340" t="s">
-        <v>2323</v>
+        <v>2311</v>
       </c>
       <c r="H340" t="s">
-        <v>2324</v>
+        <v>650</v>
       </c>
       <c r="I340" t="s">
-        <v>2325</v>
+        <v>2312</v>
       </c>
       <c r="J340" t="s">
-        <v>2326</v>
+        <v>2313</v>
       </c>
       <c r="K340" t="s">
-        <v>2327</v>
+        <v>2314</v>
       </c>
       <c r="L340" t="s">
-        <v>2328</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="341" spans="1:12">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
-        <v>2329</v>
+        <v>2316</v>
       </c>
       <c r="C341" t="s">
-        <v>29</v>
+        <v>2317</v>
       </c>
       <c r="D341" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="E341">
-        <v>2026</v>
+        <v>1993</v>
       </c>
       <c r="F341" t="s">
-        <v>2330</v>
+        <v>2318</v>
       </c>
       <c r="G341"/>
       <c r="H341" t="s">
-        <v>2331</v>
+        <v>199</v>
       </c>
       <c r="I341" t="s">
-        <v>2332</v>
+        <v>2319</v>
       </c>
       <c r="J341" t="s">
-        <v>2333</v>
+        <v>2320</v>
       </c>
       <c r="K341" t="s">
-        <v>2334</v>
+        <v>2321</v>
       </c>
       <c r="L341" t="s">
-        <v>2335</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="342" spans="1:12">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
-        <v>2336</v>
+        <v>2323</v>
       </c>
       <c r="C342" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="D342" t="s">
         <v>39</v>
       </c>
       <c r="E342">
         <v>2026</v>
       </c>
       <c r="F342" t="s">
-        <v>2337</v>
+        <v>2324</v>
       </c>
       <c r="G342"/>
-      <c r="H342">
-        <v>97</v>
+      <c r="H342" t="s">
+        <v>42</v>
       </c>
       <c r="I342" t="s">
-        <v>2338</v>
+        <v>2325</v>
       </c>
       <c r="J342" t="s">
-        <v>2339</v>
+        <v>2326</v>
       </c>
       <c r="K342" t="s">
-        <v>2340</v>
+        <v>2327</v>
       </c>
       <c r="L342" t="s">
-        <v>2341</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="343" spans="1:12">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
-        <v>2342</v>
+        <v>2329</v>
       </c>
       <c r="C343" t="s">
-        <v>2247</v>
+        <v>29</v>
       </c>
       <c r="D343" t="s">
-        <v>1446</v>
+        <v>39</v>
       </c>
       <c r="E343">
-        <v>2026</v>
+        <v>1995</v>
       </c>
       <c r="F343" t="s">
-        <v>2343</v>
-[...3 lines deleted...]
-      </c>
+        <v>2330</v>
+      </c>
+      <c r="G343"/>
       <c r="H343" t="s">
-        <v>1040</v>
+        <v>87</v>
       </c>
       <c r="I343" t="s">
-        <v>2345</v>
+        <v>2331</v>
       </c>
       <c r="J343" t="s">
-        <v>2346</v>
+        <v>2332</v>
       </c>
       <c r="K343" t="s">
-        <v>2347</v>
+        <v>2333</v>
       </c>
       <c r="L343" t="s">
-        <v>2348</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="344" spans="1:12">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344" t="s">
-        <v>2349</v>
+        <v>2335</v>
       </c>
       <c r="C344" t="s">
-        <v>703</v>
+        <v>65</v>
       </c>
       <c r="D344" t="s">
-        <v>2350</v>
+        <v>2336</v>
       </c>
       <c r="E344">
-        <v>1988</v>
+        <v>2026</v>
       </c>
       <c r="F344" t="s">
-        <v>2351</v>
-[...1 lines deleted...]
-      <c r="G344"/>
+        <v>2337</v>
+      </c>
+      <c r="G344" t="s">
+        <v>2338</v>
+      </c>
       <c r="H344" t="s">
-        <v>745</v>
+        <v>149</v>
       </c>
       <c r="I344" t="s">
-        <v>2352</v>
+        <v>2339</v>
       </c>
       <c r="J344" t="s">
-        <v>2353</v>
+        <v>2340</v>
       </c>
       <c r="K344" t="s">
-        <v>2354</v>
+        <v>2341</v>
       </c>
       <c r="L344" t="s">
-        <v>2355</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="345" spans="1:12">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
-        <v>2356</v>
+        <v>2343</v>
       </c>
       <c r="C345" t="s">
-        <v>48</v>
+        <v>335</v>
       </c>
       <c r="D345" t="s">
         <v>75</v>
       </c>
       <c r="E345">
         <v>2026</v>
       </c>
       <c r="F345" t="s">
-        <v>2357</v>
-[...1 lines deleted...]
-      <c r="G345"/>
+        <v>2344</v>
+      </c>
+      <c r="G345" t="s">
+        <v>2345</v>
+      </c>
       <c r="H345" t="s">
-        <v>893</v>
+        <v>339</v>
       </c>
       <c r="I345" t="s">
-        <v>2358</v>
-[...1 lines deleted...]
-      <c r="J345"/>
+        <v>2346</v>
+      </c>
+      <c r="J345" t="s">
+        <v>2347</v>
+      </c>
       <c r="K345" t="s">
-        <v>2359</v>
+        <v>2348</v>
       </c>
       <c r="L345" t="s">
-        <v>2360</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="346" spans="1:12">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
-        <v>2361</v>
+        <v>2350</v>
       </c>
       <c r="C346" t="s">
         <v>29</v>
       </c>
       <c r="D346" t="s">
-        <v>154</v>
+        <v>1939</v>
       </c>
       <c r="E346">
         <v>2026</v>
       </c>
       <c r="F346" t="s">
-        <v>2362</v>
+        <v>2351</v>
       </c>
       <c r="G346"/>
       <c r="H346" t="s">
-        <v>356</v>
+        <v>254</v>
       </c>
       <c r="I346" t="s">
-        <v>2363</v>
+        <v>2352</v>
       </c>
       <c r="J346" t="s">
-        <v>2364</v>
+        <v>2352</v>
       </c>
       <c r="K346" t="s">
-        <v>2365</v>
+        <v>2353</v>
       </c>
       <c r="L346" t="s">
-        <v>2366</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="347" spans="1:12">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
-        <v>2367</v>
+        <v>2355</v>
       </c>
       <c r="C347" t="s">
-        <v>720</v>
+        <v>23</v>
       </c>
       <c r="D347" t="s">
-        <v>75</v>
+        <v>805</v>
       </c>
       <c r="E347">
         <v>2026</v>
       </c>
       <c r="F347" t="s">
-        <v>2368</v>
+        <v>2356</v>
       </c>
       <c r="G347"/>
       <c r="H347" t="s">
-        <v>722</v>
+        <v>807</v>
       </c>
       <c r="I347" t="s">
-        <v>2369</v>
+        <v>2357</v>
       </c>
       <c r="J347" t="s">
-        <v>2370</v>
+        <v>2358</v>
       </c>
       <c r="K347" t="s">
-        <v>2371</v>
+        <v>2359</v>
       </c>
       <c r="L347" t="s">
-        <v>2372</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="348" spans="1:12">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
-        <v>2373</v>
+        <v>2361</v>
       </c>
       <c r="C348" t="s">
-        <v>29</v>
+        <v>2362</v>
       </c>
       <c r="D348" t="s">
-        <v>363</v>
+        <v>472</v>
       </c>
       <c r="E348">
         <v>2026</v>
       </c>
       <c r="F348" t="s">
-        <v>2374</v>
-[...1 lines deleted...]
-      <c r="G348"/>
+        <v>2363</v>
+      </c>
+      <c r="G348" t="s">
+        <v>2364</v>
+      </c>
       <c r="H348" t="s">
-        <v>2375</v>
+        <v>1093</v>
       </c>
       <c r="I348" t="s">
-        <v>2376</v>
+        <v>2365</v>
       </c>
       <c r="J348" t="s">
-        <v>2377</v>
+        <v>2366</v>
       </c>
       <c r="K348" t="s">
-        <v>2378</v>
+        <v>2367</v>
       </c>
       <c r="L348" t="s">
-        <v>2379</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="349" spans="1:12">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>2380</v>
+        <v>2369</v>
       </c>
       <c r="C349" t="s">
-        <v>2381</v>
+        <v>65</v>
       </c>
       <c r="D349" t="s">
-        <v>2382</v>
+        <v>2370</v>
       </c>
       <c r="E349">
         <v>2026</v>
       </c>
       <c r="F349" t="s">
-        <v>2383</v>
-[...3 lines deleted...]
-      </c>
+        <v>2371</v>
+      </c>
+      <c r="G349"/>
       <c r="H349" t="s">
-        <v>2385</v>
+        <v>793</v>
       </c>
       <c r="I349" t="s">
-        <v>2386</v>
+        <v>2372</v>
       </c>
       <c r="J349" t="s">
-        <v>2387</v>
+        <v>2373</v>
       </c>
       <c r="K349" t="s">
-        <v>2388</v>
+        <v>2374</v>
       </c>
       <c r="L349" t="s">
-        <v>2389</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="350" spans="1:12">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>2390</v>
+        <v>2376</v>
       </c>
       <c r="C350" t="s">
-        <v>298</v>
+        <v>29</v>
       </c>
       <c r="D350" t="s">
-        <v>388</v>
+        <v>2377</v>
       </c>
       <c r="E350">
-        <v>2026</v>
+        <v>1978</v>
       </c>
       <c r="F350" t="s">
-        <v>2391</v>
+        <v>2378</v>
       </c>
       <c r="G350" t="s">
-        <v>2392</v>
+        <v>2379</v>
       </c>
       <c r="H350" t="s">
-        <v>301</v>
+        <v>815</v>
       </c>
       <c r="I350" t="s">
-        <v>2393</v>
+        <v>2380</v>
       </c>
       <c r="J350" t="s">
-        <v>2394</v>
+        <v>2381</v>
       </c>
       <c r="K350" t="s">
-        <v>2395</v>
+        <v>2382</v>
       </c>
       <c r="L350" t="s">
-        <v>2396</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="351" spans="1:12">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
-        <v>2397</v>
+        <v>2384</v>
       </c>
       <c r="C351" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="D351" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="E351">
-        <v>1984</v>
+        <v>2026</v>
       </c>
       <c r="F351" t="s">
-        <v>2398</v>
+        <v>2385</v>
       </c>
       <c r="G351" t="s">
-        <v>2399</v>
+        <v>2386</v>
       </c>
       <c r="H351" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="I351" t="s">
-        <v>2400</v>
+        <v>2387</v>
       </c>
       <c r="J351" t="s">
-        <v>2401</v>
-[...3 lines deleted...]
-      </c>
+        <v>2388</v>
+      </c>
+      <c r="K351"/>
       <c r="L351" t="s">
-        <v>2403</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="352" spans="1:12">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352" t="s">
-        <v>2404</v>
+        <v>2390</v>
       </c>
       <c r="C352" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="D352" t="s">
-        <v>2405</v>
+        <v>2391</v>
       </c>
       <c r="E352">
         <v>2026</v>
       </c>
       <c r="F352" t="s">
-        <v>2406</v>
-[...1 lines deleted...]
-      <c r="G352"/>
+        <v>2392</v>
+      </c>
+      <c r="G352" t="s">
+        <v>2393</v>
+      </c>
       <c r="H352" t="s">
-        <v>237</v>
+        <v>2394</v>
       </c>
       <c r="I352" t="s">
-        <v>2407</v>
+        <v>2395</v>
       </c>
       <c r="J352" t="s">
-        <v>2408</v>
+        <v>2396</v>
       </c>
       <c r="K352" t="s">
-        <v>2409</v>
+        <v>2397</v>
       </c>
       <c r="L352" t="s">
-        <v>2410</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="353" spans="1:12">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353" t="s">
-        <v>2411</v>
+        <v>2399</v>
       </c>
       <c r="C353" t="s">
-        <v>260</v>
+        <v>29</v>
       </c>
       <c r="D353" t="s">
-        <v>363</v>
+        <v>39</v>
       </c>
       <c r="E353">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F353" t="s">
-        <v>2412</v>
-[...3 lines deleted...]
-      </c>
+        <v>2400</v>
+      </c>
+      <c r="G353"/>
       <c r="H353" t="s">
-        <v>2414</v>
+        <v>2401</v>
       </c>
       <c r="I353" t="s">
-        <v>2415</v>
+        <v>2402</v>
       </c>
       <c r="J353" t="s">
-        <v>2416</v>
+        <v>2403</v>
       </c>
       <c r="K353" t="s">
-        <v>2417</v>
+        <v>2404</v>
       </c>
       <c r="L353" t="s">
-        <v>2418</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="354" spans="1:12">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354" t="s">
-        <v>2419</v>
+        <v>2406</v>
       </c>
       <c r="C354" t="s">
-        <v>2420</v>
+        <v>65</v>
       </c>
       <c r="D354" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="E354">
         <v>2026</v>
       </c>
       <c r="F354" t="s">
-        <v>2421</v>
-[...5 lines deleted...]
-        <v>526</v>
+        <v>2407</v>
+      </c>
+      <c r="G354"/>
+      <c r="H354">
+        <v>97</v>
       </c>
       <c r="I354" t="s">
-        <v>2423</v>
+        <v>2408</v>
       </c>
       <c r="J354" t="s">
-        <v>2424</v>
-[...1 lines deleted...]
-      <c r="K354"/>
+        <v>2409</v>
+      </c>
+      <c r="K354" t="s">
+        <v>2410</v>
+      </c>
       <c r="L354" t="s">
-        <v>2425</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="355" spans="1:12">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>2426</v>
+        <v>2412</v>
       </c>
       <c r="C355" t="s">
-        <v>2427</v>
+        <v>2317</v>
       </c>
       <c r="D355" t="s">
-        <v>30</v>
+        <v>1495</v>
       </c>
       <c r="E355">
         <v>2026</v>
       </c>
       <c r="F355" t="s">
-        <v>2428</v>
-[...1 lines deleted...]
-      <c r="G355"/>
+        <v>2413</v>
+      </c>
+      <c r="G355" t="s">
+        <v>2414</v>
+      </c>
       <c r="H355" t="s">
-        <v>2429</v>
+        <v>1073</v>
       </c>
       <c r="I355" t="s">
-        <v>2430</v>
+        <v>2415</v>
       </c>
       <c r="J355" t="s">
-        <v>2431</v>
+        <v>2416</v>
       </c>
       <c r="K355" t="s">
-        <v>2432</v>
+        <v>2417</v>
       </c>
       <c r="L355" t="s">
-        <v>2433</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="356" spans="1:12">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356" t="s">
-        <v>2434</v>
+        <v>2419</v>
       </c>
       <c r="C356" t="s">
-        <v>2435</v>
+        <v>717</v>
       </c>
       <c r="D356" t="s">
-        <v>388</v>
+        <v>2420</v>
       </c>
       <c r="E356">
-        <v>2026</v>
+        <v>1988</v>
       </c>
       <c r="F356" t="s">
-        <v>2436</v>
-[...3 lines deleted...]
-      </c>
+        <v>2421</v>
+      </c>
+      <c r="G356"/>
       <c r="H356" t="s">
-        <v>1519</v>
+        <v>759</v>
       </c>
       <c r="I356" t="s">
-        <v>2438</v>
+        <v>2422</v>
       </c>
       <c r="J356" t="s">
-        <v>2439</v>
+        <v>2423</v>
       </c>
       <c r="K356" t="s">
-        <v>2440</v>
+        <v>2424</v>
       </c>
       <c r="L356" t="s">
-        <v>2441</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="357" spans="1:12">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
-        <v>2442</v>
+        <v>2426</v>
       </c>
       <c r="C357" t="s">
-        <v>487</v>
+        <v>48</v>
       </c>
       <c r="D357" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="E357">
         <v>2026</v>
       </c>
       <c r="F357" t="s">
-        <v>2443</v>
+        <v>2427</v>
       </c>
       <c r="G357"/>
       <c r="H357" t="s">
-        <v>1155</v>
+        <v>920</v>
       </c>
       <c r="I357" t="s">
-        <v>2444</v>
-[...3 lines deleted...]
-      </c>
+        <v>2428</v>
+      </c>
+      <c r="J357"/>
       <c r="K357" t="s">
-        <v>2446</v>
+        <v>2429</v>
       </c>
       <c r="L357" t="s">
-        <v>2447</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="358" spans="1:12">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>2448</v>
+        <v>2431</v>
       </c>
       <c r="C358" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D358" t="s">
-        <v>39</v>
+        <v>154</v>
       </c>
       <c r="E358">
         <v>2026</v>
       </c>
       <c r="F358" t="s">
-        <v>2449</v>
+        <v>2432</v>
       </c>
       <c r="G358"/>
       <c r="H358" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-      <c r="J358"/>
+        <v>364</v>
+      </c>
+      <c r="I358" t="s">
+        <v>2433</v>
+      </c>
+      <c r="J358" t="s">
+        <v>2434</v>
+      </c>
       <c r="K358" t="s">
-        <v>2450</v>
+        <v>2435</v>
       </c>
       <c r="L358" t="s">
-        <v>2451</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="359" spans="1:12">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
-        <v>2452</v>
+        <v>2437</v>
       </c>
       <c r="C359" t="s">
-        <v>2453</v>
+        <v>734</v>
       </c>
       <c r="D359" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E359">
         <v>2026</v>
       </c>
       <c r="F359" t="s">
-        <v>2454</v>
+        <v>2438</v>
       </c>
       <c r="G359"/>
       <c r="H359" t="s">
-        <v>908</v>
+        <v>736</v>
       </c>
       <c r="I359" t="s">
-        <v>2455</v>
+        <v>2439</v>
       </c>
       <c r="J359" t="s">
-        <v>2456</v>
+        <v>2440</v>
       </c>
       <c r="K359" t="s">
-        <v>2457</v>
+        <v>2441</v>
       </c>
       <c r="L359" t="s">
-        <v>2458</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="360" spans="1:12">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
-        <v>2459</v>
-[...2 lines deleted...]
-      <c r="D360"/>
+        <v>2443</v>
+      </c>
+      <c r="C360" t="s">
+        <v>29</v>
+      </c>
+      <c r="D360" t="s">
+        <v>371</v>
+      </c>
       <c r="E360">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F360" t="s">
-        <v>2460</v>
-[...7 lines deleted...]
-      <c r="K360"/>
+        <v>2444</v>
+      </c>
+      <c r="G360"/>
+      <c r="H360" t="s">
+        <v>2445</v>
+      </c>
+      <c r="I360" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J360" t="s">
+        <v>2447</v>
+      </c>
+      <c r="K360" t="s">
+        <v>2448</v>
+      </c>
       <c r="L360" t="s">
-        <v>2462</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="361" spans="1:12">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
-        <v>2463</v>
+        <v>2450</v>
       </c>
       <c r="C361" t="s">
-        <v>13</v>
+        <v>2451</v>
       </c>
       <c r="D361" t="s">
-        <v>14</v>
+        <v>2452</v>
       </c>
       <c r="E361">
         <v>2026</v>
       </c>
       <c r="F361" t="s">
-        <v>2464</v>
+        <v>2453</v>
       </c>
       <c r="G361" t="s">
-        <v>2465</v>
+        <v>2454</v>
       </c>
       <c r="H361" t="s">
-        <v>1060</v>
+        <v>2455</v>
       </c>
       <c r="I361" t="s">
-        <v>2466</v>
+        <v>2456</v>
       </c>
       <c r="J361" t="s">
-        <v>2467</v>
-[...1 lines deleted...]
-      <c r="K361"/>
+        <v>2457</v>
+      </c>
+      <c r="K361" t="s">
+        <v>2458</v>
+      </c>
       <c r="L361" t="s">
-        <v>2468</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="362" spans="1:12">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
-        <v>2469</v>
+        <v>2460</v>
       </c>
       <c r="C362" t="s">
-        <v>99</v>
+        <v>306</v>
       </c>
       <c r="D362" t="s">
-        <v>75</v>
+        <v>396</v>
       </c>
       <c r="E362">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F362" t="s">
-        <v>2470</v>
-[...1 lines deleted...]
-      <c r="G362"/>
+        <v>2461</v>
+      </c>
+      <c r="G362" t="s">
+        <v>2462</v>
+      </c>
       <c r="H362" t="s">
-        <v>1614</v>
-[...2 lines deleted...]
-      <c r="J362"/>
+        <v>309</v>
+      </c>
+      <c r="I362" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J362" t="s">
+        <v>2464</v>
+      </c>
       <c r="K362" t="s">
-        <v>2471</v>
+        <v>2465</v>
       </c>
       <c r="L362" t="s">
-        <v>2472</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="363" spans="1:12">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
+        <v>2467</v>
+      </c>
+      <c r="C363" t="s">
+        <v>38</v>
+      </c>
+      <c r="D363" t="s">
+        <v>39</v>
+      </c>
+      <c r="E363">
+        <v>1984</v>
+      </c>
+      <c r="F363" t="s">
+        <v>2468</v>
+      </c>
+      <c r="G363" t="s">
+        <v>2469</v>
+      </c>
+      <c r="H363" t="s">
+        <v>630</v>
+      </c>
+      <c r="I363" t="s">
+        <v>2470</v>
+      </c>
+      <c r="J363" t="s">
+        <v>2471</v>
+      </c>
+      <c r="K363" t="s">
+        <v>2472</v>
+      </c>
+      <c r="L363" t="s">
         <v>2473</v>
-      </c>
-[...26 lines deleted...]
-        <v>2479</v>
       </c>
     </row>
     <row r="364" spans="1:12">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>2480</v>
+        <v>2474</v>
       </c>
       <c r="C364" t="s">
         <v>65</v>
       </c>
       <c r="D364" t="s">
-        <v>90</v>
+        <v>39</v>
       </c>
       <c r="E364">
         <v>2026</v>
       </c>
       <c r="F364" t="s">
-        <v>2481</v>
-[...3 lines deleted...]
-      </c>
+        <v>2475</v>
+      </c>
+      <c r="G364"/>
       <c r="H364" t="s">
-        <v>157</v>
+        <v>87</v>
       </c>
       <c r="I364" t="s">
-        <v>2483</v>
+        <v>2476</v>
       </c>
       <c r="J364" t="s">
-        <v>2484</v>
+        <v>2477</v>
       </c>
       <c r="K364" t="s">
-        <v>2485</v>
+        <v>2478</v>
       </c>
       <c r="L364" t="s">
-        <v>2486</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="365" spans="1:12">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>2487</v>
+        <v>2480</v>
       </c>
       <c r="C365" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="D365" t="s">
-        <v>39</v>
+        <v>2481</v>
       </c>
       <c r="E365">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F365" t="s">
-        <v>2488</v>
+        <v>2482</v>
       </c>
       <c r="G365"/>
       <c r="H365" t="s">
-        <v>2489</v>
-[...2 lines deleted...]
-      <c r="J365"/>
+        <v>237</v>
+      </c>
+      <c r="I365" t="s">
+        <v>2483</v>
+      </c>
+      <c r="J365" t="s">
+        <v>2484</v>
+      </c>
       <c r="K365" t="s">
-        <v>2490</v>
+        <v>2485</v>
       </c>
       <c r="L365" t="s">
-        <v>2491</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="366" spans="1:12">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
+        <v>2487</v>
+      </c>
+      <c r="C366" t="s">
+        <v>268</v>
+      </c>
+      <c r="D366" t="s">
+        <v>371</v>
+      </c>
+      <c r="E366">
+        <v>1970</v>
+      </c>
+      <c r="F366" t="s">
+        <v>2488</v>
+      </c>
+      <c r="G366" t="s">
+        <v>2489</v>
+      </c>
+      <c r="H366" t="s">
+        <v>2490</v>
+      </c>
+      <c r="I366" t="s">
+        <v>2491</v>
+      </c>
+      <c r="J366" t="s">
         <v>2492</v>
       </c>
-      <c r="C366" t="s">
-[...2 lines deleted...]
-      <c r="D366" t="s">
+      <c r="K366" t="s">
         <v>2493</v>
       </c>
-      <c r="E366">
-[...2 lines deleted...]
-      <c r="F366" t="s">
+      <c r="L366" t="s">
         <v>2494</v>
-      </c>
-[...16 lines deleted...]
-        <v>2499</v>
       </c>
     </row>
     <row r="367" spans="1:12">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
+        <v>2495</v>
+      </c>
+      <c r="C367" t="s">
+        <v>2496</v>
+      </c>
+      <c r="D367" t="s">
+        <v>14</v>
+      </c>
+      <c r="E367">
+        <v>2026</v>
+      </c>
+      <c r="F367" t="s">
+        <v>2497</v>
+      </c>
+      <c r="G367" t="s">
+        <v>2498</v>
+      </c>
+      <c r="H367" t="s">
+        <v>534</v>
+      </c>
+      <c r="I367" t="s">
+        <v>2499</v>
+      </c>
+      <c r="J367" t="s">
         <v>2500</v>
       </c>
-      <c r="C367" t="s">
-[...8 lines deleted...]
-      <c r="F367" t="s">
+      <c r="K367"/>
+      <c r="L367" t="s">
         <v>2501</v>
-      </c>
-[...14 lines deleted...]
-        <v>2505</v>
       </c>
     </row>
     <row r="368" spans="1:12">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
-        <v>2506</v>
+        <v>2502</v>
       </c>
       <c r="C368" t="s">
-        <v>99</v>
+        <v>2503</v>
       </c>
       <c r="D368" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="E368">
         <v>2026</v>
       </c>
       <c r="F368" t="s">
-        <v>2507</v>
+        <v>2504</v>
       </c>
       <c r="G368"/>
       <c r="H368" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I368" t="s">
+        <v>2506</v>
+      </c>
+      <c r="J368" t="s">
+        <v>2507</v>
+      </c>
+      <c r="K368" t="s">
         <v>2508</v>
       </c>
-      <c r="I368"/>
-[...1 lines deleted...]
-      <c r="K368" t="s">
+      <c r="L368" t="s">
         <v>2509</v>
-      </c>
-[...1 lines deleted...]
-        <v>2510</v>
       </c>
     </row>
     <row r="369" spans="1:12">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C369" t="s">
         <v>2511</v>
       </c>
-      <c r="C369" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D369" t="s">
-        <v>1656</v>
+        <v>396</v>
       </c>
       <c r="E369">
         <v>2026</v>
       </c>
       <c r="F369" t="s">
         <v>2512</v>
       </c>
       <c r="G369" t="s">
         <v>2513</v>
       </c>
       <c r="H369" t="s">
-        <v>59</v>
+        <v>1579</v>
       </c>
       <c r="I369" t="s">
         <v>2514</v>
       </c>
       <c r="J369" t="s">
         <v>2515</v>
       </c>
       <c r="K369" t="s">
         <v>2516</v>
       </c>
       <c r="L369" t="s">
         <v>2517</v>
       </c>
     </row>
     <row r="370" spans="1:12">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
         <v>2518</v>
       </c>
-      <c r="C370"/>
+      <c r="C370" t="s">
+        <v>495</v>
+      </c>
       <c r="D370" t="s">
-        <v>2056</v>
+        <v>14</v>
       </c>
       <c r="E370">
         <v>2026</v>
       </c>
       <c r="F370" t="s">
         <v>2519</v>
       </c>
       <c r="G370"/>
       <c r="H370" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I370" t="s">
         <v>2520</v>
       </c>
-      <c r="I370"/>
-      <c r="J370"/>
+      <c r="J370" t="s">
+        <v>2521</v>
+      </c>
       <c r="K370" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
       <c r="L370" t="s">
-        <v>2522</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="371" spans="1:12">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
-        <v>2523</v>
+        <v>2524</v>
       </c>
       <c r="C371" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="D371" t="s">
         <v>39</v>
       </c>
       <c r="E371">
         <v>2026</v>
       </c>
       <c r="F371" t="s">
-        <v>2524</v>
+        <v>2525</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>2525</v>
+        <v>184</v>
       </c>
       <c r="I371"/>
-      <c r="J371" t="s">
+      <c r="J371"/>
+      <c r="K371" t="s">
         <v>2526</v>
       </c>
-      <c r="K371" t="s">
+      <c r="L371" t="s">
         <v>2527</v>
-      </c>
-[...1 lines deleted...]
-        <v>2528</v>
       </c>
     </row>
     <row r="372" spans="1:12">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
+        <v>2528</v>
+      </c>
+      <c r="C372" t="s">
         <v>2529</v>
       </c>
-      <c r="C372" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D372" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="E372">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F372" t="s">
         <v>2530</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
+        <v>935</v>
+      </c>
+      <c r="I372" t="s">
         <v>2531</v>
       </c>
-      <c r="I372"/>
       <c r="J372" t="s">
         <v>2532</v>
       </c>
-      <c r="K372"/>
+      <c r="K372" t="s">
+        <v>2533</v>
+      </c>
       <c r="L372" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="373" spans="1:12">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
-        <v>2534</v>
-[...6 lines deleted...]
-      </c>
+        <v>2535</v>
+      </c>
+      <c r="C373"/>
+      <c r="D373"/>
       <c r="E373">
-        <v>1988</v>
+        <v>1970</v>
       </c>
       <c r="F373" t="s">
-        <v>2535</v>
-[...5 lines deleted...]
-      <c r="I373" t="s">
         <v>2536</v>
       </c>
-      <c r="J373" t="s">
+      <c r="G373" t="s">
         <v>2537</v>
       </c>
-      <c r="K373" t="s">
+      <c r="H373"/>
+      <c r="I373"/>
+      <c r="J373"/>
+      <c r="K373"/>
+      <c r="L373" t="s">
         <v>2538</v>
-      </c>
-[...1 lines deleted...]
-        <v>2539</v>
       </c>
     </row>
     <row r="374" spans="1:12">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C374" t="s">
+        <v>13</v>
+      </c>
+      <c r="D374" t="s">
+        <v>14</v>
+      </c>
+      <c r="E374">
+        <v>2026</v>
+      </c>
+      <c r="F374" t="s">
         <v>2540</v>
       </c>
-      <c r="C374" t="s">
-[...8 lines deleted...]
-      <c r="F374" t="s">
+      <c r="G374" t="s">
         <v>2541</v>
       </c>
-      <c r="G374" t="s">
+      <c r="H374" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I374" t="s">
         <v>2542</v>
       </c>
-      <c r="H374">
-[...2 lines deleted...]
-      <c r="I374" t="s">
+      <c r="J374" t="s">
         <v>2543</v>
-      </c>
-[...1 lines deleted...]
-        <v>2544</v>
       </c>
       <c r="K374"/>
       <c r="L374" t="s">
-        <v>2545</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="375" spans="1:12">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
+        <v>2545</v>
+      </c>
+      <c r="C375" t="s">
+        <v>99</v>
+      </c>
+      <c r="D375" t="s">
+        <v>75</v>
+      </c>
+      <c r="E375">
+        <v>1970</v>
+      </c>
+      <c r="F375" t="s">
         <v>2546</v>
       </c>
-      <c r="C375" t="s">
-[...8 lines deleted...]
-      <c r="F375" t="s">
+      <c r="G375"/>
+      <c r="H375" t="s">
+        <v>1680</v>
+      </c>
+      <c r="I375"/>
+      <c r="J375"/>
+      <c r="K375" t="s">
         <v>2547</v>
       </c>
-      <c r="G375" t="s">
+      <c r="L375" t="s">
         <v>2548</v>
-      </c>
-[...13 lines deleted...]
-        <v>2552</v>
       </c>
     </row>
     <row r="376" spans="1:12">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
-        <v>2553</v>
+        <v>2549</v>
       </c>
       <c r="C376" t="s">
-        <v>1532</v>
+        <v>259</v>
       </c>
       <c r="D376" t="s">
-        <v>24</v>
+        <v>252</v>
       </c>
       <c r="E376">
-        <v>2026</v>
-[...1 lines deleted...]
-      <c r="F376"/>
+        <v>1970</v>
+      </c>
+      <c r="F376" t="s">
+        <v>2550</v>
+      </c>
       <c r="G376"/>
       <c r="H376" t="s">
+        <v>2551</v>
+      </c>
+      <c r="I376" t="s">
+        <v>2552</v>
+      </c>
+      <c r="J376" t="s">
+        <v>2553</v>
+      </c>
+      <c r="K376" t="s">
         <v>2554</v>
       </c>
-      <c r="I376"/>
-      <c r="J376" t="s">
+      <c r="L376" t="s">
         <v>2555</v>
-      </c>
-[...2 lines deleted...]
-        <v>2556</v>
       </c>
     </row>
     <row r="377" spans="1:12">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
+        <v>2556</v>
+      </c>
+      <c r="C377" t="s">
+        <v>65</v>
+      </c>
+      <c r="D377" t="s">
+        <v>90</v>
+      </c>
+      <c r="E377">
+        <v>2026</v>
+      </c>
+      <c r="F377" t="s">
         <v>2557</v>
       </c>
-      <c r="C377" t="s">
-[...8 lines deleted...]
-      <c r="F377" t="s">
+      <c r="G377" t="s">
         <v>2558</v>
       </c>
-      <c r="G377"/>
       <c r="H377" t="s">
+        <v>157</v>
+      </c>
+      <c r="I377" t="s">
         <v>2559</v>
       </c>
-      <c r="I377" t="s">
+      <c r="J377" t="s">
         <v>2560</v>
       </c>
-      <c r="J377"/>
-      <c r="K377"/>
+      <c r="K377" t="s">
+        <v>2561</v>
+      </c>
       <c r="L377" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="378" spans="1:12">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>2562</v>
+        <v>2563</v>
       </c>
       <c r="C378" t="s">
         <v>83</v>
       </c>
       <c r="D378" t="s">
         <v>39</v>
       </c>
       <c r="E378">
         <v>1970</v>
       </c>
       <c r="F378" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
       <c r="G378"/>
       <c r="H378" t="s">
-        <v>2564</v>
-[...1 lines deleted...]
-      <c r="I378" t="s">
         <v>2565</v>
       </c>
-      <c r="J378" t="s">
+      <c r="I378"/>
+      <c r="J378"/>
+      <c r="K378" t="s">
         <v>2566</v>
       </c>
-      <c r="K378" t="s">
+      <c r="L378" t="s">
         <v>2567</v>
-      </c>
-[...1 lines deleted...]
-        <v>2568</v>
       </c>
     </row>
     <row r="379" spans="1:12">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
+        <v>2568</v>
+      </c>
+      <c r="C379" t="s">
+        <v>65</v>
+      </c>
+      <c r="D379" t="s">
         <v>2569</v>
-      </c>
-[...4 lines deleted...]
-        <v>502</v>
       </c>
       <c r="E379">
         <v>2026</v>
       </c>
       <c r="F379" t="s">
         <v>2570</v>
       </c>
       <c r="G379" t="s">
         <v>2571</v>
       </c>
       <c r="H379" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="I379" t="s">
         <v>2572</v>
       </c>
       <c r="J379" t="s">
         <v>2573</v>
       </c>
       <c r="K379" t="s">
         <v>2574</v>
       </c>
       <c r="L379" t="s">
         <v>2575</v>
       </c>
     </row>
     <row r="380" spans="1:12">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
         <v>2576</v>
       </c>
       <c r="C380" t="s">
-        <v>65</v>
+        <v>1030</v>
       </c>
       <c r="D380" t="s">
+        <v>948</v>
+      </c>
+      <c r="E380">
+        <v>1996</v>
+      </c>
+      <c r="F380" t="s">
         <v>2577</v>
       </c>
-      <c r="E380">
-[...2 lines deleted...]
-      <c r="F380" t="s">
+      <c r="G380"/>
+      <c r="H380" t="s">
+        <v>513</v>
+      </c>
+      <c r="I380" t="s">
         <v>2578</v>
       </c>
-      <c r="G380" t="s">
+      <c r="J380" t="s">
         <v>2579</v>
       </c>
-      <c r="H380" t="s">
-[...2 lines deleted...]
-      <c r="I380" t="s">
+      <c r="K380" t="s">
         <v>2580</v>
       </c>
-      <c r="J380" t="s">
+      <c r="L380" t="s">
         <v>2581</v>
-      </c>
-[...4 lines deleted...]
-        <v>2583</v>
       </c>
     </row>
     <row r="381" spans="1:12">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
+        <v>2582</v>
+      </c>
+      <c r="C381" t="s">
+        <v>99</v>
+      </c>
+      <c r="D381" t="s">
+        <v>75</v>
+      </c>
+      <c r="E381">
+        <v>2026</v>
+      </c>
+      <c r="F381" t="s">
+        <v>2583</v>
+      </c>
+      <c r="G381"/>
+      <c r="H381" t="s">
         <v>2584</v>
       </c>
-      <c r="C381" t="s">
-[...8 lines deleted...]
-      <c r="F381" t="s">
+      <c r="I381"/>
+      <c r="J381"/>
+      <c r="K381" t="s">
         <v>2585</v>
       </c>
-      <c r="G381" t="s">
+      <c r="L381" t="s">
         <v>2586</v>
-      </c>
-[...13 lines deleted...]
-        <v>2590</v>
       </c>
     </row>
     <row r="382" spans="1:12">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C382" t="s">
+        <v>38</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E382">
+        <v>2026</v>
+      </c>
+      <c r="F382" t="s">
+        <v>2588</v>
+      </c>
+      <c r="G382" t="s">
+        <v>2589</v>
+      </c>
+      <c r="H382" t="s">
+        <v>59</v>
+      </c>
+      <c r="I382" t="s">
+        <v>2590</v>
+      </c>
+      <c r="J382" t="s">
         <v>2591</v>
       </c>
-      <c r="C382" t="s">
-[...8 lines deleted...]
-      <c r="F382" t="s">
+      <c r="K382" t="s">
         <v>2592</v>
       </c>
-      <c r="G382"/>
-      <c r="H382" t="s">
+      <c r="L382" t="s">
         <v>2593</v>
-      </c>
-[...8 lines deleted...]
-        <v>2596</v>
       </c>
     </row>
     <row r="383" spans="1:12">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
-        <v>2597</v>
-[...3 lines deleted...]
-      </c>
+        <v>2594</v>
+      </c>
+      <c r="C383"/>
       <c r="D383" t="s">
-        <v>840</v>
+        <v>2120</v>
       </c>
       <c r="E383">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F383" t="s">
-        <v>2598</v>
+        <v>2595</v>
       </c>
       <c r="G383"/>
       <c r="H383" t="s">
-        <v>2599</v>
-[...6 lines deleted...]
-      </c>
+        <v>2596</v>
+      </c>
+      <c r="I383"/>
+      <c r="J383"/>
       <c r="K383" t="s">
-        <v>2602</v>
+        <v>2597</v>
       </c>
       <c r="L383" t="s">
-        <v>2603</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="384" spans="1:12">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
-        <v>2604</v>
+        <v>2599</v>
       </c>
       <c r="C384" t="s">
-        <v>2605</v>
+        <v>48</v>
       </c>
       <c r="D384" t="s">
-        <v>2606</v>
+        <v>39</v>
       </c>
       <c r="E384">
         <v>2026</v>
       </c>
       <c r="F384" t="s">
-        <v>2607</v>
+        <v>2600</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
-        <v>729</v>
-[...3 lines deleted...]
-      </c>
+        <v>2601</v>
+      </c>
+      <c r="I384"/>
       <c r="J384" t="s">
-        <v>2609</v>
+        <v>2602</v>
       </c>
       <c r="K384" t="s">
-        <v>2610</v>
+        <v>2603</v>
       </c>
       <c r="L384" t="s">
-        <v>2611</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="385" spans="1:12">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
-        <v>2612</v>
+        <v>2605</v>
       </c>
       <c r="C385" t="s">
-        <v>2613</v>
+        <v>83</v>
       </c>
       <c r="D385" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="E385">
         <v>1970</v>
       </c>
       <c r="F385" t="s">
-        <v>2614</v>
+        <v>2606</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
-        <v>2615</v>
-[...3 lines deleted...]
-      </c>
+        <v>2607</v>
+      </c>
+      <c r="I385"/>
       <c r="J385" t="s">
-        <v>2617</v>
-[...3 lines deleted...]
-      </c>
+        <v>2608</v>
+      </c>
+      <c r="K385"/>
       <c r="L385" t="s">
-        <v>2619</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="386" spans="1:12">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>2620</v>
+        <v>2610</v>
       </c>
       <c r="C386" t="s">
         <v>38</v>
       </c>
       <c r="D386" t="s">
-        <v>234</v>
+        <v>118</v>
       </c>
       <c r="E386">
-        <v>2026</v>
+        <v>1988</v>
       </c>
       <c r="F386" t="s">
-        <v>2621</v>
-[...3 lines deleted...]
-      </c>
+        <v>2611</v>
+      </c>
+      <c r="G386"/>
       <c r="H386" t="s">
-        <v>973</v>
+        <v>221</v>
       </c>
       <c r="I386" t="s">
-        <v>2623</v>
+        <v>2612</v>
       </c>
       <c r="J386" t="s">
-        <v>2624</v>
+        <v>2613</v>
       </c>
       <c r="K386" t="s">
-        <v>2625</v>
+        <v>2614</v>
       </c>
       <c r="L386" t="s">
-        <v>2626</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="387" spans="1:12">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
-        <v>2627</v>
+        <v>2616</v>
       </c>
       <c r="C387" t="s">
         <v>29</v>
       </c>
       <c r="D387" t="s">
-        <v>2628</v>
+        <v>371</v>
       </c>
       <c r="E387">
         <v>2026</v>
       </c>
       <c r="F387" t="s">
-        <v>2629</v>
-[...3 lines deleted...]
-        <v>2630</v>
+        <v>2617</v>
+      </c>
+      <c r="G387" t="s">
+        <v>2618</v>
+      </c>
+      <c r="H387">
+        <v>99</v>
       </c>
       <c r="I387" t="s">
-        <v>2631</v>
+        <v>2619</v>
       </c>
       <c r="J387" t="s">
-        <v>2632</v>
-[...3 lines deleted...]
-      </c>
+        <v>2620</v>
+      </c>
+      <c r="K387"/>
       <c r="L387" t="s">
-        <v>2634</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="388" spans="1:12">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
-        <v>2635</v>
+        <v>2622</v>
       </c>
       <c r="C388" t="s">
-        <v>65</v>
+        <v>259</v>
       </c>
       <c r="D388" t="s">
-        <v>234</v>
+        <v>154</v>
       </c>
       <c r="E388">
         <v>2026</v>
       </c>
       <c r="F388" t="s">
-        <v>2636</v>
+        <v>2623</v>
       </c>
       <c r="G388" t="s">
-        <v>2637</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>2624</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1073</v>
       </c>
       <c r="I388" t="s">
-        <v>2638</v>
+        <v>2625</v>
       </c>
       <c r="J388" t="s">
-        <v>2639</v>
+        <v>2626</v>
       </c>
       <c r="K388" t="s">
-        <v>2640</v>
+        <v>2627</v>
       </c>
       <c r="L388" t="s">
-        <v>2641</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="389" spans="1:12">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
-        <v>2642</v>
+        <v>2629</v>
       </c>
       <c r="C389" t="s">
-        <v>38</v>
+        <v>1592</v>
       </c>
       <c r="D389" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="E389">
         <v>2026</v>
       </c>
-      <c r="F389" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F389"/>
       <c r="G389"/>
       <c r="H389" t="s">
-        <v>2644</v>
-[...3 lines deleted...]
-      </c>
+        <v>2630</v>
+      </c>
+      <c r="I389"/>
       <c r="J389" t="s">
-        <v>2646</v>
-[...3 lines deleted...]
-      </c>
+        <v>2631</v>
+      </c>
+      <c r="K389"/>
       <c r="L389" t="s">
-        <v>2648</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="390" spans="1:12">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
-        <v>2649</v>
+        <v>2633</v>
       </c>
       <c r="C390" t="s">
-        <v>38</v>
+        <v>189</v>
       </c>
       <c r="D390" t="s">
-        <v>1734</v>
+        <v>75</v>
       </c>
       <c r="E390">
         <v>2026</v>
       </c>
       <c r="F390" t="s">
-        <v>2650</v>
-[...3 lines deleted...]
-      </c>
+        <v>2634</v>
+      </c>
+      <c r="G390"/>
       <c r="H390" t="s">
-        <v>1040</v>
+        <v>2635</v>
       </c>
       <c r="I390" t="s">
-        <v>2652</v>
-[...6 lines deleted...]
-      </c>
+        <v>2636</v>
+      </c>
+      <c r="J390"/>
+      <c r="K390"/>
       <c r="L390" t="s">
-        <v>2655</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="391" spans="1:12">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
-        <v>2656</v>
+        <v>2638</v>
       </c>
       <c r="C391" t="s">
-        <v>251</v>
+        <v>83</v>
       </c>
       <c r="D391" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="E391">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F391" t="s">
-        <v>2657</v>
-[...3 lines deleted...]
-      </c>
+        <v>2639</v>
+      </c>
+      <c r="G391"/>
       <c r="H391" t="s">
-        <v>908</v>
+        <v>2640</v>
       </c>
       <c r="I391" t="s">
-        <v>2659</v>
+        <v>2641</v>
       </c>
       <c r="J391" t="s">
-        <v>2660</v>
+        <v>2642</v>
       </c>
       <c r="K391" t="s">
-        <v>2661</v>
+        <v>2643</v>
       </c>
       <c r="L391" t="s">
-        <v>2662</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="392" spans="1:12">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
-        <v>2663</v>
+        <v>2645</v>
       </c>
       <c r="C392" t="s">
-        <v>1347</v>
+        <v>38</v>
       </c>
       <c r="D392" t="s">
-        <v>363</v>
+        <v>510</v>
       </c>
       <c r="E392">
         <v>2026</v>
       </c>
       <c r="F392" t="s">
-        <v>2664</v>
-[...1 lines deleted...]
-      <c r="G392"/>
+        <v>2646</v>
+      </c>
+      <c r="G392" t="s">
+        <v>2647</v>
+      </c>
       <c r="H392" t="s">
-        <v>2665</v>
+        <v>534</v>
       </c>
       <c r="I392" t="s">
-        <v>2666</v>
+        <v>2648</v>
       </c>
       <c r="J392" t="s">
-        <v>2667</v>
+        <v>2649</v>
       </c>
       <c r="K392" t="s">
-        <v>2668</v>
+        <v>2650</v>
       </c>
       <c r="L392" t="s">
-        <v>2669</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="393" spans="1:12">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
-        <v>2670</v>
+        <v>2652</v>
       </c>
       <c r="C393" t="s">
-        <v>298</v>
+        <v>65</v>
       </c>
       <c r="D393" t="s">
-        <v>464</v>
+        <v>2653</v>
       </c>
       <c r="E393">
         <v>2026</v>
       </c>
       <c r="F393" t="s">
-        <v>2671</v>
-[...2 lines deleted...]
-      <c r="H393"/>
+        <v>2654</v>
+      </c>
+      <c r="G393" t="s">
+        <v>2655</v>
+      </c>
+      <c r="H393" t="s">
+        <v>743</v>
+      </c>
       <c r="I393" t="s">
-        <v>2672</v>
+        <v>2656</v>
       </c>
       <c r="J393" t="s">
-        <v>2673</v>
+        <v>2657</v>
       </c>
       <c r="K393" t="s">
-        <v>2674</v>
+        <v>2658</v>
       </c>
       <c r="L393" t="s">
-        <v>2675</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="394" spans="1:12">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
-        <v>2676</v>
+        <v>2660</v>
       </c>
       <c r="C394" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="D394" t="s">
-        <v>14</v>
+        <v>472</v>
       </c>
       <c r="E394">
         <v>2026</v>
       </c>
       <c r="F394" t="s">
-        <v>2677</v>
+        <v>2661</v>
       </c>
       <c r="G394" t="s">
-        <v>2678</v>
+        <v>2662</v>
       </c>
       <c r="H394" t="s">
-        <v>622</v>
+        <v>582</v>
       </c>
       <c r="I394" t="s">
-        <v>2679</v>
+        <v>2663</v>
       </c>
       <c r="J394" t="s">
-        <v>2680</v>
+        <v>2664</v>
       </c>
       <c r="K394" t="s">
-        <v>2681</v>
+        <v>2665</v>
       </c>
       <c r="L394" t="s">
-        <v>2682</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="395" spans="1:12">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
-        <v>2683</v>
+        <v>2667</v>
       </c>
       <c r="C395" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="D395" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="E395">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F395" t="s">
-        <v>2684</v>
+        <v>2668</v>
       </c>
       <c r="G395"/>
       <c r="H395" t="s">
-        <v>107</v>
+        <v>2669</v>
       </c>
       <c r="I395" t="s">
-        <v>2685</v>
-[...4 lines deleted...]
-      </c>
+        <v>2670</v>
+      </c>
+      <c r="J395" t="s">
+        <v>2671</v>
+      </c>
+      <c r="K395"/>
       <c r="L395" t="s">
-        <v>2687</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="396" spans="1:12">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
-        <v>2688</v>
+        <v>2673</v>
       </c>
       <c r="C396" t="s">
-        <v>251</v>
+        <v>38</v>
       </c>
       <c r="D396" t="s">
-        <v>464</v>
+        <v>861</v>
       </c>
       <c r="E396">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F396" t="s">
-        <v>2689</v>
+        <v>2674</v>
       </c>
       <c r="G396"/>
       <c r="H396" t="s">
-        <v>2690</v>
+        <v>2675</v>
       </c>
       <c r="I396" t="s">
-        <v>2691</v>
+        <v>2676</v>
       </c>
       <c r="J396" t="s">
-        <v>2692</v>
+        <v>2677</v>
       </c>
       <c r="K396" t="s">
-        <v>2693</v>
+        <v>2678</v>
       </c>
       <c r="L396" t="s">
-        <v>2694</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="397" spans="1:12">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
-        <v>2695</v>
+        <v>2680</v>
       </c>
       <c r="C397" t="s">
-        <v>38</v>
+        <v>2681</v>
       </c>
       <c r="D397" t="s">
-        <v>39</v>
+        <v>2682</v>
       </c>
       <c r="E397">
         <v>2026</v>
       </c>
       <c r="F397" t="s">
-        <v>2696</v>
-[...3 lines deleted...]
-      </c>
+        <v>2683</v>
+      </c>
+      <c r="G397"/>
       <c r="H397" t="s">
-        <v>1155</v>
+        <v>743</v>
       </c>
       <c r="I397" t="s">
-        <v>2698</v>
+        <v>2684</v>
       </c>
       <c r="J397" t="s">
-        <v>2699</v>
+        <v>2685</v>
       </c>
       <c r="K397" t="s">
-        <v>2700</v>
+        <v>2686</v>
       </c>
       <c r="L397" t="s">
-        <v>2701</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="398" spans="1:12">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
-        <v>2702</v>
+        <v>2688</v>
       </c>
       <c r="C398" t="s">
-        <v>1255</v>
+        <v>2689</v>
       </c>
       <c r="D398" t="s">
-        <v>39</v>
+        <v>154</v>
       </c>
       <c r="E398">
         <v>1970</v>
       </c>
       <c r="F398" t="s">
-        <v>2703</v>
+        <v>2690</v>
       </c>
       <c r="G398"/>
       <c r="H398" t="s">
-        <v>817</v>
+        <v>2691</v>
       </c>
       <c r="I398" t="s">
-        <v>2704</v>
+        <v>2692</v>
       </c>
       <c r="J398" t="s">
-        <v>2705</v>
+        <v>2693</v>
       </c>
       <c r="K398" t="s">
-        <v>2706</v>
+        <v>2694</v>
       </c>
       <c r="L398" t="s">
-        <v>2707</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="399" spans="1:12">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
-        <v>2708</v>
+        <v>2696</v>
       </c>
       <c r="C399" t="s">
-        <v>251</v>
+        <v>38</v>
       </c>
       <c r="D399" t="s">
-        <v>118</v>
+        <v>234</v>
       </c>
       <c r="E399">
         <v>2026</v>
       </c>
       <c r="F399" t="s">
-        <v>2709</v>
-[...1 lines deleted...]
-      <c r="G399"/>
+        <v>2697</v>
+      </c>
+      <c r="G399" t="s">
+        <v>2698</v>
+      </c>
       <c r="H399" t="s">
-        <v>32</v>
+        <v>254</v>
       </c>
       <c r="I399" t="s">
-        <v>2710</v>
+        <v>2699</v>
       </c>
       <c r="J399" t="s">
-        <v>2711</v>
+        <v>2700</v>
       </c>
       <c r="K399" t="s">
-        <v>2712</v>
+        <v>2701</v>
       </c>
       <c r="L399" t="s">
-        <v>2713</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="400" spans="1:12">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
-        <v>2714</v>
+        <v>2703</v>
       </c>
       <c r="C400" t="s">
-        <v>298</v>
+        <v>29</v>
       </c>
       <c r="D400" t="s">
-        <v>464</v>
+        <v>2704</v>
       </c>
       <c r="E400">
         <v>2026</v>
       </c>
       <c r="F400" t="s">
-        <v>2715</v>
+        <v>2705</v>
       </c>
       <c r="G400"/>
       <c r="H400" t="s">
-        <v>1166</v>
+        <v>2706</v>
       </c>
       <c r="I400" t="s">
-        <v>2716</v>
+        <v>2707</v>
       </c>
       <c r="J400" t="s">
-        <v>2717</v>
+        <v>2708</v>
       </c>
       <c r="K400" t="s">
-        <v>2718</v>
+        <v>2709</v>
       </c>
       <c r="L400" t="s">
-        <v>2719</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="401" spans="1:12">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
-        <v>2720</v>
+        <v>2711</v>
       </c>
       <c r="C401" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="D401" t="s">
-        <v>39</v>
+        <v>234</v>
       </c>
       <c r="E401">
         <v>2026</v>
       </c>
       <c r="F401" t="s">
-        <v>2721</v>
-[...3 lines deleted...]
-        <v>2722</v>
+        <v>2712</v>
+      </c>
+      <c r="G401" t="s">
+        <v>2713</v>
+      </c>
+      <c r="H401">
+        <v>104</v>
       </c>
       <c r="I401" t="s">
-        <v>2723</v>
+        <v>2714</v>
       </c>
       <c r="J401" t="s">
-        <v>2724</v>
+        <v>2715</v>
       </c>
       <c r="K401" t="s">
-        <v>2725</v>
+        <v>2716</v>
       </c>
       <c r="L401" t="s">
-        <v>2726</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="402" spans="1:12">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
-        <v>2727</v>
+        <v>2718</v>
       </c>
       <c r="C402" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="D402" t="s">
-        <v>595</v>
+        <v>75</v>
       </c>
       <c r="E402">
         <v>2026</v>
       </c>
       <c r="F402" t="s">
-        <v>2728</v>
+        <v>2719</v>
       </c>
       <c r="G402"/>
       <c r="H402" t="s">
-        <v>2729</v>
+        <v>2720</v>
       </c>
       <c r="I402" t="s">
-        <v>2730</v>
-[...1 lines deleted...]
-      <c r="J402"/>
+        <v>2721</v>
+      </c>
+      <c r="J402" t="s">
+        <v>2722</v>
+      </c>
       <c r="K402" t="s">
-        <v>2731</v>
+        <v>2723</v>
       </c>
       <c r="L402" t="s">
-        <v>2732</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="403" spans="1:12">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403" t="s">
-        <v>2733</v>
+        <v>2725</v>
       </c>
       <c r="C403" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="D403" t="s">
-        <v>2734</v>
+        <v>252</v>
       </c>
       <c r="E403">
         <v>2026</v>
       </c>
       <c r="F403" t="s">
-        <v>2735</v>
-[...1 lines deleted...]
-      <c r="G403"/>
+        <v>2726</v>
+      </c>
+      <c r="G403" t="s">
+        <v>2727</v>
+      </c>
       <c r="H403" t="s">
-        <v>2736</v>
+        <v>1073</v>
       </c>
       <c r="I403" t="s">
-        <v>2737</v>
+        <v>2728</v>
       </c>
       <c r="J403" t="s">
-        <v>2738</v>
+        <v>2729</v>
       </c>
       <c r="K403" t="s">
-        <v>2739</v>
+        <v>2730</v>
       </c>
       <c r="L403" t="s">
-        <v>2740</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="404" spans="1:12">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404" t="s">
-        <v>2741</v>
+        <v>2732</v>
       </c>
       <c r="C404" t="s">
-        <v>83</v>
+        <v>259</v>
       </c>
       <c r="D404" t="s">
-        <v>328</v>
+        <v>234</v>
       </c>
       <c r="E404">
         <v>2026</v>
       </c>
       <c r="F404" t="s">
-        <v>2742</v>
-[...1 lines deleted...]
-      <c r="G404"/>
+        <v>2733</v>
+      </c>
+      <c r="G404" t="s">
+        <v>2734</v>
+      </c>
       <c r="H404" t="s">
-        <v>87</v>
+        <v>935</v>
       </c>
       <c r="I404" t="s">
-        <v>2743</v>
+        <v>2735</v>
       </c>
       <c r="J404" t="s">
-        <v>2744</v>
+        <v>2736</v>
       </c>
       <c r="K404" t="s">
-        <v>2745</v>
+        <v>2737</v>
       </c>
       <c r="L404" t="s">
-        <v>2746</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="405" spans="1:12">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405" t="s">
-        <v>2747</v>
+        <v>2739</v>
       </c>
       <c r="C405" t="s">
-        <v>83</v>
+        <v>1390</v>
       </c>
       <c r="D405" t="s">
-        <v>328</v>
+        <v>371</v>
       </c>
       <c r="E405">
         <v>2026</v>
       </c>
       <c r="F405" t="s">
-        <v>2748</v>
+        <v>2740</v>
       </c>
       <c r="G405"/>
       <c r="H405" t="s">
-        <v>314</v>
+        <v>2741</v>
       </c>
       <c r="I405" t="s">
-        <v>2749</v>
+        <v>2742</v>
       </c>
       <c r="J405" t="s">
-        <v>2750</v>
+        <v>2743</v>
       </c>
       <c r="K405" t="s">
-        <v>2751</v>
+        <v>2744</v>
       </c>
       <c r="L405" t="s">
-        <v>2752</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406" t="s">
-        <v>2753</v>
+        <v>2746</v>
       </c>
       <c r="C406" t="s">
-        <v>29</v>
+        <v>306</v>
       </c>
       <c r="D406" t="s">
-        <v>363</v>
+        <v>472</v>
       </c>
       <c r="E406">
-        <v>1962</v>
+        <v>2026</v>
       </c>
       <c r="F406" t="s">
-        <v>2754</v>
-[...6 lines deleted...]
-      </c>
+        <v>2747</v>
+      </c>
+      <c r="G406"/>
+      <c r="H406"/>
       <c r="I406" t="s">
-        <v>2756</v>
+        <v>2748</v>
       </c>
       <c r="J406" t="s">
-        <v>2757</v>
-[...1 lines deleted...]
-      <c r="K406"/>
+        <v>2749</v>
+      </c>
+      <c r="K406" t="s">
+        <v>2750</v>
+      </c>
       <c r="L406" t="s">
-        <v>2758</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="407" spans="1:12">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407" t="s">
-        <v>2759</v>
+        <v>2752</v>
       </c>
       <c r="C407" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="D407" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="E407">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F407" t="s">
-        <v>2760</v>
-[...1 lines deleted...]
-      <c r="G407"/>
+        <v>2753</v>
+      </c>
+      <c r="G407" t="s">
+        <v>2754</v>
+      </c>
       <c r="H407" t="s">
-        <v>2761</v>
+        <v>630</v>
       </c>
       <c r="I407" t="s">
-        <v>2762</v>
+        <v>2755</v>
       </c>
       <c r="J407" t="s">
-        <v>2763</v>
-[...1 lines deleted...]
-      <c r="K407"/>
+        <v>2756</v>
+      </c>
+      <c r="K407" t="s">
+        <v>2757</v>
+      </c>
       <c r="L407" t="s">
-        <v>2764</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="408" spans="1:12">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408" t="s">
-        <v>2765</v>
+        <v>2759</v>
       </c>
       <c r="C408" t="s">
-        <v>189</v>
+        <v>48</v>
       </c>
       <c r="D408" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E408">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F408" t="s">
-        <v>2766</v>
+        <v>2760</v>
       </c>
       <c r="G408"/>
       <c r="H408" t="s">
-        <v>2767</v>
+        <v>107</v>
       </c>
       <c r="I408" t="s">
-        <v>2768</v>
+        <v>2761</v>
       </c>
       <c r="J408"/>
       <c r="K408" t="s">
-        <v>2769</v>
+        <v>2762</v>
       </c>
       <c r="L408" t="s">
-        <v>2770</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="409" spans="1:12">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409" t="s">
-        <v>2771</v>
+        <v>2764</v>
       </c>
       <c r="C409" t="s">
-        <v>2772</v>
+        <v>259</v>
       </c>
       <c r="D409" t="s">
-        <v>75</v>
+        <v>472</v>
       </c>
       <c r="E409">
         <v>2026</v>
       </c>
       <c r="F409" t="s">
-        <v>2773</v>
+        <v>2765</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="I409"/>
+        <v>2766</v>
+      </c>
+      <c r="I409" t="s">
+        <v>2767</v>
+      </c>
       <c r="J409" t="s">
-        <v>2774</v>
+        <v>2768</v>
       </c>
       <c r="K409" t="s">
-        <v>2775</v>
+        <v>2769</v>
       </c>
       <c r="L409" t="s">
-        <v>2776</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="410" spans="1:12">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410" t="s">
+        <v>2771</v>
+      </c>
+      <c r="C410" t="s">
+        <v>38</v>
+      </c>
+      <c r="D410" t="s">
+        <v>39</v>
+      </c>
+      <c r="E410">
+        <v>2026</v>
+      </c>
+      <c r="F410" t="s">
+        <v>2772</v>
+      </c>
+      <c r="G410" t="s">
+        <v>2773</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I410" t="s">
+        <v>2774</v>
+      </c>
+      <c r="J410" t="s">
+        <v>2775</v>
+      </c>
+      <c r="K410" t="s">
+        <v>2776</v>
+      </c>
+      <c r="L410" t="s">
         <v>2777</v>
-      </c>
-[...26 lines deleted...]
-        <v>2782</v>
       </c>
     </row>
     <row r="411" spans="1:12">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411" t="s">
+        <v>2778</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D411" t="s">
+        <v>39</v>
+      </c>
+      <c r="E411">
+        <v>1970</v>
+      </c>
+      <c r="F411" t="s">
+        <v>2779</v>
+      </c>
+      <c r="G411"/>
+      <c r="H411" t="s">
+        <v>838</v>
+      </c>
+      <c r="I411" t="s">
+        <v>2780</v>
+      </c>
+      <c r="J411" t="s">
+        <v>2781</v>
+      </c>
+      <c r="K411" t="s">
+        <v>2782</v>
+      </c>
+      <c r="L411" t="s">
         <v>2783</v>
       </c>
-      <c r="C411" t="s">
-[...26 lines deleted...]
-      <c r="L411"/>
     </row>
     <row r="412" spans="1:12">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412" t="s">
-        <v>2787</v>
+        <v>2784</v>
       </c>
       <c r="C412" t="s">
-        <v>23</v>
+        <v>259</v>
       </c>
       <c r="D412" t="s">
         <v>118</v>
       </c>
       <c r="E412">
         <v>2026</v>
       </c>
       <c r="F412" t="s">
-        <v>2788</v>
+        <v>2785</v>
       </c>
       <c r="G412"/>
       <c r="H412" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="I412"/>
+        <v>32</v>
+      </c>
+      <c r="I412" t="s">
+        <v>2786</v>
+      </c>
       <c r="J412" t="s">
+        <v>2787</v>
+      </c>
+      <c r="K412" t="s">
+        <v>2788</v>
+      </c>
+      <c r="L412" t="s">
         <v>2789</v>
-      </c>
-[...4 lines deleted...]
-        <v>2791</v>
       </c>
     </row>
     <row r="413" spans="1:12">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413" t="s">
+        <v>2790</v>
+      </c>
+      <c r="C413" t="s">
+        <v>306</v>
+      </c>
+      <c r="D413" t="s">
+        <v>472</v>
+      </c>
+      <c r="E413">
+        <v>2026</v>
+      </c>
+      <c r="F413" t="s">
+        <v>2791</v>
+      </c>
+      <c r="G413"/>
+      <c r="H413" t="s">
+        <v>793</v>
+      </c>
+      <c r="I413" t="s">
         <v>2792</v>
       </c>
-      <c r="C413" t="s">
-[...2 lines deleted...]
-      <c r="D413" t="s">
+      <c r="J413" t="s">
         <v>2793</v>
       </c>
-      <c r="E413">
-[...2 lines deleted...]
-      <c r="F413" t="s">
+      <c r="K413" t="s">
         <v>2794</v>
       </c>
-      <c r="G413" t="s">
+      <c r="L413" t="s">
         <v>2795</v>
-      </c>
-[...9 lines deleted...]
-        <v>2797</v>
       </c>
     </row>
     <row r="414" spans="1:12">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414" t="s">
-        <v>2798</v>
+        <v>2796</v>
       </c>
       <c r="C414" t="s">
         <v>83</v>
       </c>
       <c r="D414" t="s">
-        <v>397</v>
+        <v>39</v>
       </c>
       <c r="E414">
         <v>2026</v>
       </c>
       <c r="F414" t="s">
+        <v>2797</v>
+      </c>
+      <c r="G414"/>
+      <c r="H414" t="s">
+        <v>2798</v>
+      </c>
+      <c r="I414" t="s">
         <v>2799</v>
       </c>
-      <c r="G414" t="s">
+      <c r="J414" t="s">
         <v>2800</v>
       </c>
-      <c r="H414" t="s">
-[...2 lines deleted...]
-      <c r="I414" t="s">
+      <c r="K414" t="s">
         <v>2801</v>
       </c>
-      <c r="J414" t="s">
+      <c r="L414" t="s">
         <v>2802</v>
-      </c>
-[...4 lines deleted...]
-        <v>2804</v>
       </c>
     </row>
     <row r="415" spans="1:12">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415" t="s">
-        <v>2805</v>
+        <v>2803</v>
       </c>
       <c r="C415" t="s">
-        <v>2806</v>
+        <v>83</v>
       </c>
       <c r="D415" t="s">
-        <v>2807</v>
+        <v>603</v>
       </c>
       <c r="E415">
         <v>2026</v>
       </c>
       <c r="F415" t="s">
-        <v>2808</v>
+        <v>2804</v>
       </c>
       <c r="G415"/>
       <c r="H415" t="s">
-        <v>215</v>
+        <v>2805</v>
       </c>
       <c r="I415" t="s">
-        <v>2809</v>
-[...3 lines deleted...]
-      </c>
+        <v>2806</v>
+      </c>
+      <c r="J415"/>
       <c r="K415" t="s">
-        <v>2811</v>
+        <v>2807</v>
       </c>
       <c r="L415" t="s">
-        <v>2812</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="416" spans="1:12">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>2813</v>
+        <v>2809</v>
       </c>
       <c r="C416" t="s">
-        <v>111</v>
+        <v>83</v>
       </c>
       <c r="D416" t="s">
-        <v>118</v>
+        <v>2810</v>
       </c>
       <c r="E416">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F416" t="s">
-        <v>2814</v>
+        <v>2811</v>
       </c>
       <c r="G416"/>
       <c r="H416" t="s">
+        <v>2812</v>
+      </c>
+      <c r="I416" t="s">
+        <v>2813</v>
+      </c>
+      <c r="J416" t="s">
+        <v>2814</v>
+      </c>
+      <c r="K416" t="s">
         <v>2815</v>
       </c>
-      <c r="I416" t="s">
+      <c r="L416" t="s">
         <v>2816</v>
-      </c>
-[...7 lines deleted...]
-        <v>2819</v>
       </c>
     </row>
     <row r="417" spans="1:12">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417" t="s">
-        <v>2820</v>
+        <v>2817</v>
       </c>
       <c r="C417" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="D417" t="s">
-        <v>75</v>
+        <v>336</v>
       </c>
       <c r="E417">
         <v>2026</v>
       </c>
       <c r="F417" t="s">
-        <v>2821</v>
+        <v>2818</v>
       </c>
       <c r="G417"/>
       <c r="H417" t="s">
-        <v>1729</v>
-[...1 lines deleted...]
-      <c r="I417"/>
+        <v>87</v>
+      </c>
+      <c r="I417" t="s">
+        <v>2819</v>
+      </c>
       <c r="J417" t="s">
+        <v>2820</v>
+      </c>
+      <c r="K417" t="s">
+        <v>2821</v>
+      </c>
+      <c r="L417" t="s">
         <v>2822</v>
-      </c>
-[...4 lines deleted...]
-        <v>2824</v>
       </c>
     </row>
     <row r="418" spans="1:12">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
-        <v>2825</v>
+        <v>2823</v>
       </c>
       <c r="C418" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="D418" t="s">
-        <v>1458</v>
+        <v>336</v>
       </c>
       <c r="E418">
         <v>2026</v>
       </c>
       <c r="F418" t="s">
-        <v>2826</v>
+        <v>2824</v>
       </c>
       <c r="G418"/>
       <c r="H418" t="s">
+        <v>322</v>
+      </c>
+      <c r="I418" t="s">
+        <v>2825</v>
+      </c>
+      <c r="J418" t="s">
+        <v>2826</v>
+      </c>
+      <c r="K418" t="s">
         <v>2827</v>
       </c>
-      <c r="I418" t="s">
+      <c r="L418" t="s">
         <v>2828</v>
-      </c>
-[...7 lines deleted...]
-        <v>2831</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419" t="s">
-        <v>2832</v>
+        <v>2829</v>
       </c>
       <c r="C419" t="s">
         <v>29</v>
       </c>
       <c r="D419" t="s">
-        <v>39</v>
+        <v>371</v>
       </c>
       <c r="E419">
-        <v>1989</v>
+        <v>1962</v>
       </c>
       <c r="F419" t="s">
+        <v>2830</v>
+      </c>
+      <c r="G419" t="s">
+        <v>2831</v>
+      </c>
+      <c r="H419">
+        <v>77</v>
+      </c>
+      <c r="I419" t="s">
+        <v>2832</v>
+      </c>
+      <c r="J419" t="s">
         <v>2833</v>
       </c>
-      <c r="G419"/>
-      <c r="H419" t="s">
+      <c r="K419"/>
+      <c r="L419" t="s">
         <v>2834</v>
-      </c>
-[...10 lines deleted...]
-        <v>2838</v>
       </c>
     </row>
     <row r="420" spans="1:12">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420" t="s">
-        <v>2839</v>
+        <v>2835</v>
       </c>
       <c r="C420" t="s">
-        <v>2840</v>
+        <v>23</v>
       </c>
       <c r="D420" t="s">
-        <v>800</v>
+        <v>75</v>
       </c>
       <c r="E420">
         <v>1970</v>
       </c>
       <c r="F420" t="s">
-        <v>2841</v>
+        <v>2836</v>
       </c>
       <c r="G420"/>
       <c r="H420" t="s">
-        <v>2842</v>
+        <v>2837</v>
       </c>
       <c r="I420" t="s">
-        <v>2843</v>
+        <v>2838</v>
       </c>
       <c r="J420" t="s">
-        <v>2844</v>
-[...3 lines deleted...]
-      </c>
+        <v>2839</v>
+      </c>
+      <c r="K420"/>
       <c r="L420" t="s">
-        <v>2846</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="421" spans="1:12">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421" t="s">
-        <v>2847</v>
+        <v>2841</v>
       </c>
       <c r="C421" t="s">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="D421" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E421">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F421" t="s">
-        <v>2848</v>
+        <v>2842</v>
       </c>
       <c r="G421"/>
       <c r="H421" t="s">
-        <v>1155</v>
+        <v>2843</v>
       </c>
       <c r="I421" t="s">
-        <v>2849</v>
-[...3 lines deleted...]
-      </c>
+        <v>2844</v>
+      </c>
+      <c r="J421"/>
       <c r="K421" t="s">
-        <v>2851</v>
+        <v>2845</v>
       </c>
       <c r="L421" t="s">
-        <v>2852</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="422" spans="1:12">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
-        <v>2853</v>
+        <v>2847</v>
       </c>
       <c r="C422" t="s">
-        <v>23</v>
+        <v>2848</v>
       </c>
       <c r="D422" t="s">
-        <v>800</v>
+        <v>75</v>
       </c>
       <c r="E422">
         <v>2026</v>
       </c>
       <c r="F422" t="s">
-        <v>2854</v>
-[...3 lines deleted...]
-      </c>
+        <v>2849</v>
+      </c>
+      <c r="G422"/>
       <c r="H422" t="s">
-        <v>939</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="I422"/>
       <c r="J422" t="s">
-        <v>2857</v>
+        <v>2850</v>
       </c>
       <c r="K422" t="s">
-        <v>2858</v>
+        <v>2851</v>
       </c>
       <c r="L422" t="s">
-        <v>2859</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="423" spans="1:12">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
-        <v>2860</v>
+        <v>2853</v>
       </c>
       <c r="C423" t="s">
-        <v>2861</v>
+        <v>259</v>
       </c>
       <c r="D423" t="s">
-        <v>24</v>
+        <v>234</v>
       </c>
       <c r="E423">
         <v>2026</v>
       </c>
-      <c r="F423"/>
+      <c r="F423" t="s">
+        <v>2854</v>
+      </c>
       <c r="G423"/>
       <c r="H423" t="s">
-        <v>2862</v>
-[...1 lines deleted...]
-      <c r="I423"/>
+        <v>17</v>
+      </c>
+      <c r="I423" t="s">
+        <v>2855</v>
+      </c>
       <c r="J423" t="s">
-        <v>2863</v>
+        <v>2856</v>
       </c>
       <c r="K423" t="s">
-        <v>2864</v>
+        <v>2857</v>
       </c>
       <c r="L423" t="s">
-        <v>2865</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="424" spans="1:12">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
-        <v>2866</v>
+        <v>2859</v>
       </c>
       <c r="C424" t="s">
-        <v>65</v>
+        <v>259</v>
       </c>
       <c r="D424" t="s">
-        <v>75</v>
+        <v>2860</v>
       </c>
       <c r="E424">
         <v>2026</v>
       </c>
       <c r="F424" t="s">
-        <v>2867</v>
-[...1 lines deleted...]
-      <c r="G424"/>
+        <v>2854</v>
+      </c>
+      <c r="G424" t="s">
+        <v>2861</v>
+      </c>
       <c r="H424" t="s">
-        <v>794</v>
+        <v>17</v>
       </c>
       <c r="I424" t="s">
-        <v>2868</v>
+        <v>2855</v>
       </c>
       <c r="J424" t="s">
-        <v>2869</v>
+        <v>2862</v>
       </c>
       <c r="K424" t="s">
-        <v>2870</v>
-[...3 lines deleted...]
-      </c>
+        <v>2857</v>
+      </c>
+      <c r="L424"/>
     </row>
     <row r="425" spans="1:12">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
-        <v>2872</v>
+        <v>2863</v>
       </c>
       <c r="C425" t="s">
-        <v>2873</v>
+        <v>23</v>
       </c>
       <c r="D425" t="s">
-        <v>502</v>
+        <v>118</v>
       </c>
       <c r="E425">
         <v>2026</v>
       </c>
       <c r="F425" t="s">
-        <v>2874</v>
-[...3 lines deleted...]
-      </c>
+        <v>2864</v>
+      </c>
+      <c r="G425"/>
       <c r="H425" t="s">
-        <v>736</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I425"/>
       <c r="J425" t="s">
-        <v>2877</v>
+        <v>2865</v>
       </c>
       <c r="K425" t="s">
-        <v>2878</v>
+        <v>2866</v>
       </c>
       <c r="L425" t="s">
-        <v>2879</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="426" spans="1:12">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
-        <v>2880</v>
+        <v>2868</v>
       </c>
       <c r="C426" t="s">
-        <v>65</v>
+        <v>636</v>
       </c>
       <c r="D426" t="s">
-        <v>234</v>
+        <v>2869</v>
       </c>
       <c r="E426">
         <v>2026</v>
       </c>
       <c r="F426" t="s">
-        <v>2881</v>
+        <v>2870</v>
       </c>
       <c r="G426" t="s">
-        <v>2882</v>
+        <v>2871</v>
       </c>
       <c r="H426" t="s">
-        <v>68</v>
-[...6 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="I426"/>
+      <c r="J426"/>
       <c r="K426" t="s">
-        <v>2885</v>
+        <v>2872</v>
       </c>
       <c r="L426" t="s">
-        <v>2886</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="427" spans="1:12">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
-        <v>2887</v>
+        <v>2874</v>
       </c>
       <c r="C427" t="s">
-        <v>298</v>
+        <v>83</v>
       </c>
       <c r="D427" t="s">
-        <v>75</v>
+        <v>405</v>
       </c>
       <c r="E427">
         <v>2026</v>
       </c>
       <c r="F427" t="s">
-        <v>2888</v>
-[...1 lines deleted...]
-      <c r="G427"/>
+        <v>2875</v>
+      </c>
+      <c r="G427" t="s">
+        <v>2876</v>
+      </c>
       <c r="H427" t="s">
-        <v>908</v>
+        <v>1310</v>
       </c>
       <c r="I427" t="s">
-        <v>2889</v>
+        <v>2877</v>
       </c>
       <c r="J427" t="s">
-        <v>2890</v>
+        <v>2878</v>
       </c>
       <c r="K427" t="s">
-        <v>2891</v>
+        <v>2879</v>
       </c>
       <c r="L427" t="s">
-        <v>2892</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="428" spans="1:12">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
-        <v>2893</v>
+        <v>2881</v>
       </c>
       <c r="C428" t="s">
-        <v>65</v>
+        <v>2882</v>
       </c>
       <c r="D428" t="s">
-        <v>2894</v>
+        <v>2883</v>
       </c>
       <c r="E428">
         <v>2026</v>
       </c>
       <c r="F428" t="s">
-        <v>2895</v>
-[...3 lines deleted...]
-      </c>
+        <v>2884</v>
+      </c>
+      <c r="G428"/>
       <c r="H428" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-      <c r="J428"/>
+        <v>215</v>
+      </c>
+      <c r="I428" t="s">
+        <v>2885</v>
+      </c>
+      <c r="J428" t="s">
+        <v>2886</v>
+      </c>
       <c r="K428" t="s">
-        <v>2897</v>
+        <v>2887</v>
       </c>
       <c r="L428" t="s">
-        <v>2898</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="429" spans="1:12">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
-        <v>2899</v>
+        <v>2889</v>
       </c>
       <c r="C429" t="s">
-        <v>251</v>
+        <v>111</v>
       </c>
       <c r="D429" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="E429">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F429" t="s">
-        <v>2900</v>
+        <v>2890</v>
       </c>
       <c r="G429"/>
       <c r="H429" t="s">
-        <v>87</v>
+        <v>2891</v>
       </c>
       <c r="I429" t="s">
-        <v>2901</v>
+        <v>2892</v>
       </c>
       <c r="J429" t="s">
-        <v>2902</v>
+        <v>2893</v>
       </c>
       <c r="K429" t="s">
-        <v>2903</v>
+        <v>2894</v>
       </c>
       <c r="L429" t="s">
-        <v>2904</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="430" spans="1:12">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
-        <v>2905</v>
+        <v>2896</v>
       </c>
       <c r="C430" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="D430" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="E430">
         <v>2026</v>
       </c>
-      <c r="F430">
-[...4 lines deleted...]
-      </c>
+      <c r="F430" t="s">
+        <v>2897</v>
+      </c>
+      <c r="G430"/>
       <c r="H430" t="s">
-        <v>1060</v>
-[...3 lines deleted...]
-      </c>
+        <v>1795</v>
+      </c>
+      <c r="I430"/>
       <c r="J430" t="s">
-        <v>2908</v>
+        <v>2898</v>
       </c>
       <c r="K430" t="s">
-        <v>2909</v>
+        <v>2899</v>
       </c>
       <c r="L430" t="s">
-        <v>2910</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="431" spans="1:12">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
-        <v>2911</v>
+        <v>2901</v>
       </c>
       <c r="C431" t="s">
         <v>23</v>
       </c>
       <c r="D431" t="s">
-        <v>75</v>
+        <v>1513</v>
       </c>
       <c r="E431">
         <v>2026</v>
       </c>
       <c r="F431" t="s">
-        <v>2912</v>
+        <v>2902</v>
       </c>
       <c r="G431"/>
       <c r="H431" t="s">
-        <v>778</v>
-[...1 lines deleted...]
-      <c r="I431"/>
+        <v>2903</v>
+      </c>
+      <c r="I431" t="s">
+        <v>2904</v>
+      </c>
       <c r="J431" t="s">
-        <v>2913</v>
-[...1 lines deleted...]
-      <c r="K431"/>
+        <v>2905</v>
+      </c>
+      <c r="K431" t="s">
+        <v>2906</v>
+      </c>
       <c r="L431" t="s">
-        <v>2914</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="432" spans="1:12">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>2915</v>
+        <v>2908</v>
       </c>
       <c r="C432" t="s">
-        <v>487</v>
+        <v>29</v>
       </c>
       <c r="D432" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="E432">
-        <v>2026</v>
-[...1 lines deleted...]
-      <c r="F432"/>
+        <v>1989</v>
+      </c>
+      <c r="F432" t="s">
+        <v>2909</v>
+      </c>
       <c r="G432"/>
       <c r="H432" t="s">
-        <v>17</v>
+        <v>2910</v>
       </c>
       <c r="I432" t="s">
-        <v>2916</v>
+        <v>2911</v>
       </c>
       <c r="J432" t="s">
-        <v>2917</v>
-[...1 lines deleted...]
-      <c r="K432"/>
+        <v>2912</v>
+      </c>
+      <c r="K432" t="s">
+        <v>2913</v>
+      </c>
       <c r="L432" t="s">
-        <v>2918</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="433" spans="1:12">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
-        <v>2919</v>
+        <v>2915</v>
       </c>
       <c r="C433" t="s">
-        <v>189</v>
+        <v>2916</v>
       </c>
       <c r="D433" t="s">
-        <v>75</v>
+        <v>821</v>
       </c>
       <c r="E433">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F433" t="s">
-        <v>2920</v>
+        <v>2917</v>
       </c>
       <c r="G433"/>
       <c r="H433" t="s">
+        <v>2918</v>
+      </c>
+      <c r="I433" t="s">
+        <v>2919</v>
+      </c>
+      <c r="J433" t="s">
+        <v>2920</v>
+      </c>
+      <c r="K433" t="s">
         <v>2921</v>
       </c>
-      <c r="I433" t="s">
+      <c r="L433" t="s">
         <v>2922</v>
-      </c>
-[...5 lines deleted...]
-        <v>2924</v>
       </c>
     </row>
     <row r="434" spans="1:12">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
-        <v>2925</v>
+        <v>2923</v>
       </c>
       <c r="C434" t="s">
-        <v>177</v>
+        <v>29</v>
       </c>
       <c r="D434" t="s">
         <v>39</v>
       </c>
       <c r="E434">
         <v>2026</v>
       </c>
       <c r="F434" t="s">
-        <v>2926</v>
+        <v>2924</v>
       </c>
       <c r="G434"/>
       <c r="H434" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-      <c r="J434"/>
+        <v>1194</v>
+      </c>
+      <c r="I434" t="s">
+        <v>2925</v>
+      </c>
+      <c r="J434" t="s">
+        <v>2926</v>
+      </c>
       <c r="K434" t="s">
         <v>2927</v>
       </c>
       <c r="L434" t="s">
         <v>2928</v>
       </c>
     </row>
     <row r="435" spans="1:12">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
         <v>2929</v>
       </c>
       <c r="C435" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="D435" t="s">
-        <v>39</v>
+        <v>821</v>
       </c>
       <c r="E435">
         <v>2026</v>
       </c>
       <c r="F435" t="s">
         <v>2930</v>
       </c>
-      <c r="G435"/>
+      <c r="G435" t="s">
+        <v>2931</v>
+      </c>
       <c r="H435" t="s">
-        <v>2931</v>
-[...2 lines deleted...]
-      <c r="J435"/>
+        <v>966</v>
+      </c>
+      <c r="I435" t="s">
+        <v>2932</v>
+      </c>
+      <c r="J435" t="s">
+        <v>2933</v>
+      </c>
       <c r="K435" t="s">
-        <v>2932</v>
+        <v>2934</v>
       </c>
       <c r="L435" t="s">
-        <v>2933</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="436" spans="1:12">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
-        <v>2934</v>
-[...1 lines deleted...]
-      <c r="C436"/>
+        <v>2936</v>
+      </c>
+      <c r="C436" t="s">
+        <v>2937</v>
+      </c>
       <c r="D436" t="s">
-        <v>2056</v>
+        <v>24</v>
       </c>
       <c r="E436">
-        <v>1970</v>
-[...3 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="F436"/>
       <c r="G436"/>
       <c r="H436" t="s">
-        <v>2936</v>
+        <v>2938</v>
       </c>
       <c r="I436"/>
-      <c r="J436"/>
+      <c r="J436" t="s">
+        <v>2939</v>
+      </c>
       <c r="K436" t="s">
-        <v>2937</v>
+        <v>2940</v>
       </c>
       <c r="L436" t="s">
-        <v>2938</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="437" spans="1:12">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
-        <v>2939</v>
+        <v>2942</v>
       </c>
       <c r="C437" t="s">
-        <v>2940</v>
+        <v>65</v>
       </c>
       <c r="D437" t="s">
-        <v>234</v>
+        <v>75</v>
       </c>
       <c r="E437">
         <v>2026</v>
       </c>
       <c r="F437" t="s">
-        <v>2941</v>
-[...3 lines deleted...]
-      </c>
+        <v>2943</v>
+      </c>
+      <c r="G437"/>
       <c r="H437" t="s">
-        <v>582</v>
+        <v>815</v>
       </c>
       <c r="I437" t="s">
-        <v>2943</v>
-[...2 lines deleted...]
-      <c r="K437"/>
+        <v>2944</v>
+      </c>
+      <c r="J437" t="s">
+        <v>2945</v>
+      </c>
+      <c r="K437" t="s">
+        <v>2946</v>
+      </c>
       <c r="L437" t="s">
-        <v>2944</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="438" spans="1:12">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
-        <v>2945</v>
+        <v>2948</v>
       </c>
       <c r="C438" t="s">
-        <v>1127</v>
+        <v>2949</v>
       </c>
       <c r="D438" t="s">
-        <v>2946</v>
+        <v>510</v>
       </c>
       <c r="E438">
         <v>2026</v>
       </c>
       <c r="F438" t="s">
-        <v>2947</v>
+        <v>2950</v>
       </c>
       <c r="G438" t="s">
-        <v>2948</v>
+        <v>2951</v>
       </c>
       <c r="H438" t="s">
-        <v>1040</v>
+        <v>750</v>
       </c>
       <c r="I438" t="s">
-        <v>2949</v>
+        <v>2952</v>
       </c>
       <c r="J438" t="s">
-        <v>2950</v>
+        <v>2953</v>
       </c>
       <c r="K438" t="s">
-        <v>2951</v>
+        <v>2954</v>
       </c>
       <c r="L438" t="s">
-        <v>2952</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="439" spans="1:12">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
-        <v>2953</v>
+        <v>2956</v>
       </c>
       <c r="C439" t="s">
         <v>65</v>
       </c>
       <c r="D439" t="s">
-        <v>2405</v>
+        <v>234</v>
       </c>
       <c r="E439">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F439" t="s">
-        <v>2954</v>
-[...1 lines deleted...]
-      <c r="G439"/>
+        <v>2957</v>
+      </c>
+      <c r="G439" t="s">
+        <v>2958</v>
+      </c>
       <c r="H439" t="s">
-        <v>2955</v>
+        <v>68</v>
       </c>
       <c r="I439" t="s">
-        <v>2956</v>
+        <v>2959</v>
       </c>
       <c r="J439" t="s">
-        <v>2957</v>
+        <v>2960</v>
       </c>
       <c r="K439" t="s">
-        <v>2958</v>
+        <v>2961</v>
       </c>
       <c r="L439" t="s">
-        <v>2959</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="440" spans="1:12">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
-        <v>2960</v>
+        <v>2963</v>
       </c>
       <c r="C440" t="s">
-        <v>29</v>
+        <v>306</v>
       </c>
       <c r="D440" t="s">
-        <v>206</v>
+        <v>75</v>
       </c>
       <c r="E440">
         <v>2026</v>
       </c>
       <c r="F440" t="s">
-        <v>2961</v>
-[...3 lines deleted...]
-      </c>
+        <v>2964</v>
+      </c>
+      <c r="G440"/>
       <c r="H440" t="s">
-        <v>2963</v>
+        <v>935</v>
       </c>
       <c r="I440" t="s">
-        <v>2964</v>
+        <v>2965</v>
       </c>
       <c r="J440" t="s">
-        <v>2965</v>
+        <v>2966</v>
       </c>
       <c r="K440" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
       <c r="L440" t="s">
-        <v>2967</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
-        <v>2968</v>
+        <v>2969</v>
       </c>
       <c r="C441" t="s">
         <v>65</v>
       </c>
       <c r="D441" t="s">
-        <v>388</v>
+        <v>2970</v>
       </c>
       <c r="E441">
         <v>2026</v>
       </c>
       <c r="F441" t="s">
-        <v>2969</v>
+        <v>2971</v>
       </c>
       <c r="G441" t="s">
-        <v>2970</v>
+        <v>2972</v>
       </c>
       <c r="H441" t="s">
-        <v>2971</v>
-[...4 lines deleted...]
-      <c r="J441" t="s">
+        <v>87</v>
+      </c>
+      <c r="I441"/>
+      <c r="J441"/>
+      <c r="K441" t="s">
         <v>2973</v>
       </c>
-      <c r="K441" t="s">
+      <c r="L441" t="s">
         <v>2974</v>
-      </c>
-[...1 lines deleted...]
-        <v>2975</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
+        <v>2975</v>
+      </c>
+      <c r="C442" t="s">
+        <v>259</v>
+      </c>
+      <c r="D442" t="s">
+        <v>75</v>
+      </c>
+      <c r="E442">
+        <v>2026</v>
+      </c>
+      <c r="F442" t="s">
         <v>2976</v>
-      </c>
-[...10 lines deleted...]
-        <v>2977</v>
       </c>
       <c r="G442"/>
       <c r="H442" t="s">
-        <v>157</v>
+        <v>87</v>
       </c>
       <c r="I442" t="s">
+        <v>2977</v>
+      </c>
+      <c r="J442" t="s">
         <v>2978</v>
       </c>
-      <c r="J442" t="s">
+      <c r="K442" t="s">
         <v>2979</v>
       </c>
-      <c r="K442" t="s">
+      <c r="L442" t="s">
         <v>2980</v>
-      </c>
-[...1 lines deleted...]
-        <v>2981</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
+        <v>2981</v>
+      </c>
+      <c r="C443" t="s">
+        <v>38</v>
+      </c>
+      <c r="D443" t="s">
+        <v>90</v>
+      </c>
+      <c r="E443">
+        <v>2026</v>
+      </c>
+      <c r="F443">
+        <v>303</v>
+      </c>
+      <c r="G443" t="s">
         <v>2982</v>
       </c>
-      <c r="C443" t="s">
-[...8 lines deleted...]
-      <c r="F443" t="s">
+      <c r="H443" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I443" t="s">
         <v>2983</v>
       </c>
-      <c r="G443" t="s">
+      <c r="J443" t="s">
         <v>2984</v>
       </c>
-      <c r="H443" t="s">
-[...2 lines deleted...]
-      <c r="I443" t="s">
+      <c r="K443" t="s">
         <v>2985</v>
       </c>
-      <c r="J443" t="s">
+      <c r="L443" t="s">
         <v>2986</v>
-      </c>
-[...4 lines deleted...]
-        <v>2988</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
-        <v>2989</v>
+        <v>2987</v>
       </c>
       <c r="C444" t="s">
-        <v>2990</v>
+        <v>23</v>
       </c>
       <c r="D444" t="s">
-        <v>2991</v>
+        <v>75</v>
       </c>
       <c r="E444">
         <v>2026</v>
       </c>
       <c r="F444" t="s">
-        <v>2992</v>
+        <v>2988</v>
       </c>
       <c r="G444"/>
       <c r="H444" t="s">
-        <v>673</v>
-[...3 lines deleted...]
-      </c>
+        <v>799</v>
+      </c>
+      <c r="I444"/>
       <c r="J444" t="s">
-        <v>2994</v>
-[...3 lines deleted...]
-      </c>
+        <v>2989</v>
+      </c>
+      <c r="K444"/>
       <c r="L444" t="s">
-        <v>2996</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445" t="s">
-        <v>2997</v>
+        <v>2991</v>
       </c>
       <c r="C445" t="s">
-        <v>83</v>
+        <v>495</v>
       </c>
       <c r="D445" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="E445">
         <v>2026</v>
       </c>
-      <c r="F445" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F445"/>
       <c r="G445"/>
       <c r="H445" t="s">
-        <v>2999</v>
-[...1 lines deleted...]
-      <c r="I445"/>
+        <v>17</v>
+      </c>
+      <c r="I445" t="s">
+        <v>2992</v>
+      </c>
       <c r="J445" t="s">
-        <v>3000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2993</v>
+      </c>
+      <c r="K445"/>
       <c r="L445" t="s">
-        <v>3002</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="446" spans="1:12">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446" t="s">
-        <v>3003</v>
+        <v>2995</v>
       </c>
       <c r="C446" t="s">
-        <v>2772</v>
+        <v>189</v>
       </c>
       <c r="D446" t="s">
         <v>75</v>
       </c>
       <c r="E446">
         <v>2026</v>
       </c>
       <c r="F446" t="s">
-        <v>3004</v>
-[...3 lines deleted...]
-      </c>
+        <v>2996</v>
+      </c>
+      <c r="G446"/>
       <c r="H446" t="s">
-        <v>622</v>
+        <v>2997</v>
       </c>
       <c r="I446" t="s">
-        <v>3006</v>
+        <v>2998</v>
       </c>
       <c r="J446" t="s">
-        <v>3007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2999</v>
+      </c>
+      <c r="K446"/>
       <c r="L446" t="s">
-        <v>3009</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="447" spans="1:12">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447" t="s">
-        <v>3010</v>
+        <v>3001</v>
       </c>
       <c r="C447" t="s">
-        <v>29</v>
+        <v>177</v>
       </c>
       <c r="D447" t="s">
-        <v>840</v>
+        <v>39</v>
       </c>
       <c r="E447">
         <v>2026</v>
       </c>
       <c r="F447" t="s">
-        <v>3011</v>
+        <v>3002</v>
       </c>
       <c r="G447"/>
       <c r="H447" t="s">
-        <v>3012</v>
-[...7 lines deleted...]
-      <c r="K447"/>
+        <v>107</v>
+      </c>
+      <c r="I447"/>
+      <c r="J447"/>
+      <c r="K447" t="s">
+        <v>3003</v>
+      </c>
       <c r="L447" t="s">
-        <v>3015</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448" t="s">
-        <v>3016</v>
+        <v>3005</v>
       </c>
       <c r="C448" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="D448" t="s">
-        <v>502</v>
+        <v>39</v>
       </c>
       <c r="E448">
         <v>2026</v>
       </c>
       <c r="F448" t="s">
-        <v>3017</v>
-[...3 lines deleted...]
-      </c>
+        <v>3006</v>
+      </c>
+      <c r="G448"/>
       <c r="H448" t="s">
-        <v>149</v>
-[...6 lines deleted...]
-      </c>
+        <v>3007</v>
+      </c>
+      <c r="I448"/>
+      <c r="J448"/>
       <c r="K448" t="s">
-        <v>3021</v>
+        <v>3008</v>
       </c>
       <c r="L448" t="s">
-        <v>3022</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449" t="s">
-        <v>3023</v>
-[...3 lines deleted...]
-      </c>
+        <v>3010</v>
+      </c>
+      <c r="C449"/>
       <c r="D449" t="s">
-        <v>39</v>
+        <v>2120</v>
       </c>
       <c r="E449">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F449" t="s">
-        <v>3024</v>
+        <v>3011</v>
       </c>
       <c r="G449"/>
       <c r="H449" t="s">
-        <v>786</v>
+        <v>3012</v>
       </c>
       <c r="I449"/>
       <c r="J449"/>
       <c r="K449" t="s">
-        <v>3025</v>
+        <v>3013</v>
       </c>
       <c r="L449" t="s">
-        <v>3026</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450" t="s">
-        <v>3027</v>
+        <v>3015</v>
       </c>
       <c r="C450" t="s">
-        <v>3028</v>
+        <v>3016</v>
       </c>
       <c r="D450" t="s">
-        <v>14</v>
+        <v>234</v>
       </c>
       <c r="E450">
         <v>2026</v>
       </c>
       <c r="F450" t="s">
-        <v>3029</v>
+        <v>3017</v>
       </c>
       <c r="G450" t="s">
-        <v>3030</v>
+        <v>3018</v>
       </c>
       <c r="H450" t="s">
-        <v>149</v>
+        <v>590</v>
       </c>
       <c r="I450" t="s">
-        <v>3031</v>
-[...6 lines deleted...]
-      </c>
+        <v>3019</v>
+      </c>
+      <c r="J450"/>
+      <c r="K450"/>
       <c r="L450" t="s">
-        <v>3034</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451" t="s">
-        <v>3035</v>
+        <v>3021</v>
       </c>
       <c r="C451" t="s">
-        <v>83</v>
+        <v>1166</v>
       </c>
       <c r="D451" t="s">
-        <v>3036</v>
+        <v>3022</v>
       </c>
       <c r="E451">
         <v>2026</v>
       </c>
       <c r="F451" t="s">
-        <v>3037</v>
+        <v>3023</v>
       </c>
       <c r="G451" t="s">
-        <v>3038</v>
+        <v>3024</v>
       </c>
       <c r="H451" t="s">
-        <v>973</v>
+        <v>1073</v>
       </c>
       <c r="I451" t="s">
-        <v>3039</v>
+        <v>3025</v>
       </c>
       <c r="J451" t="s">
-        <v>3040</v>
+        <v>3026</v>
       </c>
       <c r="K451" t="s">
-        <v>3041</v>
+        <v>3027</v>
       </c>
       <c r="L451" t="s">
-        <v>3042</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452" t="s">
-        <v>3043</v>
+        <v>3029</v>
       </c>
       <c r="C452" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="D452" t="s">
-        <v>905</v>
+        <v>2481</v>
       </c>
       <c r="E452">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F452" t="s">
-        <v>3044</v>
-[...3 lines deleted...]
-      </c>
+        <v>3030</v>
+      </c>
+      <c r="G452"/>
       <c r="H452" t="s">
-        <v>722</v>
+        <v>3031</v>
       </c>
       <c r="I452" t="s">
-        <v>3046</v>
+        <v>3032</v>
       </c>
       <c r="J452" t="s">
-        <v>3047</v>
+        <v>3033</v>
       </c>
       <c r="K452" t="s">
-        <v>3048</v>
+        <v>3034</v>
       </c>
       <c r="L452" t="s">
-        <v>3049</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453" t="s">
-        <v>3050</v>
+        <v>3036</v>
       </c>
       <c r="C453" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="D453" t="s">
-        <v>397</v>
+        <v>206</v>
       </c>
       <c r="E453">
         <v>2026</v>
       </c>
       <c r="F453" t="s">
-        <v>3051</v>
+        <v>3037</v>
       </c>
       <c r="G453" t="s">
-        <v>3052</v>
+        <v>3038</v>
       </c>
       <c r="H453" t="s">
-        <v>331</v>
+        <v>3039</v>
       </c>
       <c r="I453" t="s">
-        <v>3053</v>
+        <v>3040</v>
       </c>
       <c r="J453" t="s">
-        <v>3054</v>
+        <v>3041</v>
       </c>
       <c r="K453" t="s">
-        <v>3055</v>
+        <v>3042</v>
       </c>
       <c r="L453" t="s">
-        <v>3056</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="454" spans="1:12">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454" t="s">
-        <v>3057</v>
+        <v>3044</v>
       </c>
       <c r="C454" t="s">
         <v>65</v>
       </c>
       <c r="D454" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="E454">
         <v>2026</v>
       </c>
       <c r="F454" t="s">
-        <v>3058</v>
+        <v>3045</v>
       </c>
       <c r="G454" t="s">
-        <v>3059</v>
+        <v>3046</v>
       </c>
       <c r="H454" t="s">
-        <v>526</v>
+        <v>3047</v>
       </c>
       <c r="I454" t="s">
-        <v>3060</v>
+        <v>3048</v>
       </c>
       <c r="J454" t="s">
-        <v>3061</v>
+        <v>3049</v>
       </c>
       <c r="K454" t="s">
-        <v>3062</v>
+        <v>3050</v>
       </c>
       <c r="L454" t="s">
-        <v>3063</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455" t="s">
-        <v>3064</v>
+        <v>3052</v>
       </c>
       <c r="C455" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D455" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E455">
-        <v>2026</v>
+        <v>1997</v>
       </c>
       <c r="F455" t="s">
-        <v>3065</v>
+        <v>3053</v>
       </c>
       <c r="G455"/>
       <c r="H455" t="s">
-        <v>848</v>
+        <v>157</v>
       </c>
       <c r="I455" t="s">
-        <v>3066</v>
+        <v>3054</v>
       </c>
       <c r="J455" t="s">
-        <v>3067</v>
+        <v>3055</v>
       </c>
       <c r="K455" t="s">
-        <v>3068</v>
+        <v>3056</v>
       </c>
       <c r="L455" t="s">
-        <v>3069</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456" t="s">
-        <v>3070</v>
-[...1 lines deleted...]
-      <c r="C456"/>
+        <v>3058</v>
+      </c>
+      <c r="C456" t="s">
+        <v>65</v>
+      </c>
       <c r="D456" t="s">
-        <v>24</v>
+        <v>234</v>
       </c>
       <c r="E456">
         <v>2026</v>
       </c>
       <c r="F456" t="s">
-        <v>3071</v>
-[...1 lines deleted...]
-      <c r="G456"/>
+        <v>3059</v>
+      </c>
+      <c r="G456" t="s">
+        <v>3060</v>
+      </c>
       <c r="H456" t="s">
-        <v>3072</v>
-[...1 lines deleted...]
-      <c r="I456"/>
+        <v>68</v>
+      </c>
+      <c r="I456" t="s">
+        <v>3061</v>
+      </c>
       <c r="J456" t="s">
-        <v>3073</v>
+        <v>3062</v>
       </c>
       <c r="K456" t="s">
-        <v>3074</v>
+        <v>3063</v>
       </c>
       <c r="L456" t="s">
-        <v>3075</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="457" spans="1:12">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457" t="s">
-        <v>3076</v>
+        <v>3065</v>
       </c>
       <c r="C457" t="s">
-        <v>251</v>
+        <v>3066</v>
       </c>
       <c r="D457" t="s">
-        <v>363</v>
+        <v>3067</v>
       </c>
       <c r="E457">
-        <v>1961</v>
+        <v>2026</v>
       </c>
       <c r="F457" t="s">
-        <v>3077</v>
-[...3 lines deleted...]
-      </c>
+        <v>3068</v>
+      </c>
+      <c r="G457"/>
       <c r="H457" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-      <c r="J457"/>
+        <v>681</v>
+      </c>
+      <c r="I457" t="s">
+        <v>3069</v>
+      </c>
+      <c r="J457" t="s">
+        <v>3070</v>
+      </c>
       <c r="K457" t="s">
-        <v>3079</v>
+        <v>3071</v>
       </c>
       <c r="L457" t="s">
-        <v>3080</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="458" spans="1:12">
       <c r="A458">
         <v>457</v>
       </c>
       <c r="B458" t="s">
-        <v>3081</v>
+        <v>3073</v>
       </c>
       <c r="C458" t="s">
-        <v>251</v>
+        <v>83</v>
       </c>
       <c r="D458" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="E458">
         <v>2026</v>
       </c>
       <c r="F458" t="s">
-        <v>3082</v>
+        <v>3074</v>
       </c>
       <c r="G458"/>
       <c r="H458" t="s">
-        <v>1166</v>
-[...3 lines deleted...]
-      </c>
+        <v>3075</v>
+      </c>
+      <c r="I458"/>
       <c r="J458" t="s">
-        <v>3084</v>
+        <v>3076</v>
       </c>
       <c r="K458" t="s">
-        <v>3085</v>
+        <v>3077</v>
       </c>
       <c r="L458" t="s">
-        <v>3086</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="459" spans="1:12">
       <c r="A459">
         <v>458</v>
       </c>
       <c r="B459" t="s">
-        <v>3087</v>
+        <v>3079</v>
       </c>
       <c r="C459" t="s">
-        <v>1799</v>
+        <v>2848</v>
       </c>
       <c r="D459" t="s">
-        <v>3088</v>
+        <v>75</v>
       </c>
       <c r="E459">
-        <v>1997</v>
+        <v>2026</v>
       </c>
       <c r="F459" t="s">
-        <v>3089</v>
-[...1 lines deleted...]
-      <c r="G459"/>
+        <v>3080</v>
+      </c>
+      <c r="G459" t="s">
+        <v>3081</v>
+      </c>
       <c r="H459" t="s">
-        <v>301</v>
+        <v>630</v>
       </c>
       <c r="I459" t="s">
-        <v>3090</v>
+        <v>3082</v>
       </c>
       <c r="J459" t="s">
-        <v>3091</v>
+        <v>3083</v>
       </c>
       <c r="K459" t="s">
-        <v>3092</v>
+        <v>3084</v>
       </c>
       <c r="L459" t="s">
-        <v>3093</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="460" spans="1:12">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460" t="s">
-        <v>3094</v>
+        <v>3086</v>
       </c>
       <c r="C460" t="s">
-        <v>251</v>
+        <v>29</v>
       </c>
       <c r="D460" t="s">
-        <v>1734</v>
+        <v>861</v>
       </c>
       <c r="E460">
         <v>2026</v>
       </c>
       <c r="F460" t="s">
-        <v>3095</v>
+        <v>3087</v>
       </c>
       <c r="G460"/>
       <c r="H460" t="s">
-        <v>973</v>
+        <v>3088</v>
       </c>
       <c r="I460" t="s">
-        <v>3096</v>
+        <v>3089</v>
       </c>
       <c r="J460" t="s">
-        <v>3097</v>
+        <v>3090</v>
       </c>
       <c r="K460"/>
       <c r="L460" t="s">
-        <v>3098</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="461" spans="1:12">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461" t="s">
-        <v>3099</v>
+        <v>3092</v>
       </c>
       <c r="C461" t="s">
-        <v>703</v>
+        <v>65</v>
       </c>
       <c r="D461" t="s">
-        <v>118</v>
+        <v>510</v>
       </c>
       <c r="E461">
-        <v>1990</v>
+        <v>2026</v>
       </c>
       <c r="F461" t="s">
-        <v>3100</v>
-[...1 lines deleted...]
-      <c r="G461"/>
+        <v>3093</v>
+      </c>
+      <c r="G461" t="s">
+        <v>3094</v>
+      </c>
       <c r="H461" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
       <c r="I461" t="s">
-        <v>3101</v>
+        <v>3095</v>
       </c>
       <c r="J461" t="s">
-        <v>3102</v>
+        <v>3096</v>
       </c>
       <c r="K461" t="s">
-        <v>3103</v>
+        <v>3097</v>
       </c>
       <c r="L461" t="s">
-        <v>3104</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="462" spans="1:12">
       <c r="A462">
         <v>461</v>
       </c>
       <c r="B462" t="s">
-        <v>3105</v>
+        <v>3099</v>
       </c>
       <c r="C462" t="s">
         <v>23</v>
       </c>
       <c r="D462" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E462">
         <v>2026</v>
       </c>
       <c r="F462" t="s">
-        <v>3106</v>
+        <v>3100</v>
       </c>
       <c r="G462"/>
       <c r="H462" t="s">
-        <v>848</v>
+        <v>807</v>
       </c>
       <c r="I462"/>
-      <c r="J462" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J462"/>
       <c r="K462" t="s">
-        <v>3108</v>
+        <v>3101</v>
       </c>
       <c r="L462" t="s">
-        <v>3109</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="463" spans="1:12">
       <c r="A463">
         <v>462</v>
       </c>
       <c r="B463" t="s">
+        <v>3103</v>
+      </c>
+      <c r="C463" t="s">
+        <v>3104</v>
+      </c>
+      <c r="D463" t="s">
+        <v>14</v>
+      </c>
+      <c r="E463">
+        <v>2026</v>
+      </c>
+      <c r="F463" t="s">
+        <v>3105</v>
+      </c>
+      <c r="G463" t="s">
+        <v>3106</v>
+      </c>
+      <c r="H463" t="s">
+        <v>149</v>
+      </c>
+      <c r="I463" t="s">
+        <v>3107</v>
+      </c>
+      <c r="J463" t="s">
+        <v>3108</v>
+      </c>
+      <c r="K463" t="s">
+        <v>3109</v>
+      </c>
+      <c r="L463" t="s">
         <v>3110</v>
-      </c>
-[...22 lines deleted...]
-        <v>3115</v>
       </c>
     </row>
     <row r="464" spans="1:12">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464" t="s">
+        <v>3111</v>
+      </c>
+      <c r="C464" t="s">
+        <v>83</v>
+      </c>
+      <c r="D464" t="s">
+        <v>3112</v>
+      </c>
+      <c r="E464">
+        <v>2026</v>
+      </c>
+      <c r="F464" t="s">
+        <v>3113</v>
+      </c>
+      <c r="G464" t="s">
+        <v>3114</v>
+      </c>
+      <c r="H464" t="s">
+        <v>254</v>
+      </c>
+      <c r="I464" t="s">
+        <v>3115</v>
+      </c>
+      <c r="J464" t="s">
         <v>3116</v>
       </c>
-      <c r="C464" t="s">
-[...8 lines deleted...]
-      <c r="F464" t="s">
+      <c r="K464" t="s">
         <v>3117</v>
       </c>
-      <c r="G464"/>
-      <c r="H464" t="s">
+      <c r="L464" t="s">
         <v>3118</v>
-      </c>
-[...10 lines deleted...]
-        <v>3122</v>
       </c>
     </row>
     <row r="465" spans="1:12">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465" t="s">
+        <v>3119</v>
+      </c>
+      <c r="C465" t="s">
+        <v>83</v>
+      </c>
+      <c r="D465" t="s">
+        <v>932</v>
+      </c>
+      <c r="E465">
+        <v>2026</v>
+      </c>
+      <c r="F465" t="s">
+        <v>3120</v>
+      </c>
+      <c r="G465" t="s">
+        <v>3121</v>
+      </c>
+      <c r="H465" t="s">
+        <v>736</v>
+      </c>
+      <c r="I465" t="s">
+        <v>3122</v>
+      </c>
+      <c r="J465" t="s">
         <v>3123</v>
       </c>
-      <c r="C465" t="s">
-[...8 lines deleted...]
-      <c r="F465" t="s">
+      <c r="K465" t="s">
         <v>3124</v>
       </c>
-      <c r="G465"/>
-      <c r="H465" t="s">
+      <c r="L465" t="s">
         <v>3125</v>
-      </c>
-[...6 lines deleted...]
-        <v>3127</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466">
         <v>465</v>
       </c>
       <c r="B466" t="s">
+        <v>3126</v>
+      </c>
+      <c r="C466" t="s">
+        <v>65</v>
+      </c>
+      <c r="D466" t="s">
+        <v>405</v>
+      </c>
+      <c r="E466">
+        <v>2026</v>
+      </c>
+      <c r="F466" t="s">
+        <v>3127</v>
+      </c>
+      <c r="G466" t="s">
         <v>3128</v>
       </c>
-      <c r="C466" t="s">
-[...8 lines deleted...]
-      <c r="F466" t="s">
+      <c r="H466" t="s">
+        <v>339</v>
+      </c>
+      <c r="I466" t="s">
         <v>3129</v>
       </c>
-      <c r="G466" t="s">
+      <c r="J466" t="s">
         <v>3130</v>
       </c>
-      <c r="H466" t="s">
-[...2 lines deleted...]
-      <c r="I466" t="s">
+      <c r="K466" t="s">
         <v>3131</v>
       </c>
-      <c r="J466" t="s">
+      <c r="L466" t="s">
         <v>3132</v>
-      </c>
-[...4 lines deleted...]
-        <v>3134</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467">
         <v>466</v>
       </c>
       <c r="B467" t="s">
+        <v>3133</v>
+      </c>
+      <c r="C467" t="s">
+        <v>65</v>
+      </c>
+      <c r="D467" t="s">
+        <v>405</v>
+      </c>
+      <c r="E467">
+        <v>2026</v>
+      </c>
+      <c r="F467" t="s">
+        <v>3134</v>
+      </c>
+      <c r="G467" t="s">
         <v>3135</v>
       </c>
-      <c r="C467" t="s">
-[...8 lines deleted...]
-      <c r="F467" t="s">
+      <c r="H467" t="s">
+        <v>534</v>
+      </c>
+      <c r="I467" t="s">
         <v>3136</v>
       </c>
-      <c r="G467" t="s">
+      <c r="J467" t="s">
         <v>3137</v>
       </c>
-      <c r="H467" t="s">
-[...2 lines deleted...]
-      <c r="I467" t="s">
+      <c r="K467" t="s">
         <v>3138</v>
       </c>
-      <c r="J467" t="s">
+      <c r="L467" t="s">
         <v>3139</v>
-      </c>
-[...4 lines deleted...]
-        <v>3141</v>
       </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468" t="s">
-        <v>3142</v>
+        <v>3140</v>
       </c>
       <c r="C468" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="D468" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E468">
         <v>2026</v>
       </c>
       <c r="F468" t="s">
-        <v>3143</v>
+        <v>3141</v>
       </c>
       <c r="G468"/>
       <c r="H468" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-      <c r="J468"/>
+        <v>869</v>
+      </c>
+      <c r="I468" t="s">
+        <v>3142</v>
+      </c>
+      <c r="J468" t="s">
+        <v>3143</v>
+      </c>
       <c r="K468" t="s">
         <v>3144</v>
       </c>
       <c r="L468" t="s">
         <v>3145</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469" t="s">
         <v>3146</v>
       </c>
-      <c r="C469" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C469"/>
       <c r="D469" t="s">
-        <v>39</v>
+        <v>24</v>
       </c>
       <c r="E469">
         <v>2026</v>
       </c>
       <c r="F469" t="s">
         <v>3147</v>
       </c>
       <c r="G469"/>
       <c r="H469" t="s">
-        <v>184</v>
+        <v>3148</v>
       </c>
       <c r="I469"/>
-      <c r="J469"/>
+      <c r="J469" t="s">
+        <v>3149</v>
+      </c>
       <c r="K469" t="s">
-        <v>3148</v>
+        <v>3150</v>
       </c>
       <c r="L469" t="s">
-        <v>3149</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470" t="s">
-        <v>3150</v>
+        <v>3152</v>
       </c>
       <c r="C470" t="s">
-        <v>23</v>
+        <v>259</v>
       </c>
       <c r="D470" t="s">
-        <v>39</v>
+        <v>371</v>
       </c>
       <c r="E470">
-        <v>2026</v>
+        <v>1961</v>
       </c>
       <c r="F470" t="s">
-        <v>3151</v>
-[...1 lines deleted...]
-      <c r="G470"/>
+        <v>3153</v>
+      </c>
+      <c r="G470" t="s">
+        <v>3154</v>
+      </c>
       <c r="H470" t="s">
-        <v>50</v>
+        <v>87</v>
       </c>
       <c r="I470"/>
       <c r="J470"/>
       <c r="K470" t="s">
-        <v>3152</v>
+        <v>3155</v>
       </c>
       <c r="L470" t="s">
-        <v>3153</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="471" spans="1:12">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471" t="s">
-        <v>3154</v>
+        <v>3157</v>
       </c>
       <c r="C471" t="s">
-        <v>189</v>
+        <v>259</v>
       </c>
       <c r="D471" t="s">
-        <v>75</v>
+        <v>234</v>
       </c>
       <c r="E471">
         <v>2026</v>
       </c>
       <c r="F471" t="s">
-        <v>3155</v>
+        <v>3158</v>
       </c>
       <c r="G471"/>
       <c r="H471" t="s">
-        <v>3156</v>
+        <v>793</v>
       </c>
       <c r="I471" t="s">
-        <v>3157</v>
+        <v>3159</v>
       </c>
       <c r="J471" t="s">
-        <v>3158</v>
-[...1 lines deleted...]
-      <c r="K471"/>
+        <v>3160</v>
+      </c>
+      <c r="K471" t="s">
+        <v>3161</v>
+      </c>
       <c r="L471" t="s">
-        <v>3159</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="472" spans="1:12">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472" t="s">
-        <v>3154</v>
-[...1 lines deleted...]
-      <c r="C472"/>
+        <v>3163</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1864</v>
+      </c>
       <c r="D472" t="s">
-        <v>75</v>
+        <v>3164</v>
       </c>
       <c r="E472">
-        <v>2026</v>
+        <v>1997</v>
       </c>
       <c r="F472" t="s">
-        <v>3160</v>
+        <v>3165</v>
       </c>
       <c r="G472"/>
       <c r="H472" t="s">
-        <v>3156</v>
+        <v>309</v>
       </c>
       <c r="I472" t="s">
-        <v>3157</v>
-[...3 lines deleted...]
-      <c r="L472"/>
+        <v>3166</v>
+      </c>
+      <c r="J472" t="s">
+        <v>3167</v>
+      </c>
+      <c r="K472" t="s">
+        <v>3168</v>
+      </c>
+      <c r="L472" t="s">
+        <v>3169</v>
+      </c>
     </row>
     <row r="473" spans="1:12">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473" t="s">
-        <v>3161</v>
+        <v>3170</v>
       </c>
       <c r="C473" t="s">
-        <v>628</v>
+        <v>259</v>
       </c>
       <c r="D473" t="s">
-        <v>39</v>
+        <v>252</v>
       </c>
       <c r="E473">
-        <v>1975</v>
+        <v>2026</v>
       </c>
       <c r="F473" t="s">
-        <v>3162</v>
+        <v>3171</v>
       </c>
       <c r="G473"/>
       <c r="H473" t="s">
-        <v>745</v>
+        <v>254</v>
       </c>
       <c r="I473" t="s">
-        <v>3163</v>
+        <v>3172</v>
       </c>
       <c r="J473" t="s">
-        <v>3164</v>
-[...3 lines deleted...]
-      </c>
+        <v>3173</v>
+      </c>
+      <c r="K473"/>
       <c r="L473" t="s">
-        <v>3166</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="474" spans="1:12">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474" t="s">
-        <v>3167</v>
+        <v>3175</v>
       </c>
       <c r="C474" t="s">
-        <v>23</v>
+        <v>717</v>
       </c>
       <c r="D474" t="s">
-        <v>690</v>
+        <v>118</v>
       </c>
       <c r="E474">
-        <v>2026</v>
+        <v>1990</v>
       </c>
       <c r="F474" t="s">
-        <v>3168</v>
-[...3 lines deleted...]
-      </c>
+        <v>3176</v>
+      </c>
+      <c r="G474"/>
       <c r="H474" t="s">
-        <v>3170</v>
-[...1 lines deleted...]
-      <c r="I474"/>
+        <v>17</v>
+      </c>
+      <c r="I474" t="s">
+        <v>3177</v>
+      </c>
       <c r="J474" t="s">
-        <v>3171</v>
+        <v>3178</v>
       </c>
       <c r="K474" t="s">
-        <v>3172</v>
+        <v>3179</v>
       </c>
       <c r="L474" t="s">
-        <v>3173</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="475" spans="1:12">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475" t="s">
-        <v>3174</v>
+        <v>3181</v>
       </c>
       <c r="C475" t="s">
         <v>23</v>
       </c>
       <c r="D475" t="s">
         <v>75</v>
       </c>
       <c r="E475">
         <v>2026</v>
       </c>
       <c r="F475" t="s">
-        <v>3168</v>
+        <v>3182</v>
       </c>
       <c r="G475"/>
       <c r="H475" t="s">
-        <v>848</v>
-[...3 lines deleted...]
-      </c>
+        <v>869</v>
+      </c>
+      <c r="I475"/>
       <c r="J475" t="s">
-        <v>3171</v>
+        <v>3183</v>
       </c>
       <c r="K475" t="s">
-        <v>3176</v>
+        <v>3184</v>
       </c>
       <c r="L475" t="s">
-        <v>3177</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="476" spans="1:12">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476" t="s">
-        <v>3178</v>
+        <v>3186</v>
       </c>
       <c r="C476" t="s">
-        <v>487</v>
+        <v>3187</v>
       </c>
       <c r="D476" t="s">
-        <v>14</v>
+        <v>3188</v>
       </c>
       <c r="E476">
         <v>2026</v>
       </c>
       <c r="F476" t="s">
-        <v>3179</v>
-[...1 lines deleted...]
-      <c r="G476"/>
+        <v>3189</v>
+      </c>
+      <c r="G476" t="s">
+        <v>3190</v>
+      </c>
       <c r="H476" t="s">
-        <v>3180</v>
-[...9 lines deleted...]
-      </c>
+        <v>743</v>
+      </c>
+      <c r="I476"/>
+      <c r="J476"/>
+      <c r="K476"/>
       <c r="L476" t="s">
-        <v>3184</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="477" spans="1:12">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477" t="s">
-        <v>3185</v>
+        <v>3192</v>
       </c>
       <c r="C477" t="s">
-        <v>1749</v>
+        <v>306</v>
       </c>
       <c r="D477" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="E477">
         <v>2026</v>
       </c>
       <c r="F477" t="s">
-        <v>3186</v>
-[...3 lines deleted...]
-      </c>
+        <v>3193</v>
+      </c>
+      <c r="G477"/>
       <c r="H477" t="s">
-        <v>356</v>
+        <v>3194</v>
       </c>
       <c r="I477" t="s">
-        <v>3188</v>
+        <v>3195</v>
       </c>
       <c r="J477" t="s">
-        <v>3189</v>
+        <v>3196</v>
       </c>
       <c r="K477" t="s">
-        <v>3190</v>
+        <v>3197</v>
       </c>
       <c r="L477" t="s">
-        <v>3191</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="478" spans="1:12">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478" t="s">
-        <v>3192</v>
+        <v>3199</v>
       </c>
       <c r="C478" t="s">
         <v>189</v>
       </c>
       <c r="D478" t="s">
         <v>75</v>
       </c>
       <c r="E478">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F478" t="s">
-        <v>3193</v>
+        <v>3200</v>
       </c>
       <c r="G478"/>
       <c r="H478" t="s">
-        <v>3194</v>
+        <v>3201</v>
       </c>
       <c r="I478" t="s">
-        <v>3195</v>
+        <v>3202</v>
       </c>
       <c r="J478"/>
-      <c r="K478" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K478"/>
       <c r="L478" t="s">
-        <v>3197</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="479" spans="1:12">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479" t="s">
-        <v>3198</v>
+        <v>3204</v>
       </c>
       <c r="C479" t="s">
         <v>29</v>
       </c>
       <c r="D479" t="s">
-        <v>921</v>
+        <v>39</v>
       </c>
       <c r="E479">
         <v>2026</v>
       </c>
       <c r="F479" t="s">
-        <v>3199</v>
-[...1 lines deleted...]
-      <c r="G479"/>
+        <v>3205</v>
+      </c>
+      <c r="G479" t="s">
+        <v>3206</v>
+      </c>
       <c r="H479" t="s">
-        <v>17</v>
+        <v>254</v>
       </c>
       <c r="I479" t="s">
-        <v>3200</v>
+        <v>3207</v>
       </c>
       <c r="J479" t="s">
-        <v>3201</v>
+        <v>3208</v>
       </c>
       <c r="K479" t="s">
-        <v>3202</v>
+        <v>3209</v>
       </c>
       <c r="L479" t="s">
-        <v>3203</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="480" spans="1:12">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480" t="s">
-        <v>3204</v>
+        <v>3211</v>
       </c>
       <c r="C480" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="D480" t="s">
-        <v>3205</v>
+        <v>371</v>
       </c>
       <c r="E480">
         <v>2026</v>
       </c>
       <c r="F480" t="s">
-        <v>3206</v>
+        <v>3212</v>
       </c>
       <c r="G480" t="s">
-        <v>3207</v>
+        <v>3213</v>
       </c>
       <c r="H480" t="s">
-        <v>1040</v>
+        <v>750</v>
       </c>
       <c r="I480" t="s">
-        <v>3208</v>
+        <v>3214</v>
       </c>
       <c r="J480" t="s">
-        <v>3209</v>
+        <v>3215</v>
       </c>
       <c r="K480" t="s">
-        <v>3210</v>
+        <v>3216</v>
       </c>
       <c r="L480" t="s">
-        <v>3211</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="481" spans="1:12">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481" t="s">
-        <v>3212</v>
+        <v>3218</v>
       </c>
       <c r="C481" t="s">
-        <v>169</v>
+        <v>48</v>
       </c>
       <c r="D481" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="E481">
         <v>2026</v>
       </c>
       <c r="F481" t="s">
-        <v>3213</v>
-[...3 lines deleted...]
-      </c>
+        <v>3219</v>
+      </c>
+      <c r="G481"/>
       <c r="H481" t="s">
-        <v>973</v>
+        <v>107</v>
       </c>
       <c r="I481"/>
       <c r="J481"/>
       <c r="K481" t="s">
-        <v>3215</v>
+        <v>3220</v>
       </c>
       <c r="L481" t="s">
-        <v>3216</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="482" spans="1:12">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482" t="s">
-        <v>3217</v>
+        <v>3222</v>
       </c>
       <c r="C482" t="s">
-        <v>251</v>
+        <v>23</v>
       </c>
       <c r="D482" t="s">
         <v>39</v>
       </c>
       <c r="E482">
         <v>2026</v>
       </c>
       <c r="F482" t="s">
-        <v>3218</v>
+        <v>3223</v>
       </c>
       <c r="G482"/>
       <c r="H482" t="s">
-        <v>2071</v>
-[...6 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I482"/>
+      <c r="J482"/>
       <c r="K482" t="s">
-        <v>3221</v>
+        <v>3224</v>
       </c>
       <c r="L482" t="s">
-        <v>3222</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="483" spans="1:12">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483" t="s">
-        <v>3223</v>
+        <v>3226</v>
       </c>
       <c r="C483" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D483" t="s">
-        <v>363</v>
+        <v>39</v>
       </c>
       <c r="E483">
-        <v>1969</v>
+        <v>2026</v>
       </c>
       <c r="F483" t="s">
-        <v>3224</v>
-[...10 lines deleted...]
-      <c r="J483" t="s">
         <v>3227</v>
       </c>
-      <c r="K483"/>
+      <c r="G483"/>
+      <c r="H483" t="s">
+        <v>50</v>
+      </c>
+      <c r="I483"/>
+      <c r="J483"/>
+      <c r="K483" t="s">
+        <v>3228</v>
+      </c>
       <c r="L483" t="s">
-        <v>3228</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="484" spans="1:12">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484" t="s">
-        <v>3229</v>
+        <v>3230</v>
       </c>
       <c r="C484" t="s">
-        <v>83</v>
+        <v>189</v>
       </c>
       <c r="D484" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E484">
         <v>2026</v>
       </c>
       <c r="F484" t="s">
-        <v>3230</v>
+        <v>3231</v>
       </c>
       <c r="G484"/>
       <c r="H484" t="s">
-        <v>2834</v>
+        <v>3232</v>
       </c>
       <c r="I484" t="s">
-        <v>3231</v>
+        <v>3233</v>
       </c>
       <c r="J484" t="s">
-        <v>3232</v>
-[...3 lines deleted...]
-      </c>
+        <v>3234</v>
+      </c>
+      <c r="K484"/>
       <c r="L484" t="s">
-        <v>3234</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="485" spans="1:12">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485" t="s">
-        <v>3235</v>
-[...3 lines deleted...]
-      </c>
+        <v>3230</v>
+      </c>
+      <c r="C485"/>
       <c r="D485" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="E485">
         <v>2026</v>
       </c>
       <c r="F485" t="s">
         <v>3236</v>
       </c>
-      <c r="G485" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G485"/>
       <c r="H485" t="s">
-        <v>366</v>
+        <v>3232</v>
       </c>
       <c r="I485" t="s">
-        <v>3238</v>
-[...9 lines deleted...]
-      </c>
+        <v>3233</v>
+      </c>
+      <c r="J485"/>
+      <c r="K485"/>
+      <c r="L485"/>
     </row>
     <row r="486" spans="1:12">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486" t="s">
+        <v>3237</v>
+      </c>
+      <c r="C486" t="s">
+        <v>636</v>
+      </c>
+      <c r="D486" t="s">
+        <v>39</v>
+      </c>
+      <c r="E486">
+        <v>1975</v>
+      </c>
+      <c r="F486" t="s">
+        <v>3238</v>
+      </c>
+      <c r="G486"/>
+      <c r="H486" t="s">
+        <v>759</v>
+      </c>
+      <c r="I486" t="s">
+        <v>3239</v>
+      </c>
+      <c r="J486" t="s">
+        <v>3240</v>
+      </c>
+      <c r="K486" t="s">
+        <v>3241</v>
+      </c>
+      <c r="L486" t="s">
         <v>3242</v>
-      </c>
-[...28 lines deleted...]
-        <v>3248</v>
       </c>
     </row>
     <row r="487" spans="1:12">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487" t="s">
+        <v>3243</v>
+      </c>
+      <c r="C487" t="s">
+        <v>23</v>
+      </c>
+      <c r="D487" t="s">
+        <v>704</v>
+      </c>
+      <c r="E487">
+        <v>2026</v>
+      </c>
+      <c r="F487" t="s">
+        <v>3244</v>
+      </c>
+      <c r="G487" t="s">
+        <v>3245</v>
+      </c>
+      <c r="H487" t="s">
+        <v>3246</v>
+      </c>
+      <c r="I487"/>
+      <c r="J487" t="s">
+        <v>3247</v>
+      </c>
+      <c r="K487" t="s">
+        <v>3248</v>
+      </c>
+      <c r="L487" t="s">
         <v>3249</v>
-      </c>
-[...26 lines deleted...]
-        <v>3255</v>
       </c>
     </row>
     <row r="488" spans="1:12">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488" t="s">
-        <v>3256</v>
+        <v>3250</v>
       </c>
       <c r="C488" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="D488" t="s">
-        <v>3257</v>
+        <v>75</v>
       </c>
       <c r="E488">
         <v>2026</v>
       </c>
       <c r="F488" t="s">
-        <v>3258</v>
-[...3 lines deleted...]
-      </c>
+        <v>3244</v>
+      </c>
+      <c r="G488"/>
       <c r="H488" t="s">
-        <v>68</v>
+        <v>869</v>
       </c>
       <c r="I488" t="s">
-        <v>3260</v>
+        <v>3251</v>
       </c>
       <c r="J488" t="s">
-        <v>3261</v>
+        <v>3247</v>
       </c>
       <c r="K488" t="s">
-        <v>3262</v>
+        <v>3252</v>
       </c>
       <c r="L488" t="s">
-        <v>3263</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="489" spans="1:12">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489" t="s">
-        <v>3264</v>
+        <v>3254</v>
       </c>
       <c r="C489" t="s">
-        <v>23</v>
+        <v>495</v>
       </c>
       <c r="D489" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="E489">
         <v>2026</v>
       </c>
       <c r="F489" t="s">
-        <v>3265</v>
+        <v>3255</v>
       </c>
       <c r="G489"/>
       <c r="H489" t="s">
-        <v>794</v>
+        <v>3256</v>
       </c>
       <c r="I489" t="s">
-        <v>3266</v>
+        <v>3257</v>
       </c>
       <c r="J489" t="s">
-        <v>3267</v>
+        <v>3258</v>
       </c>
       <c r="K489" t="s">
-        <v>3268</v>
+        <v>3259</v>
       </c>
       <c r="L489" t="s">
-        <v>3269</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="490" spans="1:12">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490" t="s">
-        <v>3270</v>
+        <v>3261</v>
       </c>
       <c r="C490" t="s">
-        <v>99</v>
+        <v>1814</v>
       </c>
       <c r="D490" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="E490">
         <v>2026</v>
       </c>
       <c r="F490" t="s">
-        <v>3271</v>
-[...1 lines deleted...]
-      <c r="G490"/>
+        <v>3262</v>
+      </c>
+      <c r="G490" t="s">
+        <v>3263</v>
+      </c>
       <c r="H490" t="s">
-        <v>3272</v>
+        <v>364</v>
       </c>
       <c r="I490" t="s">
-        <v>3273</v>
-[...2 lines deleted...]
-      <c r="K490"/>
+        <v>3264</v>
+      </c>
+      <c r="J490" t="s">
+        <v>3265</v>
+      </c>
+      <c r="K490" t="s">
+        <v>3266</v>
+      </c>
       <c r="L490" t="s">
-        <v>3274</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="491" spans="1:12">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491" t="s">
-        <v>3275</v>
+        <v>3268</v>
       </c>
       <c r="C491" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="D491" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E491">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F491" t="s">
-        <v>3276</v>
+        <v>3269</v>
       </c>
       <c r="G491"/>
       <c r="H491" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="I491"/>
+        <v>3270</v>
+      </c>
+      <c r="I491" t="s">
+        <v>3271</v>
+      </c>
       <c r="J491"/>
       <c r="K491" t="s">
-        <v>3277</v>
+        <v>3272</v>
       </c>
       <c r="L491" t="s">
-        <v>3278</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="492" spans="1:12">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492" t="s">
+        <v>3274</v>
+      </c>
+      <c r="C492" t="s">
+        <v>29</v>
+      </c>
+      <c r="D492" t="s">
+        <v>948</v>
+      </c>
+      <c r="E492">
+        <v>2026</v>
+      </c>
+      <c r="F492" t="s">
+        <v>3275</v>
+      </c>
+      <c r="G492"/>
+      <c r="H492" t="s">
+        <v>17</v>
+      </c>
+      <c r="I492" t="s">
+        <v>3276</v>
+      </c>
+      <c r="J492" t="s">
+        <v>3277</v>
+      </c>
+      <c r="K492" t="s">
+        <v>3278</v>
+      </c>
+      <c r="L492" t="s">
         <v>3279</v>
-      </c>
-[...28 lines deleted...]
-        <v>3287</v>
       </c>
     </row>
     <row r="493" spans="1:12">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493" t="s">
-        <v>3288</v>
+        <v>3280</v>
       </c>
       <c r="C493" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="D493" t="s">
-        <v>39</v>
+        <v>3281</v>
       </c>
       <c r="E493">
         <v>2026</v>
       </c>
       <c r="F493" t="s">
-        <v>3289</v>
-[...1 lines deleted...]
-      <c r="G493"/>
+        <v>3282</v>
+      </c>
+      <c r="G493" t="s">
+        <v>3283</v>
+      </c>
       <c r="H493" t="s">
-        <v>107</v>
+        <v>1073</v>
       </c>
       <c r="I493" t="s">
-        <v>3290</v>
-[...1 lines deleted...]
-      <c r="J493"/>
+        <v>3284</v>
+      </c>
+      <c r="J493" t="s">
+        <v>3285</v>
+      </c>
       <c r="K493" t="s">
-        <v>3291</v>
+        <v>3286</v>
       </c>
       <c r="L493" t="s">
-        <v>3292</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="494" spans="1:12">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494" t="s">
-        <v>3293</v>
+        <v>3288</v>
       </c>
       <c r="C494" t="s">
-        <v>23</v>
+        <v>169</v>
       </c>
       <c r="D494" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="E494">
         <v>2026</v>
       </c>
       <c r="F494" t="s">
-        <v>3294</v>
-[...1 lines deleted...]
-      <c r="G494"/>
+        <v>3289</v>
+      </c>
+      <c r="G494" t="s">
+        <v>3290</v>
+      </c>
       <c r="H494" t="s">
-        <v>887</v>
-[...6 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="I494"/>
+      <c r="J494"/>
       <c r="K494" t="s">
-        <v>3297</v>
+        <v>3291</v>
       </c>
       <c r="L494" t="s">
-        <v>3298</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="495" spans="1:12">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495" t="s">
-        <v>3299</v>
+        <v>3293</v>
       </c>
       <c r="C495" t="s">
-        <v>23</v>
+        <v>259</v>
       </c>
       <c r="D495" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E495">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F495" t="s">
-        <v>3300</v>
+        <v>3294</v>
       </c>
       <c r="G495"/>
       <c r="H495" t="s">
-        <v>3301</v>
-[...1 lines deleted...]
-      <c r="I495"/>
+        <v>2135</v>
+      </c>
+      <c r="I495" t="s">
+        <v>3295</v>
+      </c>
       <c r="J495" t="s">
-        <v>3302</v>
+        <v>3296</v>
       </c>
       <c r="K495" t="s">
-        <v>3303</v>
+        <v>3297</v>
       </c>
       <c r="L495" t="s">
-        <v>3304</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="496" spans="1:12">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496" t="s">
-        <v>3305</v>
+        <v>3299</v>
       </c>
       <c r="C496" t="s">
-        <v>2247</v>
+        <v>29</v>
       </c>
       <c r="D496" t="s">
-        <v>39</v>
+        <v>371</v>
       </c>
       <c r="E496">
-        <v>1987</v>
+        <v>1969</v>
       </c>
       <c r="F496" t="s">
-        <v>3306</v>
-[...3 lines deleted...]
-        <v>314</v>
+        <v>3300</v>
+      </c>
+      <c r="G496" t="s">
+        <v>3301</v>
+      </c>
+      <c r="H496">
+        <v>103</v>
       </c>
       <c r="I496" t="s">
-        <v>3307</v>
+        <v>3302</v>
       </c>
       <c r="J496" t="s">
-        <v>3308</v>
-[...3 lines deleted...]
-      </c>
+        <v>3303</v>
+      </c>
+      <c r="K496"/>
       <c r="L496" t="s">
-        <v>3310</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="497" spans="1:12">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497" t="s">
-        <v>3311</v>
+        <v>3305</v>
       </c>
       <c r="C497" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="D497" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E497">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F497" t="s">
-        <v>3312</v>
+        <v>3306</v>
       </c>
       <c r="G497"/>
       <c r="H497" t="s">
-        <v>3313</v>
+        <v>2910</v>
       </c>
       <c r="I497" t="s">
-        <v>3314</v>
+        <v>3307</v>
       </c>
       <c r="J497" t="s">
-        <v>3315</v>
+        <v>3308</v>
       </c>
       <c r="K497" t="s">
-        <v>3316</v>
+        <v>3309</v>
       </c>
       <c r="L497" t="s">
-        <v>3317</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="498" spans="1:12">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498" t="s">
-        <v>3318</v>
+        <v>3311</v>
       </c>
       <c r="C498" t="s">
-        <v>23</v>
+        <v>259</v>
       </c>
       <c r="D498" t="s">
-        <v>118</v>
+        <v>14</v>
       </c>
       <c r="E498">
         <v>2026</v>
       </c>
       <c r="F498" t="s">
-        <v>3319</v>
+        <v>3312</v>
       </c>
       <c r="G498" t="s">
-        <v>3320</v>
+        <v>3313</v>
       </c>
       <c r="H498" t="s">
-        <v>908</v>
+        <v>374</v>
       </c>
       <c r="I498" t="s">
-        <v>3321</v>
-[...2 lines deleted...]
-      <c r="K498"/>
+        <v>3314</v>
+      </c>
+      <c r="J498" t="s">
+        <v>3315</v>
+      </c>
+      <c r="K498" t="s">
+        <v>3316</v>
+      </c>
       <c r="L498" t="s">
-        <v>3322</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="499" spans="1:12">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499" t="s">
+        <v>3318</v>
+      </c>
+      <c r="C499" t="s">
+        <v>306</v>
+      </c>
+      <c r="D499" t="s">
+        <v>396</v>
+      </c>
+      <c r="E499">
+        <v>1977</v>
+      </c>
+      <c r="F499" t="s">
+        <v>3319</v>
+      </c>
+      <c r="G499" t="s">
+        <v>3320</v>
+      </c>
+      <c r="H499" t="s">
+        <v>630</v>
+      </c>
+      <c r="I499" t="s">
+        <v>3321</v>
+      </c>
+      <c r="J499" t="s">
+        <v>3322</v>
+      </c>
+      <c r="K499" t="s">
         <v>3323</v>
       </c>
-      <c r="C499" t="s">
-[...8 lines deleted...]
-      <c r="F499" t="s">
+      <c r="L499" t="s">
         <v>3324</v>
-      </c>
-[...16 lines deleted...]
-        <v>3329</v>
       </c>
     </row>
     <row r="500" spans="1:12">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500" t="s">
+        <v>3325</v>
+      </c>
+      <c r="C500" t="s">
+        <v>38</v>
+      </c>
+      <c r="D500" t="s">
+        <v>371</v>
+      </c>
+      <c r="E500">
+        <v>1973</v>
+      </c>
+      <c r="F500" t="s">
+        <v>3326</v>
+      </c>
+      <c r="G500" t="s">
+        <v>3327</v>
+      </c>
+      <c r="H500" t="s">
+        <v>3328</v>
+      </c>
+      <c r="I500" t="s">
+        <v>3329</v>
+      </c>
+      <c r="J500" t="s">
         <v>3330</v>
       </c>
-      <c r="C500" t="s">
-[...8 lines deleted...]
-      <c r="F500" t="s">
+      <c r="K500"/>
+      <c r="L500" t="s">
         <v>3331</v>
-      </c>
-[...14 lines deleted...]
-        <v>3335</v>
       </c>
     </row>
     <row r="501" spans="1:12">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501" t="s">
+        <v>3332</v>
+      </c>
+      <c r="C501" t="s">
+        <v>65</v>
+      </c>
+      <c r="D501" t="s">
+        <v>3333</v>
+      </c>
+      <c r="E501">
+        <v>2026</v>
+      </c>
+      <c r="F501" t="s">
+        <v>3334</v>
+      </c>
+      <c r="G501" t="s">
+        <v>3335</v>
+      </c>
+      <c r="H501" t="s">
+        <v>68</v>
+      </c>
+      <c r="I501" t="s">
         <v>3336</v>
       </c>
-      <c r="C501" t="s">
+      <c r="J501" t="s">
         <v>3337</v>
       </c>
-      <c r="D501" t="s">
+      <c r="K501" t="s">
         <v>3338</v>
       </c>
-      <c r="E501">
-[...2 lines deleted...]
-      <c r="F501" t="s">
+      <c r="L501" t="s">
         <v>3339</v>
-      </c>
-[...14 lines deleted...]
-        <v>3343</v>
       </c>
     </row>
     <row r="502" spans="1:12">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502" t="s">
+        <v>3340</v>
+      </c>
+      <c r="C502" t="s">
+        <v>23</v>
+      </c>
+      <c r="D502" t="s">
+        <v>75</v>
+      </c>
+      <c r="E502">
+        <v>2026</v>
+      </c>
+      <c r="F502" t="s">
+        <v>3341</v>
+      </c>
+      <c r="G502"/>
+      <c r="H502" t="s">
+        <v>815</v>
+      </c>
+      <c r="I502" t="s">
+        <v>3342</v>
+      </c>
+      <c r="J502" t="s">
+        <v>3343</v>
+      </c>
+      <c r="K502" t="s">
         <v>3344</v>
       </c>
-      <c r="C502" t="s">
-[...2 lines deleted...]
-      <c r="D502" t="s">
+      <c r="L502" t="s">
         <v>3345</v>
-      </c>
-[...22 lines deleted...]
-        <v>3351</v>
       </c>
     </row>
     <row r="503" spans="1:12">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503" t="s">
-        <v>3352</v>
+        <v>3346</v>
       </c>
       <c r="C503" t="s">
-        <v>298</v>
+        <v>99</v>
       </c>
       <c r="D503" t="s">
-        <v>1938</v>
+        <v>75</v>
       </c>
       <c r="E503">
         <v>2026</v>
       </c>
       <c r="F503" t="s">
-        <v>3353</v>
-[...3 lines deleted...]
-      </c>
+        <v>3347</v>
+      </c>
+      <c r="G503"/>
       <c r="H503" t="s">
-        <v>254</v>
+        <v>3348</v>
       </c>
       <c r="I503" t="s">
-        <v>3355</v>
-[...6 lines deleted...]
-      </c>
+        <v>3349</v>
+      </c>
+      <c r="J503"/>
+      <c r="K503"/>
       <c r="L503" t="s">
-        <v>3358</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="504" spans="1:12">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504" t="s">
-        <v>3359</v>
-[...1 lines deleted...]
-      <c r="C504"/>
+        <v>3351</v>
+      </c>
+      <c r="C504" t="s">
+        <v>23</v>
+      </c>
       <c r="D504" t="s">
-        <v>2056</v>
+        <v>39</v>
       </c>
       <c r="E504">
         <v>2026</v>
       </c>
       <c r="F504" t="s">
-        <v>3360</v>
+        <v>3352</v>
       </c>
       <c r="G504"/>
       <c r="H504" t="s">
-        <v>3361</v>
+        <v>184</v>
       </c>
       <c r="I504"/>
       <c r="J504"/>
       <c r="K504" t="s">
-        <v>3362</v>
+        <v>3353</v>
       </c>
       <c r="L504" t="s">
-        <v>3363</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="505" spans="1:12">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505" t="s">
-        <v>3364</v>
+        <v>3355</v>
       </c>
       <c r="C505" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="D505" t="s">
-        <v>75</v>
+        <v>3356</v>
       </c>
       <c r="E505">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F505" t="s">
-        <v>3365</v>
-[...1 lines deleted...]
-      <c r="G505"/>
+        <v>3357</v>
+      </c>
+      <c r="G505" t="s">
+        <v>3358</v>
+      </c>
       <c r="H505" t="s">
-        <v>915</v>
+        <v>3359</v>
       </c>
       <c r="I505" t="s">
-        <v>3366</v>
+        <v>3360</v>
       </c>
       <c r="J505" t="s">
-        <v>3367</v>
+        <v>3361</v>
       </c>
       <c r="K505" t="s">
-        <v>3368</v>
+        <v>3362</v>
       </c>
       <c r="L505" t="s">
-        <v>3369</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="506" spans="1:12">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506" t="s">
-        <v>3370</v>
+        <v>3364</v>
       </c>
       <c r="C506" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="D506" t="s">
         <v>39</v>
       </c>
       <c r="E506">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F506" t="s">
-        <v>3371</v>
+        <v>3365</v>
       </c>
       <c r="G506"/>
       <c r="H506" t="s">
-        <v>3372</v>
+        <v>107</v>
       </c>
       <c r="I506" t="s">
-        <v>3373</v>
-[...3 lines deleted...]
-      </c>
+        <v>3366</v>
+      </c>
+      <c r="J506"/>
       <c r="K506" t="s">
-        <v>3375</v>
+        <v>3367</v>
       </c>
       <c r="L506" t="s">
-        <v>3376</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="507" spans="1:12">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507" t="s">
-        <v>3377</v>
+        <v>3369</v>
       </c>
       <c r="C507" t="s">
-        <v>763</v>
+        <v>23</v>
       </c>
       <c r="D507" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="E507">
         <v>2026</v>
       </c>
       <c r="F507" t="s">
-        <v>3378</v>
+        <v>3370</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
-        <v>736</v>
+        <v>914</v>
       </c>
       <c r="I507" t="s">
-        <v>3379</v>
+        <v>3371</v>
       </c>
       <c r="J507" t="s">
-        <v>3380</v>
+        <v>3372</v>
       </c>
       <c r="K507" t="s">
-        <v>3381</v>
+        <v>3373</v>
       </c>
       <c r="L507" t="s">
-        <v>3382</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="508" spans="1:12">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508" t="s">
-        <v>3383</v>
+        <v>3375</v>
       </c>
       <c r="C508" t="s">
-        <v>763</v>
+        <v>23</v>
       </c>
       <c r="D508" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="E508">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F508" t="s">
-        <v>3384</v>
+        <v>3376</v>
       </c>
       <c r="G508"/>
       <c r="H508" t="s">
-        <v>3385</v>
-[...3 lines deleted...]
-      </c>
+        <v>3377</v>
+      </c>
+      <c r="I508"/>
       <c r="J508" t="s">
-        <v>3387</v>
+        <v>3378</v>
       </c>
       <c r="K508" t="s">
-        <v>3388</v>
+        <v>3379</v>
       </c>
       <c r="L508" t="s">
-        <v>3389</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="509" spans="1:12">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509" t="s">
-        <v>3390</v>
+        <v>3381</v>
       </c>
       <c r="C509" t="s">
-        <v>23</v>
+        <v>2317</v>
       </c>
       <c r="D509" t="s">
         <v>39</v>
       </c>
       <c r="E509">
-        <v>2026</v>
+        <v>1987</v>
       </c>
       <c r="F509" t="s">
-        <v>3391</v>
+        <v>3382</v>
       </c>
       <c r="G509"/>
       <c r="H509" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-      <c r="J509"/>
+        <v>322</v>
+      </c>
+      <c r="I509" t="s">
+        <v>3383</v>
+      </c>
+      <c r="J509" t="s">
+        <v>3384</v>
+      </c>
       <c r="K509" t="s">
-        <v>3392</v>
+        <v>3385</v>
       </c>
       <c r="L509" t="s">
-        <v>3393</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="510" spans="1:12">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510" t="s">
-        <v>3394</v>
+        <v>3387</v>
       </c>
       <c r="C510" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D510" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E510">
-        <v>1999</v>
+        <v>1970</v>
       </c>
       <c r="F510" t="s">
-        <v>3395</v>
+        <v>3388</v>
       </c>
       <c r="G510"/>
       <c r="H510" t="s">
-        <v>301</v>
+        <v>3389</v>
       </c>
       <c r="I510" t="s">
-        <v>3396</v>
+        <v>3390</v>
       </c>
       <c r="J510" t="s">
-        <v>3397</v>
+        <v>3391</v>
       </c>
       <c r="K510" t="s">
-        <v>3398</v>
+        <v>3392</v>
       </c>
       <c r="L510" t="s">
-        <v>3399</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="511" spans="1:12">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511" t="s">
-        <v>3400</v>
+        <v>3394</v>
       </c>
       <c r="C511" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="D511" t="s">
-        <v>3401</v>
+        <v>118</v>
       </c>
       <c r="E511">
         <v>2026</v>
       </c>
       <c r="F511" t="s">
-        <v>3402</v>
-[...1 lines deleted...]
-      <c r="G511"/>
+        <v>3395</v>
+      </c>
+      <c r="G511" t="s">
+        <v>3396</v>
+      </c>
       <c r="H511" t="s">
-        <v>2324</v>
+        <v>935</v>
       </c>
       <c r="I511" t="s">
-        <v>3403</v>
-[...6 lines deleted...]
-      </c>
+        <v>3397</v>
+      </c>
+      <c r="J511"/>
+      <c r="K511"/>
       <c r="L511" t="s">
-        <v>3406</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="512" spans="1:12">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512" t="s">
-        <v>3407</v>
+        <v>3399</v>
       </c>
       <c r="C512" t="s">
-        <v>65</v>
+        <v>1814</v>
       </c>
       <c r="D512" t="s">
-        <v>3338</v>
+        <v>14</v>
       </c>
       <c r="E512">
         <v>2026</v>
       </c>
       <c r="F512" t="s">
-        <v>3408</v>
+        <v>3400</v>
       </c>
       <c r="G512" t="s">
-        <v>3409</v>
+        <v>3401</v>
       </c>
       <c r="H512" t="s">
-        <v>3252</v>
+        <v>149</v>
       </c>
       <c r="I512" t="s">
-        <v>3410</v>
+        <v>3402</v>
       </c>
       <c r="J512" t="s">
-        <v>3411</v>
+        <v>3403</v>
       </c>
       <c r="K512" t="s">
-        <v>3412</v>
+        <v>3404</v>
       </c>
       <c r="L512" t="s">
-        <v>3413</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="513" spans="1:12">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513" t="s">
-        <v>3414</v>
+        <v>3406</v>
       </c>
       <c r="C513" t="s">
-        <v>260</v>
+        <v>2848</v>
       </c>
       <c r="D513" t="s">
-        <v>3415</v>
+        <v>75</v>
       </c>
       <c r="E513">
         <v>2026</v>
       </c>
       <c r="F513" t="s">
-        <v>3416</v>
+        <v>3407</v>
       </c>
       <c r="G513"/>
       <c r="H513" t="s">
-        <v>2963</v>
+        <v>157</v>
       </c>
       <c r="I513" t="s">
-        <v>3417</v>
+        <v>3408</v>
       </c>
       <c r="J513" t="s">
-        <v>3418</v>
+        <v>3409</v>
       </c>
       <c r="K513" t="s">
-        <v>3419</v>
+        <v>3410</v>
       </c>
       <c r="L513" t="s">
-        <v>3420</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="514" spans="1:12">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514" t="s">
-        <v>3421</v>
+        <v>3412</v>
       </c>
       <c r="C514" t="s">
-        <v>117</v>
+        <v>3413</v>
       </c>
       <c r="D514" t="s">
-        <v>14</v>
+        <v>3414</v>
       </c>
       <c r="E514">
         <v>2026</v>
       </c>
       <c r="F514" t="s">
-        <v>3422</v>
-[...3 lines deleted...]
-      </c>
+        <v>3415</v>
+      </c>
+      <c r="G514"/>
       <c r="H514" t="s">
-        <v>1014</v>
+        <v>2766</v>
       </c>
       <c r="I514" t="s">
-        <v>3424</v>
+        <v>3416</v>
       </c>
       <c r="J514" t="s">
-        <v>3425</v>
+        <v>3417</v>
       </c>
       <c r="K514" t="s">
-        <v>3426</v>
+        <v>3418</v>
       </c>
       <c r="L514" t="s">
-        <v>3427</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="515" spans="1:12">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515" t="s">
-        <v>3428</v>
+        <v>3420</v>
       </c>
       <c r="C515" t="s">
-        <v>23</v>
+        <v>259</v>
       </c>
       <c r="D515" t="s">
-        <v>39</v>
+        <v>3421</v>
       </c>
       <c r="E515">
         <v>2026</v>
       </c>
       <c r="F515" t="s">
-        <v>3429</v>
-[...1 lines deleted...]
-      <c r="G515"/>
+        <v>3422</v>
+      </c>
+      <c r="G515" t="s">
+        <v>3423</v>
+      </c>
       <c r="H515" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-      <c r="J515"/>
+        <v>430</v>
+      </c>
+      <c r="I515" t="s">
+        <v>3424</v>
+      </c>
+      <c r="J515" t="s">
+        <v>3425</v>
+      </c>
       <c r="K515" t="s">
-        <v>3430</v>
+        <v>3426</v>
       </c>
       <c r="L515" t="s">
-        <v>3431</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="516" spans="1:12">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516" t="s">
+        <v>3428</v>
+      </c>
+      <c r="C516" t="s">
+        <v>306</v>
+      </c>
+      <c r="D516" t="s">
+        <v>2002</v>
+      </c>
+      <c r="E516">
+        <v>2026</v>
+      </c>
+      <c r="F516" t="s">
+        <v>3429</v>
+      </c>
+      <c r="G516" t="s">
+        <v>3430</v>
+      </c>
+      <c r="H516" t="s">
+        <v>262</v>
+      </c>
+      <c r="I516" t="s">
+        <v>3431</v>
+      </c>
+      <c r="J516" t="s">
         <v>3432</v>
       </c>
-      <c r="C516" t="s">
-[...8 lines deleted...]
-      <c r="F516" t="s">
+      <c r="K516" t="s">
         <v>3433</v>
       </c>
-      <c r="G516"/>
-[...4 lines deleted...]
-      <c r="J516" t="s">
+      <c r="L516" t="s">
         <v>3434</v>
-      </c>
-[...4 lines deleted...]
-        <v>3436</v>
       </c>
     </row>
     <row r="517" spans="1:12">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517" t="s">
+        <v>3435</v>
+      </c>
+      <c r="C517"/>
+      <c r="D517" t="s">
+        <v>2120</v>
+      </c>
+      <c r="E517">
+        <v>2026</v>
+      </c>
+      <c r="F517" t="s">
+        <v>3436</v>
+      </c>
+      <c r="G517"/>
+      <c r="H517" t="s">
         <v>3437</v>
       </c>
-      <c r="C517" t="s">
-[...2 lines deleted...]
-      <c r="D517" t="s">
+      <c r="I517"/>
+      <c r="J517"/>
+      <c r="K517" t="s">
         <v>3438</v>
       </c>
-      <c r="E517">
-[...2 lines deleted...]
-      <c r="F517" t="s">
+      <c r="L517" t="s">
         <v>3439</v>
-      </c>
-[...16 lines deleted...]
-        <v>3445</v>
       </c>
     </row>
     <row r="518" spans="1:12">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518" t="s">
-        <v>3446</v>
+        <v>3440</v>
       </c>
       <c r="C518" t="s">
-        <v>327</v>
+        <v>48</v>
       </c>
       <c r="D518" t="s">
-        <v>464</v>
+        <v>75</v>
       </c>
       <c r="E518">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F518" t="s">
-        <v>3447</v>
+        <v>3441</v>
       </c>
       <c r="G518"/>
       <c r="H518" t="s">
-        <v>314</v>
+        <v>3442</v>
       </c>
       <c r="I518" t="s">
-        <v>3448</v>
+        <v>3443</v>
       </c>
       <c r="J518" t="s">
-        <v>3449</v>
+        <v>3444</v>
       </c>
       <c r="K518" t="s">
-        <v>3450</v>
+        <v>3445</v>
       </c>
       <c r="L518" t="s">
-        <v>3451</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="519" spans="1:12">
       <c r="A519">
         <v>518</v>
       </c>
       <c r="B519" t="s">
+        <v>3447</v>
+      </c>
+      <c r="C519" t="s">
+        <v>65</v>
+      </c>
+      <c r="D519" t="s">
+        <v>39</v>
+      </c>
+      <c r="E519">
+        <v>1970</v>
+      </c>
+      <c r="F519" t="s">
+        <v>3448</v>
+      </c>
+      <c r="G519"/>
+      <c r="H519" t="s">
+        <v>3449</v>
+      </c>
+      <c r="I519" t="s">
+        <v>3450</v>
+      </c>
+      <c r="J519" t="s">
+        <v>3451</v>
+      </c>
+      <c r="K519" t="s">
         <v>3452</v>
       </c>
-      <c r="C519" t="s">
-[...8 lines deleted...]
-      <c r="F519" t="s">
+      <c r="L519" t="s">
         <v>3453</v>
-      </c>
-[...14 lines deleted...]
-        <v>3457</v>
       </c>
     </row>
     <row r="520" spans="1:12">
       <c r="A520">
         <v>519</v>
       </c>
       <c r="B520" t="s">
-        <v>3458</v>
+        <v>3454</v>
       </c>
       <c r="C520" t="s">
-        <v>117</v>
+        <v>777</v>
       </c>
       <c r="D520" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="E520">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F520" t="s">
-        <v>3459</v>
+        <v>3455</v>
       </c>
       <c r="G520"/>
       <c r="H520" t="s">
-        <v>3460</v>
+        <v>750</v>
       </c>
       <c r="I520" t="s">
-        <v>3461</v>
+        <v>3456</v>
       </c>
       <c r="J520" t="s">
-        <v>3462</v>
+        <v>3457</v>
       </c>
       <c r="K520" t="s">
-        <v>3463</v>
+        <v>3458</v>
       </c>
       <c r="L520" t="s">
-        <v>3464</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="521" spans="1:12">
       <c r="A521">
         <v>520</v>
       </c>
       <c r="B521" t="s">
-        <v>3465</v>
+        <v>3460</v>
       </c>
       <c r="C521" t="s">
-        <v>117</v>
+        <v>777</v>
       </c>
       <c r="D521" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="E521">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F521" t="s">
-        <v>3466</v>
+        <v>3461</v>
       </c>
       <c r="G521"/>
       <c r="H521" t="s">
-        <v>955</v>
-[...2 lines deleted...]
-      <c r="J521"/>
+        <v>3462</v>
+      </c>
+      <c r="I521" t="s">
+        <v>3463</v>
+      </c>
+      <c r="J521" t="s">
+        <v>3464</v>
+      </c>
       <c r="K521" t="s">
-        <v>3467</v>
+        <v>3465</v>
       </c>
       <c r="L521" t="s">
-        <v>3468</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="522" spans="1:12">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522" t="s">
-        <v>3469</v>
+        <v>3467</v>
       </c>
       <c r="C522" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="D522" t="s">
         <v>39</v>
       </c>
       <c r="E522">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F522" t="s">
-        <v>3470</v>
-[...3 lines deleted...]
-      </c>
+        <v>3468</v>
+      </c>
+      <c r="G522"/>
       <c r="H522" t="s">
-        <v>3472</v>
+        <v>184</v>
       </c>
       <c r="I522"/>
       <c r="J522"/>
-      <c r="K522"/>
+      <c r="K522" t="s">
+        <v>3469</v>
+      </c>
       <c r="L522" t="s">
-        <v>3473</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="523" spans="1:12">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523" t="s">
-        <v>3474</v>
+        <v>3471</v>
       </c>
       <c r="C523" t="s">
-        <v>117</v>
+        <v>29</v>
       </c>
       <c r="D523" t="s">
         <v>39</v>
       </c>
       <c r="E523">
-        <v>1970</v>
+        <v>1999</v>
       </c>
       <c r="F523" t="s">
-        <v>3475</v>
+        <v>3472</v>
       </c>
       <c r="G523"/>
       <c r="H523" t="s">
+        <v>309</v>
+      </c>
+      <c r="I523" t="s">
+        <v>3473</v>
+      </c>
+      <c r="J523" t="s">
+        <v>3474</v>
+      </c>
+      <c r="K523" t="s">
+        <v>3475</v>
+      </c>
+      <c r="L523" t="s">
         <v>3476</v>
-      </c>
-[...6 lines deleted...]
-        <v>3478</v>
       </c>
     </row>
     <row r="524" spans="1:12">
       <c r="A524">
         <v>523</v>
       </c>
       <c r="B524" t="s">
+        <v>3477</v>
+      </c>
+      <c r="C524" t="s">
+        <v>83</v>
+      </c>
+      <c r="D524" t="s">
+        <v>3478</v>
+      </c>
+      <c r="E524">
+        <v>2026</v>
+      </c>
+      <c r="F524" t="s">
         <v>3479</v>
-      </c>
-[...10 lines deleted...]
-        <v>3480</v>
       </c>
       <c r="G524"/>
       <c r="H524" t="s">
+        <v>2394</v>
+      </c>
+      <c r="I524" t="s">
+        <v>3480</v>
+      </c>
+      <c r="J524" t="s">
         <v>3481</v>
       </c>
-      <c r="I524"/>
-      <c r="J524"/>
       <c r="K524" t="s">
         <v>3482</v>
       </c>
       <c r="L524" t="s">
         <v>3483</v>
       </c>
     </row>
     <row r="525" spans="1:12">
       <c r="A525">
         <v>524</v>
       </c>
       <c r="B525" t="s">
         <v>3484</v>
       </c>
       <c r="C525" t="s">
-        <v>117</v>
+        <v>65</v>
       </c>
       <c r="D525" t="s">
-        <v>39</v>
+        <v>3414</v>
       </c>
       <c r="E525">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F525" t="s">
         <v>3485</v>
       </c>
       <c r="G525" t="s">
         <v>3486</v>
       </c>
       <c r="H525" t="s">
+        <v>3328</v>
+      </c>
+      <c r="I525" t="s">
         <v>3487</v>
       </c>
-      <c r="I525"/>
-      <c r="J525"/>
+      <c r="J525" t="s">
+        <v>3488</v>
+      </c>
       <c r="K525" t="s">
-        <v>3488</v>
+        <v>3489</v>
       </c>
       <c r="L525" t="s">
-        <v>3489</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="526" spans="1:12">
       <c r="A526">
         <v>525</v>
       </c>
       <c r="B526" t="s">
-        <v>3490</v>
+        <v>3491</v>
       </c>
       <c r="C526" t="s">
-        <v>117</v>
+        <v>268</v>
       </c>
       <c r="D526" t="s">
-        <v>39</v>
+        <v>3492</v>
       </c>
       <c r="E526">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F526" t="s">
-        <v>3491</v>
-[...3 lines deleted...]
-      </c>
+        <v>3493</v>
+      </c>
+      <c r="G526"/>
       <c r="H526" t="s">
-        <v>3460</v>
-[...2 lines deleted...]
-      <c r="J526"/>
+        <v>3039</v>
+      </c>
+      <c r="I526" t="s">
+        <v>3494</v>
+      </c>
+      <c r="J526" t="s">
+        <v>3495</v>
+      </c>
       <c r="K526" t="s">
-        <v>3492</v>
+        <v>3496</v>
       </c>
       <c r="L526" t="s">
-        <v>3493</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="527" spans="1:12">
       <c r="A527">
         <v>526</v>
       </c>
       <c r="B527" t="s">
-        <v>3494</v>
+        <v>3498</v>
       </c>
       <c r="C527" t="s">
         <v>117</v>
       </c>
       <c r="D527" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="E527">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F527" t="s">
-        <v>3495</v>
+        <v>3499</v>
       </c>
       <c r="G527" t="s">
-        <v>3471</v>
+        <v>3500</v>
       </c>
       <c r="H527" t="s">
-        <v>1121</v>
-[...3 lines deleted...]
-      <c r="K527"/>
+        <v>1047</v>
+      </c>
+      <c r="I527" t="s">
+        <v>3501</v>
+      </c>
+      <c r="J527" t="s">
+        <v>3502</v>
+      </c>
+      <c r="K527" t="s">
+        <v>3503</v>
+      </c>
       <c r="L527" t="s">
-        <v>3496</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="528" spans="1:12">
       <c r="A528">
         <v>527</v>
       </c>
       <c r="B528" t="s">
-        <v>3497</v>
+        <v>3505</v>
       </c>
       <c r="C528" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="D528" t="s">
         <v>39</v>
       </c>
       <c r="E528">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F528" t="s">
-        <v>3498</v>
-[...3 lines deleted...]
-      </c>
+        <v>3506</v>
+      </c>
+      <c r="G528"/>
       <c r="H528" t="s">
-        <v>3499</v>
-[...6 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="I528"/>
+      <c r="J528"/>
       <c r="K528" t="s">
-        <v>3500</v>
+        <v>3507</v>
       </c>
       <c r="L528" t="s">
-        <v>3501</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="529" spans="1:12">
       <c r="A529">
         <v>528</v>
       </c>
       <c r="B529" t="s">
-        <v>3502</v>
+        <v>3509</v>
       </c>
       <c r="C529" t="s">
-        <v>117</v>
+        <v>83</v>
       </c>
       <c r="D529" t="s">
-        <v>39</v>
+        <v>2002</v>
       </c>
       <c r="E529">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F529" t="s">
-        <v>3503</v>
-[...3 lines deleted...]
-      </c>
+        <v>3510</v>
+      </c>
+      <c r="G529"/>
       <c r="H529" t="s">
-        <v>3504</v>
+        <v>164</v>
       </c>
       <c r="I529"/>
-      <c r="J529"/>
+      <c r="J529" t="s">
+        <v>3511</v>
+      </c>
       <c r="K529" t="s">
-        <v>3505</v>
+        <v>3512</v>
       </c>
       <c r="L529" t="s">
-        <v>3506</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="530" spans="1:12">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530" t="s">
-        <v>3507</v>
+        <v>3514</v>
       </c>
       <c r="C530" t="s">
-        <v>251</v>
+        <v>3515</v>
       </c>
       <c r="D530" t="s">
-        <v>363</v>
+        <v>39</v>
       </c>
       <c r="E530">
         <v>2026</v>
       </c>
       <c r="F530" t="s">
-        <v>3508</v>
+        <v>3516</v>
       </c>
       <c r="G530"/>
       <c r="H530" t="s">
-        <v>3509</v>
-[...5 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="I530" t="s">
+        <v>1521</v>
+      </c>
+      <c r="J530" t="s">
+        <v>3517</v>
+      </c>
+      <c r="K530"/>
       <c r="L530" t="s">
-        <v>3511</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="531" spans="1:12">
       <c r="A531">
         <v>530</v>
       </c>
       <c r="B531" t="s">
-        <v>3512</v>
+        <v>3519</v>
       </c>
       <c r="C531" t="s">
-        <v>251</v>
+        <v>83</v>
       </c>
       <c r="D531" t="s">
-        <v>363</v>
+        <v>3520</v>
       </c>
       <c r="E531">
         <v>2026</v>
       </c>
       <c r="F531" t="s">
-        <v>3513</v>
+        <v>3521</v>
       </c>
       <c r="G531" t="s">
-        <v>3514</v>
+        <v>3522</v>
       </c>
       <c r="H531" t="s">
-        <v>998</v>
+        <v>3523</v>
       </c>
       <c r="I531" t="s">
-        <v>3515</v>
+        <v>3524</v>
       </c>
       <c r="J531" t="s">
-        <v>3516</v>
+        <v>3525</v>
       </c>
       <c r="K531" t="s">
-        <v>3517</v>
+        <v>3526</v>
       </c>
       <c r="L531" t="s">
-        <v>3518</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="532" spans="1:12">
       <c r="A532">
         <v>531</v>
       </c>
       <c r="B532" t="s">
-        <v>3519</v>
+        <v>3528</v>
       </c>
       <c r="C532" t="s">
-        <v>117</v>
+        <v>335</v>
       </c>
       <c r="D532" t="s">
-        <v>1952</v>
+        <v>472</v>
       </c>
       <c r="E532">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F532" t="s">
-        <v>3520</v>
+        <v>3529</v>
       </c>
       <c r="G532"/>
       <c r="H532" t="s">
-        <v>3521</v>
+        <v>322</v>
       </c>
       <c r="I532" t="s">
-        <v>3522</v>
+        <v>3530</v>
       </c>
       <c r="J532" t="s">
-        <v>3523</v>
+        <v>3531</v>
       </c>
       <c r="K532" t="s">
-        <v>3524</v>
+        <v>3532</v>
       </c>
       <c r="L532" t="s">
-        <v>3525</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="533" spans="1:12">
       <c r="A533">
         <v>532</v>
       </c>
       <c r="B533" t="s">
-        <v>3526</v>
+        <v>3534</v>
       </c>
       <c r="C533" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="D533" t="s">
-        <v>502</v>
+        <v>371</v>
       </c>
       <c r="E533">
         <v>2026</v>
       </c>
       <c r="F533" t="s">
-        <v>3527</v>
+        <v>3535</v>
       </c>
       <c r="G533" t="s">
-        <v>3528</v>
-[...2 lines deleted...]
-        <v>1155</v>
+        <v>3536</v>
+      </c>
+      <c r="H533">
+        <v>75</v>
       </c>
       <c r="I533" t="s">
-        <v>3529</v>
+        <v>3537</v>
       </c>
       <c r="J533" t="s">
-        <v>3530</v>
-[...3 lines deleted...]
-      </c>
+        <v>3538</v>
+      </c>
+      <c r="K533"/>
       <c r="L533" t="s">
-        <v>3532</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="534" spans="1:12">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534" t="s">
-        <v>3533</v>
+        <v>3540</v>
       </c>
       <c r="C534" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="D534" t="s">
-        <v>154</v>
+        <v>39</v>
       </c>
       <c r="E534">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F534" t="s">
-        <v>3534</v>
-[...3 lines deleted...]
-      </c>
+        <v>3541</v>
+      </c>
+      <c r="G534"/>
       <c r="H534" t="s">
-        <v>3536</v>
+        <v>3542</v>
       </c>
       <c r="I534" t="s">
-        <v>3537</v>
-[...1 lines deleted...]
-      <c r="J534"/>
+        <v>3543</v>
+      </c>
+      <c r="J534" t="s">
+        <v>3544</v>
+      </c>
       <c r="K534" t="s">
-        <v>3538</v>
+        <v>3545</v>
       </c>
       <c r="L534" t="s">
-        <v>3539</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="535" spans="1:12">
       <c r="A535">
         <v>534</v>
       </c>
       <c r="B535" t="s">
-        <v>3540</v>
+        <v>3547</v>
       </c>
       <c r="C535" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="D535" t="s">
-        <v>800</v>
+        <v>39</v>
       </c>
       <c r="E535">
         <v>1970</v>
       </c>
       <c r="F535" t="s">
-        <v>3541</v>
+        <v>3548</v>
       </c>
       <c r="G535"/>
       <c r="H535" t="s">
-        <v>1723</v>
+        <v>1171</v>
       </c>
       <c r="I535"/>
-      <c r="J535" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J535"/>
       <c r="K535" t="s">
-        <v>3543</v>
+        <v>3549</v>
       </c>
       <c r="L535" t="s">
-        <v>3544</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="536" spans="1:12">
       <c r="A536">
         <v>535</v>
       </c>
       <c r="B536" t="s">
-        <v>3545</v>
+        <v>3551</v>
       </c>
       <c r="C536" t="s">
-        <v>99</v>
+        <v>117</v>
       </c>
       <c r="D536" t="s">
-        <v>800</v>
+        <v>39</v>
       </c>
       <c r="E536">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F536" t="s">
-        <v>3546</v>
+        <v>3552</v>
       </c>
       <c r="G536" t="s">
-        <v>3547</v>
+        <v>3553</v>
       </c>
       <c r="H536" t="s">
-        <v>3548</v>
-[...3 lines deleted...]
-      </c>
+        <v>3554</v>
+      </c>
+      <c r="I536"/>
       <c r="J536"/>
-      <c r="K536" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K536"/>
       <c r="L536" t="s">
-        <v>3551</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="537" spans="1:12">
       <c r="A537">
         <v>536</v>
       </c>
       <c r="B537" t="s">
-        <v>3552</v>
+        <v>3556</v>
       </c>
       <c r="C537" t="s">
-        <v>251</v>
+        <v>117</v>
       </c>
       <c r="D537" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E537">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F537" t="s">
-        <v>3553</v>
+        <v>3557</v>
       </c>
       <c r="G537"/>
       <c r="H537" t="s">
-        <v>87</v>
-[...6 lines deleted...]
-      </c>
+        <v>3558</v>
+      </c>
+      <c r="I537"/>
+      <c r="J537"/>
       <c r="K537" t="s">
-        <v>3556</v>
+        <v>3559</v>
       </c>
       <c r="L537" t="s">
-        <v>3557</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="538" spans="1:12">
       <c r="A538">
         <v>537</v>
       </c>
       <c r="B538" t="s">
-        <v>3558</v>
+        <v>3561</v>
       </c>
       <c r="C538" t="s">
-        <v>38</v>
+        <v>117</v>
       </c>
       <c r="D538" t="s">
-        <v>1407</v>
+        <v>39</v>
       </c>
       <c r="E538">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F538" t="s">
-        <v>3559</v>
+        <v>3562</v>
       </c>
       <c r="G538"/>
       <c r="H538" t="s">
-        <v>3560</v>
-[...7 lines deleted...]
-      <c r="K538"/>
+        <v>3563</v>
+      </c>
+      <c r="I538"/>
+      <c r="J538"/>
+      <c r="K538" t="s">
+        <v>3564</v>
+      </c>
       <c r="L538" t="s">
-        <v>3563</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="539" spans="1:12">
       <c r="A539">
         <v>538</v>
       </c>
       <c r="B539" t="s">
-        <v>3564</v>
+        <v>3566</v>
       </c>
       <c r="C539" t="s">
-        <v>189</v>
+        <v>117</v>
       </c>
       <c r="D539" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E539">
         <v>1970</v>
       </c>
       <c r="F539" t="s">
-        <v>3565</v>
-[...1 lines deleted...]
-      <c r="G539"/>
+        <v>3567</v>
+      </c>
+      <c r="G539" t="s">
+        <v>3568</v>
+      </c>
       <c r="H539" t="s">
-        <v>3566</v>
-[...6 lines deleted...]
-      </c>
+        <v>3569</v>
+      </c>
+      <c r="I539"/>
+      <c r="J539"/>
       <c r="K539" t="s">
-        <v>3569</v>
+        <v>3570</v>
       </c>
       <c r="L539" t="s">
-        <v>3570</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="540" spans="1:12">
       <c r="A540">
         <v>539</v>
       </c>
       <c r="B540" t="s">
-        <v>3571</v>
+        <v>3572</v>
       </c>
       <c r="C540" t="s">
-        <v>29</v>
+        <v>117</v>
       </c>
       <c r="D540" t="s">
         <v>39</v>
       </c>
       <c r="E540">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F540" t="s">
-        <v>3572</v>
-[...1 lines deleted...]
-      <c r="G540"/>
+        <v>3573</v>
+      </c>
+      <c r="G540" t="s">
+        <v>3568</v>
+      </c>
       <c r="H540" t="s">
-        <v>157</v>
-[...4 lines deleted...]
-      <c r="J540" t="s">
+        <v>3542</v>
+      </c>
+      <c r="I540"/>
+      <c r="J540"/>
+      <c r="K540" t="s">
         <v>3574</v>
       </c>
-      <c r="K540" t="s">
+      <c r="L540" t="s">
         <v>3575</v>
-      </c>
-[...1 lines deleted...]
-        <v>3576</v>
       </c>
     </row>
     <row r="541" spans="1:12">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541" t="s">
+        <v>3576</v>
+      </c>
+      <c r="C541" t="s">
+        <v>117</v>
+      </c>
+      <c r="D541" t="s">
+        <v>39</v>
+      </c>
+      <c r="E541">
+        <v>1970</v>
+      </c>
+      <c r="F541" t="s">
         <v>3577</v>
       </c>
-      <c r="C541"/>
-[...16 lines deleted...]
-      </c>
+      <c r="G541" t="s">
+        <v>3553</v>
+      </c>
+      <c r="H541" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I541"/>
+      <c r="J541"/>
       <c r="K541"/>
       <c r="L541" t="s">
-        <v>3581</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="542" spans="1:12">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542" t="s">
+        <v>3579</v>
+      </c>
+      <c r="C542" t="s">
+        <v>117</v>
+      </c>
+      <c r="D542" t="s">
+        <v>39</v>
+      </c>
+      <c r="E542">
+        <v>1970</v>
+      </c>
+      <c r="F542" t="s">
+        <v>3580</v>
+      </c>
+      <c r="G542" t="s">
+        <v>3568</v>
+      </c>
+      <c r="H542" t="s">
+        <v>3581</v>
+      </c>
+      <c r="I542" t="s">
+        <v>3543</v>
+      </c>
+      <c r="J542" t="s">
+        <v>3544</v>
+      </c>
+      <c r="K542" t="s">
         <v>3582</v>
       </c>
-      <c r="C542" t="s">
-[...2 lines deleted...]
-      <c r="D542" t="s">
+      <c r="L542" t="s">
         <v>3583</v>
-      </c>
-[...22 lines deleted...]
-        <v>3589</v>
       </c>
     </row>
     <row r="543" spans="1:12">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543" t="s">
-        <v>3590</v>
+        <v>3584</v>
       </c>
       <c r="C543" t="s">
-        <v>3591</v>
+        <v>117</v>
       </c>
       <c r="D543" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E543">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F543" t="s">
-        <v>3592</v>
-[...1 lines deleted...]
-      <c r="G543"/>
+        <v>3585</v>
+      </c>
+      <c r="G543" t="s">
+        <v>3568</v>
+      </c>
       <c r="H543" t="s">
-        <v>973</v>
-[...6 lines deleted...]
-      </c>
+        <v>3586</v>
+      </c>
+      <c r="I543"/>
+      <c r="J543"/>
       <c r="K543" t="s">
-        <v>3595</v>
+        <v>3587</v>
       </c>
       <c r="L543" t="s">
-        <v>3596</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="544" spans="1:12">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544" t="s">
-        <v>3597</v>
+        <v>3589</v>
       </c>
       <c r="C544" t="s">
-        <v>65</v>
+        <v>259</v>
       </c>
       <c r="D544" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="E544">
         <v>2026</v>
       </c>
       <c r="F544" t="s">
-        <v>3598</v>
-[...13 lines deleted...]
-      <c r="K544"/>
+        <v>3590</v>
+      </c>
+      <c r="G544"/>
+      <c r="H544" t="s">
+        <v>3591</v>
+      </c>
+      <c r="I544"/>
+      <c r="J544"/>
+      <c r="K544" t="s">
+        <v>3592</v>
+      </c>
       <c r="L544" t="s">
-        <v>3602</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="545" spans="1:12">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545" t="s">
-        <v>3603</v>
+        <v>3594</v>
       </c>
       <c r="C545" t="s">
-        <v>29</v>
+        <v>259</v>
       </c>
       <c r="D545" t="s">
-        <v>39</v>
+        <v>371</v>
       </c>
       <c r="E545">
         <v>2026</v>
       </c>
       <c r="F545" t="s">
-        <v>3604</v>
-[...1 lines deleted...]
-      <c r="G545"/>
+        <v>3595</v>
+      </c>
+      <c r="G545" t="s">
+        <v>3596</v>
+      </c>
       <c r="H545" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-      <c r="J545"/>
+        <v>1024</v>
+      </c>
+      <c r="I545" t="s">
+        <v>3597</v>
+      </c>
+      <c r="J545" t="s">
+        <v>3598</v>
+      </c>
       <c r="K545" t="s">
-        <v>3605</v>
+        <v>3599</v>
       </c>
       <c r="L545" t="s">
-        <v>3606</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="546" spans="1:12">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546" t="s">
-        <v>3607</v>
+        <v>3601</v>
       </c>
       <c r="C546" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="D546" t="s">
-        <v>75</v>
+        <v>2016</v>
       </c>
       <c r="E546">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F546" t="s">
-        <v>3608</v>
+        <v>3602</v>
       </c>
       <c r="G546"/>
       <c r="H546" t="s">
-        <v>399</v>
+        <v>3603</v>
       </c>
       <c r="I546" t="s">
-        <v>3609</v>
+        <v>3604</v>
       </c>
       <c r="J546" t="s">
-        <v>3610</v>
+        <v>3605</v>
       </c>
       <c r="K546" t="s">
-        <v>3611</v>
+        <v>3606</v>
       </c>
       <c r="L546" t="s">
-        <v>3612</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="547" spans="1:12">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547" t="s">
+        <v>3608</v>
+      </c>
+      <c r="C547" t="s">
+        <v>65</v>
+      </c>
+      <c r="D547" t="s">
+        <v>510</v>
+      </c>
+      <c r="E547">
+        <v>2026</v>
+      </c>
+      <c r="F547" t="s">
+        <v>3609</v>
+      </c>
+      <c r="G547" t="s">
+        <v>3610</v>
+      </c>
+      <c r="H547" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I547" t="s">
+        <v>3611</v>
+      </c>
+      <c r="J547" t="s">
+        <v>3612</v>
+      </c>
+      <c r="K547" t="s">
         <v>3613</v>
       </c>
-      <c r="C547" t="s">
-[...2 lines deleted...]
-      <c r="D547" t="s">
+      <c r="L547" t="s">
         <v>3614</v>
-      </c>
-[...16 lines deleted...]
-        <v>3617</v>
       </c>
     </row>
     <row r="548" spans="1:12">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548" t="s">
+        <v>3615</v>
+      </c>
+      <c r="C548" t="s">
+        <v>99</v>
+      </c>
+      <c r="D548" t="s">
+        <v>154</v>
+      </c>
+      <c r="E548">
+        <v>2026</v>
+      </c>
+      <c r="F548" t="s">
+        <v>3616</v>
+      </c>
+      <c r="G548" t="s">
+        <v>3617</v>
+      </c>
+      <c r="H548" t="s">
         <v>3618</v>
       </c>
-      <c r="C548" t="s">
-[...2 lines deleted...]
-      <c r="D548" t="s">
+      <c r="I548" t="s">
         <v>3619</v>
       </c>
-      <c r="E548">
-[...2 lines deleted...]
-      <c r="F548" t="s">
+      <c r="J548"/>
+      <c r="K548" t="s">
         <v>3620</v>
       </c>
-      <c r="G548" t="s">
+      <c r="L548" t="s">
         <v>3621</v>
-      </c>
-[...13 lines deleted...]
-        <v>3625</v>
       </c>
     </row>
     <row r="549" spans="1:12">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549" t="s">
-        <v>3626</v>
+        <v>3622</v>
       </c>
       <c r="C549" t="s">
-        <v>189</v>
+        <v>23</v>
       </c>
       <c r="D549" t="s">
-        <v>39</v>
+        <v>821</v>
       </c>
       <c r="E549">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F549" t="s">
-        <v>3627</v>
+        <v>3623</v>
       </c>
       <c r="G549"/>
       <c r="H549" t="s">
-        <v>107</v>
-[...4 lines deleted...]
-      <c r="J549"/>
+        <v>3624</v>
+      </c>
+      <c r="I549"/>
+      <c r="J549" t="s">
+        <v>3625</v>
+      </c>
       <c r="K549" t="s">
-        <v>3629</v>
+        <v>3626</v>
       </c>
       <c r="L549" t="s">
-        <v>3630</v>
+        <v>3627</v>
       </c>
     </row>
     <row r="550" spans="1:12">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550" t="s">
+        <v>3628</v>
+      </c>
+      <c r="C550" t="s">
+        <v>99</v>
+      </c>
+      <c r="D550" t="s">
+        <v>821</v>
+      </c>
+      <c r="E550">
+        <v>2026</v>
+      </c>
+      <c r="F550" t="s">
+        <v>3629</v>
+      </c>
+      <c r="G550" t="s">
+        <v>3630</v>
+      </c>
+      <c r="H550" t="s">
         <v>3631</v>
       </c>
-      <c r="C550" t="s">
-[...2 lines deleted...]
-      <c r="D550" t="s">
+      <c r="I550" t="s">
         <v>3632</v>
       </c>
-      <c r="E550">
-[...9 lines deleted...]
-      <c r="I550"/>
       <c r="J550"/>
       <c r="K550" t="s">
-        <v>3635</v>
+        <v>3633</v>
       </c>
       <c r="L550" t="s">
-        <v>3636</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="551" spans="1:12">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551" t="s">
-        <v>3637</v>
+        <v>3635</v>
       </c>
       <c r="C551" t="s">
-        <v>48</v>
+        <v>259</v>
       </c>
       <c r="D551" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E551">
         <v>2026</v>
       </c>
       <c r="F551" t="s">
-        <v>3638</v>
+        <v>3636</v>
       </c>
       <c r="G551"/>
       <c r="H551" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-      <c r="J551"/>
+        <v>87</v>
+      </c>
+      <c r="I551" t="s">
+        <v>3637</v>
+      </c>
+      <c r="J551" t="s">
+        <v>3638</v>
+      </c>
       <c r="K551" t="s">
         <v>3639</v>
       </c>
       <c r="L551" t="s">
         <v>3640</v>
       </c>
     </row>
     <row r="552" spans="1:12">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552" t="s">
         <v>3641</v>
       </c>
       <c r="C552" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="D552" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="E552">
         <v>2026</v>
       </c>
       <c r="F552" t="s">
         <v>3642</v>
       </c>
-      <c r="G552" t="s">
+      <c r="G552"/>
+      <c r="H552" t="s">
         <v>3643</v>
-      </c>
-[...1 lines deleted...]
-        <v>1060</v>
       </c>
       <c r="I552" t="s">
         <v>3644</v>
       </c>
       <c r="J552" t="s">
         <v>3645</v>
       </c>
-      <c r="K552" t="s">
+      <c r="K552"/>
+      <c r="L552" t="s">
         <v>3646</v>
-      </c>
-[...1 lines deleted...]
-        <v>3647</v>
       </c>
     </row>
     <row r="553" spans="1:12">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553" t="s">
+        <v>3647</v>
+      </c>
+      <c r="C553" t="s">
+        <v>189</v>
+      </c>
+      <c r="D553" t="s">
+        <v>75</v>
+      </c>
+      <c r="E553">
+        <v>1970</v>
+      </c>
+      <c r="F553" t="s">
         <v>3648</v>
       </c>
-      <c r="C553" t="s">
-[...8 lines deleted...]
-      <c r="F553" t="s">
+      <c r="G553"/>
+      <c r="H553" t="s">
         <v>3649</v>
       </c>
-      <c r="G553" t="s">
+      <c r="I553" t="s">
         <v>3650</v>
       </c>
-      <c r="H553" t="s">
-[...2 lines deleted...]
-      <c r="I553" t="s">
+      <c r="J553" t="s">
         <v>3651</v>
       </c>
-      <c r="J553" t="s">
+      <c r="K553" t="s">
         <v>3652</v>
       </c>
-      <c r="K553" t="s">
+      <c r="L553" t="s">
         <v>3653</v>
-      </c>
-[...1 lines deleted...]
-        <v>3654</v>
       </c>
     </row>
     <row r="554" spans="1:12">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554" t="s">
+        <v>3654</v>
+      </c>
+      <c r="C554" t="s">
+        <v>29</v>
+      </c>
+      <c r="D554" t="s">
+        <v>39</v>
+      </c>
+      <c r="E554">
+        <v>2026</v>
+      </c>
+      <c r="F554" t="s">
         <v>3655</v>
-      </c>
-[...10 lines deleted...]
-        <v>3656</v>
       </c>
       <c r="G554"/>
       <c r="H554" t="s">
+        <v>157</v>
+      </c>
+      <c r="I554" t="s">
+        <v>3656</v>
+      </c>
+      <c r="J554" t="s">
         <v>3657</v>
       </c>
-      <c r="I554" t="s">
+      <c r="K554" t="s">
         <v>3658</v>
       </c>
-      <c r="J554" t="s">
+      <c r="L554" t="s">
         <v>3659</v>
-      </c>
-[...4 lines deleted...]
-        <v>3661</v>
       </c>
     </row>
     <row r="555" spans="1:12">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555" t="s">
+        <v>3660</v>
+      </c>
+      <c r="C555"/>
+      <c r="D555" t="s">
+        <v>371</v>
+      </c>
+      <c r="E555">
+        <v>2026</v>
+      </c>
+      <c r="F555" t="s">
+        <v>3661</v>
+      </c>
+      <c r="G555"/>
+      <c r="H555"/>
+      <c r="I555" t="s">
         <v>3662</v>
       </c>
-      <c r="C555" t="s">
-[...8 lines deleted...]
-      <c r="F555" t="s">
+      <c r="J555" t="s">
         <v>3663</v>
       </c>
-      <c r="G555" t="s">
-[...4 lines deleted...]
-      <c r="J555"/>
       <c r="K555"/>
       <c r="L555" t="s">
-        <v>3665</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="556" spans="1:12">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556" t="s">
-        <v>3666</v>
+        <v>3665</v>
       </c>
       <c r="C556" t="s">
         <v>38</v>
       </c>
       <c r="D556" t="s">
-        <v>66</v>
+        <v>3666</v>
       </c>
       <c r="E556">
         <v>2026</v>
       </c>
       <c r="F556" t="s">
         <v>3667</v>
       </c>
       <c r="G556" t="s">
         <v>3668</v>
       </c>
       <c r="H556" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="I556" t="s">
         <v>3669</v>
       </c>
       <c r="J556" t="s">
         <v>3670</v>
       </c>
       <c r="K556" t="s">
         <v>3671</v>
       </c>
       <c r="L556" t="s">
         <v>3672</v>
       </c>
     </row>
     <row r="557" spans="1:12">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557" t="s">
         <v>3673</v>
       </c>
       <c r="C557" t="s">
         <v>3674</v>
       </c>
       <c r="D557" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E557">
         <v>2026</v>
       </c>
       <c r="F557" t="s">
         <v>3675</v>
       </c>
-      <c r="G557" t="s">
+      <c r="G557"/>
+      <c r="H557" t="s">
+        <v>254</v>
+      </c>
+      <c r="I557" t="s">
         <v>3676</v>
       </c>
-      <c r="H557" t="s">
-[...2 lines deleted...]
-      <c r="I557" t="s">
+      <c r="J557" t="s">
         <v>3677</v>
       </c>
-      <c r="J557" t="s">
+      <c r="K557" t="s">
         <v>3678</v>
       </c>
-      <c r="K557" t="s">
+      <c r="L557" t="s">
         <v>3679</v>
-      </c>
-[...1 lines deleted...]
-        <v>3680</v>
       </c>
     </row>
     <row r="558" spans="1:12">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558" t="s">
+        <v>3680</v>
+      </c>
+      <c r="C558" t="s">
+        <v>65</v>
+      </c>
+      <c r="D558" t="s">
+        <v>371</v>
+      </c>
+      <c r="E558">
+        <v>2026</v>
+      </c>
+      <c r="F558" t="s">
         <v>3681</v>
       </c>
-      <c r="C558" t="s">
-[...8 lines deleted...]
-      <c r="F558" t="s">
+      <c r="G558" t="s">
         <v>3682</v>
       </c>
-      <c r="G558"/>
-[...1 lines deleted...]
-        <v>68</v>
+      <c r="H558">
+        <v>93</v>
       </c>
       <c r="I558" t="s">
         <v>3683</v>
       </c>
       <c r="J558" t="s">
         <v>3684</v>
       </c>
-      <c r="K558" t="s">
+      <c r="K558"/>
+      <c r="L558" t="s">
         <v>3685</v>
-      </c>
-[...1 lines deleted...]
-        <v>3686</v>
       </c>
     </row>
     <row r="559" spans="1:12">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559" t="s">
+        <v>3686</v>
+      </c>
+      <c r="C559" t="s">
+        <v>29</v>
+      </c>
+      <c r="D559" t="s">
+        <v>39</v>
+      </c>
+      <c r="E559">
+        <v>2026</v>
+      </c>
+      <c r="F559" t="s">
         <v>3687</v>
       </c>
-      <c r="C559" t="s">
-[...8 lines deleted...]
-      <c r="F559" t="s">
+      <c r="G559"/>
+      <c r="H559" t="s">
+        <v>68</v>
+      </c>
+      <c r="I559"/>
+      <c r="J559"/>
+      <c r="K559" t="s">
         <v>3688</v>
       </c>
-      <c r="G559" t="s">
+      <c r="L559" t="s">
         <v>3689</v>
-      </c>
-[...11 lines deleted...]
-        <v>3692</v>
       </c>
     </row>
     <row r="560" spans="1:12">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560" t="s">
-        <v>3693</v>
+        <v>3690</v>
       </c>
       <c r="C560" t="s">
-        <v>2873</v>
+        <v>3691</v>
       </c>
       <c r="D560" t="s">
-        <v>3694</v>
+        <v>1939</v>
       </c>
       <c r="E560">
-        <v>2026</v>
+        <v>1964</v>
       </c>
       <c r="F560" t="s">
-        <v>3695</v>
+        <v>3692</v>
       </c>
       <c r="G560"/>
       <c r="H560" t="s">
-        <v>1341</v>
+        <v>438</v>
       </c>
       <c r="I560" t="s">
+        <v>3693</v>
+      </c>
+      <c r="J560" t="s">
+        <v>3694</v>
+      </c>
+      <c r="K560" t="s">
+        <v>3695</v>
+      </c>
+      <c r="L560" t="s">
         <v>3696</v>
-      </c>
-[...7 lines deleted...]
-        <v>3699</v>
       </c>
     </row>
     <row r="561" spans="1:12">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561" t="s">
-        <v>3700</v>
+        <v>3697</v>
       </c>
       <c r="C561" t="s">
-        <v>38</v>
+        <v>3691</v>
       </c>
       <c r="D561" t="s">
-        <v>39</v>
+        <v>1939</v>
       </c>
       <c r="E561">
-        <v>2026</v>
+        <v>1967</v>
       </c>
       <c r="F561" t="s">
-        <v>3701</v>
+        <v>3698</v>
       </c>
       <c r="G561"/>
       <c r="H561" t="s">
-        <v>729</v>
+        <v>438</v>
       </c>
       <c r="I561" t="s">
-        <v>3702</v>
+        <v>3699</v>
       </c>
       <c r="J561" t="s">
-        <v>3703</v>
-[...3 lines deleted...]
-      </c>
+        <v>3700</v>
+      </c>
+      <c r="K561"/>
       <c r="L561" t="s">
-        <v>3705</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="562" spans="1:12">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562" t="s">
-        <v>3706</v>
+        <v>3702</v>
       </c>
       <c r="C562" t="s">
-        <v>48</v>
+        <v>3691</v>
       </c>
       <c r="D562" t="s">
-        <v>1875</v>
+        <v>1939</v>
       </c>
       <c r="E562">
-        <v>2026</v>
+        <v>1965</v>
       </c>
       <c r="F562" t="s">
-        <v>3707</v>
+        <v>3703</v>
       </c>
       <c r="G562"/>
       <c r="H562" t="s">
-        <v>2071</v>
-[...1 lines deleted...]
-      <c r="I562"/>
+        <v>1610</v>
+      </c>
+      <c r="I562" t="s">
+        <v>3704</v>
+      </c>
       <c r="J562" t="s">
-        <v>3708</v>
+        <v>3705</v>
       </c>
       <c r="K562" t="s">
-        <v>3709</v>
+        <v>3706</v>
       </c>
       <c r="L562" t="s">
-        <v>3710</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="563" spans="1:12">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563" t="s">
-        <v>3711</v>
+        <v>3708</v>
       </c>
       <c r="C563" t="s">
         <v>23</v>
       </c>
       <c r="D563" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E563">
         <v>2026</v>
       </c>
       <c r="F563" t="s">
-        <v>3712</v>
+        <v>3709</v>
       </c>
       <c r="G563"/>
       <c r="H563" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="J563"/>
+        <v>407</v>
+      </c>
+      <c r="I563" t="s">
+        <v>3710</v>
+      </c>
+      <c r="J563" t="s">
+        <v>3711</v>
+      </c>
       <c r="K563" t="s">
+        <v>3712</v>
+      </c>
+      <c r="L563" t="s">
         <v>3713</v>
-      </c>
-[...1 lines deleted...]
-        <v>3714</v>
       </c>
     </row>
     <row r="564" spans="1:12">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564" t="s">
+        <v>3714</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D564" t="s">
         <v>3715</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="E564">
         <v>2026</v>
       </c>
       <c r="F564" t="s">
         <v>3716</v>
       </c>
-      <c r="G564"/>
+      <c r="G564" t="s">
+        <v>3717</v>
+      </c>
       <c r="H564" t="s">
-        <v>87</v>
-[...4 lines deleted...]
-      <c r="J564" t="s">
+        <v>430</v>
+      </c>
+      <c r="I564"/>
+      <c r="J564"/>
+      <c r="K564"/>
+      <c r="L564" t="s">
         <v>3718</v>
-      </c>
-[...4 lines deleted...]
-        <v>3720</v>
       </c>
     </row>
     <row r="565" spans="1:12">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565" t="s">
+        <v>3719</v>
+      </c>
+      <c r="C565" t="s">
+        <v>65</v>
+      </c>
+      <c r="D565" t="s">
+        <v>3720</v>
+      </c>
+      <c r="E565">
+        <v>2026</v>
+      </c>
+      <c r="F565" t="s">
         <v>3721</v>
       </c>
-      <c r="C565" t="s">
-[...8 lines deleted...]
-      <c r="F565" t="s">
+      <c r="G565" t="s">
         <v>3722</v>
       </c>
-      <c r="G565" t="s">
+      <c r="H565" t="s">
+        <v>1586</v>
+      </c>
+      <c r="I565" t="s">
         <v>3723</v>
       </c>
-      <c r="H565" t="s">
-[...2 lines deleted...]
-      <c r="I565" t="s">
+      <c r="J565" t="s">
         <v>3724</v>
       </c>
-      <c r="J565" t="s">
+      <c r="K565" t="s">
         <v>3725</v>
       </c>
-      <c r="K565" t="s">
+      <c r="L565" t="s">
         <v>3726</v>
-      </c>
-[...1 lines deleted...]
-        <v>3727</v>
       </c>
     </row>
     <row r="566" spans="1:12">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566" t="s">
+        <v>3727</v>
+      </c>
+      <c r="C566" t="s">
+        <v>189</v>
+      </c>
+      <c r="D566" t="s">
+        <v>39</v>
+      </c>
+      <c r="E566">
+        <v>2026</v>
+      </c>
+      <c r="F566" t="s">
         <v>3728</v>
-      </c>
-[...10 lines deleted...]
-        <v>3729</v>
       </c>
       <c r="G566"/>
       <c r="H566" t="s">
+        <v>107</v>
+      </c>
+      <c r="I566" t="s">
+        <v>3729</v>
+      </c>
+      <c r="J566"/>
+      <c r="K566" t="s">
         <v>3730</v>
       </c>
-      <c r="I566" t="s">
+      <c r="L566" t="s">
         <v>3731</v>
-      </c>
-[...7 lines deleted...]
-        <v>3734</v>
       </c>
     </row>
     <row r="567" spans="1:12">
       <c r="A567">
         <v>566</v>
       </c>
       <c r="B567" t="s">
-        <v>3735</v>
+        <v>3732</v>
       </c>
       <c r="C567" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="D567" t="s">
-        <v>840</v>
+        <v>3733</v>
       </c>
       <c r="E567">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F567" t="s">
-        <v>3736</v>
+        <v>3734</v>
       </c>
       <c r="G567"/>
       <c r="H567" t="s">
+        <v>3735</v>
+      </c>
+      <c r="I567"/>
+      <c r="J567"/>
+      <c r="K567" t="s">
+        <v>3736</v>
+      </c>
+      <c r="L567" t="s">
         <v>3737</v>
-      </c>
-[...10 lines deleted...]
-        <v>3741</v>
       </c>
     </row>
     <row r="568" spans="1:12">
       <c r="A568">
         <v>567</v>
       </c>
       <c r="B568" t="s">
-        <v>3742</v>
+        <v>3738</v>
       </c>
       <c r="C568" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="D568" t="s">
-        <v>690</v>
+        <v>39</v>
       </c>
       <c r="E568">
         <v>2026</v>
       </c>
       <c r="F568" t="s">
-        <v>3743</v>
+        <v>3739</v>
       </c>
       <c r="G568"/>
       <c r="H568" t="s">
-        <v>3301</v>
-[...6 lines deleted...]
-      </c>
+        <v>520</v>
+      </c>
+      <c r="I568"/>
+      <c r="J568"/>
       <c r="K568" t="s">
-        <v>3746</v>
+        <v>3740</v>
       </c>
       <c r="L568" t="s">
-        <v>3747</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="569" spans="1:12">
       <c r="A569">
         <v>568</v>
       </c>
       <c r="B569" t="s">
-        <v>3748</v>
+        <v>3742</v>
       </c>
       <c r="C569" t="s">
         <v>23</v>
       </c>
       <c r="D569" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="E569">
         <v>2026</v>
       </c>
       <c r="F569" t="s">
-        <v>3749</v>
-[...1 lines deleted...]
-      <c r="G569"/>
+        <v>3743</v>
+      </c>
+      <c r="G569" t="s">
+        <v>3744</v>
+      </c>
       <c r="H569" t="s">
-        <v>1629</v>
-[...2 lines deleted...]
-      <c r="J569"/>
+        <v>1093</v>
+      </c>
+      <c r="I569" t="s">
+        <v>3745</v>
+      </c>
+      <c r="J569" t="s">
+        <v>3746</v>
+      </c>
       <c r="K569" t="s">
-        <v>3750</v>
+        <v>3747</v>
       </c>
       <c r="L569" t="s">
-        <v>3751</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="570" spans="1:12">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570" t="s">
+        <v>3749</v>
+      </c>
+      <c r="C570" t="s">
+        <v>65</v>
+      </c>
+      <c r="D570" t="s">
+        <v>472</v>
+      </c>
+      <c r="E570">
+        <v>2026</v>
+      </c>
+      <c r="F570" t="s">
+        <v>3750</v>
+      </c>
+      <c r="G570" t="s">
+        <v>3751</v>
+      </c>
+      <c r="H570" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I570" t="s">
         <v>3752</v>
       </c>
-      <c r="C570" t="s">
+      <c r="J570" t="s">
         <v>3753</v>
       </c>
-      <c r="D570" t="s">
+      <c r="K570" t="s">
         <v>3754</v>
       </c>
-      <c r="E570">
-[...2 lines deleted...]
-      <c r="F570" t="s">
+      <c r="L570" t="s">
         <v>3755</v>
-      </c>
-[...14 lines deleted...]
-        <v>3759</v>
       </c>
     </row>
     <row r="571" spans="1:12">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571" t="s">
-        <v>3760</v>
+        <v>3756</v>
       </c>
       <c r="C571" t="s">
-        <v>1255</v>
+        <v>306</v>
       </c>
       <c r="D571" t="s">
         <v>75</v>
       </c>
       <c r="E571">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F571" t="s">
-        <v>3761</v>
+        <v>3757</v>
       </c>
       <c r="G571"/>
       <c r="H571" t="s">
-        <v>765</v>
+        <v>3758</v>
       </c>
       <c r="I571" t="s">
+        <v>3759</v>
+      </c>
+      <c r="J571" t="s">
+        <v>3760</v>
+      </c>
+      <c r="K571" t="s">
+        <v>3761</v>
+      </c>
+      <c r="L571" t="s">
         <v>3762</v>
-      </c>
-[...7 lines deleted...]
-        <v>3765</v>
       </c>
     </row>
     <row r="572" spans="1:12">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572" t="s">
+        <v>3763</v>
+      </c>
+      <c r="C572" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D572" t="s">
+        <v>14</v>
+      </c>
+      <c r="E572">
+        <v>2026</v>
+      </c>
+      <c r="F572" t="s">
+        <v>3764</v>
+      </c>
+      <c r="G572" t="s">
+        <v>3765</v>
+      </c>
+      <c r="H572" t="s">
+        <v>42</v>
+      </c>
+      <c r="I572"/>
+      <c r="J572"/>
+      <c r="K572"/>
+      <c r="L572" t="s">
         <v>3766</v>
-      </c>
-[...28 lines deleted...]
-        <v>3772</v>
       </c>
     </row>
     <row r="573" spans="1:12">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573" t="s">
+        <v>3767</v>
+      </c>
+      <c r="C573" t="s">
+        <v>38</v>
+      </c>
+      <c r="D573" t="s">
+        <v>66</v>
+      </c>
+      <c r="E573">
+        <v>2026</v>
+      </c>
+      <c r="F573" t="s">
+        <v>3768</v>
+      </c>
+      <c r="G573" t="s">
+        <v>3769</v>
+      </c>
+      <c r="H573" t="s">
+        <v>68</v>
+      </c>
+      <c r="I573" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J573" t="s">
+        <v>3771</v>
+      </c>
+      <c r="K573" t="s">
+        <v>3772</v>
+      </c>
+      <c r="L573" t="s">
         <v>3773</v>
-      </c>
-[...28 lines deleted...]
-        <v>3779</v>
       </c>
     </row>
     <row r="574" spans="1:12">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574" t="s">
+        <v>3774</v>
+      </c>
+      <c r="C574" t="s">
+        <v>3775</v>
+      </c>
+      <c r="D574" t="s">
+        <v>39</v>
+      </c>
+      <c r="E574">
+        <v>2026</v>
+      </c>
+      <c r="F574" t="s">
+        <v>3776</v>
+      </c>
+      <c r="G574" t="s">
+        <v>3777</v>
+      </c>
+      <c r="H574" t="s">
+        <v>1384</v>
+      </c>
+      <c r="I574" t="s">
+        <v>3778</v>
+      </c>
+      <c r="J574" t="s">
+        <v>3779</v>
+      </c>
+      <c r="K574" t="s">
         <v>3780</v>
       </c>
-      <c r="C574" t="s">
-[...8 lines deleted...]
-      <c r="F574" t="s">
+      <c r="L574" t="s">
         <v>3781</v>
-      </c>
-[...16 lines deleted...]
-        <v>3787</v>
       </c>
     </row>
     <row r="575" spans="1:12">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575" t="s">
-        <v>3788</v>
+        <v>3782</v>
       </c>
       <c r="C575" t="s">
-        <v>65</v>
+        <v>306</v>
       </c>
       <c r="D575" t="s">
-        <v>921</v>
+        <v>75</v>
       </c>
       <c r="E575">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F575" t="s">
-        <v>3789</v>
+        <v>3783</v>
       </c>
       <c r="G575"/>
       <c r="H575" t="s">
-        <v>3790</v>
+        <v>68</v>
       </c>
       <c r="I575" t="s">
-        <v>3791</v>
+        <v>3784</v>
       </c>
       <c r="J575" t="s">
-        <v>3792</v>
+        <v>3785</v>
       </c>
       <c r="K575" t="s">
-        <v>3793</v>
+        <v>3786</v>
       </c>
       <c r="L575" t="s">
-        <v>3794</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="576" spans="1:12">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576" t="s">
-        <v>3795</v>
+        <v>3788</v>
       </c>
       <c r="C576" t="s">
-        <v>177</v>
+        <v>306</v>
       </c>
       <c r="D576" t="s">
-        <v>39</v>
+        <v>371</v>
       </c>
       <c r="E576">
-        <v>1970</v>
+        <v>1968</v>
       </c>
       <c r="F576" t="s">
-        <v>3796</v>
-[...3 lines deleted...]
-        <v>1148</v>
+        <v>3789</v>
+      </c>
+      <c r="G576" t="s">
+        <v>3790</v>
+      </c>
+      <c r="H576">
+        <v>87</v>
       </c>
       <c r="I576" t="s">
-        <v>3797</v>
-[...4 lines deleted...]
-      </c>
+        <v>3791</v>
+      </c>
+      <c r="J576" t="s">
+        <v>3792</v>
+      </c>
+      <c r="K576"/>
       <c r="L576" t="s">
-        <v>3799</v>
+        <v>3793</v>
       </c>
     </row>
     <row r="577" spans="1:12">
       <c r="A577">
         <v>576</v>
       </c>
       <c r="B577" t="s">
+        <v>3794</v>
+      </c>
+      <c r="C577" t="s">
+        <v>2949</v>
+      </c>
+      <c r="D577" t="s">
+        <v>3795</v>
+      </c>
+      <c r="E577">
+        <v>2026</v>
+      </c>
+      <c r="F577" t="s">
+        <v>3796</v>
+      </c>
+      <c r="G577"/>
+      <c r="H577" t="s">
+        <v>1384</v>
+      </c>
+      <c r="I577" t="s">
+        <v>3797</v>
+      </c>
+      <c r="J577" t="s">
+        <v>3798</v>
+      </c>
+      <c r="K577" t="s">
+        <v>3799</v>
+      </c>
+      <c r="L577" t="s">
         <v>3800</v>
-      </c>
-[...26 lines deleted...]
-        <v>3805</v>
       </c>
     </row>
     <row r="578" spans="1:12">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578" t="s">
-        <v>3806</v>
+        <v>3801</v>
       </c>
       <c r="C578" t="s">
-        <v>251</v>
+        <v>38</v>
       </c>
       <c r="D578" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="E578">
         <v>2026</v>
       </c>
       <c r="F578" t="s">
-        <v>3807</v>
+        <v>3802</v>
       </c>
       <c r="G578"/>
       <c r="H578" t="s">
-        <v>3808</v>
+        <v>743</v>
       </c>
       <c r="I578" t="s">
-        <v>3809</v>
+        <v>3803</v>
       </c>
       <c r="J578" t="s">
-        <v>3810</v>
+        <v>3804</v>
       </c>
       <c r="K578" t="s">
-        <v>3811</v>
+        <v>3805</v>
       </c>
       <c r="L578" t="s">
-        <v>3812</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="579" spans="1:12">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579" t="s">
-        <v>3813</v>
+        <v>3807</v>
       </c>
       <c r="C579" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="D579" t="s">
-        <v>14</v>
+        <v>1939</v>
       </c>
       <c r="E579">
         <v>2026</v>
       </c>
       <c r="F579" t="s">
-        <v>3814</v>
-[...3 lines deleted...]
-      </c>
+        <v>3808</v>
+      </c>
+      <c r="G579"/>
       <c r="H579" t="s">
-        <v>1166</v>
-[...3 lines deleted...]
-      </c>
+        <v>2135</v>
+      </c>
+      <c r="I579"/>
       <c r="J579" t="s">
-        <v>3817</v>
-[...1 lines deleted...]
-      <c r="K579"/>
+        <v>3809</v>
+      </c>
+      <c r="K579" t="s">
+        <v>3810</v>
+      </c>
       <c r="L579" t="s">
-        <v>3818</v>
+        <v>3811</v>
       </c>
     </row>
     <row r="580" spans="1:12">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580" t="s">
-        <v>3819</v>
+        <v>3812</v>
       </c>
       <c r="C580" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D580" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="E580">
         <v>2026</v>
       </c>
       <c r="F580" t="s">
-        <v>3820</v>
-[...3 lines deleted...]
-      </c>
+        <v>3813</v>
+      </c>
+      <c r="G580"/>
       <c r="H580" t="s">
-        <v>973</v>
-[...7 lines deleted...]
-      <c r="K580"/>
+        <v>50</v>
+      </c>
+      <c r="I580"/>
+      <c r="J580"/>
+      <c r="K580" t="s">
+        <v>3814</v>
+      </c>
       <c r="L580" t="s">
-        <v>3824</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="581" spans="1:12">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581" t="s">
+        <v>3816</v>
+      </c>
+      <c r="C581" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D581" t="s">
+        <v>39</v>
+      </c>
+      <c r="E581">
+        <v>2026</v>
+      </c>
+      <c r="F581" t="s">
+        <v>3817</v>
+      </c>
+      <c r="G581"/>
+      <c r="H581" t="s">
+        <v>87</v>
+      </c>
+      <c r="I581" t="s">
+        <v>3818</v>
+      </c>
+      <c r="J581" t="s">
+        <v>3819</v>
+      </c>
+      <c r="K581" t="s">
+        <v>3820</v>
+      </c>
+      <c r="L581" t="s">
+        <v>3821</v>
+      </c>
+    </row>
+    <row r="582" spans="1:12">
+      <c r="A582">
+        <v>581</v>
+      </c>
+      <c r="B582" t="s">
+        <v>3822</v>
+      </c>
+      <c r="C582" t="s">
+        <v>259</v>
+      </c>
+      <c r="D582" t="s">
+        <v>472</v>
+      </c>
+      <c r="E582">
+        <v>2026</v>
+      </c>
+      <c r="F582" t="s">
+        <v>3823</v>
+      </c>
+      <c r="G582" t="s">
+        <v>3824</v>
+      </c>
+      <c r="H582" t="s">
+        <v>2938</v>
+      </c>
+      <c r="I582" t="s">
         <v>3825</v>
       </c>
-      <c r="C581" t="s">
+      <c r="J582" t="s">
+        <v>3826</v>
+      </c>
+      <c r="K582" t="s">
+        <v>3827</v>
+      </c>
+      <c r="L582" t="s">
+        <v>3828</v>
+      </c>
+    </row>
+    <row r="583" spans="1:12">
+      <c r="A583">
+        <v>582</v>
+      </c>
+      <c r="B583" t="s">
+        <v>3829</v>
+      </c>
+      <c r="C583" t="s">
+        <v>23</v>
+      </c>
+      <c r="D583" t="s">
+        <v>75</v>
+      </c>
+      <c r="E583">
+        <v>1970</v>
+      </c>
+      <c r="F583" t="s">
+        <v>3830</v>
+      </c>
+      <c r="G583"/>
+      <c r="H583" t="s">
+        <v>3831</v>
+      </c>
+      <c r="I583" t="s">
+        <v>3832</v>
+      </c>
+      <c r="J583" t="s">
+        <v>3833</v>
+      </c>
+      <c r="K583" t="s">
+        <v>3834</v>
+      </c>
+      <c r="L583" t="s">
+        <v>3835</v>
+      </c>
+    </row>
+    <row r="584" spans="1:12">
+      <c r="A584">
+        <v>583</v>
+      </c>
+      <c r="B584" t="s">
+        <v>3836</v>
+      </c>
+      <c r="C584" t="s">
+        <v>65</v>
+      </c>
+      <c r="D584" t="s">
+        <v>861</v>
+      </c>
+      <c r="E584">
+        <v>1970</v>
+      </c>
+      <c r="F584" t="s">
+        <v>3837</v>
+      </c>
+      <c r="G584"/>
+      <c r="H584" t="s">
+        <v>3838</v>
+      </c>
+      <c r="I584" t="s">
+        <v>3839</v>
+      </c>
+      <c r="J584" t="s">
+        <v>3840</v>
+      </c>
+      <c r="K584" t="s">
+        <v>3841</v>
+      </c>
+      <c r="L584" t="s">
+        <v>3842</v>
+      </c>
+    </row>
+    <row r="585" spans="1:12">
+      <c r="A585">
+        <v>584</v>
+      </c>
+      <c r="B585" t="s">
+        <v>3843</v>
+      </c>
+      <c r="C585" t="s">
+        <v>23</v>
+      </c>
+      <c r="D585" t="s">
+        <v>704</v>
+      </c>
+      <c r="E585">
+        <v>2026</v>
+      </c>
+      <c r="F585" t="s">
+        <v>3844</v>
+      </c>
+      <c r="G585"/>
+      <c r="H585" t="s">
+        <v>3377</v>
+      </c>
+      <c r="I585" t="s">
+        <v>3845</v>
+      </c>
+      <c r="J585" t="s">
+        <v>3846</v>
+      </c>
+      <c r="K585" t="s">
+        <v>3847</v>
+      </c>
+      <c r="L585" t="s">
+        <v>3848</v>
+      </c>
+    </row>
+    <row r="586" spans="1:12">
+      <c r="A586">
+        <v>585</v>
+      </c>
+      <c r="B586" t="s">
+        <v>3849</v>
+      </c>
+      <c r="C586" t="s">
+        <v>23</v>
+      </c>
+      <c r="D586" t="s">
+        <v>39</v>
+      </c>
+      <c r="E586">
+        <v>2026</v>
+      </c>
+      <c r="F586" t="s">
+        <v>3850</v>
+      </c>
+      <c r="G586"/>
+      <c r="H586" t="s">
+        <v>1695</v>
+      </c>
+      <c r="I586"/>
+      <c r="J586"/>
+      <c r="K586" t="s">
+        <v>3851</v>
+      </c>
+      <c r="L586" t="s">
+        <v>3852</v>
+      </c>
+    </row>
+    <row r="587" spans="1:12">
+      <c r="A587">
+        <v>586</v>
+      </c>
+      <c r="B587" t="s">
+        <v>3853</v>
+      </c>
+      <c r="C587" t="s">
+        <v>3854</v>
+      </c>
+      <c r="D587" t="s">
+        <v>3855</v>
+      </c>
+      <c r="E587">
+        <v>2026</v>
+      </c>
+      <c r="F587" t="s">
+        <v>3856</v>
+      </c>
+      <c r="G587"/>
+      <c r="H587" t="s">
+        <v>2938</v>
+      </c>
+      <c r="I587" t="s">
+        <v>3857</v>
+      </c>
+      <c r="J587" t="s">
+        <v>3858</v>
+      </c>
+      <c r="K587" t="s">
+        <v>3859</v>
+      </c>
+      <c r="L587" t="s">
+        <v>3860</v>
+      </c>
+    </row>
+    <row r="588" spans="1:12">
+      <c r="A588">
+        <v>587</v>
+      </c>
+      <c r="B588" t="s">
+        <v>3861</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D588" t="s">
+        <v>75</v>
+      </c>
+      <c r="E588">
+        <v>2026</v>
+      </c>
+      <c r="F588" t="s">
+        <v>3862</v>
+      </c>
+      <c r="G588"/>
+      <c r="H588" t="s">
+        <v>779</v>
+      </c>
+      <c r="I588" t="s">
+        <v>3863</v>
+      </c>
+      <c r="J588" t="s">
+        <v>3864</v>
+      </c>
+      <c r="K588" t="s">
+        <v>3865</v>
+      </c>
+      <c r="L588" t="s">
+        <v>3866</v>
+      </c>
+    </row>
+    <row r="589" spans="1:12">
+      <c r="A589">
+        <v>588</v>
+      </c>
+      <c r="B589" t="s">
+        <v>3867</v>
+      </c>
+      <c r="C589" t="s">
+        <v>29</v>
+      </c>
+      <c r="D589" t="s">
+        <v>371</v>
+      </c>
+      <c r="E589">
+        <v>1972</v>
+      </c>
+      <c r="F589" t="s">
+        <v>3868</v>
+      </c>
+      <c r="G589" t="s">
+        <v>3869</v>
+      </c>
+      <c r="H589" t="s">
+        <v>157</v>
+      </c>
+      <c r="I589" t="s">
+        <v>3870</v>
+      </c>
+      <c r="J589" t="s">
+        <v>3871</v>
+      </c>
+      <c r="K589" t="s">
+        <v>3872</v>
+      </c>
+      <c r="L589" t="s">
+        <v>3873</v>
+      </c>
+    </row>
+    <row r="590" spans="1:12">
+      <c r="A590">
+        <v>589</v>
+      </c>
+      <c r="B590" t="s">
+        <v>3874</v>
+      </c>
+      <c r="C590" t="s">
+        <v>83</v>
+      </c>
+      <c r="D590" t="s">
+        <v>147</v>
+      </c>
+      <c r="E590">
+        <v>2026</v>
+      </c>
+      <c r="F590" t="s">
+        <v>3875</v>
+      </c>
+      <c r="G590" t="s">
+        <v>3876</v>
+      </c>
+      <c r="H590" t="s">
+        <v>759</v>
+      </c>
+      <c r="I590" t="s">
+        <v>3877</v>
+      </c>
+      <c r="J590" t="s">
+        <v>3878</v>
+      </c>
+      <c r="K590" t="s">
+        <v>3879</v>
+      </c>
+      <c r="L590" t="s">
+        <v>3880</v>
+      </c>
+    </row>
+    <row r="591" spans="1:12">
+      <c r="A591">
+        <v>590</v>
+      </c>
+      <c r="B591" t="s">
+        <v>3881</v>
+      </c>
+      <c r="C591" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D591" t="s">
+        <v>118</v>
+      </c>
+      <c r="E591">
+        <v>2026</v>
+      </c>
+      <c r="F591" t="s">
+        <v>3882</v>
+      </c>
+      <c r="G591" t="s">
+        <v>3883</v>
+      </c>
+      <c r="H591" t="s">
+        <v>3884</v>
+      </c>
+      <c r="I591" t="s">
+        <v>3885</v>
+      </c>
+      <c r="J591" t="s">
+        <v>3886</v>
+      </c>
+      <c r="K591" t="s">
+        <v>3887</v>
+      </c>
+      <c r="L591" t="s">
+        <v>3888</v>
+      </c>
+    </row>
+    <row r="592" spans="1:12">
+      <c r="A592">
+        <v>591</v>
+      </c>
+      <c r="B592" t="s">
+        <v>3889</v>
+      </c>
+      <c r="C592" t="s">
+        <v>65</v>
+      </c>
+      <c r="D592" t="s">
+        <v>948</v>
+      </c>
+      <c r="E592">
+        <v>1970</v>
+      </c>
+      <c r="F592" t="s">
+        <v>3890</v>
+      </c>
+      <c r="G592"/>
+      <c r="H592" t="s">
+        <v>3891</v>
+      </c>
+      <c r="I592" t="s">
+        <v>3892</v>
+      </c>
+      <c r="J592" t="s">
+        <v>3893</v>
+      </c>
+      <c r="K592" t="s">
+        <v>3894</v>
+      </c>
+      <c r="L592" t="s">
+        <v>3895</v>
+      </c>
+    </row>
+    <row r="593" spans="1:12">
+      <c r="A593">
+        <v>592</v>
+      </c>
+      <c r="B593" t="s">
+        <v>3896</v>
+      </c>
+      <c r="C593" t="s">
+        <v>177</v>
+      </c>
+      <c r="D593" t="s">
+        <v>39</v>
+      </c>
+      <c r="E593">
+        <v>1970</v>
+      </c>
+      <c r="F593" t="s">
+        <v>3897</v>
+      </c>
+      <c r="G593"/>
+      <c r="H593" t="s">
+        <v>1187</v>
+      </c>
+      <c r="I593" t="s">
+        <v>3898</v>
+      </c>
+      <c r="J593"/>
+      <c r="K593" t="s">
+        <v>3899</v>
+      </c>
+      <c r="L593" t="s">
+        <v>3900</v>
+      </c>
+    </row>
+    <row r="594" spans="1:12">
+      <c r="A594">
+        <v>593</v>
+      </c>
+      <c r="B594" t="s">
+        <v>3901</v>
+      </c>
+      <c r="C594" t="s">
+        <v>29</v>
+      </c>
+      <c r="D594" t="s">
+        <v>948</v>
+      </c>
+      <c r="E594">
+        <v>2026</v>
+      </c>
+      <c r="F594" t="s">
+        <v>3902</v>
+      </c>
+      <c r="G594" t="s">
+        <v>3903</v>
+      </c>
+      <c r="H594" t="s">
+        <v>2766</v>
+      </c>
+      <c r="I594" t="s">
+        <v>3904</v>
+      </c>
+      <c r="J594" t="s">
+        <v>3905</v>
+      </c>
+      <c r="K594"/>
+      <c r="L594" t="s">
+        <v>3906</v>
+      </c>
+    </row>
+    <row r="595" spans="1:12">
+      <c r="A595">
+        <v>594</v>
+      </c>
+      <c r="B595" t="s">
+        <v>3907</v>
+      </c>
+      <c r="C595" t="s">
+        <v>259</v>
+      </c>
+      <c r="D595" t="s">
+        <v>234</v>
+      </c>
+      <c r="E595">
+        <v>2026</v>
+      </c>
+      <c r="F595" t="s">
+        <v>3908</v>
+      </c>
+      <c r="G595"/>
+      <c r="H595" t="s">
+        <v>3909</v>
+      </c>
+      <c r="I595" t="s">
+        <v>3910</v>
+      </c>
+      <c r="J595" t="s">
+        <v>3911</v>
+      </c>
+      <c r="K595" t="s">
+        <v>3912</v>
+      </c>
+      <c r="L595" t="s">
+        <v>3913</v>
+      </c>
+    </row>
+    <row r="596" spans="1:12">
+      <c r="A596">
+        <v>595</v>
+      </c>
+      <c r="B596" t="s">
+        <v>3914</v>
+      </c>
+      <c r="C596" t="s">
         <v>13</v>
       </c>
-      <c r="D581" t="s">
+      <c r="D596" t="s">
         <v>14</v>
       </c>
-      <c r="E581">
+      <c r="E596">
+        <v>2026</v>
+      </c>
+      <c r="F596" t="s">
+        <v>3915</v>
+      </c>
+      <c r="G596" t="s">
+        <v>3916</v>
+      </c>
+      <c r="H596" t="s">
+        <v>793</v>
+      </c>
+      <c r="I596" t="s">
+        <v>3917</v>
+      </c>
+      <c r="J596" t="s">
+        <v>3918</v>
+      </c>
+      <c r="K596"/>
+      <c r="L596" t="s">
+        <v>3919</v>
+      </c>
+    </row>
+    <row r="597" spans="1:12">
+      <c r="A597">
+        <v>596</v>
+      </c>
+      <c r="B597" t="s">
+        <v>3920</v>
+      </c>
+      <c r="C597" t="s">
+        <v>13</v>
+      </c>
+      <c r="D597" t="s">
+        <v>14</v>
+      </c>
+      <c r="E597">
+        <v>2026</v>
+      </c>
+      <c r="F597" t="s">
+        <v>3921</v>
+      </c>
+      <c r="G597" t="s">
+        <v>3922</v>
+      </c>
+      <c r="H597" t="s">
+        <v>254</v>
+      </c>
+      <c r="I597" t="s">
+        <v>3923</v>
+      </c>
+      <c r="J597" t="s">
+        <v>3924</v>
+      </c>
+      <c r="K597"/>
+      <c r="L597" t="s">
+        <v>3925</v>
+      </c>
+    </row>
+    <row r="598" spans="1:12">
+      <c r="A598">
+        <v>597</v>
+      </c>
+      <c r="B598" t="s">
+        <v>3926</v>
+      </c>
+      <c r="C598" t="s">
+        <v>13</v>
+      </c>
+      <c r="D598" t="s">
+        <v>14</v>
+      </c>
+      <c r="E598">
         <v>1985</v>
       </c>
-      <c r="F581" t="s">
-[...18 lines deleted...]
-        <v>3831</v>
+      <c r="F598" t="s">
+        <v>3927</v>
+      </c>
+      <c r="G598" t="s">
+        <v>3928</v>
+      </c>
+      <c r="H598" t="s">
+        <v>3359</v>
+      </c>
+      <c r="I598" t="s">
+        <v>3929</v>
+      </c>
+      <c r="J598" t="s">
+        <v>3930</v>
+      </c>
+      <c r="K598" t="s">
+        <v>3931</v>
+      </c>
+      <c r="L598" t="s">
+        <v>3932</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">