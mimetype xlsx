--- v6 (2026-03-02)
+++ v7 (2026-03-05)
@@ -10344,69 +10344,69 @@
   <si>
     <t>https://www.kinopoisk.ru/film/1302015/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/VZYtCu7CC1U?si=wKLuAy7SwTYzkZ-z</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/temnyie-ochki/</t>
   </si>
   <si>
     <t>Территория надежды</t>
   </si>
   <si>
     <t>EZGULIK HUDUDI</t>
   </si>
   <si>
     <t xml:space="preserve">	10х40 мин.</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/775816547?h=fdf929dd4e</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/territoriya-nadezhdyi/</t>
   </si>
   <si>
-    <t>ТЕХНОИГРУШКИ, 1-2</t>
-[...2 lines deleted...]
-    <t>TECH TOYS, 1-2</t>
+    <t>ТЕХНОИГРУШКИ, 1-5</t>
+  </si>
+  <si>
+    <t>TECH TOYS, 1-5</t>
   </si>
   <si>
     <t>13х30, 13х30, 13х30, 13х30, 13х30 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt9695544/?ref_=nv_sr_srsg_1</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1236463/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/403285222?h=bc231d079a</t>
   </si>
   <si>
-    <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/texnoigrushki,-1-2/</t>
+    <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/texnoigrushki,-1-5/</t>
   </si>
   <si>
     <t>Тиндер-80, 1-2</t>
   </si>
   <si>
     <t>3615 MONIQUE, 1-2 / CHEEKY BUSINESS, 1-2</t>
   </si>
   <si>
     <t>10x26, 10x26 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt13462310/?ref_=tt_mv_close</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/1446366/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/FlUFKnAKoKA?si=pSodAal4P6T7jD_w</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/serialyi/tinder-80,-1-2/</t>
   </si>
   <si>
     <t>Токийский Гуль</t>
   </si>