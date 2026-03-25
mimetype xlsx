--- v7 (2026-03-05)
+++ v8 (2026-03-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Worksheet'!$A$1:$O</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3933">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3940">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Название</t>
   </si>
   <si>
     <t>Жанр</t>
   </si>
   <si>
     <t>Страна производства</t>
   </si>
   <si>
     <t>Год</t>
   </si>
   <si>
     <t>Оригинальное название</t>
   </si>
   <si>
     <t>Аннотация</t>
   </si>
   <si>
     <t>Хронометраж</t>
   </si>
   <si>
@@ -3855,54 +3855,54 @@
   <si>
     <t>https://www.kinopoisk.ru/film/4948753</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1026686856?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/somewhere-quiet/</t>
   </si>
   <si>
     <t>ЗЛОВЕЩИЕ ТАЙНЫ ЭЛВИСА</t>
   </si>
   <si>
     <t>THE EVILS SURROUNDING ELVIS</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/5925716/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1049498908?title=0&amp;amp;byline=0&amp;amp;portrait=0&amp;amp;badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/zloveshhie-tajnyi-elvisa/</t>
   </si>
   <si>
-    <t>ЗОЛОТАЯ ЛИХОРАДКА, 1-2</t>
-[...2 lines deleted...]
-    <t>GOLD FEVER S1, S2</t>
+    <t>ЗОЛОТАЯ ЛИХОРАДКА, 2-3</t>
+  </si>
+  <si>
+    <t>GOLD FEVER S2, S3</t>
   </si>
   <si>
     <t>22x30 мин.</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/series/5130759/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1114986832?badge=0&amp;amp;autopause=0&amp;amp;player_id=0&amp;amp;app_id=58479</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/zolotaya-lixoradka,-1-2/</t>
   </si>
   <si>
     <t>Золотая перчатка</t>
   </si>
   <si>
     <t>DER GOLDENE HANDSCHUH / THE GOLDEN GLOVE</t>
   </si>
   <si>
     <t>Фильм-скандал 69-го Берлинского кинофестиваля от известного немецкого режиссера, обладателя Золотого медведя-2004, Фатиха Акина. Подлинная история серийного убийцы, рассказанная языком «черного» фарса и «винтажного» хоррора.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt7670212/</t>
   </si>
@@ -7403,50 +7403,62 @@
   <si>
     <t>Колумбия, Великобритания, Мексика, Франция, Таиланд</t>
   </si>
   <si>
     <t>MEMORIA</t>
   </si>
   <si>
     <t>Обладатель Приза жюри и один из самых обсуждаемых фильмов 74-го Каннского кинофестиваля. Завораживающая сюрреалистическая Одиссея в мир непознанных истин от кинематографического гения Апитчапонга Вирасетакуна.</t>
   </si>
   <si>
     <t>136 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt8399288/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/1139584/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/R3oULf-SMVw?si=aRq1kru5Ljvtl87i</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/pamyat/</t>
   </si>
   <si>
+    <t>ПАНДЫ: БОЛЬШОЕ ПУТЕШЕСТВИЕ</t>
+  </si>
+  <si>
+    <t>THE PANDA ADVENTURE</t>
+  </si>
+  <si>
+    <t>Захватывающее путешествие в потаенный мир панд — полное озорства, нежности и больших открытий.</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/pandyi-bolshoe-puteshestvie/</t>
+  </si>
+  <si>
     <t>Пантафа – пожирательница душ</t>
   </si>
   <si>
     <t>PANTAFA</t>
   </si>
   <si>
     <t>Гипнотическая и опасная фантазия со звездой «Идеальных незнакомцев» и итальянской моделью Касей Смутняк.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt14372210/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/4439933/</t>
   </si>
   <si>
     <t>https://www.youtube.com/embed/oUqp3FmufKs?si=2lmdpPgETlBLpMnQ</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/pantafa-–-pozhiratelnicza-dush/</t>
   </si>
   <si>
     <t>Парень встречает девушку</t>
   </si>
   <si>
     <t>BOY MEETS GIRL</t>
@@ -7653,53 +7665,50 @@
   <si>
     <t>ПИРАТКА МО</t>
   </si>
   <si>
     <t>PIRATE MO &amp; THE LEGEND OF THE RED RUBY</t>
   </si>
   <si>
     <t>Мультфильм о морских приключениях от студии, подарившей зрителям «Изумительного Мориса».</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/piratka-mo/</t>
   </si>
   <si>
     <t>ПИСЬМО ДЛЯ МОМО</t>
   </si>
   <si>
     <t>A LETTER TO MOMO / MOMO E NO TEGAMI</t>
   </si>
   <si>
     <t>Увлекательные приключения девочки-подростка в компании сверхъестественных существ: озорной и трогательный анимационный фэнтэзи для всей семьи о чудесной поре детства</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt1853614/?ref_=fn_all_ttl_1</t>
   </si>
   <si>
-    <t>https://disk.yandex.ru/d/aqk5d35c5TWb1A</t>
-[...1 lines deleted...]
-  <si>
     <t>https://rusreport.com/katalog/anime/pismo-dlya-momo/</t>
   </si>
   <si>
     <t>Планета мутантов, 1-2</t>
   </si>
   <si>
     <t>MUTANT PLANET, 1-2</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/815240252?h=f2a5282550</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/dokumentalnyie-filmyi-i-shou/planeta-mutantov,-1-2/</t>
   </si>
   <si>
     <t>Плохие банки, 1-2</t>
   </si>
   <si>
     <t>Bad Banks, 1-2</t>
   </si>
   <si>
     <t>6х60, 6х60 мин.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt6258718/?ref_=nv_sr_1?ref_=nv_sr_1</t>
@@ -11368,50 +11377,62 @@
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/czarstvo-krasotyi/</t>
   </si>
   <si>
     <t>ЦВЕТА ВРЕМЕНИ</t>
   </si>
   <si>
     <t>Комедия, Драма, Детектив</t>
   </si>
   <si>
     <t>COLOURS OF TIME / LA VENUE DE L'AVENIR</t>
   </si>
   <si>
     <t>Когда время и пространство переплетаются между собой. Комедийно-историческая драма с непо-бейби Сюзанн Линдон и звездой «Эмили в Париже» Филиппин Леруа-Больё.</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt31411349/?ref_=mv_close</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/5594761/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/1106046626?h=a1e2527054</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/czveta-vremeni/</t>
+  </si>
+  <si>
+    <t>ЦЕНА ВЕРШИНЫ</t>
+  </si>
+  <si>
+    <t>GIRL CLIMBER</t>
+  </si>
+  <si>
+    <t>История о пределе человеческих возможностей и цене, которую приходится платить за мировые рекорды.</t>
+  </si>
+  <si>
+    <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/czena-vershinyi/</t>
   </si>
   <si>
     <t>Цирк мертвецов</t>
   </si>
   <si>
     <t>CIRCUS OF THE DEAD</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt2782232/</t>
   </si>
   <si>
     <t>https://www.kinopoisk.ru/film/764239/</t>
   </si>
   <si>
     <t>https://player.vimeo.com/video/499983064?h=6ec0287cba</t>
   </si>
   <si>
     <t>https://rusreport.com/katalog/xudozhestvennyie-filmyi/czirk-mertveczov/</t>
   </si>
   <si>
     <t>Час волка</t>
   </si>
   <si>
     <t>Hour of the Wolf / VARGTIMMEN</t>
   </si>
@@ -12169,51 +12190,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L598"/>
+  <dimension ref="A1:L600"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -20038,51 +20059,51 @@
       <c r="L219" t="s">
         <v>1518</v>
       </c>
     </row>
     <row r="220" spans="1:12">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
         <v>1519</v>
       </c>
       <c r="C220" t="s">
         <v>153</v>
       </c>
       <c r="D220" t="s">
         <v>39</v>
       </c>
       <c r="E220">
         <v>2026</v>
       </c>
       <c r="F220" t="s">
         <v>1520</v>
       </c>
       <c r="G220"/>
       <c r="H220" t="s">
-        <v>935</v>
+        <v>695</v>
       </c>
       <c r="I220" t="s">
         <v>1521</v>
       </c>
       <c r="J220" t="s">
         <v>1522</v>
       </c>
       <c r="K220"/>
       <c r="L220" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="221" spans="1:12">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
         <v>1524</v>
       </c>
       <c r="C221" t="s">
         <v>717</v>
       </c>
       <c r="D221" t="s">
         <v>118</v>
       </c>
@@ -25123,8434 +25144,8498 @@
       </c>
       <c r="H361" t="s">
         <v>2455</v>
       </c>
       <c r="I361" t="s">
         <v>2456</v>
       </c>
       <c r="J361" t="s">
         <v>2457</v>
       </c>
       <c r="K361" t="s">
         <v>2458</v>
       </c>
       <c r="L361" t="s">
         <v>2459</v>
       </c>
     </row>
     <row r="362" spans="1:12">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
         <v>2460</v>
       </c>
       <c r="C362" t="s">
-        <v>306</v>
+        <v>23</v>
       </c>
       <c r="D362" t="s">
-        <v>396</v>
+        <v>147</v>
       </c>
       <c r="E362">
         <v>2026</v>
       </c>
       <c r="F362" t="s">
         <v>2461</v>
       </c>
       <c r="G362" t="s">
         <v>2462</v>
       </c>
       <c r="H362" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="I362" t="s">
+        <v>793</v>
+      </c>
+      <c r="I362"/>
+      <c r="J362"/>
+      <c r="K362"/>
+      <c r="L362" t="s">
         <v>2463</v>
-      </c>
-[...7 lines deleted...]
-        <v>2466</v>
       </c>
     </row>
     <row r="363" spans="1:12">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
+        <v>2464</v>
+      </c>
+      <c r="C363" t="s">
+        <v>306</v>
+      </c>
+      <c r="D363" t="s">
+        <v>396</v>
+      </c>
+      <c r="E363">
+        <v>2026</v>
+      </c>
+      <c r="F363" t="s">
+        <v>2465</v>
+      </c>
+      <c r="G363" t="s">
+        <v>2466</v>
+      </c>
+      <c r="H363" t="s">
+        <v>309</v>
+      </c>
+      <c r="I363" t="s">
         <v>2467</v>
       </c>
-      <c r="C363" t="s">
-[...8 lines deleted...]
-      <c r="F363" t="s">
+      <c r="J363" t="s">
         <v>2468</v>
       </c>
-      <c r="G363" t="s">
+      <c r="K363" t="s">
         <v>2469</v>
       </c>
-      <c r="H363" t="s">
-[...2 lines deleted...]
-      <c r="I363" t="s">
+      <c r="L363" t="s">
         <v>2470</v>
-      </c>
-[...7 lines deleted...]
-        <v>2473</v>
       </c>
     </row>
     <row r="364" spans="1:12">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>2474</v>
+        <v>2471</v>
       </c>
       <c r="C364" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="D364" t="s">
         <v>39</v>
       </c>
       <c r="E364">
-        <v>2026</v>
+        <v>1984</v>
       </c>
       <c r="F364" t="s">
+        <v>2472</v>
+      </c>
+      <c r="G364" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H364" t="s">
+        <v>630</v>
+      </c>
+      <c r="I364" t="s">
+        <v>2474</v>
+      </c>
+      <c r="J364" t="s">
         <v>2475</v>
       </c>
-      <c r="G364"/>
-[...3 lines deleted...]
-      <c r="I364" t="s">
+      <c r="K364" t="s">
         <v>2476</v>
       </c>
-      <c r="J364" t="s">
+      <c r="L364" t="s">
         <v>2477</v>
-      </c>
-[...4 lines deleted...]
-        <v>2479</v>
       </c>
     </row>
     <row r="365" spans="1:12">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>2480</v>
+        <v>2478</v>
       </c>
       <c r="C365" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="D365" t="s">
-        <v>2481</v>
+        <v>39</v>
       </c>
       <c r="E365">
         <v>2026</v>
       </c>
       <c r="F365" t="s">
-        <v>2482</v>
+        <v>2479</v>
       </c>
       <c r="G365"/>
       <c r="H365" t="s">
-        <v>237</v>
+        <v>87</v>
       </c>
       <c r="I365" t="s">
+        <v>2480</v>
+      </c>
+      <c r="J365" t="s">
+        <v>2481</v>
+      </c>
+      <c r="K365" t="s">
+        <v>2482</v>
+      </c>
+      <c r="L365" t="s">
         <v>2483</v>
-      </c>
-[...7 lines deleted...]
-        <v>2486</v>
       </c>
     </row>
     <row r="366" spans="1:12">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
+        <v>2484</v>
+      </c>
+      <c r="C366" t="s">
+        <v>38</v>
+      </c>
+      <c r="D366" t="s">
+        <v>2485</v>
+      </c>
+      <c r="E366">
+        <v>2026</v>
+      </c>
+      <c r="F366" t="s">
+        <v>2486</v>
+      </c>
+      <c r="G366"/>
+      <c r="H366" t="s">
+        <v>237</v>
+      </c>
+      <c r="I366" t="s">
         <v>2487</v>
       </c>
-      <c r="C366" t="s">
-[...8 lines deleted...]
-      <c r="F366" t="s">
+      <c r="J366" t="s">
         <v>2488</v>
       </c>
-      <c r="G366" t="s">
+      <c r="K366" t="s">
         <v>2489</v>
       </c>
-      <c r="H366" t="s">
+      <c r="L366" t="s">
         <v>2490</v>
-      </c>
-[...10 lines deleted...]
-        <v>2494</v>
       </c>
     </row>
     <row r="367" spans="1:12">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
+        <v>2491</v>
+      </c>
+      <c r="C367" t="s">
+        <v>268</v>
+      </c>
+      <c r="D367" t="s">
+        <v>371</v>
+      </c>
+      <c r="E367">
+        <v>1970</v>
+      </c>
+      <c r="F367" t="s">
+        <v>2492</v>
+      </c>
+      <c r="G367" t="s">
+        <v>2493</v>
+      </c>
+      <c r="H367" t="s">
+        <v>2494</v>
+      </c>
+      <c r="I367" t="s">
         <v>2495</v>
       </c>
-      <c r="C367" t="s">
+      <c r="J367" t="s">
         <v>2496</v>
       </c>
-      <c r="D367" t="s">
-[...5 lines deleted...]
-      <c r="F367" t="s">
+      <c r="K367" t="s">
         <v>2497</v>
       </c>
-      <c r="G367" t="s">
+      <c r="L367" t="s">
         <v>2498</v>
-      </c>
-[...11 lines deleted...]
-        <v>2501</v>
       </c>
     </row>
     <row r="368" spans="1:12">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C368" t="s">
+        <v>2500</v>
+      </c>
+      <c r="D368" t="s">
+        <v>14</v>
+      </c>
+      <c r="E368">
+        <v>2026</v>
+      </c>
+      <c r="F368" t="s">
+        <v>2501</v>
+      </c>
+      <c r="G368" t="s">
         <v>2502</v>
       </c>
-      <c r="C368" t="s">
+      <c r="H368" t="s">
+        <v>534</v>
+      </c>
+      <c r="I368" t="s">
         <v>2503</v>
       </c>
-      <c r="D368" t="s">
-[...5 lines deleted...]
-      <c r="F368" t="s">
+      <c r="J368" t="s">
         <v>2504</v>
       </c>
-      <c r="G368"/>
-      <c r="H368" t="s">
+      <c r="K368"/>
+      <c r="L368" t="s">
         <v>2505</v>
-      </c>
-[...10 lines deleted...]
-        <v>2509</v>
       </c>
     </row>
     <row r="369" spans="1:12">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
+        <v>2506</v>
+      </c>
+      <c r="C369" t="s">
+        <v>2507</v>
+      </c>
+      <c r="D369" t="s">
+        <v>30</v>
+      </c>
+      <c r="E369">
+        <v>2026</v>
+      </c>
+      <c r="F369" t="s">
+        <v>2508</v>
+      </c>
+      <c r="G369"/>
+      <c r="H369" t="s">
+        <v>2509</v>
+      </c>
+      <c r="I369" t="s">
         <v>2510</v>
       </c>
-      <c r="C369" t="s">
+      <c r="J369" t="s">
         <v>2511</v>
       </c>
-      <c r="D369" t="s">
-[...5 lines deleted...]
-      <c r="F369" t="s">
+      <c r="K369" t="s">
         <v>2512</v>
       </c>
-      <c r="G369" t="s">
+      <c r="L369" t="s">
         <v>2513</v>
-      </c>
-[...13 lines deleted...]
-        <v>2517</v>
       </c>
     </row>
     <row r="370" spans="1:12">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C370" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D370" t="s">
+        <v>396</v>
+      </c>
+      <c r="E370">
+        <v>2026</v>
+      </c>
+      <c r="F370" t="s">
+        <v>2516</v>
+      </c>
+      <c r="G370" t="s">
+        <v>2517</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1579</v>
+      </c>
+      <c r="I370" t="s">
         <v>2518</v>
       </c>
-      <c r="C370" t="s">
-[...8 lines deleted...]
-      <c r="F370" t="s">
+      <c r="J370" t="s">
         <v>2519</v>
       </c>
-      <c r="G370"/>
-[...3 lines deleted...]
-      <c r="I370" t="s">
+      <c r="K370" t="s">
         <v>2520</v>
       </c>
-      <c r="J370" t="s">
+      <c r="L370" t="s">
         <v>2521</v>
-      </c>
-[...4 lines deleted...]
-        <v>2523</v>
       </c>
     </row>
     <row r="371" spans="1:12">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
-        <v>2524</v>
+        <v>2522</v>
       </c>
       <c r="C371" t="s">
-        <v>23</v>
+        <v>495</v>
       </c>
       <c r="D371" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="E371">
         <v>2026</v>
       </c>
       <c r="F371" t="s">
-        <v>2525</v>
+        <v>2523</v>
       </c>
       <c r="G371"/>
       <c r="H371" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-      <c r="J371"/>
+        <v>1194</v>
+      </c>
+      <c r="I371" t="s">
+        <v>2524</v>
+      </c>
+      <c r="J371" t="s">
+        <v>2525</v>
+      </c>
       <c r="K371" t="s">
         <v>2526</v>
       </c>
       <c r="L371" t="s">
         <v>2527</v>
       </c>
     </row>
     <row r="372" spans="1:12">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
         <v>2528</v>
       </c>
       <c r="C372" t="s">
-        <v>2529</v>
+        <v>23</v>
       </c>
       <c r="D372" t="s">
         <v>39</v>
       </c>
       <c r="E372">
         <v>2026</v>
       </c>
       <c r="F372" t="s">
-        <v>2530</v>
+        <v>2529</v>
       </c>
       <c r="G372"/>
       <c r="H372" t="s">
-        <v>935</v>
-[...1 lines deleted...]
-      <c r="I372" t="s">
+        <v>184</v>
+      </c>
+      <c r="I372"/>
+      <c r="J372"/>
+      <c r="K372" t="s">
+        <v>2530</v>
+      </c>
+      <c r="L372" t="s">
         <v>2531</v>
-      </c>
-[...7 lines deleted...]
-        <v>2534</v>
       </c>
     </row>
     <row r="373" spans="1:12">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
+        <v>2532</v>
+      </c>
+      <c r="C373" t="s">
+        <v>2533</v>
+      </c>
+      <c r="D373" t="s">
+        <v>39</v>
+      </c>
+      <c r="E373">
+        <v>2026</v>
+      </c>
+      <c r="F373" t="s">
+        <v>2534</v>
+      </c>
+      <c r="G373"/>
+      <c r="H373" t="s">
+        <v>935</v>
+      </c>
+      <c r="I373" t="s">
         <v>2535</v>
       </c>
-      <c r="C373"/>
-[...4 lines deleted...]
-      <c r="F373" t="s">
+      <c r="J373" t="s">
         <v>2536</v>
       </c>
-      <c r="G373" t="s">
+      <c r="K373" t="s">
         <v>2537</v>
       </c>
-      <c r="H373"/>
-[...2 lines deleted...]
-      <c r="K373"/>
       <c r="L373" t="s">
         <v>2538</v>
       </c>
     </row>
     <row r="374" spans="1:12">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
         <v>2539</v>
       </c>
-      <c r="C374" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="C374"/>
+      <c r="D374"/>
       <c r="E374">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F374" t="s">
         <v>2540</v>
       </c>
       <c r="G374" t="s">
         <v>2541</v>
       </c>
-      <c r="H374" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H374"/>
+      <c r="I374"/>
+      <c r="J374"/>
       <c r="K374"/>
       <c r="L374" t="s">
-        <v>2544</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="375" spans="1:12">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C375" t="s">
+        <v>13</v>
+      </c>
+      <c r="D375" t="s">
+        <v>14</v>
+      </c>
+      <c r="E375">
+        <v>2026</v>
+      </c>
+      <c r="F375" t="s">
+        <v>2544</v>
+      </c>
+      <c r="G375" t="s">
         <v>2545</v>
       </c>
-      <c r="C375" t="s">
-[...8 lines deleted...]
-      <c r="F375" t="s">
+      <c r="H375" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I375" t="s">
         <v>2546</v>
       </c>
-      <c r="G375"/>
-[...5 lines deleted...]
-      <c r="K375" t="s">
+      <c r="J375" t="s">
         <v>2547</v>
       </c>
+      <c r="K375"/>
       <c r="L375" t="s">
-        <v>2548</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="376" spans="1:12">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
-        <v>2549</v>
+        <v>2548</v>
       </c>
       <c r="C376" t="s">
-        <v>259</v>
+        <v>99</v>
       </c>
       <c r="D376" t="s">
-        <v>252</v>
+        <v>75</v>
       </c>
       <c r="E376">
         <v>1970</v>
       </c>
       <c r="F376" t="s">
-        <v>2550</v>
+        <v>2549</v>
       </c>
       <c r="G376"/>
       <c r="H376" t="s">
+        <v>1680</v>
+      </c>
+      <c r="I376"/>
+      <c r="J376"/>
+      <c r="K376" t="s">
+        <v>2550</v>
+      </c>
+      <c r="L376" t="s">
         <v>2551</v>
-      </c>
-[...10 lines deleted...]
-        <v>2555</v>
       </c>
     </row>
     <row r="377" spans="1:12">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
+        <v>2552</v>
+      </c>
+      <c r="C377" t="s">
+        <v>259</v>
+      </c>
+      <c r="D377" t="s">
+        <v>252</v>
+      </c>
+      <c r="E377">
+        <v>1970</v>
+      </c>
+      <c r="F377" t="s">
+        <v>2553</v>
+      </c>
+      <c r="G377"/>
+      <c r="H377" t="s">
+        <v>2554</v>
+      </c>
+      <c r="I377" t="s">
+        <v>2555</v>
+      </c>
+      <c r="J377" t="s">
         <v>2556</v>
       </c>
-      <c r="C377" t="s">
-[...8 lines deleted...]
-      <c r="F377" t="s">
+      <c r="K377" t="s">
         <v>2557</v>
       </c>
-      <c r="G377" t="s">
+      <c r="L377" t="s">
         <v>2558</v>
-      </c>
-[...13 lines deleted...]
-        <v>2562</v>
       </c>
     </row>
     <row r="378" spans="1:12">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
+        <v>2559</v>
+      </c>
+      <c r="C378" t="s">
+        <v>65</v>
+      </c>
+      <c r="D378" t="s">
+        <v>90</v>
+      </c>
+      <c r="E378">
+        <v>2026</v>
+      </c>
+      <c r="F378" t="s">
+        <v>2560</v>
+      </c>
+      <c r="G378" t="s">
+        <v>2561</v>
+      </c>
+      <c r="H378" t="s">
+        <v>157</v>
+      </c>
+      <c r="I378" t="s">
+        <v>2562</v>
+      </c>
+      <c r="J378" t="s">
         <v>2563</v>
       </c>
-      <c r="C378" t="s">
-[...8 lines deleted...]
-      <c r="F378" t="s">
+      <c r="K378" t="s">
         <v>2564</v>
       </c>
-      <c r="G378"/>
-      <c r="H378" t="s">
+      <c r="L378" t="s">
         <v>2565</v>
-      </c>
-[...6 lines deleted...]
-        <v>2567</v>
       </c>
     </row>
     <row r="379" spans="1:12">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
+        <v>2566</v>
+      </c>
+      <c r="C379" t="s">
+        <v>83</v>
+      </c>
+      <c r="D379" t="s">
+        <v>39</v>
+      </c>
+      <c r="E379">
+        <v>1970</v>
+      </c>
+      <c r="F379" t="s">
+        <v>2567</v>
+      </c>
+      <c r="G379"/>
+      <c r="H379" t="s">
         <v>2568</v>
       </c>
-      <c r="C379" t="s">
-[...2 lines deleted...]
-      <c r="D379" t="s">
+      <c r="I379"/>
+      <c r="J379"/>
+      <c r="K379" t="s">
         <v>2569</v>
       </c>
-      <c r="E379">
-[...2 lines deleted...]
-      <c r="F379" t="s">
+      <c r="L379" t="s">
         <v>2570</v>
-      </c>
-[...16 lines deleted...]
-        <v>2575</v>
       </c>
     </row>
     <row r="380" spans="1:12">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
+        <v>2571</v>
+      </c>
+      <c r="C380" t="s">
+        <v>65</v>
+      </c>
+      <c r="D380" t="s">
+        <v>2572</v>
+      </c>
+      <c r="E380">
+        <v>2026</v>
+      </c>
+      <c r="F380" t="s">
+        <v>2573</v>
+      </c>
+      <c r="G380" t="s">
+        <v>2574</v>
+      </c>
+      <c r="H380" t="s">
+        <v>534</v>
+      </c>
+      <c r="I380" t="s">
+        <v>2575</v>
+      </c>
+      <c r="J380" t="s">
         <v>2576</v>
       </c>
-      <c r="C380" t="s">
-[...8 lines deleted...]
-      <c r="F380" t="s">
+      <c r="K380" t="s">
         <v>2577</v>
       </c>
-      <c r="G380"/>
-[...3 lines deleted...]
-      <c r="I380" t="s">
+      <c r="L380" t="s">
         <v>2578</v>
-      </c>
-[...7 lines deleted...]
-        <v>2581</v>
       </c>
     </row>
     <row r="381" spans="1:12">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
-        <v>2582</v>
+        <v>2579</v>
       </c>
       <c r="C381" t="s">
-        <v>99</v>
+        <v>1030</v>
       </c>
       <c r="D381" t="s">
-        <v>75</v>
+        <v>948</v>
       </c>
       <c r="E381">
-        <v>2026</v>
+        <v>1996</v>
       </c>
       <c r="F381" t="s">
-        <v>2583</v>
+        <v>2580</v>
       </c>
       <c r="G381"/>
       <c r="H381" t="s">
+        <v>513</v>
+      </c>
+      <c r="I381" t="s">
+        <v>2581</v>
+      </c>
+      <c r="J381" t="s">
+        <v>2582</v>
+      </c>
+      <c r="K381" t="s">
+        <v>2583</v>
+      </c>
+      <c r="L381" t="s">
         <v>2584</v>
-      </c>
-[...6 lines deleted...]
-        <v>2586</v>
       </c>
     </row>
     <row r="382" spans="1:12">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
+        <v>2585</v>
+      </c>
+      <c r="C382" t="s">
+        <v>99</v>
+      </c>
+      <c r="D382" t="s">
+        <v>75</v>
+      </c>
+      <c r="E382">
+        <v>2026</v>
+      </c>
+      <c r="F382" t="s">
+        <v>2586</v>
+      </c>
+      <c r="G382"/>
+      <c r="H382" t="s">
         <v>2587</v>
       </c>
-      <c r="C382" t="s">
-[...8 lines deleted...]
-      <c r="F382" t="s">
+      <c r="I382"/>
+      <c r="J382"/>
+      <c r="K382" t="s">
         <v>2588</v>
       </c>
-      <c r="G382" t="s">
+      <c r="L382" t="s">
         <v>2589</v>
-      </c>
-[...13 lines deleted...]
-        <v>2593</v>
       </c>
     </row>
     <row r="383" spans="1:12">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
+        <v>2590</v>
+      </c>
+      <c r="C383" t="s">
+        <v>38</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E383">
+        <v>2026</v>
+      </c>
+      <c r="F383" t="s">
+        <v>2591</v>
+      </c>
+      <c r="G383" t="s">
+        <v>2592</v>
+      </c>
+      <c r="H383" t="s">
+        <v>59</v>
+      </c>
+      <c r="I383" t="s">
+        <v>2593</v>
+      </c>
+      <c r="J383" t="s">
         <v>2594</v>
       </c>
-      <c r="C383"/>
-[...6 lines deleted...]
-      <c r="F383" t="s">
+      <c r="K383" t="s">
         <v>2595</v>
       </c>
-      <c r="G383"/>
-      <c r="H383" t="s">
+      <c r="L383" t="s">
         <v>2596</v>
-      </c>
-[...6 lines deleted...]
-        <v>2598</v>
       </c>
     </row>
     <row r="384" spans="1:12">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
-        <v>2599</v>
-[...3 lines deleted...]
-      </c>
+        <v>2597</v>
+      </c>
+      <c r="C384"/>
       <c r="D384" t="s">
-        <v>39</v>
+        <v>2120</v>
       </c>
       <c r="E384">
         <v>2026</v>
       </c>
       <c r="F384" t="s">
-        <v>2600</v>
+        <v>2598</v>
       </c>
       <c r="G384"/>
       <c r="H384" t="s">
+        <v>2599</v>
+      </c>
+      <c r="I384"/>
+      <c r="J384"/>
+      <c r="K384" t="s">
+        <v>2600</v>
+      </c>
+      <c r="L384" t="s">
         <v>2601</v>
-      </c>
-[...8 lines deleted...]
-        <v>2604</v>
       </c>
     </row>
     <row r="385" spans="1:12">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
-        <v>2605</v>
+        <v>2602</v>
       </c>
       <c r="C385" t="s">
-        <v>83</v>
+        <v>48</v>
       </c>
       <c r="D385" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="E385">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F385" t="s">
-        <v>2606</v>
+        <v>2603</v>
       </c>
       <c r="G385"/>
       <c r="H385" t="s">
-        <v>2607</v>
+        <v>2604</v>
       </c>
       <c r="I385"/>
       <c r="J385" t="s">
-        <v>2608</v>
-[...1 lines deleted...]
-      <c r="K385"/>
+        <v>2605</v>
+      </c>
+      <c r="K385" t="s">
+        <v>2606</v>
+      </c>
       <c r="L385" t="s">
-        <v>2609</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="386" spans="1:12">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>2610</v>
+        <v>2608</v>
       </c>
       <c r="C386" t="s">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="D386" t="s">
-        <v>118</v>
+        <v>24</v>
       </c>
       <c r="E386">
-        <v>1988</v>
+        <v>1970</v>
       </c>
       <c r="F386" t="s">
-        <v>2611</v>
+        <v>2609</v>
       </c>
       <c r="G386"/>
       <c r="H386" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="I386" t="s">
+        <v>2610</v>
+      </c>
+      <c r="I386"/>
+      <c r="J386" t="s">
+        <v>2611</v>
+      </c>
+      <c r="K386"/>
+      <c r="L386" t="s">
         <v>2612</v>
-      </c>
-[...7 lines deleted...]
-        <v>2615</v>
       </c>
     </row>
     <row r="387" spans="1:12">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
+        <v>2613</v>
+      </c>
+      <c r="C387" t="s">
+        <v>38</v>
+      </c>
+      <c r="D387" t="s">
+        <v>118</v>
+      </c>
+      <c r="E387">
+        <v>1988</v>
+      </c>
+      <c r="F387" t="s">
+        <v>2614</v>
+      </c>
+      <c r="G387"/>
+      <c r="H387" t="s">
+        <v>221</v>
+      </c>
+      <c r="I387" t="s">
+        <v>2615</v>
+      </c>
+      <c r="J387" t="s">
         <v>2616</v>
       </c>
-      <c r="C387" t="s">
-[...8 lines deleted...]
-      <c r="F387" t="s">
+      <c r="K387" t="s">
         <v>2617</v>
       </c>
-      <c r="G387" t="s">
+      <c r="L387" t="s">
         <v>2618</v>
-      </c>
-[...11 lines deleted...]
-        <v>2621</v>
       </c>
     </row>
     <row r="388" spans="1:12">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
+        <v>2619</v>
+      </c>
+      <c r="C388" t="s">
+        <v>29</v>
+      </c>
+      <c r="D388" t="s">
+        <v>371</v>
+      </c>
+      <c r="E388">
+        <v>2026</v>
+      </c>
+      <c r="F388" t="s">
+        <v>2620</v>
+      </c>
+      <c r="G388" t="s">
+        <v>2621</v>
+      </c>
+      <c r="H388">
+        <v>99</v>
+      </c>
+      <c r="I388" t="s">
         <v>2622</v>
       </c>
-      <c r="C388" t="s">
-[...8 lines deleted...]
-      <c r="F388" t="s">
+      <c r="J388" t="s">
         <v>2623</v>
       </c>
-      <c r="G388" t="s">
+      <c r="K388"/>
+      <c r="L388" t="s">
         <v>2624</v>
-      </c>
-[...13 lines deleted...]
-        <v>2628</v>
       </c>
     </row>
     <row r="389" spans="1:12">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
+        <v>2625</v>
+      </c>
+      <c r="C389" t="s">
+        <v>259</v>
+      </c>
+      <c r="D389" t="s">
+        <v>154</v>
+      </c>
+      <c r="E389">
+        <v>2026</v>
+      </c>
+      <c r="F389" t="s">
+        <v>2626</v>
+      </c>
+      <c r="G389" t="s">
+        <v>2627</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I389" t="s">
+        <v>2628</v>
+      </c>
+      <c r="J389" t="s">
         <v>2629</v>
       </c>
-      <c r="C389" t="s">
-[...10 lines deleted...]
-      <c r="H389" t="s">
+      <c r="K389" t="s">
         <v>2630</v>
       </c>
-      <c r="I389"/>
-      <c r="J389" t="s">
+      <c r="L389" t="s">
         <v>2631</v>
-      </c>
-[...2 lines deleted...]
-        <v>2632</v>
       </c>
     </row>
     <row r="390" spans="1:12">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
-        <v>2633</v>
+        <v>2632</v>
       </c>
       <c r="C390" t="s">
-        <v>189</v>
+        <v>1592</v>
       </c>
       <c r="D390" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="E390">
         <v>2026</v>
       </c>
-      <c r="F390" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F390"/>
       <c r="G390"/>
       <c r="H390" t="s">
-        <v>2635</v>
-[...4 lines deleted...]
-      <c r="J390"/>
+        <v>2633</v>
+      </c>
+      <c r="I390"/>
+      <c r="J390" t="s">
+        <v>2634</v>
+      </c>
       <c r="K390"/>
       <c r="L390" t="s">
-        <v>2637</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="391" spans="1:12">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
-        <v>2638</v>
+        <v>2636</v>
       </c>
       <c r="C391" t="s">
-        <v>83</v>
+        <v>189</v>
       </c>
       <c r="D391" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E391">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F391" t="s">
-        <v>2639</v>
+        <v>2637</v>
       </c>
       <c r="G391"/>
       <c r="H391" t="s">
+        <v>2638</v>
+      </c>
+      <c r="I391" t="s">
+        <v>2639</v>
+      </c>
+      <c r="J391"/>
+      <c r="K391"/>
+      <c r="L391" t="s">
         <v>2640</v>
-      </c>
-[...10 lines deleted...]
-        <v>2644</v>
       </c>
     </row>
     <row r="392" spans="1:12">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
+        <v>2641</v>
+      </c>
+      <c r="C392" t="s">
+        <v>83</v>
+      </c>
+      <c r="D392" t="s">
+        <v>39</v>
+      </c>
+      <c r="E392">
+        <v>1970</v>
+      </c>
+      <c r="F392" t="s">
+        <v>2642</v>
+      </c>
+      <c r="G392"/>
+      <c r="H392" t="s">
+        <v>2643</v>
+      </c>
+      <c r="I392" t="s">
+        <v>2644</v>
+      </c>
+      <c r="J392" t="s">
         <v>2645</v>
       </c>
-      <c r="C392" t="s">
-[...8 lines deleted...]
-      <c r="F392" t="s">
+      <c r="K392" t="s">
         <v>2646</v>
       </c>
-      <c r="G392" t="s">
+      <c r="L392" t="s">
         <v>2647</v>
-      </c>
-[...13 lines deleted...]
-        <v>2651</v>
       </c>
     </row>
     <row r="393" spans="1:12">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
+        <v>2648</v>
+      </c>
+      <c r="C393" t="s">
+        <v>38</v>
+      </c>
+      <c r="D393" t="s">
+        <v>510</v>
+      </c>
+      <c r="E393">
+        <v>2026</v>
+      </c>
+      <c r="F393" t="s">
+        <v>2649</v>
+      </c>
+      <c r="G393" t="s">
+        <v>2650</v>
+      </c>
+      <c r="H393" t="s">
+        <v>534</v>
+      </c>
+      <c r="I393" t="s">
+        <v>2651</v>
+      </c>
+      <c r="J393" t="s">
         <v>2652</v>
       </c>
-      <c r="C393" t="s">
-[...2 lines deleted...]
-      <c r="D393" t="s">
+      <c r="K393" t="s">
         <v>2653</v>
       </c>
-      <c r="E393">
-[...2 lines deleted...]
-      <c r="F393" t="s">
+      <c r="L393" t="s">
         <v>2654</v>
-      </c>
-[...16 lines deleted...]
-        <v>2659</v>
       </c>
     </row>
     <row r="394" spans="1:12">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
+        <v>2655</v>
+      </c>
+      <c r="C394" t="s">
+        <v>65</v>
+      </c>
+      <c r="D394" t="s">
+        <v>2656</v>
+      </c>
+      <c r="E394">
+        <v>2026</v>
+      </c>
+      <c r="F394" t="s">
+        <v>2657</v>
+      </c>
+      <c r="G394" t="s">
+        <v>2658</v>
+      </c>
+      <c r="H394" t="s">
+        <v>743</v>
+      </c>
+      <c r="I394" t="s">
+        <v>2659</v>
+      </c>
+      <c r="J394" t="s">
         <v>2660</v>
       </c>
-      <c r="C394" t="s">
-[...8 lines deleted...]
-      <c r="F394" t="s">
+      <c r="K394" t="s">
         <v>2661</v>
       </c>
-      <c r="G394" t="s">
+      <c r="L394" t="s">
         <v>2662</v>
-      </c>
-[...13 lines deleted...]
-        <v>2666</v>
       </c>
     </row>
     <row r="395" spans="1:12">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
+        <v>2663</v>
+      </c>
+      <c r="C395" t="s">
+        <v>38</v>
+      </c>
+      <c r="D395" t="s">
+        <v>472</v>
+      </c>
+      <c r="E395">
+        <v>2026</v>
+      </c>
+      <c r="F395" t="s">
+        <v>2664</v>
+      </c>
+      <c r="G395" t="s">
+        <v>2665</v>
+      </c>
+      <c r="H395" t="s">
+        <v>582</v>
+      </c>
+      <c r="I395" t="s">
+        <v>2666</v>
+      </c>
+      <c r="J395" t="s">
         <v>2667</v>
       </c>
-      <c r="C395" t="s">
-[...8 lines deleted...]
-      <c r="F395" t="s">
+      <c r="K395" t="s">
         <v>2668</v>
       </c>
-      <c r="G395"/>
-      <c r="H395" t="s">
+      <c r="L395" t="s">
         <v>2669</v>
-      </c>
-[...8 lines deleted...]
-        <v>2672</v>
       </c>
     </row>
     <row r="396" spans="1:12">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
-        <v>2673</v>
+        <v>2670</v>
       </c>
       <c r="C396" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="D396" t="s">
-        <v>861</v>
+        <v>118</v>
       </c>
       <c r="E396">
         <v>1970</v>
       </c>
       <c r="F396" t="s">
-        <v>2674</v>
+        <v>2671</v>
       </c>
       <c r="G396"/>
       <c r="H396" t="s">
+        <v>2672</v>
+      </c>
+      <c r="I396" t="s">
+        <v>2673</v>
+      </c>
+      <c r="J396" t="s">
+        <v>2674</v>
+      </c>
+      <c r="K396"/>
+      <c r="L396" t="s">
         <v>2675</v>
-      </c>
-[...10 lines deleted...]
-        <v>2679</v>
       </c>
     </row>
     <row r="397" spans="1:12">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
-        <v>2680</v>
+        <v>2676</v>
       </c>
       <c r="C397" t="s">
-        <v>2681</v>
+        <v>38</v>
       </c>
       <c r="D397" t="s">
-        <v>2682</v>
+        <v>861</v>
       </c>
       <c r="E397">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F397" t="s">
-        <v>2683</v>
+        <v>2677</v>
       </c>
       <c r="G397"/>
       <c r="H397" t="s">
-        <v>743</v>
+        <v>2678</v>
       </c>
       <c r="I397" t="s">
-        <v>2684</v>
+        <v>2679</v>
       </c>
       <c r="J397" t="s">
-        <v>2685</v>
+        <v>2680</v>
       </c>
       <c r="K397" t="s">
-        <v>2686</v>
+        <v>2681</v>
       </c>
       <c r="L397" t="s">
-        <v>2687</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="398" spans="1:12">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
-        <v>2688</v>
+        <v>2683</v>
       </c>
       <c r="C398" t="s">
-        <v>2689</v>
+        <v>2684</v>
       </c>
       <c r="D398" t="s">
-        <v>154</v>
+        <v>2685</v>
       </c>
       <c r="E398">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F398" t="s">
-        <v>2690</v>
+        <v>2686</v>
       </c>
       <c r="G398"/>
       <c r="H398" t="s">
-        <v>2691</v>
+        <v>743</v>
       </c>
       <c r="I398" t="s">
-        <v>2692</v>
+        <v>2687</v>
       </c>
       <c r="J398" t="s">
-        <v>2693</v>
+        <v>2688</v>
       </c>
       <c r="K398" t="s">
-        <v>2694</v>
+        <v>2689</v>
       </c>
       <c r="L398" t="s">
-        <v>2695</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="399" spans="1:12">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
+        <v>2691</v>
+      </c>
+      <c r="C399" t="s">
+        <v>2692</v>
+      </c>
+      <c r="D399" t="s">
+        <v>154</v>
+      </c>
+      <c r="E399">
+        <v>1970</v>
+      </c>
+      <c r="F399" t="s">
+        <v>2693</v>
+      </c>
+      <c r="G399"/>
+      <c r="H399" t="s">
+        <v>2694</v>
+      </c>
+      <c r="I399" t="s">
+        <v>2695</v>
+      </c>
+      <c r="J399" t="s">
         <v>2696</v>
       </c>
-      <c r="C399" t="s">
-[...8 lines deleted...]
-      <c r="F399" t="s">
+      <c r="K399" t="s">
         <v>2697</v>
       </c>
-      <c r="G399" t="s">
+      <c r="L399" t="s">
         <v>2698</v>
-      </c>
-[...13 lines deleted...]
-        <v>2702</v>
       </c>
     </row>
     <row r="400" spans="1:12">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
+        <v>2699</v>
+      </c>
+      <c r="C400" t="s">
+        <v>38</v>
+      </c>
+      <c r="D400" t="s">
+        <v>234</v>
+      </c>
+      <c r="E400">
+        <v>2026</v>
+      </c>
+      <c r="F400" t="s">
+        <v>2700</v>
+      </c>
+      <c r="G400" t="s">
+        <v>2701</v>
+      </c>
+      <c r="H400" t="s">
+        <v>254</v>
+      </c>
+      <c r="I400" t="s">
+        <v>2702</v>
+      </c>
+      <c r="J400" t="s">
         <v>2703</v>
       </c>
-      <c r="C400" t="s">
-[...2 lines deleted...]
-      <c r="D400" t="s">
+      <c r="K400" t="s">
         <v>2704</v>
       </c>
-      <c r="E400">
-[...2 lines deleted...]
-      <c r="F400" t="s">
+      <c r="L400" t="s">
         <v>2705</v>
-      </c>
-[...14 lines deleted...]
-        <v>2710</v>
       </c>
     </row>
     <row r="401" spans="1:12">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
+        <v>2706</v>
+      </c>
+      <c r="C401" t="s">
+        <v>29</v>
+      </c>
+      <c r="D401" t="s">
+        <v>2707</v>
+      </c>
+      <c r="E401">
+        <v>2026</v>
+      </c>
+      <c r="F401" t="s">
+        <v>2708</v>
+      </c>
+      <c r="G401"/>
+      <c r="H401" t="s">
+        <v>2709</v>
+      </c>
+      <c r="I401" t="s">
+        <v>2710</v>
+      </c>
+      <c r="J401" t="s">
         <v>2711</v>
       </c>
-      <c r="C401" t="s">
-[...8 lines deleted...]
-      <c r="F401" t="s">
+      <c r="K401" t="s">
         <v>2712</v>
       </c>
-      <c r="G401" t="s">
+      <c r="L401" t="s">
         <v>2713</v>
-      </c>
-[...13 lines deleted...]
-        <v>2717</v>
       </c>
     </row>
     <row r="402" spans="1:12">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
+        <v>2714</v>
+      </c>
+      <c r="C402" t="s">
+        <v>65</v>
+      </c>
+      <c r="D402" t="s">
+        <v>234</v>
+      </c>
+      <c r="E402">
+        <v>2026</v>
+      </c>
+      <c r="F402" t="s">
+        <v>2715</v>
+      </c>
+      <c r="G402" t="s">
+        <v>2716</v>
+      </c>
+      <c r="H402">
+        <v>104</v>
+      </c>
+      <c r="I402" t="s">
+        <v>2717</v>
+      </c>
+      <c r="J402" t="s">
         <v>2718</v>
       </c>
-      <c r="C402" t="s">
-[...8 lines deleted...]
-      <c r="F402" t="s">
+      <c r="K402" t="s">
         <v>2719</v>
       </c>
-      <c r="G402"/>
-      <c r="H402" t="s">
+      <c r="L402" t="s">
         <v>2720</v>
-      </c>
-[...10 lines deleted...]
-        <v>2724</v>
       </c>
     </row>
     <row r="403" spans="1:12">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403" t="s">
-        <v>2725</v>
+        <v>2721</v>
       </c>
       <c r="C403" t="s">
         <v>38</v>
       </c>
       <c r="D403" t="s">
-        <v>252</v>
+        <v>75</v>
       </c>
       <c r="E403">
         <v>2026</v>
       </c>
       <c r="F403" t="s">
+        <v>2722</v>
+      </c>
+      <c r="G403"/>
+      <c r="H403" t="s">
+        <v>2723</v>
+      </c>
+      <c r="I403" t="s">
+        <v>2724</v>
+      </c>
+      <c r="J403" t="s">
+        <v>2725</v>
+      </c>
+      <c r="K403" t="s">
         <v>2726</v>
       </c>
-      <c r="G403" t="s">
+      <c r="L403" t="s">
         <v>2727</v>
-      </c>
-[...13 lines deleted...]
-        <v>2731</v>
       </c>
     </row>
     <row r="404" spans="1:12">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404" t="s">
+        <v>2728</v>
+      </c>
+      <c r="C404" t="s">
+        <v>38</v>
+      </c>
+      <c r="D404" t="s">
+        <v>252</v>
+      </c>
+      <c r="E404">
+        <v>2026</v>
+      </c>
+      <c r="F404" t="s">
+        <v>2729</v>
+      </c>
+      <c r="G404" t="s">
+        <v>2730</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I404" t="s">
+        <v>2731</v>
+      </c>
+      <c r="J404" t="s">
         <v>2732</v>
       </c>
-      <c r="C404" t="s">
-[...8 lines deleted...]
-      <c r="F404" t="s">
+      <c r="K404" t="s">
         <v>2733</v>
       </c>
-      <c r="G404" t="s">
+      <c r="L404" t="s">
         <v>2734</v>
-      </c>
-[...13 lines deleted...]
-        <v>2738</v>
       </c>
     </row>
     <row r="405" spans="1:12">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C405" t="s">
+        <v>259</v>
+      </c>
+      <c r="D405" t="s">
+        <v>234</v>
+      </c>
+      <c r="E405">
+        <v>2026</v>
+      </c>
+      <c r="F405" t="s">
+        <v>2736</v>
+      </c>
+      <c r="G405" t="s">
+        <v>2737</v>
+      </c>
+      <c r="H405" t="s">
+        <v>935</v>
+      </c>
+      <c r="I405" t="s">
+        <v>2738</v>
+      </c>
+      <c r="J405" t="s">
         <v>2739</v>
       </c>
-      <c r="C405" t="s">
-[...8 lines deleted...]
-      <c r="F405" t="s">
+      <c r="K405" t="s">
         <v>2740</v>
       </c>
-      <c r="G405"/>
-      <c r="H405" t="s">
+      <c r="L405" t="s">
         <v>2741</v>
-      </c>
-[...10 lines deleted...]
-        <v>2745</v>
       </c>
     </row>
     <row r="406" spans="1:12">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406" t="s">
+        <v>2742</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D406" t="s">
+        <v>371</v>
+      </c>
+      <c r="E406">
+        <v>2026</v>
+      </c>
+      <c r="F406" t="s">
+        <v>2743</v>
+      </c>
+      <c r="G406"/>
+      <c r="H406" t="s">
+        <v>2744</v>
+      </c>
+      <c r="I406" t="s">
+        <v>2745</v>
+      </c>
+      <c r="J406" t="s">
         <v>2746</v>
       </c>
-      <c r="C406" t="s">
-[...8 lines deleted...]
-      <c r="F406" t="s">
+      <c r="K406" t="s">
         <v>2747</v>
       </c>
-      <c r="G406"/>
-[...1 lines deleted...]
-      <c r="I406" t="s">
+      <c r="L406" t="s">
         <v>2748</v>
-      </c>
-[...7 lines deleted...]
-        <v>2751</v>
       </c>
     </row>
     <row r="407" spans="1:12">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407" t="s">
+        <v>2749</v>
+      </c>
+      <c r="C407" t="s">
+        <v>306</v>
+      </c>
+      <c r="D407" t="s">
+        <v>472</v>
+      </c>
+      <c r="E407">
+        <v>2026</v>
+      </c>
+      <c r="F407" t="s">
+        <v>2750</v>
+      </c>
+      <c r="G407"/>
+      <c r="H407"/>
+      <c r="I407" t="s">
+        <v>2751</v>
+      </c>
+      <c r="J407" t="s">
         <v>2752</v>
       </c>
-      <c r="C407" t="s">
-[...8 lines deleted...]
-      <c r="F407" t="s">
+      <c r="K407" t="s">
         <v>2753</v>
       </c>
-      <c r="G407" t="s">
+      <c r="L407" t="s">
         <v>2754</v>
-      </c>
-[...13 lines deleted...]
-        <v>2758</v>
       </c>
     </row>
     <row r="408" spans="1:12">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408" t="s">
+        <v>2755</v>
+      </c>
+      <c r="C408" t="s">
+        <v>83</v>
+      </c>
+      <c r="D408" t="s">
+        <v>14</v>
+      </c>
+      <c r="E408">
+        <v>2026</v>
+      </c>
+      <c r="F408" t="s">
+        <v>2756</v>
+      </c>
+      <c r="G408" t="s">
+        <v>2757</v>
+      </c>
+      <c r="H408" t="s">
+        <v>630</v>
+      </c>
+      <c r="I408" t="s">
+        <v>2758</v>
+      </c>
+      <c r="J408" t="s">
         <v>2759</v>
       </c>
-      <c r="C408" t="s">
-[...8 lines deleted...]
-      <c r="F408" t="s">
+      <c r="K408" t="s">
         <v>2760</v>
       </c>
-      <c r="G408"/>
-[...3 lines deleted...]
-      <c r="I408" t="s">
+      <c r="L408" t="s">
         <v>2761</v>
-      </c>
-[...5 lines deleted...]
-        <v>2763</v>
       </c>
     </row>
     <row r="409" spans="1:12">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409" t="s">
-        <v>2764</v>
+        <v>2762</v>
       </c>
       <c r="C409" t="s">
-        <v>259</v>
+        <v>48</v>
       </c>
       <c r="D409" t="s">
-        <v>472</v>
+        <v>39</v>
       </c>
       <c r="E409">
         <v>2026</v>
       </c>
       <c r="F409" t="s">
-        <v>2765</v>
+        <v>2763</v>
       </c>
       <c r="G409"/>
       <c r="H409" t="s">
+        <v>107</v>
+      </c>
+      <c r="I409" t="s">
+        <v>2764</v>
+      </c>
+      <c r="J409"/>
+      <c r="K409" t="s">
+        <v>2765</v>
+      </c>
+      <c r="L409" t="s">
         <v>2766</v>
-      </c>
-[...10 lines deleted...]
-        <v>2770</v>
       </c>
     </row>
     <row r="410" spans="1:12">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C410" t="s">
+        <v>259</v>
+      </c>
+      <c r="D410" t="s">
+        <v>472</v>
+      </c>
+      <c r="E410">
+        <v>2026</v>
+      </c>
+      <c r="F410" t="s">
+        <v>2768</v>
+      </c>
+      <c r="G410"/>
+      <c r="H410" t="s">
+        <v>2769</v>
+      </c>
+      <c r="I410" t="s">
+        <v>2770</v>
+      </c>
+      <c r="J410" t="s">
         <v>2771</v>
       </c>
-      <c r="C410" t="s">
-[...8 lines deleted...]
-      <c r="F410" t="s">
+      <c r="K410" t="s">
         <v>2772</v>
       </c>
-      <c r="G410" t="s">
+      <c r="L410" t="s">
         <v>2773</v>
-      </c>
-[...13 lines deleted...]
-        <v>2777</v>
       </c>
     </row>
     <row r="411" spans="1:12">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411" t="s">
-        <v>2778</v>
+        <v>2774</v>
       </c>
       <c r="C411" t="s">
-        <v>1292</v>
+        <v>38</v>
       </c>
       <c r="D411" t="s">
         <v>39</v>
       </c>
       <c r="E411">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F411" t="s">
+        <v>2775</v>
+      </c>
+      <c r="G411" t="s">
+        <v>2776</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I411" t="s">
+        <v>2777</v>
+      </c>
+      <c r="J411" t="s">
+        <v>2778</v>
+      </c>
+      <c r="K411" t="s">
         <v>2779</v>
       </c>
-      <c r="G411"/>
-[...3 lines deleted...]
-      <c r="I411" t="s">
+      <c r="L411" t="s">
         <v>2780</v>
-      </c>
-[...7 lines deleted...]
-        <v>2783</v>
       </c>
     </row>
     <row r="412" spans="1:12">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412" t="s">
-        <v>2784</v>
+        <v>2781</v>
       </c>
       <c r="C412" t="s">
-        <v>259</v>
+        <v>1292</v>
       </c>
       <c r="D412" t="s">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="E412">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F412" t="s">
-        <v>2785</v>
+        <v>2782</v>
       </c>
       <c r="G412"/>
       <c r="H412" t="s">
-        <v>32</v>
+        <v>838</v>
       </c>
       <c r="I412" t="s">
+        <v>2783</v>
+      </c>
+      <c r="J412" t="s">
+        <v>2784</v>
+      </c>
+      <c r="K412" t="s">
+        <v>2785</v>
+      </c>
+      <c r="L412" t="s">
         <v>2786</v>
-      </c>
-[...7 lines deleted...]
-        <v>2789</v>
       </c>
     </row>
     <row r="413" spans="1:12">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413" t="s">
-        <v>2790</v>
+        <v>2787</v>
       </c>
       <c r="C413" t="s">
-        <v>306</v>
+        <v>259</v>
       </c>
       <c r="D413" t="s">
-        <v>472</v>
+        <v>118</v>
       </c>
       <c r="E413">
         <v>2026</v>
       </c>
       <c r="F413" t="s">
-        <v>2791</v>
+        <v>2788</v>
       </c>
       <c r="G413"/>
       <c r="H413" t="s">
-        <v>793</v>
+        <v>32</v>
       </c>
       <c r="I413" t="s">
+        <v>2789</v>
+      </c>
+      <c r="J413" t="s">
+        <v>2790</v>
+      </c>
+      <c r="K413" t="s">
+        <v>2791</v>
+      </c>
+      <c r="L413" t="s">
         <v>2792</v>
-      </c>
-[...7 lines deleted...]
-        <v>2795</v>
       </c>
     </row>
     <row r="414" spans="1:12">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414" t="s">
-        <v>2796</v>
+        <v>2793</v>
       </c>
       <c r="C414" t="s">
-        <v>83</v>
+        <v>306</v>
       </c>
       <c r="D414" t="s">
-        <v>39</v>
+        <v>472</v>
       </c>
       <c r="E414">
         <v>2026</v>
       </c>
       <c r="F414" t="s">
-        <v>2797</v>
+        <v>2794</v>
       </c>
       <c r="G414"/>
       <c r="H414" t="s">
+        <v>793</v>
+      </c>
+      <c r="I414" t="s">
+        <v>2795</v>
+      </c>
+      <c r="J414" t="s">
+        <v>2796</v>
+      </c>
+      <c r="K414" t="s">
+        <v>2797</v>
+      </c>
+      <c r="L414" t="s">
         <v>2798</v>
-      </c>
-[...10 lines deleted...]
-        <v>2802</v>
       </c>
     </row>
     <row r="415" spans="1:12">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415" t="s">
-        <v>2803</v>
+        <v>2799</v>
       </c>
       <c r="C415" t="s">
         <v>83</v>
       </c>
       <c r="D415" t="s">
-        <v>603</v>
+        <v>39</v>
       </c>
       <c r="E415">
         <v>2026</v>
       </c>
       <c r="F415" t="s">
-        <v>2804</v>
+        <v>2800</v>
       </c>
       <c r="G415"/>
       <c r="H415" t="s">
+        <v>2801</v>
+      </c>
+      <c r="I415" t="s">
+        <v>2802</v>
+      </c>
+      <c r="J415" t="s">
+        <v>2803</v>
+      </c>
+      <c r="K415" t="s">
+        <v>2804</v>
+      </c>
+      <c r="L415" t="s">
         <v>2805</v>
-      </c>
-[...8 lines deleted...]
-        <v>2808</v>
       </c>
     </row>
     <row r="416" spans="1:12">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>2809</v>
+        <v>2806</v>
       </c>
       <c r="C416" t="s">
         <v>83</v>
       </c>
       <c r="D416" t="s">
-        <v>2810</v>
+        <v>603</v>
       </c>
       <c r="E416">
         <v>2026</v>
       </c>
       <c r="F416" t="s">
-        <v>2811</v>
+        <v>2807</v>
       </c>
       <c r="G416"/>
       <c r="H416" t="s">
-        <v>2812</v>
+        <v>2808</v>
       </c>
       <c r="I416" t="s">
-        <v>2813</v>
-[...3 lines deleted...]
-      </c>
+        <v>2809</v>
+      </c>
+      <c r="J416"/>
       <c r="K416" t="s">
-        <v>2815</v>
+        <v>2810</v>
       </c>
       <c r="L416" t="s">
-        <v>2816</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="417" spans="1:12">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417" t="s">
-        <v>2817</v>
+        <v>2812</v>
       </c>
       <c r="C417" t="s">
         <v>83</v>
       </c>
       <c r="D417" t="s">
-        <v>336</v>
+        <v>2813</v>
       </c>
       <c r="E417">
         <v>2026</v>
       </c>
       <c r="F417" t="s">
-        <v>2818</v>
+        <v>2814</v>
       </c>
       <c r="G417"/>
       <c r="H417" t="s">
-        <v>87</v>
+        <v>2815</v>
       </c>
       <c r="I417" t="s">
+        <v>2816</v>
+      </c>
+      <c r="J417" t="s">
+        <v>2817</v>
+      </c>
+      <c r="K417" t="s">
+        <v>2818</v>
+      </c>
+      <c r="L417" t="s">
         <v>2819</v>
-      </c>
-[...7 lines deleted...]
-        <v>2822</v>
       </c>
     </row>
     <row r="418" spans="1:12">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
-        <v>2823</v>
+        <v>2820</v>
       </c>
       <c r="C418" t="s">
         <v>83</v>
       </c>
       <c r="D418" t="s">
         <v>336</v>
       </c>
       <c r="E418">
         <v>2026</v>
       </c>
       <c r="F418" t="s">
-        <v>2824</v>
+        <v>2821</v>
       </c>
       <c r="G418"/>
       <c r="H418" t="s">
-        <v>322</v>
+        <v>87</v>
       </c>
       <c r="I418" t="s">
+        <v>2822</v>
+      </c>
+      <c r="J418" t="s">
+        <v>2823</v>
+      </c>
+      <c r="K418" t="s">
+        <v>2824</v>
+      </c>
+      <c r="L418" t="s">
         <v>2825</v>
-      </c>
-[...7 lines deleted...]
-        <v>2828</v>
       </c>
     </row>
     <row r="419" spans="1:12">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419" t="s">
+        <v>2826</v>
+      </c>
+      <c r="C419" t="s">
+        <v>83</v>
+      </c>
+      <c r="D419" t="s">
+        <v>336</v>
+      </c>
+      <c r="E419">
+        <v>2026</v>
+      </c>
+      <c r="F419" t="s">
+        <v>2827</v>
+      </c>
+      <c r="G419"/>
+      <c r="H419" t="s">
+        <v>322</v>
+      </c>
+      <c r="I419" t="s">
+        <v>2828</v>
+      </c>
+      <c r="J419" t="s">
         <v>2829</v>
       </c>
-      <c r="C419" t="s">
-[...8 lines deleted...]
-      <c r="F419" t="s">
+      <c r="K419" t="s">
         <v>2830</v>
       </c>
-      <c r="G419" t="s">
+      <c r="L419" t="s">
         <v>2831</v>
-      </c>
-[...11 lines deleted...]
-        <v>2834</v>
       </c>
     </row>
     <row r="420" spans="1:12">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C420" t="s">
+        <v>29</v>
+      </c>
+      <c r="D420" t="s">
+        <v>371</v>
+      </c>
+      <c r="E420">
+        <v>1962</v>
+      </c>
+      <c r="F420" t="s">
+        <v>2833</v>
+      </c>
+      <c r="G420" t="s">
+        <v>2834</v>
+      </c>
+      <c r="H420">
+        <v>77</v>
+      </c>
+      <c r="I420" t="s">
         <v>2835</v>
       </c>
-      <c r="C420" t="s">
-[...8 lines deleted...]
-      <c r="F420" t="s">
+      <c r="J420" t="s">
         <v>2836</v>
-      </c>
-[...8 lines deleted...]
-        <v>2839</v>
       </c>
       <c r="K420"/>
       <c r="L420" t="s">
-        <v>2840</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="421" spans="1:12">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421" t="s">
-        <v>2841</v>
+        <v>2838</v>
       </c>
       <c r="C421" t="s">
-        <v>189</v>
+        <v>23</v>
       </c>
       <c r="D421" t="s">
         <v>75</v>
       </c>
       <c r="E421">
         <v>1970</v>
       </c>
       <c r="F421" t="s">
-        <v>2842</v>
+        <v>2839</v>
       </c>
       <c r="G421"/>
       <c r="H421" t="s">
+        <v>2840</v>
+      </c>
+      <c r="I421" t="s">
+        <v>2841</v>
+      </c>
+      <c r="J421" t="s">
+        <v>2842</v>
+      </c>
+      <c r="K421"/>
+      <c r="L421" t="s">
         <v>2843</v>
-      </c>
-[...8 lines deleted...]
-        <v>2846</v>
       </c>
     </row>
     <row r="422" spans="1:12">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
-        <v>2847</v>
+        <v>2844</v>
       </c>
       <c r="C422" t="s">
-        <v>2848</v>
+        <v>189</v>
       </c>
       <c r="D422" t="s">
         <v>75</v>
       </c>
       <c r="E422">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F422" t="s">
-        <v>2849</v>
+        <v>2845</v>
       </c>
       <c r="G422"/>
       <c r="H422" t="s">
-        <v>87</v>
-[...4 lines deleted...]
-      </c>
+        <v>2846</v>
+      </c>
+      <c r="I422" t="s">
+        <v>2847</v>
+      </c>
+      <c r="J422"/>
       <c r="K422" t="s">
-        <v>2851</v>
+        <v>2848</v>
       </c>
       <c r="L422" t="s">
-        <v>2852</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="423" spans="1:12">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
-        <v>2853</v>
+        <v>2850</v>
       </c>
       <c r="C423" t="s">
-        <v>259</v>
+        <v>2851</v>
       </c>
       <c r="D423" t="s">
-        <v>234</v>
+        <v>75</v>
       </c>
       <c r="E423">
         <v>2026</v>
       </c>
       <c r="F423" t="s">
-        <v>2854</v>
+        <v>2852</v>
       </c>
       <c r="G423"/>
       <c r="H423" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I423" t="s">
+        <v>87</v>
+      </c>
+      <c r="I423"/>
+      <c r="J423" t="s">
+        <v>2853</v>
+      </c>
+      <c r="K423" t="s">
+        <v>2854</v>
+      </c>
+      <c r="L423" t="s">
         <v>2855</v>
-      </c>
-[...7 lines deleted...]
-        <v>2858</v>
       </c>
     </row>
     <row r="424" spans="1:12">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
-        <v>2859</v>
+        <v>2856</v>
       </c>
       <c r="C424" t="s">
         <v>259</v>
       </c>
       <c r="D424" t="s">
-        <v>2860</v>
+        <v>234</v>
       </c>
       <c r="E424">
         <v>2026</v>
       </c>
       <c r="F424" t="s">
-        <v>2854</v>
-[...3 lines deleted...]
-      </c>
+        <v>2857</v>
+      </c>
+      <c r="G424"/>
       <c r="H424" t="s">
         <v>17</v>
       </c>
       <c r="I424" t="s">
-        <v>2855</v>
+        <v>2858</v>
       </c>
       <c r="J424" t="s">
-        <v>2862</v>
+        <v>2859</v>
       </c>
       <c r="K424" t="s">
-        <v>2857</v>
-[...1 lines deleted...]
-      <c r="L424"/>
+        <v>2860</v>
+      </c>
+      <c r="L424" t="s">
+        <v>2861</v>
+      </c>
     </row>
     <row r="425" spans="1:12">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
+        <v>2862</v>
+      </c>
+      <c r="C425" t="s">
+        <v>259</v>
+      </c>
+      <c r="D425" t="s">
         <v>2863</v>
       </c>
-      <c r="C425" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E425">
         <v>2026</v>
       </c>
       <c r="F425" t="s">
+        <v>2857</v>
+      </c>
+      <c r="G425" t="s">
         <v>2864</v>
       </c>
-      <c r="G425"/>
       <c r="H425" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="I425"/>
+        <v>17</v>
+      </c>
+      <c r="I425" t="s">
+        <v>2858</v>
+      </c>
       <c r="J425" t="s">
         <v>2865</v>
       </c>
       <c r="K425" t="s">
-        <v>2866</v>
-[...3 lines deleted...]
-      </c>
+        <v>2860</v>
+      </c>
+      <c r="L425"/>
     </row>
     <row r="426" spans="1:12">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
+        <v>2866</v>
+      </c>
+      <c r="C426" t="s">
+        <v>23</v>
+      </c>
+      <c r="D426" t="s">
+        <v>118</v>
+      </c>
+      <c r="E426">
+        <v>2026</v>
+      </c>
+      <c r="F426" t="s">
+        <v>2867</v>
+      </c>
+      <c r="G426"/>
+      <c r="H426" t="s">
+        <v>184</v>
+      </c>
+      <c r="I426"/>
+      <c r="J426" t="s">
         <v>2868</v>
       </c>
-      <c r="C426" t="s">
-[...2 lines deleted...]
-      <c r="D426" t="s">
+      <c r="K426" t="s">
         <v>2869</v>
       </c>
-      <c r="E426">
-[...2 lines deleted...]
-      <c r="F426" t="s">
+      <c r="L426" t="s">
         <v>2870</v>
-      </c>
-[...12 lines deleted...]
-        <v>2873</v>
       </c>
     </row>
     <row r="427" spans="1:12">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C427" t="s">
+        <v>636</v>
+      </c>
+      <c r="D427" t="s">
+        <v>2872</v>
+      </c>
+      <c r="E427">
+        <v>2026</v>
+      </c>
+      <c r="F427" t="s">
+        <v>2873</v>
+      </c>
+      <c r="G427" t="s">
         <v>2874</v>
       </c>
-      <c r="C427" t="s">
-[...8 lines deleted...]
-      <c r="F427" t="s">
+      <c r="H427" t="s">
+        <v>149</v>
+      </c>
+      <c r="I427"/>
+      <c r="J427"/>
+      <c r="K427" t="s">
         <v>2875</v>
       </c>
-      <c r="G427" t="s">
+      <c r="L427" t="s">
         <v>2876</v>
-      </c>
-[...13 lines deleted...]
-        <v>2880</v>
       </c>
     </row>
     <row r="428" spans="1:12">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
+        <v>2877</v>
+      </c>
+      <c r="C428" t="s">
+        <v>83</v>
+      </c>
+      <c r="D428" t="s">
+        <v>405</v>
+      </c>
+      <c r="E428">
+        <v>2026</v>
+      </c>
+      <c r="F428" t="s">
+        <v>2878</v>
+      </c>
+      <c r="G428" t="s">
+        <v>2879</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1310</v>
+      </c>
+      <c r="I428" t="s">
+        <v>2880</v>
+      </c>
+      <c r="J428" t="s">
         <v>2881</v>
       </c>
-      <c r="C428" t="s">
+      <c r="K428" t="s">
         <v>2882</v>
       </c>
-      <c r="D428" t="s">
+      <c r="L428" t="s">
         <v>2883</v>
-      </c>
-[...20 lines deleted...]
-        <v>2888</v>
       </c>
     </row>
     <row r="429" spans="1:12">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
-        <v>2889</v>
+        <v>2884</v>
       </c>
       <c r="C429" t="s">
-        <v>111</v>
+        <v>2885</v>
       </c>
       <c r="D429" t="s">
-        <v>118</v>
+        <v>2886</v>
       </c>
       <c r="E429">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F429" t="s">
-        <v>2890</v>
+        <v>2887</v>
       </c>
       <c r="G429"/>
       <c r="H429" t="s">
+        <v>215</v>
+      </c>
+      <c r="I429" t="s">
+        <v>2888</v>
+      </c>
+      <c r="J429" t="s">
+        <v>2889</v>
+      </c>
+      <c r="K429" t="s">
+        <v>2890</v>
+      </c>
+      <c r="L429" t="s">
         <v>2891</v>
-      </c>
-[...10 lines deleted...]
-        <v>2895</v>
       </c>
     </row>
     <row r="430" spans="1:12">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
-        <v>2896</v>
+        <v>2892</v>
       </c>
       <c r="C430" t="s">
-        <v>23</v>
+        <v>111</v>
       </c>
       <c r="D430" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="E430">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F430" t="s">
-        <v>2897</v>
+        <v>2893</v>
       </c>
       <c r="G430"/>
       <c r="H430" t="s">
-        <v>1795</v>
-[...1 lines deleted...]
-      <c r="I430"/>
+        <v>2894</v>
+      </c>
+      <c r="I430" t="s">
+        <v>2895</v>
+      </c>
       <c r="J430" t="s">
+        <v>2896</v>
+      </c>
+      <c r="K430" t="s">
+        <v>2897</v>
+      </c>
+      <c r="L430" t="s">
         <v>2898</v>
-      </c>
-[...4 lines deleted...]
-        <v>2900</v>
       </c>
     </row>
     <row r="431" spans="1:12">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
-        <v>2901</v>
+        <v>2899</v>
       </c>
       <c r="C431" t="s">
         <v>23</v>
       </c>
       <c r="D431" t="s">
-        <v>1513</v>
+        <v>75</v>
       </c>
       <c r="E431">
         <v>2026</v>
       </c>
       <c r="F431" t="s">
-        <v>2902</v>
+        <v>2900</v>
       </c>
       <c r="G431"/>
       <c r="H431" t="s">
+        <v>1795</v>
+      </c>
+      <c r="I431"/>
+      <c r="J431" t="s">
+        <v>2901</v>
+      </c>
+      <c r="K431" t="s">
+        <v>2902</v>
+      </c>
+      <c r="L431" t="s">
         <v>2903</v>
-      </c>
-[...10 lines deleted...]
-        <v>2907</v>
       </c>
     </row>
     <row r="432" spans="1:12">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>2908</v>
+        <v>2904</v>
       </c>
       <c r="C432" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D432" t="s">
-        <v>39</v>
+        <v>1513</v>
       </c>
       <c r="E432">
-        <v>1989</v>
+        <v>2026</v>
       </c>
       <c r="F432" t="s">
-        <v>2909</v>
+        <v>2905</v>
       </c>
       <c r="G432"/>
       <c r="H432" t="s">
+        <v>2906</v>
+      </c>
+      <c r="I432" t="s">
+        <v>2907</v>
+      </c>
+      <c r="J432" t="s">
+        <v>2908</v>
+      </c>
+      <c r="K432" t="s">
+        <v>2909</v>
+      </c>
+      <c r="L432" t="s">
         <v>2910</v>
-      </c>
-[...10 lines deleted...]
-        <v>2914</v>
       </c>
     </row>
     <row r="433" spans="1:12">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
-        <v>2915</v>
+        <v>2911</v>
       </c>
       <c r="C433" t="s">
-        <v>2916</v>
+        <v>29</v>
       </c>
       <c r="D433" t="s">
-        <v>821</v>
+        <v>39</v>
       </c>
       <c r="E433">
-        <v>1970</v>
+        <v>1989</v>
       </c>
       <c r="F433" t="s">
-        <v>2917</v>
+        <v>2912</v>
       </c>
       <c r="G433"/>
       <c r="H433" t="s">
-        <v>2918</v>
+        <v>2913</v>
       </c>
       <c r="I433" t="s">
-        <v>2919</v>
+        <v>2914</v>
       </c>
       <c r="J433" t="s">
-        <v>2920</v>
+        <v>2915</v>
       </c>
       <c r="K433" t="s">
-        <v>2921</v>
+        <v>2916</v>
       </c>
       <c r="L433" t="s">
-        <v>2922</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="434" spans="1:12">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
-        <v>2923</v>
+        <v>2918</v>
       </c>
       <c r="C434" t="s">
-        <v>29</v>
+        <v>2919</v>
       </c>
       <c r="D434" t="s">
-        <v>39</v>
+        <v>821</v>
       </c>
       <c r="E434">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F434" t="s">
-        <v>2924</v>
+        <v>2920</v>
       </c>
       <c r="G434"/>
       <c r="H434" t="s">
-        <v>1194</v>
+        <v>2921</v>
       </c>
       <c r="I434" t="s">
+        <v>2922</v>
+      </c>
+      <c r="J434" t="s">
+        <v>2923</v>
+      </c>
+      <c r="K434" t="s">
+        <v>2924</v>
+      </c>
+      <c r="L434" t="s">
         <v>2925</v>
-      </c>
-[...7 lines deleted...]
-        <v>2928</v>
       </c>
     </row>
     <row r="435" spans="1:12">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C435" t="s">
+        <v>29</v>
+      </c>
+      <c r="D435" t="s">
+        <v>39</v>
+      </c>
+      <c r="E435">
+        <v>2026</v>
+      </c>
+      <c r="F435" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G435"/>
+      <c r="H435" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I435" t="s">
+        <v>2928</v>
+      </c>
+      <c r="J435" t="s">
         <v>2929</v>
       </c>
-      <c r="C435" t="s">
-[...8 lines deleted...]
-      <c r="F435" t="s">
+      <c r="K435" t="s">
         <v>2930</v>
       </c>
-      <c r="G435" t="s">
+      <c r="L435" t="s">
         <v>2931</v>
-      </c>
-[...13 lines deleted...]
-        <v>2935</v>
       </c>
     </row>
     <row r="436" spans="1:12">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
+        <v>2932</v>
+      </c>
+      <c r="C436" t="s">
+        <v>23</v>
+      </c>
+      <c r="D436" t="s">
+        <v>821</v>
+      </c>
+      <c r="E436">
+        <v>2026</v>
+      </c>
+      <c r="F436" t="s">
+        <v>2933</v>
+      </c>
+      <c r="G436" t="s">
+        <v>2934</v>
+      </c>
+      <c r="H436" t="s">
+        <v>966</v>
+      </c>
+      <c r="I436" t="s">
+        <v>2935</v>
+      </c>
+      <c r="J436" t="s">
         <v>2936</v>
       </c>
-      <c r="C436" t="s">
+      <c r="K436" t="s">
         <v>2937</v>
       </c>
-      <c r="D436" t="s">
-[...7 lines deleted...]
-      <c r="H436" t="s">
+      <c r="L436" t="s">
         <v>2938</v>
-      </c>
-[...8 lines deleted...]
-        <v>2941</v>
       </c>
     </row>
     <row r="437" spans="1:12">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
-        <v>2942</v>
+        <v>2939</v>
       </c>
       <c r="C437" t="s">
-        <v>65</v>
+        <v>2940</v>
       </c>
       <c r="D437" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="E437">
         <v>2026</v>
       </c>
-      <c r="F437" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F437"/>
       <c r="G437"/>
       <c r="H437" t="s">
-        <v>815</v>
-[...1 lines deleted...]
-      <c r="I437" t="s">
+        <v>2941</v>
+      </c>
+      <c r="I437"/>
+      <c r="J437" t="s">
+        <v>2942</v>
+      </c>
+      <c r="K437" t="s">
+        <v>2943</v>
+      </c>
+      <c r="L437" t="s">
         <v>2944</v>
-      </c>
-[...7 lines deleted...]
-        <v>2947</v>
       </c>
     </row>
     <row r="438" spans="1:12">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
+        <v>2945</v>
+      </c>
+      <c r="C438" t="s">
+        <v>65</v>
+      </c>
+      <c r="D438" t="s">
+        <v>75</v>
+      </c>
+      <c r="E438">
+        <v>2026</v>
+      </c>
+      <c r="F438" t="s">
+        <v>2946</v>
+      </c>
+      <c r="G438"/>
+      <c r="H438" t="s">
+        <v>815</v>
+      </c>
+      <c r="I438" t="s">
+        <v>2947</v>
+      </c>
+      <c r="J438" t="s">
         <v>2948</v>
       </c>
-      <c r="C438" t="s">
+      <c r="K438" t="s">
         <v>2949</v>
       </c>
-      <c r="D438" t="s">
-[...5 lines deleted...]
-      <c r="F438" t="s">
+      <c r="L438" t="s">
         <v>2950</v>
-      </c>
-[...16 lines deleted...]
-        <v>2955</v>
       </c>
     </row>
     <row r="439" spans="1:12">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
+        <v>2951</v>
+      </c>
+      <c r="C439" t="s">
+        <v>2952</v>
+      </c>
+      <c r="D439" t="s">
+        <v>510</v>
+      </c>
+      <c r="E439">
+        <v>2026</v>
+      </c>
+      <c r="F439" t="s">
+        <v>2953</v>
+      </c>
+      <c r="G439" t="s">
+        <v>2954</v>
+      </c>
+      <c r="H439" t="s">
+        <v>750</v>
+      </c>
+      <c r="I439" t="s">
+        <v>2955</v>
+      </c>
+      <c r="J439" t="s">
         <v>2956</v>
       </c>
-      <c r="C439" t="s">
-[...8 lines deleted...]
-      <c r="F439" t="s">
+      <c r="K439" t="s">
         <v>2957</v>
       </c>
-      <c r="G439" t="s">
+      <c r="L439" t="s">
         <v>2958</v>
-      </c>
-[...13 lines deleted...]
-        <v>2962</v>
       </c>
     </row>
     <row r="440" spans="1:12">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
+        <v>2959</v>
+      </c>
+      <c r="C440" t="s">
+        <v>65</v>
+      </c>
+      <c r="D440" t="s">
+        <v>234</v>
+      </c>
+      <c r="E440">
+        <v>2026</v>
+      </c>
+      <c r="F440" t="s">
+        <v>2960</v>
+      </c>
+      <c r="G440" t="s">
+        <v>2961</v>
+      </c>
+      <c r="H440" t="s">
+        <v>68</v>
+      </c>
+      <c r="I440" t="s">
+        <v>2962</v>
+      </c>
+      <c r="J440" t="s">
         <v>2963</v>
       </c>
-      <c r="C440" t="s">
-[...8 lines deleted...]
-      <c r="F440" t="s">
+      <c r="K440" t="s">
         <v>2964</v>
       </c>
-      <c r="G440"/>
-[...3 lines deleted...]
-      <c r="I440" t="s">
+      <c r="L440" t="s">
         <v>2965</v>
-      </c>
-[...7 lines deleted...]
-        <v>2968</v>
       </c>
     </row>
     <row r="441" spans="1:12">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
+        <v>2966</v>
+      </c>
+      <c r="C441" t="s">
+        <v>306</v>
+      </c>
+      <c r="D441" t="s">
+        <v>75</v>
+      </c>
+      <c r="E441">
+        <v>2026</v>
+      </c>
+      <c r="F441" t="s">
+        <v>2967</v>
+      </c>
+      <c r="G441"/>
+      <c r="H441" t="s">
+        <v>935</v>
+      </c>
+      <c r="I441" t="s">
+        <v>2968</v>
+      </c>
+      <c r="J441" t="s">
         <v>2969</v>
       </c>
-      <c r="C441" t="s">
-[...2 lines deleted...]
-      <c r="D441" t="s">
+      <c r="K441" t="s">
         <v>2970</v>
       </c>
-      <c r="E441">
-[...2 lines deleted...]
-      <c r="F441" t="s">
+      <c r="L441" t="s">
         <v>2971</v>
-      </c>
-[...12 lines deleted...]
-        <v>2974</v>
       </c>
     </row>
     <row r="442" spans="1:12">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
+        <v>2972</v>
+      </c>
+      <c r="C442" t="s">
+        <v>65</v>
+      </c>
+      <c r="D442" t="s">
+        <v>2973</v>
+      </c>
+      <c r="E442">
+        <v>2026</v>
+      </c>
+      <c r="F442" t="s">
+        <v>2974</v>
+      </c>
+      <c r="G442" t="s">
         <v>2975</v>
       </c>
-      <c r="C442" t="s">
-[...11 lines deleted...]
-      <c r="G442"/>
       <c r="H442" t="s">
         <v>87</v>
       </c>
-      <c r="I442" t="s">
+      <c r="I442"/>
+      <c r="J442"/>
+      <c r="K442" t="s">
+        <v>2976</v>
+      </c>
+      <c r="L442" t="s">
         <v>2977</v>
-      </c>
-[...7 lines deleted...]
-        <v>2980</v>
       </c>
     </row>
     <row r="443" spans="1:12">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
+        <v>2978</v>
+      </c>
+      <c r="C443" t="s">
+        <v>259</v>
+      </c>
+      <c r="D443" t="s">
+        <v>75</v>
+      </c>
+      <c r="E443">
+        <v>2026</v>
+      </c>
+      <c r="F443" t="s">
+        <v>2979</v>
+      </c>
+      <c r="G443"/>
+      <c r="H443" t="s">
+        <v>87</v>
+      </c>
+      <c r="I443" t="s">
+        <v>2980</v>
+      </c>
+      <c r="J443" t="s">
         <v>2981</v>
       </c>
-      <c r="C443" t="s">
-[...11 lines deleted...]
-      <c r="G443" t="s">
+      <c r="K443" t="s">
         <v>2982</v>
       </c>
-      <c r="H443" t="s">
-[...2 lines deleted...]
-      <c r="I443" t="s">
+      <c r="L443" t="s">
         <v>2983</v>
-      </c>
-[...7 lines deleted...]
-        <v>2986</v>
       </c>
     </row>
     <row r="444" spans="1:12">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
+        <v>2984</v>
+      </c>
+      <c r="C444" t="s">
+        <v>38</v>
+      </c>
+      <c r="D444" t="s">
+        <v>90</v>
+      </c>
+      <c r="E444">
+        <v>2026</v>
+      </c>
+      <c r="F444">
+        <v>303</v>
+      </c>
+      <c r="G444" t="s">
+        <v>2985</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I444" t="s">
+        <v>2986</v>
+      </c>
+      <c r="J444" t="s">
         <v>2987</v>
       </c>
-      <c r="C444" t="s">
-[...8 lines deleted...]
-      <c r="F444" t="s">
+      <c r="K444" t="s">
         <v>2988</v>
       </c>
-      <c r="G444"/>
-[...4 lines deleted...]
-      <c r="J444" t="s">
+      <c r="L444" t="s">
         <v>2989</v>
-      </c>
-[...2 lines deleted...]
-        <v>2990</v>
       </c>
     </row>
     <row r="445" spans="1:12">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445" t="s">
+        <v>2990</v>
+      </c>
+      <c r="C445" t="s">
+        <v>23</v>
+      </c>
+      <c r="D445" t="s">
+        <v>75</v>
+      </c>
+      <c r="E445">
+        <v>2026</v>
+      </c>
+      <c r="F445" t="s">
         <v>2991</v>
       </c>
-      <c r="C445" t="s">
-[...8 lines deleted...]
-      <c r="F445"/>
       <c r="G445"/>
       <c r="H445" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I445" t="s">
+        <v>799</v>
+      </c>
+      <c r="I445"/>
+      <c r="J445" t="s">
         <v>2992</v>
-      </c>
-[...1 lines deleted...]
-        <v>2993</v>
       </c>
       <c r="K445"/>
       <c r="L445" t="s">
-        <v>2994</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="446" spans="1:12">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446" t="s">
-        <v>2995</v>
+        <v>2994</v>
       </c>
       <c r="C446" t="s">
-        <v>189</v>
+        <v>495</v>
       </c>
       <c r="D446" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="E446">
         <v>2026</v>
       </c>
-      <c r="F446" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F446"/>
       <c r="G446"/>
       <c r="H446" t="s">
-        <v>2997</v>
+        <v>17</v>
       </c>
       <c r="I446" t="s">
-        <v>2998</v>
+        <v>2995</v>
       </c>
       <c r="J446" t="s">
-        <v>2999</v>
+        <v>2996</v>
       </c>
       <c r="K446"/>
       <c r="L446" t="s">
-        <v>3000</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="447" spans="1:12">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447" t="s">
-        <v>3001</v>
+        <v>2998</v>
       </c>
       <c r="C447" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="D447" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E447">
         <v>2026</v>
       </c>
       <c r="F447" t="s">
-        <v>3002</v>
+        <v>2999</v>
       </c>
       <c r="G447"/>
       <c r="H447" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      <c r="K447" t="s">
+        <v>3000</v>
+      </c>
+      <c r="I447" t="s">
+        <v>3001</v>
+      </c>
+      <c r="J447" t="s">
+        <v>3002</v>
+      </c>
+      <c r="K447"/>
+      <c r="L447" t="s">
         <v>3003</v>
-      </c>
-[...1 lines deleted...]
-        <v>3004</v>
       </c>
     </row>
     <row r="448" spans="1:12">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448" t="s">
-        <v>3005</v>
+        <v>3004</v>
       </c>
       <c r="C448" t="s">
-        <v>83</v>
+        <v>177</v>
       </c>
       <c r="D448" t="s">
         <v>39</v>
       </c>
       <c r="E448">
         <v>2026</v>
       </c>
       <c r="F448" t="s">
-        <v>3006</v>
+        <v>3005</v>
       </c>
       <c r="G448"/>
       <c r="H448" t="s">
-        <v>3007</v>
+        <v>107</v>
       </c>
       <c r="I448"/>
       <c r="J448"/>
       <c r="K448" t="s">
-        <v>3008</v>
+        <v>3006</v>
       </c>
       <c r="L448" t="s">
-        <v>3009</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="449" spans="1:12">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449" t="s">
-        <v>3010</v>
-[...1 lines deleted...]
-      <c r="C449"/>
+        <v>3008</v>
+      </c>
+      <c r="C449" t="s">
+        <v>83</v>
+      </c>
       <c r="D449" t="s">
-        <v>2120</v>
+        <v>39</v>
       </c>
       <c r="E449">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F449" t="s">
-        <v>3011</v>
+        <v>3009</v>
       </c>
       <c r="G449"/>
       <c r="H449" t="s">
-        <v>3012</v>
+        <v>3010</v>
       </c>
       <c r="I449"/>
       <c r="J449"/>
       <c r="K449" t="s">
-        <v>3013</v>
+        <v>3011</v>
       </c>
       <c r="L449" t="s">
-        <v>3014</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="450" spans="1:12">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450" t="s">
+        <v>3013</v>
+      </c>
+      <c r="C450"/>
+      <c r="D450" t="s">
+        <v>2120</v>
+      </c>
+      <c r="E450">
+        <v>1970</v>
+      </c>
+      <c r="F450" t="s">
+        <v>3014</v>
+      </c>
+      <c r="G450"/>
+      <c r="H450" t="s">
         <v>3015</v>
       </c>
-      <c r="C450" t="s">
+      <c r="I450"/>
+      <c r="J450"/>
+      <c r="K450" t="s">
         <v>3016</v>
       </c>
-      <c r="D450" t="s">
-[...5 lines deleted...]
-      <c r="F450" t="s">
+      <c r="L450" t="s">
         <v>3017</v>
-      </c>
-[...12 lines deleted...]
-        <v>3020</v>
       </c>
     </row>
     <row r="451" spans="1:12">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451" t="s">
+        <v>3018</v>
+      </c>
+      <c r="C451" t="s">
+        <v>3019</v>
+      </c>
+      <c r="D451" t="s">
+        <v>234</v>
+      </c>
+      <c r="E451">
+        <v>2026</v>
+      </c>
+      <c r="F451" t="s">
+        <v>3020</v>
+      </c>
+      <c r="G451" t="s">
         <v>3021</v>
       </c>
-      <c r="C451" t="s">
-[...2 lines deleted...]
-      <c r="D451" t="s">
+      <c r="H451" t="s">
+        <v>590</v>
+      </c>
+      <c r="I451" t="s">
         <v>3022</v>
       </c>
-      <c r="E451">
-[...2 lines deleted...]
-      <c r="F451" t="s">
+      <c r="J451"/>
+      <c r="K451"/>
+      <c r="L451" t="s">
         <v>3023</v>
-      </c>
-[...16 lines deleted...]
-        <v>3028</v>
       </c>
     </row>
     <row r="452" spans="1:12">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452" t="s">
+        <v>3024</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D452" t="s">
+        <v>3025</v>
+      </c>
+      <c r="E452">
+        <v>2026</v>
+      </c>
+      <c r="F452" t="s">
+        <v>3026</v>
+      </c>
+      <c r="G452" t="s">
+        <v>3027</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I452" t="s">
+        <v>3028</v>
+      </c>
+      <c r="J452" t="s">
         <v>3029</v>
       </c>
-      <c r="C452" t="s">
-[...8 lines deleted...]
-      <c r="F452" t="s">
+      <c r="K452" t="s">
         <v>3030</v>
       </c>
-      <c r="G452"/>
-      <c r="H452" t="s">
+      <c r="L452" t="s">
         <v>3031</v>
-      </c>
-[...10 lines deleted...]
-        <v>3035</v>
       </c>
     </row>
     <row r="453" spans="1:12">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453" t="s">
+        <v>3032</v>
+      </c>
+      <c r="C453" t="s">
+        <v>65</v>
+      </c>
+      <c r="D453" t="s">
+        <v>2485</v>
+      </c>
+      <c r="E453">
+        <v>1970</v>
+      </c>
+      <c r="F453" t="s">
+        <v>3033</v>
+      </c>
+      <c r="G453"/>
+      <c r="H453" t="s">
+        <v>3034</v>
+      </c>
+      <c r="I453" t="s">
+        <v>3035</v>
+      </c>
+      <c r="J453" t="s">
         <v>3036</v>
       </c>
-      <c r="C453" t="s">
-[...8 lines deleted...]
-      <c r="F453" t="s">
+      <c r="K453" t="s">
         <v>3037</v>
       </c>
-      <c r="G453" t="s">
+      <c r="L453" t="s">
         <v>3038</v>
-      </c>
-[...13 lines deleted...]
-        <v>3043</v>
       </c>
     </row>
     <row r="454" spans="1:12">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454" t="s">
+        <v>3039</v>
+      </c>
+      <c r="C454" t="s">
+        <v>29</v>
+      </c>
+      <c r="D454" t="s">
+        <v>206</v>
+      </c>
+      <c r="E454">
+        <v>2026</v>
+      </c>
+      <c r="F454" t="s">
+        <v>3040</v>
+      </c>
+      <c r="G454" t="s">
+        <v>3041</v>
+      </c>
+      <c r="H454" t="s">
+        <v>3042</v>
+      </c>
+      <c r="I454" t="s">
+        <v>3043</v>
+      </c>
+      <c r="J454" t="s">
         <v>3044</v>
       </c>
-      <c r="C454" t="s">
-[...8 lines deleted...]
-      <c r="F454" t="s">
+      <c r="K454" t="s">
         <v>3045</v>
       </c>
-      <c r="G454" t="s">
+      <c r="L454" t="s">
         <v>3046</v>
-      </c>
-[...13 lines deleted...]
-        <v>3051</v>
       </c>
     </row>
     <row r="455" spans="1:12">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455" t="s">
+        <v>3047</v>
+      </c>
+      <c r="C455" t="s">
+        <v>65</v>
+      </c>
+      <c r="D455" t="s">
+        <v>396</v>
+      </c>
+      <c r="E455">
+        <v>2026</v>
+      </c>
+      <c r="F455" t="s">
+        <v>3048</v>
+      </c>
+      <c r="G455" t="s">
+        <v>3049</v>
+      </c>
+      <c r="H455" t="s">
+        <v>3050</v>
+      </c>
+      <c r="I455" t="s">
+        <v>3051</v>
+      </c>
+      <c r="J455" t="s">
         <v>3052</v>
       </c>
-      <c r="C455" t="s">
-[...8 lines deleted...]
-      <c r="F455" t="s">
+      <c r="K455" t="s">
         <v>3053</v>
       </c>
-      <c r="G455"/>
-[...3 lines deleted...]
-      <c r="I455" t="s">
+      <c r="L455" t="s">
         <v>3054</v>
-      </c>
-[...7 lines deleted...]
-        <v>3057</v>
       </c>
     </row>
     <row r="456" spans="1:12">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456" t="s">
+        <v>3055</v>
+      </c>
+      <c r="C456" t="s">
+        <v>29</v>
+      </c>
+      <c r="D456" t="s">
+        <v>39</v>
+      </c>
+      <c r="E456">
+        <v>1997</v>
+      </c>
+      <c r="F456" t="s">
+        <v>3056</v>
+      </c>
+      <c r="G456"/>
+      <c r="H456" t="s">
+        <v>157</v>
+      </c>
+      <c r="I456" t="s">
+        <v>3057</v>
+      </c>
+      <c r="J456" t="s">
         <v>3058</v>
       </c>
-      <c r="C456" t="s">
-[...8 lines deleted...]
-      <c r="F456" t="s">
+      <c r="K456" t="s">
         <v>3059</v>
       </c>
-      <c r="G456" t="s">
+      <c r="L456" t="s">
         <v>3060</v>
-      </c>
-[...13 lines deleted...]
-        <v>3064</v>
       </c>
     </row>
     <row r="457" spans="1:12">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457" t="s">
+        <v>3061</v>
+      </c>
+      <c r="C457" t="s">
+        <v>65</v>
+      </c>
+      <c r="D457" t="s">
+        <v>234</v>
+      </c>
+      <c r="E457">
+        <v>2026</v>
+      </c>
+      <c r="F457" t="s">
+        <v>3062</v>
+      </c>
+      <c r="G457" t="s">
+        <v>3063</v>
+      </c>
+      <c r="H457" t="s">
+        <v>68</v>
+      </c>
+      <c r="I457" t="s">
+        <v>3064</v>
+      </c>
+      <c r="J457" t="s">
         <v>3065</v>
       </c>
-      <c r="C457" t="s">
+      <c r="K457" t="s">
         <v>3066</v>
       </c>
-      <c r="D457" t="s">
+      <c r="L457" t="s">
         <v>3067</v>
-      </c>
-[...20 lines deleted...]
-        <v>3072</v>
       </c>
     </row>
     <row r="458" spans="1:12">
       <c r="A458">
         <v>457</v>
       </c>
       <c r="B458" t="s">
-        <v>3073</v>
+        <v>3068</v>
       </c>
       <c r="C458" t="s">
-        <v>83</v>
+        <v>3069</v>
       </c>
       <c r="D458" t="s">
-        <v>39</v>
+        <v>3070</v>
       </c>
       <c r="E458">
         <v>2026</v>
       </c>
       <c r="F458" t="s">
-        <v>3074</v>
+        <v>3071</v>
       </c>
       <c r="G458"/>
       <c r="H458" t="s">
+        <v>681</v>
+      </c>
+      <c r="I458" t="s">
+        <v>3072</v>
+      </c>
+      <c r="J458" t="s">
+        <v>3073</v>
+      </c>
+      <c r="K458" t="s">
+        <v>3074</v>
+      </c>
+      <c r="L458" t="s">
         <v>3075</v>
-      </c>
-[...8 lines deleted...]
-        <v>3078</v>
       </c>
     </row>
     <row r="459" spans="1:12">
       <c r="A459">
         <v>458</v>
       </c>
       <c r="B459" t="s">
+        <v>3076</v>
+      </c>
+      <c r="C459" t="s">
+        <v>83</v>
+      </c>
+      <c r="D459" t="s">
+        <v>39</v>
+      </c>
+      <c r="E459">
+        <v>2026</v>
+      </c>
+      <c r="F459" t="s">
+        <v>3077</v>
+      </c>
+      <c r="G459"/>
+      <c r="H459" t="s">
+        <v>3078</v>
+      </c>
+      <c r="I459"/>
+      <c r="J459" t="s">
         <v>3079</v>
       </c>
-      <c r="C459" t="s">
-[...8 lines deleted...]
-      <c r="F459" t="s">
+      <c r="K459" t="s">
         <v>3080</v>
       </c>
-      <c r="G459" t="s">
+      <c r="L459" t="s">
         <v>3081</v>
-      </c>
-[...13 lines deleted...]
-        <v>3085</v>
       </c>
     </row>
     <row r="460" spans="1:12">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460" t="s">
+        <v>3082</v>
+      </c>
+      <c r="C460" t="s">
+        <v>2851</v>
+      </c>
+      <c r="D460" t="s">
+        <v>75</v>
+      </c>
+      <c r="E460">
+        <v>2026</v>
+      </c>
+      <c r="F460" t="s">
+        <v>3083</v>
+      </c>
+      <c r="G460" t="s">
+        <v>3084</v>
+      </c>
+      <c r="H460" t="s">
+        <v>630</v>
+      </c>
+      <c r="I460" t="s">
+        <v>3085</v>
+      </c>
+      <c r="J460" t="s">
         <v>3086</v>
       </c>
-      <c r="C460" t="s">
-[...8 lines deleted...]
-      <c r="F460" t="s">
+      <c r="K460" t="s">
         <v>3087</v>
       </c>
-      <c r="G460"/>
-      <c r="H460" t="s">
+      <c r="L460" t="s">
         <v>3088</v>
-      </c>
-[...8 lines deleted...]
-        <v>3091</v>
       </c>
     </row>
     <row r="461" spans="1:12">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461" t="s">
+        <v>3089</v>
+      </c>
+      <c r="C461" t="s">
+        <v>29</v>
+      </c>
+      <c r="D461" t="s">
+        <v>861</v>
+      </c>
+      <c r="E461">
+        <v>2026</v>
+      </c>
+      <c r="F461" t="s">
+        <v>3090</v>
+      </c>
+      <c r="G461"/>
+      <c r="H461" t="s">
+        <v>3091</v>
+      </c>
+      <c r="I461" t="s">
         <v>3092</v>
       </c>
-      <c r="C461" t="s">
-[...8 lines deleted...]
-      <c r="F461" t="s">
+      <c r="J461" t="s">
         <v>3093</v>
       </c>
-      <c r="G461" t="s">
+      <c r="K461"/>
+      <c r="L461" t="s">
         <v>3094</v>
-      </c>
-[...13 lines deleted...]
-        <v>3098</v>
       </c>
     </row>
     <row r="462" spans="1:12">
       <c r="A462">
         <v>461</v>
       </c>
       <c r="B462" t="s">
+        <v>3095</v>
+      </c>
+      <c r="C462" t="s">
+        <v>65</v>
+      </c>
+      <c r="D462" t="s">
+        <v>510</v>
+      </c>
+      <c r="E462">
+        <v>2026</v>
+      </c>
+      <c r="F462" t="s">
+        <v>3096</v>
+      </c>
+      <c r="G462" t="s">
+        <v>3097</v>
+      </c>
+      <c r="H462" t="s">
+        <v>149</v>
+      </c>
+      <c r="I462" t="s">
+        <v>3098</v>
+      </c>
+      <c r="J462" t="s">
         <v>3099</v>
       </c>
-      <c r="C462" t="s">
-[...8 lines deleted...]
-      <c r="F462" t="s">
+      <c r="K462" t="s">
         <v>3100</v>
       </c>
-      <c r="G462"/>
-[...5 lines deleted...]
-      <c r="K462" t="s">
+      <c r="L462" t="s">
         <v>3101</v>
-      </c>
-[...1 lines deleted...]
-        <v>3102</v>
       </c>
     </row>
     <row r="463" spans="1:12">
       <c r="A463">
         <v>462</v>
       </c>
       <c r="B463" t="s">
+        <v>3102</v>
+      </c>
+      <c r="C463" t="s">
+        <v>23</v>
+      </c>
+      <c r="D463" t="s">
+        <v>39</v>
+      </c>
+      <c r="E463">
+        <v>2026</v>
+      </c>
+      <c r="F463" t="s">
         <v>3103</v>
       </c>
-      <c r="C463" t="s">
+      <c r="G463"/>
+      <c r="H463" t="s">
+        <v>807</v>
+      </c>
+      <c r="I463"/>
+      <c r="J463"/>
+      <c r="K463" t="s">
         <v>3104</v>
       </c>
-      <c r="D463" t="s">
-[...5 lines deleted...]
-      <c r="F463" t="s">
+      <c r="L463" t="s">
         <v>3105</v>
-      </c>
-[...16 lines deleted...]
-        <v>3110</v>
       </c>
     </row>
     <row r="464" spans="1:12">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C464" t="s">
+        <v>3107</v>
+      </c>
+      <c r="D464" t="s">
+        <v>14</v>
+      </c>
+      <c r="E464">
+        <v>2026</v>
+      </c>
+      <c r="F464" t="s">
+        <v>3108</v>
+      </c>
+      <c r="G464" t="s">
+        <v>3109</v>
+      </c>
+      <c r="H464" t="s">
+        <v>149</v>
+      </c>
+      <c r="I464" t="s">
+        <v>3110</v>
+      </c>
+      <c r="J464" t="s">
         <v>3111</v>
       </c>
-      <c r="C464" t="s">
-[...2 lines deleted...]
-      <c r="D464" t="s">
+      <c r="K464" t="s">
         <v>3112</v>
       </c>
-      <c r="E464">
-[...2 lines deleted...]
-      <c r="F464" t="s">
+      <c r="L464" t="s">
         <v>3113</v>
-      </c>
-[...16 lines deleted...]
-        <v>3118</v>
       </c>
     </row>
     <row r="465" spans="1:12">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465" t="s">
-        <v>3119</v>
+        <v>3114</v>
       </c>
       <c r="C465" t="s">
         <v>83</v>
       </c>
       <c r="D465" t="s">
-        <v>932</v>
+        <v>3115</v>
       </c>
       <c r="E465">
         <v>2026</v>
       </c>
       <c r="F465" t="s">
+        <v>3116</v>
+      </c>
+      <c r="G465" t="s">
+        <v>3117</v>
+      </c>
+      <c r="H465" t="s">
+        <v>254</v>
+      </c>
+      <c r="I465" t="s">
+        <v>3118</v>
+      </c>
+      <c r="J465" t="s">
+        <v>3119</v>
+      </c>
+      <c r="K465" t="s">
         <v>3120</v>
       </c>
-      <c r="G465" t="s">
+      <c r="L465" t="s">
         <v>3121</v>
-      </c>
-[...13 lines deleted...]
-        <v>3125</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466">
         <v>465</v>
       </c>
       <c r="B466" t="s">
+        <v>3122</v>
+      </c>
+      <c r="C466" t="s">
+        <v>83</v>
+      </c>
+      <c r="D466" t="s">
+        <v>932</v>
+      </c>
+      <c r="E466">
+        <v>2026</v>
+      </c>
+      <c r="F466" t="s">
+        <v>3123</v>
+      </c>
+      <c r="G466" t="s">
+        <v>3124</v>
+      </c>
+      <c r="H466" t="s">
+        <v>736</v>
+      </c>
+      <c r="I466" t="s">
+        <v>3125</v>
+      </c>
+      <c r="J466" t="s">
         <v>3126</v>
       </c>
-      <c r="C466" t="s">
-[...8 lines deleted...]
-      <c r="F466" t="s">
+      <c r="K466" t="s">
         <v>3127</v>
       </c>
-      <c r="G466" t="s">
+      <c r="L466" t="s">
         <v>3128</v>
-      </c>
-[...13 lines deleted...]
-        <v>3132</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467">
         <v>466</v>
       </c>
       <c r="B467" t="s">
-        <v>3133</v>
+        <v>3129</v>
       </c>
       <c r="C467" t="s">
         <v>65</v>
       </c>
       <c r="D467" t="s">
         <v>405</v>
       </c>
       <c r="E467">
         <v>2026</v>
       </c>
       <c r="F467" t="s">
+        <v>3130</v>
+      </c>
+      <c r="G467" t="s">
+        <v>3131</v>
+      </c>
+      <c r="H467" t="s">
+        <v>339</v>
+      </c>
+      <c r="I467" t="s">
+        <v>3132</v>
+      </c>
+      <c r="J467" t="s">
+        <v>3133</v>
+      </c>
+      <c r="K467" t="s">
         <v>3134</v>
       </c>
-      <c r="G467" t="s">
+      <c r="L467" t="s">
         <v>3135</v>
-      </c>
-[...13 lines deleted...]
-        <v>3139</v>
       </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468" t="s">
+        <v>3136</v>
+      </c>
+      <c r="C468" t="s">
+        <v>65</v>
+      </c>
+      <c r="D468" t="s">
+        <v>405</v>
+      </c>
+      <c r="E468">
+        <v>2026</v>
+      </c>
+      <c r="F468" t="s">
+        <v>3137</v>
+      </c>
+      <c r="G468" t="s">
+        <v>3138</v>
+      </c>
+      <c r="H468" t="s">
+        <v>534</v>
+      </c>
+      <c r="I468" t="s">
+        <v>3139</v>
+      </c>
+      <c r="J468" t="s">
         <v>3140</v>
       </c>
-      <c r="C468" t="s">
-[...8 lines deleted...]
-      <c r="F468" t="s">
+      <c r="K468" t="s">
         <v>3141</v>
       </c>
-      <c r="G468"/>
-[...3 lines deleted...]
-      <c r="I468" t="s">
+      <c r="L468" t="s">
         <v>3142</v>
-      </c>
-[...7 lines deleted...]
-        <v>3145</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469" t="s">
-        <v>3146</v>
-[...1 lines deleted...]
-      <c r="C469"/>
+        <v>3143</v>
+      </c>
+      <c r="C469" t="s">
+        <v>23</v>
+      </c>
       <c r="D469" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="E469">
         <v>2026</v>
       </c>
       <c r="F469" t="s">
-        <v>3147</v>
+        <v>3144</v>
       </c>
       <c r="G469"/>
       <c r="H469" t="s">
+        <v>869</v>
+      </c>
+      <c r="I469" t="s">
+        <v>3145</v>
+      </c>
+      <c r="J469" t="s">
+        <v>3146</v>
+      </c>
+      <c r="K469" t="s">
+        <v>3147</v>
+      </c>
+      <c r="L469" t="s">
         <v>3148</v>
-      </c>
-[...8 lines deleted...]
-        <v>3151</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470" t="s">
+        <v>3149</v>
+      </c>
+      <c r="C470"/>
+      <c r="D470" t="s">
+        <v>24</v>
+      </c>
+      <c r="E470">
+        <v>2026</v>
+      </c>
+      <c r="F470" t="s">
+        <v>3150</v>
+      </c>
+      <c r="G470"/>
+      <c r="H470" t="s">
+        <v>3151</v>
+      </c>
+      <c r="I470"/>
+      <c r="J470" t="s">
         <v>3152</v>
       </c>
-      <c r="C470" t="s">
-[...8 lines deleted...]
-      <c r="F470" t="s">
+      <c r="K470" t="s">
         <v>3153</v>
       </c>
-      <c r="G470" t="s">
+      <c r="L470" t="s">
         <v>3154</v>
-      </c>
-[...9 lines deleted...]
-        <v>3156</v>
       </c>
     </row>
     <row r="471" spans="1:12">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471" t="s">
-        <v>3157</v>
+        <v>3155</v>
       </c>
       <c r="C471" t="s">
         <v>259</v>
       </c>
       <c r="D471" t="s">
-        <v>234</v>
+        <v>371</v>
       </c>
       <c r="E471">
-        <v>2026</v>
+        <v>1961</v>
       </c>
       <c r="F471" t="s">
+        <v>3156</v>
+      </c>
+      <c r="G471" t="s">
+        <v>3157</v>
+      </c>
+      <c r="H471" t="s">
+        <v>87</v>
+      </c>
+      <c r="I471"/>
+      <c r="J471"/>
+      <c r="K471" t="s">
         <v>3158</v>
       </c>
-      <c r="G471"/>
-[...3 lines deleted...]
-      <c r="I471" t="s">
+      <c r="L471" t="s">
         <v>3159</v>
-      </c>
-[...7 lines deleted...]
-        <v>3162</v>
       </c>
     </row>
     <row r="472" spans="1:12">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472" t="s">
-        <v>3163</v>
+        <v>3160</v>
       </c>
       <c r="C472" t="s">
-        <v>1864</v>
+        <v>259</v>
       </c>
       <c r="D472" t="s">
-        <v>3164</v>
+        <v>234</v>
       </c>
       <c r="E472">
-        <v>1997</v>
+        <v>2026</v>
       </c>
       <c r="F472" t="s">
-        <v>3165</v>
+        <v>3161</v>
       </c>
       <c r="G472"/>
       <c r="H472" t="s">
-        <v>309</v>
+        <v>793</v>
       </c>
       <c r="I472" t="s">
-        <v>3166</v>
+        <v>3162</v>
       </c>
       <c r="J472" t="s">
-        <v>3167</v>
+        <v>3163</v>
       </c>
       <c r="K472" t="s">
-        <v>3168</v>
+        <v>3164</v>
       </c>
       <c r="L472" t="s">
-        <v>3169</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="473" spans="1:12">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473" t="s">
-        <v>3170</v>
+        <v>3166</v>
       </c>
       <c r="C473" t="s">
-        <v>259</v>
+        <v>1864</v>
       </c>
       <c r="D473" t="s">
-        <v>252</v>
+        <v>3167</v>
       </c>
       <c r="E473">
-        <v>2026</v>
+        <v>1997</v>
       </c>
       <c r="F473" t="s">
-        <v>3171</v>
+        <v>3168</v>
       </c>
       <c r="G473"/>
       <c r="H473" t="s">
-        <v>254</v>
+        <v>309</v>
       </c>
       <c r="I473" t="s">
+        <v>3169</v>
+      </c>
+      <c r="J473" t="s">
+        <v>3170</v>
+      </c>
+      <c r="K473" t="s">
+        <v>3171</v>
+      </c>
+      <c r="L473" t="s">
         <v>3172</v>
-      </c>
-[...5 lines deleted...]
-        <v>3174</v>
       </c>
     </row>
     <row r="474" spans="1:12">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474" t="s">
-        <v>3175</v>
+        <v>3173</v>
       </c>
       <c r="C474" t="s">
-        <v>717</v>
+        <v>259</v>
       </c>
       <c r="D474" t="s">
-        <v>118</v>
+        <v>252</v>
       </c>
       <c r="E474">
-        <v>1990</v>
+        <v>2026</v>
       </c>
       <c r="F474" t="s">
-        <v>3176</v>
+        <v>3174</v>
       </c>
       <c r="G474"/>
       <c r="H474" t="s">
-        <v>17</v>
+        <v>254</v>
       </c>
       <c r="I474" t="s">
+        <v>3175</v>
+      </c>
+      <c r="J474" t="s">
+        <v>3176</v>
+      </c>
+      <c r="K474"/>
+      <c r="L474" t="s">
         <v>3177</v>
-      </c>
-[...7 lines deleted...]
-        <v>3180</v>
       </c>
     </row>
     <row r="475" spans="1:12">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475" t="s">
-        <v>3181</v>
+        <v>3178</v>
       </c>
       <c r="C475" t="s">
-        <v>23</v>
+        <v>717</v>
       </c>
       <c r="D475" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="E475">
-        <v>2026</v>
+        <v>1990</v>
       </c>
       <c r="F475" t="s">
-        <v>3182</v>
+        <v>3179</v>
       </c>
       <c r="G475"/>
       <c r="H475" t="s">
-        <v>869</v>
-[...1 lines deleted...]
-      <c r="I475"/>
+        <v>17</v>
+      </c>
+      <c r="I475" t="s">
+        <v>3180</v>
+      </c>
       <c r="J475" t="s">
+        <v>3181</v>
+      </c>
+      <c r="K475" t="s">
+        <v>3182</v>
+      </c>
+      <c r="L475" t="s">
         <v>3183</v>
-      </c>
-[...4 lines deleted...]
-        <v>3185</v>
       </c>
     </row>
     <row r="476" spans="1:12">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476" t="s">
+        <v>3184</v>
+      </c>
+      <c r="C476" t="s">
+        <v>23</v>
+      </c>
+      <c r="D476" t="s">
+        <v>75</v>
+      </c>
+      <c r="E476">
+        <v>2026</v>
+      </c>
+      <c r="F476" t="s">
+        <v>3185</v>
+      </c>
+      <c r="G476"/>
+      <c r="H476" t="s">
+        <v>869</v>
+      </c>
+      <c r="I476"/>
+      <c r="J476" t="s">
         <v>3186</v>
       </c>
-      <c r="C476" t="s">
+      <c r="K476" t="s">
         <v>3187</v>
       </c>
-      <c r="D476" t="s">
+      <c r="L476" t="s">
         <v>3188</v>
-      </c>
-[...16 lines deleted...]
-        <v>3191</v>
       </c>
     </row>
     <row r="477" spans="1:12">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477" t="s">
+        <v>3189</v>
+      </c>
+      <c r="C477" t="s">
+        <v>3190</v>
+      </c>
+      <c r="D477" t="s">
+        <v>3191</v>
+      </c>
+      <c r="E477">
+        <v>2026</v>
+      </c>
+      <c r="F477" t="s">
         <v>3192</v>
       </c>
-      <c r="C477" t="s">
-[...8 lines deleted...]
-      <c r="F477" t="s">
+      <c r="G477" t="s">
         <v>3193</v>
       </c>
-      <c r="G477"/>
       <c r="H477" t="s">
+        <v>743</v>
+      </c>
+      <c r="I477"/>
+      <c r="J477"/>
+      <c r="K477"/>
+      <c r="L477" t="s">
         <v>3194</v>
-      </c>
-[...10 lines deleted...]
-        <v>3198</v>
       </c>
     </row>
     <row r="478" spans="1:12">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478" t="s">
-        <v>3199</v>
+        <v>3195</v>
       </c>
       <c r="C478" t="s">
-        <v>189</v>
+        <v>306</v>
       </c>
       <c r="D478" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="E478">
         <v>2026</v>
       </c>
       <c r="F478" t="s">
-        <v>3200</v>
+        <v>3196</v>
       </c>
       <c r="G478"/>
       <c r="H478" t="s">
+        <v>3197</v>
+      </c>
+      <c r="I478" t="s">
+        <v>3198</v>
+      </c>
+      <c r="J478" t="s">
+        <v>3199</v>
+      </c>
+      <c r="K478" t="s">
+        <v>3200</v>
+      </c>
+      <c r="L478" t="s">
         <v>3201</v>
-      </c>
-[...6 lines deleted...]
-        <v>3203</v>
       </c>
     </row>
     <row r="479" spans="1:12">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479" t="s">
+        <v>3202</v>
+      </c>
+      <c r="C479" t="s">
+        <v>189</v>
+      </c>
+      <c r="D479" t="s">
+        <v>75</v>
+      </c>
+      <c r="E479">
+        <v>2026</v>
+      </c>
+      <c r="F479" t="s">
+        <v>3203</v>
+      </c>
+      <c r="G479"/>
+      <c r="H479" t="s">
         <v>3204</v>
       </c>
-      <c r="C479" t="s">
-[...8 lines deleted...]
-      <c r="F479" t="s">
+      <c r="I479" t="s">
         <v>3205</v>
       </c>
-      <c r="G479" t="s">
+      <c r="J479"/>
+      <c r="K479"/>
+      <c r="L479" t="s">
         <v>3206</v>
-      </c>
-[...13 lines deleted...]
-        <v>3210</v>
       </c>
     </row>
     <row r="480" spans="1:12">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480" t="s">
-        <v>3211</v>
+        <v>3207</v>
       </c>
       <c r="C480" t="s">
         <v>29</v>
       </c>
       <c r="D480" t="s">
-        <v>371</v>
+        <v>39</v>
       </c>
       <c r="E480">
         <v>2026</v>
       </c>
       <c r="F480" t="s">
+        <v>3208</v>
+      </c>
+      <c r="G480" t="s">
+        <v>3209</v>
+      </c>
+      <c r="H480" t="s">
+        <v>254</v>
+      </c>
+      <c r="I480" t="s">
+        <v>3210</v>
+      </c>
+      <c r="J480" t="s">
+        <v>3211</v>
+      </c>
+      <c r="K480" t="s">
         <v>3212</v>
       </c>
-      <c r="G480" t="s">
+      <c r="L480" t="s">
         <v>3213</v>
-      </c>
-[...13 lines deleted...]
-        <v>3217</v>
       </c>
     </row>
     <row r="481" spans="1:12">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481" t="s">
+        <v>3214</v>
+      </c>
+      <c r="C481" t="s">
+        <v>29</v>
+      </c>
+      <c r="D481" t="s">
+        <v>371</v>
+      </c>
+      <c r="E481">
+        <v>2026</v>
+      </c>
+      <c r="F481" t="s">
+        <v>3215</v>
+      </c>
+      <c r="G481" t="s">
+        <v>3216</v>
+      </c>
+      <c r="H481" t="s">
+        <v>750</v>
+      </c>
+      <c r="I481" t="s">
+        <v>3217</v>
+      </c>
+      <c r="J481" t="s">
         <v>3218</v>
       </c>
-      <c r="C481" t="s">
-[...8 lines deleted...]
-      <c r="F481" t="s">
+      <c r="K481" t="s">
         <v>3219</v>
       </c>
-      <c r="G481"/>
-[...5 lines deleted...]
-      <c r="K481" t="s">
+      <c r="L481" t="s">
         <v>3220</v>
-      </c>
-[...1 lines deleted...]
-        <v>3221</v>
       </c>
     </row>
     <row r="482" spans="1:12">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482" t="s">
-        <v>3222</v>
+        <v>3221</v>
       </c>
       <c r="C482" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="D482" t="s">
         <v>39</v>
       </c>
       <c r="E482">
         <v>2026</v>
       </c>
       <c r="F482" t="s">
-        <v>3223</v>
+        <v>3222</v>
       </c>
       <c r="G482"/>
       <c r="H482" t="s">
-        <v>184</v>
+        <v>107</v>
       </c>
       <c r="I482"/>
       <c r="J482"/>
       <c r="K482" t="s">
+        <v>3223</v>
+      </c>
+      <c r="L482" t="s">
         <v>3224</v>
-      </c>
-[...1 lines deleted...]
-        <v>3225</v>
       </c>
     </row>
     <row r="483" spans="1:12">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483" t="s">
-        <v>3226</v>
+        <v>3225</v>
       </c>
       <c r="C483" t="s">
         <v>23</v>
       </c>
       <c r="D483" t="s">
         <v>39</v>
       </c>
       <c r="E483">
         <v>2026</v>
       </c>
       <c r="F483" t="s">
-        <v>3227</v>
+        <v>3226</v>
       </c>
       <c r="G483"/>
       <c r="H483" t="s">
-        <v>50</v>
+        <v>184</v>
       </c>
       <c r="I483"/>
       <c r="J483"/>
       <c r="K483" t="s">
+        <v>3227</v>
+      </c>
+      <c r="L483" t="s">
         <v>3228</v>
-      </c>
-[...1 lines deleted...]
-        <v>3229</v>
       </c>
     </row>
     <row r="484" spans="1:12">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484" t="s">
+        <v>3229</v>
+      </c>
+      <c r="C484" t="s">
+        <v>23</v>
+      </c>
+      <c r="D484" t="s">
+        <v>39</v>
+      </c>
+      <c r="E484">
+        <v>2026</v>
+      </c>
+      <c r="F484" t="s">
         <v>3230</v>
-      </c>
-[...10 lines deleted...]
-        <v>3231</v>
       </c>
       <c r="G484"/>
       <c r="H484" t="s">
+        <v>50</v>
+      </c>
+      <c r="I484"/>
+      <c r="J484"/>
+      <c r="K484" t="s">
+        <v>3231</v>
+      </c>
+      <c r="L484" t="s">
         <v>3232</v>
-      </c>
-[...8 lines deleted...]
-        <v>3235</v>
       </c>
     </row>
     <row r="485" spans="1:12">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485" t="s">
-        <v>3230</v>
-[...1 lines deleted...]
-      <c r="C485"/>
+        <v>3233</v>
+      </c>
+      <c r="C485" t="s">
+        <v>189</v>
+      </c>
       <c r="D485" t="s">
         <v>75</v>
       </c>
       <c r="E485">
         <v>2026</v>
       </c>
       <c r="F485" t="s">
-        <v>3236</v>
+        <v>3234</v>
       </c>
       <c r="G485"/>
       <c r="H485" t="s">
-        <v>3232</v>
+        <v>3235</v>
       </c>
       <c r="I485" t="s">
-        <v>3233</v>
-[...1 lines deleted...]
-      <c r="J485"/>
+        <v>3236</v>
+      </c>
+      <c r="J485" t="s">
+        <v>3237</v>
+      </c>
       <c r="K485"/>
-      <c r="L485"/>
+      <c r="L485" t="s">
+        <v>3238</v>
+      </c>
     </row>
     <row r="486" spans="1:12">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486" t="s">
-        <v>3237</v>
-[...3 lines deleted...]
-      </c>
+        <v>3233</v>
+      </c>
+      <c r="C486"/>
       <c r="D486" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E486">
-        <v>1975</v>
+        <v>2026</v>
       </c>
       <c r="F486" t="s">
-        <v>3238</v>
+        <v>3239</v>
       </c>
       <c r="G486"/>
       <c r="H486" t="s">
-        <v>759</v>
+        <v>3235</v>
       </c>
       <c r="I486" t="s">
-        <v>3239</v>
-[...9 lines deleted...]
-      </c>
+        <v>3236</v>
+      </c>
+      <c r="J486"/>
+      <c r="K486"/>
+      <c r="L486"/>
     </row>
     <row r="487" spans="1:12">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487" t="s">
+        <v>3240</v>
+      </c>
+      <c r="C487" t="s">
+        <v>636</v>
+      </c>
+      <c r="D487" t="s">
+        <v>39</v>
+      </c>
+      <c r="E487">
+        <v>1975</v>
+      </c>
+      <c r="F487" t="s">
+        <v>3241</v>
+      </c>
+      <c r="G487"/>
+      <c r="H487" t="s">
+        <v>759</v>
+      </c>
+      <c r="I487" t="s">
+        <v>3242</v>
+      </c>
+      <c r="J487" t="s">
         <v>3243</v>
       </c>
-      <c r="C487" t="s">
-[...8 lines deleted...]
-      <c r="F487" t="s">
+      <c r="K487" t="s">
         <v>3244</v>
       </c>
-      <c r="G487" t="s">
+      <c r="L487" t="s">
         <v>3245</v>
-      </c>
-[...11 lines deleted...]
-        <v>3249</v>
       </c>
     </row>
     <row r="488" spans="1:12">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488" t="s">
-        <v>3250</v>
+        <v>3246</v>
       </c>
       <c r="C488" t="s">
         <v>23</v>
       </c>
       <c r="D488" t="s">
-        <v>75</v>
+        <v>704</v>
       </c>
       <c r="E488">
         <v>2026</v>
       </c>
       <c r="F488" t="s">
-        <v>3244</v>
-[...1 lines deleted...]
-      <c r="G488"/>
+        <v>3247</v>
+      </c>
+      <c r="G488" t="s">
+        <v>3248</v>
+      </c>
       <c r="H488" t="s">
-        <v>869</v>
-[...1 lines deleted...]
-      <c r="I488" t="s">
+        <v>3249</v>
+      </c>
+      <c r="I488"/>
+      <c r="J488" t="s">
+        <v>3250</v>
+      </c>
+      <c r="K488" t="s">
         <v>3251</v>
       </c>
-      <c r="J488" t="s">
-[...2 lines deleted...]
-      <c r="K488" t="s">
+      <c r="L488" t="s">
         <v>3252</v>
-      </c>
-[...1 lines deleted...]
-        <v>3253</v>
       </c>
     </row>
     <row r="489" spans="1:12">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489" t="s">
-        <v>3254</v>
+        <v>3253</v>
       </c>
       <c r="C489" t="s">
-        <v>495</v>
+        <v>23</v>
       </c>
       <c r="D489" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="E489">
         <v>2026</v>
       </c>
       <c r="F489" t="s">
-        <v>3255</v>
+        <v>3247</v>
       </c>
       <c r="G489"/>
       <c r="H489" t="s">
+        <v>869</v>
+      </c>
+      <c r="I489" t="s">
+        <v>3254</v>
+      </c>
+      <c r="J489" t="s">
+        <v>3250</v>
+      </c>
+      <c r="K489" t="s">
+        <v>3255</v>
+      </c>
+      <c r="L489" t="s">
         <v>3256</v>
-      </c>
-[...10 lines deleted...]
-        <v>3260</v>
       </c>
     </row>
     <row r="490" spans="1:12">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490" t="s">
-        <v>3261</v>
+        <v>3257</v>
       </c>
       <c r="C490" t="s">
-        <v>1814</v>
+        <v>495</v>
       </c>
       <c r="D490" t="s">
         <v>14</v>
       </c>
       <c r="E490">
         <v>2026</v>
       </c>
       <c r="F490" t="s">
+        <v>3258</v>
+      </c>
+      <c r="G490"/>
+      <c r="H490" t="s">
+        <v>3259</v>
+      </c>
+      <c r="I490" t="s">
+        <v>3260</v>
+      </c>
+      <c r="J490" t="s">
+        <v>3261</v>
+      </c>
+      <c r="K490" t="s">
         <v>3262</v>
       </c>
-      <c r="G490" t="s">
+      <c r="L490" t="s">
         <v>3263</v>
-      </c>
-[...13 lines deleted...]
-        <v>3267</v>
       </c>
     </row>
     <row r="491" spans="1:12">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491" t="s">
+        <v>3264</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D491" t="s">
+        <v>14</v>
+      </c>
+      <c r="E491">
+        <v>2026</v>
+      </c>
+      <c r="F491" t="s">
+        <v>3265</v>
+      </c>
+      <c r="G491" t="s">
+        <v>3266</v>
+      </c>
+      <c r="H491" t="s">
+        <v>364</v>
+      </c>
+      <c r="I491" t="s">
+        <v>3267</v>
+      </c>
+      <c r="J491" t="s">
         <v>3268</v>
       </c>
-      <c r="C491" t="s">
-[...8 lines deleted...]
-      <c r="F491" t="s">
+      <c r="K491" t="s">
         <v>3269</v>
       </c>
-      <c r="G491"/>
-      <c r="H491" t="s">
+      <c r="L491" t="s">
         <v>3270</v>
-      </c>
-[...8 lines deleted...]
-        <v>3273</v>
       </c>
     </row>
     <row r="492" spans="1:12">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492" t="s">
-        <v>3274</v>
+        <v>3271</v>
       </c>
       <c r="C492" t="s">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="D492" t="s">
-        <v>948</v>
+        <v>75</v>
       </c>
       <c r="E492">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F492" t="s">
-        <v>3275</v>
+        <v>3272</v>
       </c>
       <c r="G492"/>
       <c r="H492" t="s">
-        <v>17</v>
+        <v>3273</v>
       </c>
       <c r="I492" t="s">
+        <v>3274</v>
+      </c>
+      <c r="J492"/>
+      <c r="K492" t="s">
+        <v>3275</v>
+      </c>
+      <c r="L492" t="s">
         <v>3276</v>
-      </c>
-[...7 lines deleted...]
-        <v>3279</v>
       </c>
     </row>
     <row r="493" spans="1:12">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493" t="s">
+        <v>3277</v>
+      </c>
+      <c r="C493" t="s">
+        <v>29</v>
+      </c>
+      <c r="D493" t="s">
+        <v>948</v>
+      </c>
+      <c r="E493">
+        <v>2026</v>
+      </c>
+      <c r="F493" t="s">
+        <v>3278</v>
+      </c>
+      <c r="G493"/>
+      <c r="H493" t="s">
+        <v>17</v>
+      </c>
+      <c r="I493" t="s">
+        <v>3279</v>
+      </c>
+      <c r="J493" t="s">
         <v>3280</v>
       </c>
-      <c r="C493" t="s">
-[...2 lines deleted...]
-      <c r="D493" t="s">
+      <c r="K493" t="s">
         <v>3281</v>
       </c>
-      <c r="E493">
-[...2 lines deleted...]
-      <c r="F493" t="s">
+      <c r="L493" t="s">
         <v>3282</v>
-      </c>
-[...16 lines deleted...]
-        <v>3287</v>
       </c>
     </row>
     <row r="494" spans="1:12">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494" t="s">
+        <v>3283</v>
+      </c>
+      <c r="C494" t="s">
+        <v>83</v>
+      </c>
+      <c r="D494" t="s">
+        <v>3284</v>
+      </c>
+      <c r="E494">
+        <v>2026</v>
+      </c>
+      <c r="F494" t="s">
+        <v>3285</v>
+      </c>
+      <c r="G494" t="s">
+        <v>3286</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I494" t="s">
+        <v>3287</v>
+      </c>
+      <c r="J494" t="s">
         <v>3288</v>
       </c>
-      <c r="C494" t="s">
-[...8 lines deleted...]
-      <c r="F494" t="s">
+      <c r="K494" t="s">
         <v>3289</v>
       </c>
-      <c r="G494" t="s">
+      <c r="L494" t="s">
         <v>3290</v>
-      </c>
-[...9 lines deleted...]
-        <v>3292</v>
       </c>
     </row>
     <row r="495" spans="1:12">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495" t="s">
+        <v>3291</v>
+      </c>
+      <c r="C495" t="s">
+        <v>169</v>
+      </c>
+      <c r="D495" t="s">
+        <v>14</v>
+      </c>
+      <c r="E495">
+        <v>2026</v>
+      </c>
+      <c r="F495" t="s">
+        <v>3292</v>
+      </c>
+      <c r="G495" t="s">
         <v>3293</v>
       </c>
-      <c r="C495" t="s">
-[...8 lines deleted...]
-      <c r="F495" t="s">
+      <c r="H495" t="s">
+        <v>254</v>
+      </c>
+      <c r="I495"/>
+      <c r="J495"/>
+      <c r="K495" t="s">
         <v>3294</v>
       </c>
-      <c r="G495"/>
-[...3 lines deleted...]
-      <c r="I495" t="s">
+      <c r="L495" t="s">
         <v>3295</v>
-      </c>
-[...7 lines deleted...]
-        <v>3298</v>
       </c>
     </row>
     <row r="496" spans="1:12">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496" t="s">
+        <v>3296</v>
+      </c>
+      <c r="C496" t="s">
+        <v>259</v>
+      </c>
+      <c r="D496" t="s">
+        <v>39</v>
+      </c>
+      <c r="E496">
+        <v>2026</v>
+      </c>
+      <c r="F496" t="s">
+        <v>3297</v>
+      </c>
+      <c r="G496"/>
+      <c r="H496" t="s">
+        <v>2135</v>
+      </c>
+      <c r="I496" t="s">
+        <v>3298</v>
+      </c>
+      <c r="J496" t="s">
         <v>3299</v>
       </c>
-      <c r="C496" t="s">
-[...8 lines deleted...]
-      <c r="F496" t="s">
+      <c r="K496" t="s">
         <v>3300</v>
       </c>
-      <c r="G496" t="s">
+      <c r="L496" t="s">
         <v>3301</v>
-      </c>
-[...11 lines deleted...]
-        <v>3304</v>
       </c>
     </row>
     <row r="497" spans="1:12">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497" t="s">
+        <v>3302</v>
+      </c>
+      <c r="C497" t="s">
+        <v>29</v>
+      </c>
+      <c r="D497" t="s">
+        <v>371</v>
+      </c>
+      <c r="E497">
+        <v>1969</v>
+      </c>
+      <c r="F497" t="s">
+        <v>3303</v>
+      </c>
+      <c r="G497" t="s">
+        <v>3304</v>
+      </c>
+      <c r="H497">
+        <v>103</v>
+      </c>
+      <c r="I497" t="s">
         <v>3305</v>
       </c>
-      <c r="C497" t="s">
-[...8 lines deleted...]
-      <c r="F497" t="s">
+      <c r="J497" t="s">
         <v>3306</v>
       </c>
-      <c r="G497"/>
-[...3 lines deleted...]
-      <c r="I497" t="s">
+      <c r="K497"/>
+      <c r="L497" t="s">
         <v>3307</v>
-      </c>
-[...7 lines deleted...]
-        <v>3310</v>
       </c>
     </row>
     <row r="498" spans="1:12">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498" t="s">
+        <v>3308</v>
+      </c>
+      <c r="C498" t="s">
+        <v>83</v>
+      </c>
+      <c r="D498" t="s">
+        <v>39</v>
+      </c>
+      <c r="E498">
+        <v>2026</v>
+      </c>
+      <c r="F498" t="s">
+        <v>3309</v>
+      </c>
+      <c r="G498"/>
+      <c r="H498" t="s">
+        <v>2913</v>
+      </c>
+      <c r="I498" t="s">
+        <v>3310</v>
+      </c>
+      <c r="J498" t="s">
         <v>3311</v>
       </c>
-      <c r="C498" t="s">
-[...8 lines deleted...]
-      <c r="F498" t="s">
+      <c r="K498" t="s">
         <v>3312</v>
       </c>
-      <c r="G498" t="s">
+      <c r="L498" t="s">
         <v>3313</v>
-      </c>
-[...13 lines deleted...]
-        <v>3317</v>
       </c>
     </row>
     <row r="499" spans="1:12">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499" t="s">
+        <v>3314</v>
+      </c>
+      <c r="C499" t="s">
+        <v>259</v>
+      </c>
+      <c r="D499" t="s">
+        <v>14</v>
+      </c>
+      <c r="E499">
+        <v>2026</v>
+      </c>
+      <c r="F499" t="s">
+        <v>3315</v>
+      </c>
+      <c r="G499" t="s">
+        <v>3316</v>
+      </c>
+      <c r="H499" t="s">
+        <v>374</v>
+      </c>
+      <c r="I499" t="s">
+        <v>3317</v>
+      </c>
+      <c r="J499" t="s">
         <v>3318</v>
       </c>
-      <c r="C499" t="s">
-[...8 lines deleted...]
-      <c r="F499" t="s">
+      <c r="K499" t="s">
         <v>3319</v>
       </c>
-      <c r="G499" t="s">
+      <c r="L499" t="s">
         <v>3320</v>
-      </c>
-[...13 lines deleted...]
-        <v>3324</v>
       </c>
     </row>
     <row r="500" spans="1:12">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500" t="s">
+        <v>3321</v>
+      </c>
+      <c r="C500" t="s">
+        <v>306</v>
+      </c>
+      <c r="D500" t="s">
+        <v>396</v>
+      </c>
+      <c r="E500">
+        <v>1977</v>
+      </c>
+      <c r="F500" t="s">
+        <v>3322</v>
+      </c>
+      <c r="G500" t="s">
+        <v>3323</v>
+      </c>
+      <c r="H500" t="s">
+        <v>630</v>
+      </c>
+      <c r="I500" t="s">
+        <v>3324</v>
+      </c>
+      <c r="J500" t="s">
         <v>3325</v>
       </c>
-      <c r="C500" t="s">
-[...8 lines deleted...]
-      <c r="F500" t="s">
+      <c r="K500" t="s">
         <v>3326</v>
       </c>
-      <c r="G500" t="s">
+      <c r="L500" t="s">
         <v>3327</v>
-      </c>
-[...11 lines deleted...]
-        <v>3331</v>
       </c>
     </row>
     <row r="501" spans="1:12">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501" t="s">
+        <v>3328</v>
+      </c>
+      <c r="C501" t="s">
+        <v>38</v>
+      </c>
+      <c r="D501" t="s">
+        <v>371</v>
+      </c>
+      <c r="E501">
+        <v>1973</v>
+      </c>
+      <c r="F501" t="s">
+        <v>3329</v>
+      </c>
+      <c r="G501" t="s">
+        <v>3330</v>
+      </c>
+      <c r="H501" t="s">
+        <v>3331</v>
+      </c>
+      <c r="I501" t="s">
         <v>3332</v>
       </c>
-      <c r="C501" t="s">
-[...2 lines deleted...]
-      <c r="D501" t="s">
+      <c r="J501" t="s">
         <v>3333</v>
       </c>
-      <c r="E501">
-[...2 lines deleted...]
-      <c r="F501" t="s">
+      <c r="K501"/>
+      <c r="L501" t="s">
         <v>3334</v>
-      </c>
-[...16 lines deleted...]
-        <v>3339</v>
       </c>
     </row>
     <row r="502" spans="1:12">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502" t="s">
+        <v>3335</v>
+      </c>
+      <c r="C502" t="s">
+        <v>65</v>
+      </c>
+      <c r="D502" t="s">
+        <v>3336</v>
+      </c>
+      <c r="E502">
+        <v>2026</v>
+      </c>
+      <c r="F502" t="s">
+        <v>3337</v>
+      </c>
+      <c r="G502" t="s">
+        <v>3338</v>
+      </c>
+      <c r="H502" t="s">
+        <v>68</v>
+      </c>
+      <c r="I502" t="s">
+        <v>3339</v>
+      </c>
+      <c r="J502" t="s">
         <v>3340</v>
       </c>
-      <c r="C502" t="s">
-[...8 lines deleted...]
-      <c r="F502" t="s">
+      <c r="K502" t="s">
         <v>3341</v>
       </c>
-      <c r="G502"/>
-[...3 lines deleted...]
-      <c r="I502" t="s">
+      <c r="L502" t="s">
         <v>3342</v>
-      </c>
-[...7 lines deleted...]
-        <v>3345</v>
       </c>
     </row>
     <row r="503" spans="1:12">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503" t="s">
-        <v>3346</v>
+        <v>3343</v>
       </c>
       <c r="C503" t="s">
-        <v>99</v>
+        <v>23</v>
       </c>
       <c r="D503" t="s">
         <v>75</v>
       </c>
       <c r="E503">
         <v>2026</v>
       </c>
       <c r="F503" t="s">
-        <v>3347</v>
+        <v>3344</v>
       </c>
       <c r="G503"/>
       <c r="H503" t="s">
+        <v>815</v>
+      </c>
+      <c r="I503" t="s">
+        <v>3345</v>
+      </c>
+      <c r="J503" t="s">
+        <v>3346</v>
+      </c>
+      <c r="K503" t="s">
+        <v>3347</v>
+      </c>
+      <c r="L503" t="s">
         <v>3348</v>
-      </c>
-[...6 lines deleted...]
-        <v>3350</v>
       </c>
     </row>
     <row r="504" spans="1:12">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504" t="s">
-        <v>3351</v>
+        <v>3349</v>
       </c>
       <c r="C504" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="D504" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E504">
         <v>2026</v>
       </c>
       <c r="F504" t="s">
-        <v>3352</v>
+        <v>3350</v>
       </c>
       <c r="G504"/>
       <c r="H504" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="I504"/>
+        <v>3351</v>
+      </c>
+      <c r="I504" t="s">
+        <v>3352</v>
+      </c>
       <c r="J504"/>
-      <c r="K504" t="s">
+      <c r="K504"/>
+      <c r="L504" t="s">
         <v>3353</v>
-      </c>
-[...1 lines deleted...]
-        <v>3354</v>
       </c>
     </row>
     <row r="505" spans="1:12">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505" t="s">
+        <v>3354</v>
+      </c>
+      <c r="C505" t="s">
+        <v>23</v>
+      </c>
+      <c r="D505" t="s">
+        <v>39</v>
+      </c>
+      <c r="E505">
+        <v>2026</v>
+      </c>
+      <c r="F505" t="s">
         <v>3355</v>
       </c>
-      <c r="C505" t="s">
-[...2 lines deleted...]
-      <c r="D505" t="s">
+      <c r="G505"/>
+      <c r="H505" t="s">
+        <v>184</v>
+      </c>
+      <c r="I505"/>
+      <c r="J505"/>
+      <c r="K505" t="s">
         <v>3356</v>
       </c>
-      <c r="E505">
-[...2 lines deleted...]
-      <c r="F505" t="s">
+      <c r="L505" t="s">
         <v>3357</v>
-      </c>
-[...16 lines deleted...]
-        <v>3363</v>
       </c>
     </row>
     <row r="506" spans="1:12">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506" t="s">
+        <v>3358</v>
+      </c>
+      <c r="C506" t="s">
+        <v>83</v>
+      </c>
+      <c r="D506" t="s">
+        <v>3359</v>
+      </c>
+      <c r="E506">
+        <v>2026</v>
+      </c>
+      <c r="F506" t="s">
+        <v>3360</v>
+      </c>
+      <c r="G506" t="s">
+        <v>3361</v>
+      </c>
+      <c r="H506" t="s">
+        <v>3362</v>
+      </c>
+      <c r="I506" t="s">
+        <v>3363</v>
+      </c>
+      <c r="J506" t="s">
         <v>3364</v>
       </c>
-      <c r="C506" t="s">
-[...8 lines deleted...]
-      <c r="F506" t="s">
+      <c r="K506" t="s">
         <v>3365</v>
       </c>
-      <c r="G506"/>
-[...3 lines deleted...]
-      <c r="I506" t="s">
+      <c r="L506" t="s">
         <v>3366</v>
-      </c>
-[...5 lines deleted...]
-        <v>3368</v>
       </c>
     </row>
     <row r="507" spans="1:12">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507" t="s">
-        <v>3369</v>
+        <v>3367</v>
       </c>
       <c r="C507" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="D507" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E507">
         <v>2026</v>
       </c>
       <c r="F507" t="s">
-        <v>3370</v>
+        <v>3368</v>
       </c>
       <c r="G507"/>
       <c r="H507" t="s">
-        <v>914</v>
+        <v>107</v>
       </c>
       <c r="I507" t="s">
+        <v>3369</v>
+      </c>
+      <c r="J507"/>
+      <c r="K507" t="s">
+        <v>3370</v>
+      </c>
+      <c r="L507" t="s">
         <v>3371</v>
-      </c>
-[...7 lines deleted...]
-        <v>3374</v>
       </c>
     </row>
     <row r="508" spans="1:12">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508" t="s">
-        <v>3375</v>
+        <v>3372</v>
       </c>
       <c r="C508" t="s">
         <v>23</v>
       </c>
       <c r="D508" t="s">
         <v>75</v>
       </c>
       <c r="E508">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F508" t="s">
-        <v>3376</v>
+        <v>3373</v>
       </c>
       <c r="G508"/>
       <c r="H508" t="s">
+        <v>914</v>
+      </c>
+      <c r="I508" t="s">
+        <v>3374</v>
+      </c>
+      <c r="J508" t="s">
+        <v>3375</v>
+      </c>
+      <c r="K508" t="s">
+        <v>3376</v>
+      </c>
+      <c r="L508" t="s">
         <v>3377</v>
-      </c>
-[...8 lines deleted...]
-        <v>3380</v>
       </c>
     </row>
     <row r="509" spans="1:12">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509" t="s">
-        <v>3381</v>
+        <v>3378</v>
       </c>
       <c r="C509" t="s">
-        <v>2317</v>
+        <v>23</v>
       </c>
       <c r="D509" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E509">
-        <v>1987</v>
+        <v>1970</v>
       </c>
       <c r="F509" t="s">
-        <v>3382</v>
+        <v>3379</v>
       </c>
       <c r="G509"/>
       <c r="H509" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="I509" t="s">
+        <v>3380</v>
+      </c>
+      <c r="I509"/>
+      <c r="J509" t="s">
+        <v>3381</v>
+      </c>
+      <c r="K509" t="s">
+        <v>3382</v>
+      </c>
+      <c r="L509" t="s">
         <v>3383</v>
-      </c>
-[...7 lines deleted...]
-        <v>3386</v>
       </c>
     </row>
     <row r="510" spans="1:12">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510" t="s">
-        <v>3387</v>
+        <v>3384</v>
       </c>
       <c r="C510" t="s">
-        <v>23</v>
+        <v>2317</v>
       </c>
       <c r="D510" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E510">
-        <v>1970</v>
+        <v>1987</v>
       </c>
       <c r="F510" t="s">
-        <v>3388</v>
+        <v>3385</v>
       </c>
       <c r="G510"/>
       <c r="H510" t="s">
+        <v>322</v>
+      </c>
+      <c r="I510" t="s">
+        <v>3386</v>
+      </c>
+      <c r="J510" t="s">
+        <v>3387</v>
+      </c>
+      <c r="K510" t="s">
+        <v>3388</v>
+      </c>
+      <c r="L510" t="s">
         <v>3389</v>
-      </c>
-[...10 lines deleted...]
-        <v>3393</v>
       </c>
     </row>
     <row r="511" spans="1:12">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511" t="s">
-        <v>3394</v>
+        <v>3390</v>
       </c>
       <c r="C511" t="s">
         <v>23</v>
       </c>
       <c r="D511" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="E511">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F511" t="s">
+        <v>3391</v>
+      </c>
+      <c r="G511"/>
+      <c r="H511" t="s">
+        <v>3392</v>
+      </c>
+      <c r="I511" t="s">
+        <v>3393</v>
+      </c>
+      <c r="J511" t="s">
+        <v>3394</v>
+      </c>
+      <c r="K511" t="s">
         <v>3395</v>
       </c>
-      <c r="G511" t="s">
+      <c r="L511" t="s">
         <v>3396</v>
-      </c>
-[...9 lines deleted...]
-        <v>3398</v>
       </c>
     </row>
     <row r="512" spans="1:12">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512" t="s">
+        <v>3397</v>
+      </c>
+      <c r="C512" t="s">
+        <v>23</v>
+      </c>
+      <c r="D512" t="s">
+        <v>118</v>
+      </c>
+      <c r="E512">
+        <v>2026</v>
+      </c>
+      <c r="F512" t="s">
+        <v>3398</v>
+      </c>
+      <c r="G512" t="s">
         <v>3399</v>
       </c>
-      <c r="C512" t="s">
-[...8 lines deleted...]
-      <c r="F512" t="s">
+      <c r="H512" t="s">
+        <v>935</v>
+      </c>
+      <c r="I512" t="s">
         <v>3400</v>
       </c>
-      <c r="G512" t="s">
+      <c r="J512"/>
+      <c r="K512"/>
+      <c r="L512" t="s">
         <v>3401</v>
-      </c>
-[...13 lines deleted...]
-        <v>3405</v>
       </c>
     </row>
     <row r="513" spans="1:12">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513" t="s">
+        <v>3402</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D513" t="s">
+        <v>14</v>
+      </c>
+      <c r="E513">
+        <v>2026</v>
+      </c>
+      <c r="F513" t="s">
+        <v>3403</v>
+      </c>
+      <c r="G513" t="s">
+        <v>3404</v>
+      </c>
+      <c r="H513" t="s">
+        <v>149</v>
+      </c>
+      <c r="I513" t="s">
+        <v>3405</v>
+      </c>
+      <c r="J513" t="s">
         <v>3406</v>
       </c>
-      <c r="C513" t="s">
-[...8 lines deleted...]
-      <c r="F513" t="s">
+      <c r="K513" t="s">
         <v>3407</v>
       </c>
-      <c r="G513"/>
-[...3 lines deleted...]
-      <c r="I513" t="s">
+      <c r="L513" t="s">
         <v>3408</v>
-      </c>
-[...7 lines deleted...]
-        <v>3411</v>
       </c>
     </row>
     <row r="514" spans="1:12">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514" t="s">
-        <v>3412</v>
+        <v>3409</v>
       </c>
       <c r="C514" t="s">
-        <v>3413</v>
+        <v>2851</v>
       </c>
       <c r="D514" t="s">
-        <v>3414</v>
+        <v>75</v>
       </c>
       <c r="E514">
         <v>2026</v>
       </c>
       <c r="F514" t="s">
-        <v>3415</v>
+        <v>3410</v>
       </c>
       <c r="G514"/>
       <c r="H514" t="s">
-        <v>2766</v>
+        <v>157</v>
       </c>
       <c r="I514" t="s">
-        <v>3416</v>
+        <v>3411</v>
       </c>
       <c r="J514" t="s">
-        <v>3417</v>
+        <v>3412</v>
       </c>
       <c r="K514" t="s">
-        <v>3418</v>
+        <v>3413</v>
       </c>
       <c r="L514" t="s">
-        <v>3419</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="515" spans="1:12">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515" t="s">
+        <v>3415</v>
+      </c>
+      <c r="C515" t="s">
+        <v>3416</v>
+      </c>
+      <c r="D515" t="s">
+        <v>3417</v>
+      </c>
+      <c r="E515">
+        <v>2026</v>
+      </c>
+      <c r="F515" t="s">
+        <v>3418</v>
+      </c>
+      <c r="G515"/>
+      <c r="H515" t="s">
+        <v>2769</v>
+      </c>
+      <c r="I515" t="s">
+        <v>3419</v>
+      </c>
+      <c r="J515" t="s">
         <v>3420</v>
       </c>
-      <c r="C515" t="s">
-[...2 lines deleted...]
-      <c r="D515" t="s">
+      <c r="K515" t="s">
         <v>3421</v>
       </c>
-      <c r="E515">
-[...2 lines deleted...]
-      <c r="F515" t="s">
+      <c r="L515" t="s">
         <v>3422</v>
-      </c>
-[...16 lines deleted...]
-        <v>3427</v>
       </c>
     </row>
     <row r="516" spans="1:12">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516" t="s">
+        <v>3423</v>
+      </c>
+      <c r="C516" t="s">
+        <v>259</v>
+      </c>
+      <c r="D516" t="s">
+        <v>3424</v>
+      </c>
+      <c r="E516">
+        <v>2026</v>
+      </c>
+      <c r="F516" t="s">
+        <v>3425</v>
+      </c>
+      <c r="G516" t="s">
+        <v>3426</v>
+      </c>
+      <c r="H516" t="s">
+        <v>430</v>
+      </c>
+      <c r="I516" t="s">
+        <v>3427</v>
+      </c>
+      <c r="J516" t="s">
         <v>3428</v>
       </c>
-      <c r="C516" t="s">
-[...8 lines deleted...]
-      <c r="F516" t="s">
+      <c r="K516" t="s">
         <v>3429</v>
       </c>
-      <c r="G516" t="s">
+      <c r="L516" t="s">
         <v>3430</v>
-      </c>
-[...13 lines deleted...]
-        <v>3434</v>
       </c>
     </row>
     <row r="517" spans="1:12">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517" t="s">
+        <v>3431</v>
+      </c>
+      <c r="C517" t="s">
+        <v>306</v>
+      </c>
+      <c r="D517" t="s">
+        <v>2002</v>
+      </c>
+      <c r="E517">
+        <v>2026</v>
+      </c>
+      <c r="F517" t="s">
+        <v>3432</v>
+      </c>
+      <c r="G517" t="s">
+        <v>3433</v>
+      </c>
+      <c r="H517" t="s">
+        <v>262</v>
+      </c>
+      <c r="I517" t="s">
+        <v>3434</v>
+      </c>
+      <c r="J517" t="s">
         <v>3435</v>
       </c>
-      <c r="C517"/>
-[...6 lines deleted...]
-      <c r="F517" t="s">
+      <c r="K517" t="s">
         <v>3436</v>
       </c>
-      <c r="G517"/>
-      <c r="H517" t="s">
+      <c r="L517" t="s">
         <v>3437</v>
-      </c>
-[...6 lines deleted...]
-        <v>3439</v>
       </c>
     </row>
     <row r="518" spans="1:12">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518" t="s">
-        <v>3440</v>
-[...3 lines deleted...]
-      </c>
+        <v>3438</v>
+      </c>
+      <c r="C518"/>
       <c r="D518" t="s">
-        <v>75</v>
+        <v>2120</v>
       </c>
       <c r="E518">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F518" t="s">
-        <v>3441</v>
+        <v>3439</v>
       </c>
       <c r="G518"/>
       <c r="H518" t="s">
+        <v>3440</v>
+      </c>
+      <c r="I518"/>
+      <c r="J518"/>
+      <c r="K518" t="s">
+        <v>3441</v>
+      </c>
+      <c r="L518" t="s">
         <v>3442</v>
-      </c>
-[...10 lines deleted...]
-        <v>3446</v>
       </c>
     </row>
     <row r="519" spans="1:12">
       <c r="A519">
         <v>518</v>
       </c>
       <c r="B519" t="s">
-        <v>3447</v>
+        <v>3443</v>
       </c>
       <c r="C519" t="s">
-        <v>65</v>
+        <v>48</v>
       </c>
       <c r="D519" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E519">
         <v>1970</v>
       </c>
       <c r="F519" t="s">
-        <v>3448</v>
+        <v>3444</v>
       </c>
       <c r="G519"/>
       <c r="H519" t="s">
+        <v>3445</v>
+      </c>
+      <c r="I519" t="s">
+        <v>3446</v>
+      </c>
+      <c r="J519" t="s">
+        <v>3447</v>
+      </c>
+      <c r="K519" t="s">
+        <v>3448</v>
+      </c>
+      <c r="L519" t="s">
         <v>3449</v>
-      </c>
-[...10 lines deleted...]
-        <v>3453</v>
       </c>
     </row>
     <row r="520" spans="1:12">
       <c r="A520">
         <v>519</v>
       </c>
       <c r="B520" t="s">
-        <v>3454</v>
+        <v>3450</v>
       </c>
       <c r="C520" t="s">
-        <v>777</v>
+        <v>65</v>
       </c>
       <c r="D520" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="E520">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F520" t="s">
-        <v>3455</v>
+        <v>3451</v>
       </c>
       <c r="G520"/>
       <c r="H520" t="s">
-        <v>750</v>
+        <v>3452</v>
       </c>
       <c r="I520" t="s">
+        <v>3453</v>
+      </c>
+      <c r="J520" t="s">
+        <v>3454</v>
+      </c>
+      <c r="K520" t="s">
+        <v>3455</v>
+      </c>
+      <c r="L520" t="s">
         <v>3456</v>
-      </c>
-[...7 lines deleted...]
-        <v>3459</v>
       </c>
     </row>
     <row r="521" spans="1:12">
       <c r="A521">
         <v>520</v>
       </c>
       <c r="B521" t="s">
-        <v>3460</v>
+        <v>3457</v>
       </c>
       <c r="C521" t="s">
         <v>777</v>
       </c>
       <c r="D521" t="s">
         <v>14</v>
       </c>
       <c r="E521">
         <v>2026</v>
       </c>
       <c r="F521" t="s">
-        <v>3461</v>
+        <v>3458</v>
       </c>
       <c r="G521"/>
       <c r="H521" t="s">
+        <v>750</v>
+      </c>
+      <c r="I521" t="s">
+        <v>3459</v>
+      </c>
+      <c r="J521" t="s">
+        <v>3460</v>
+      </c>
+      <c r="K521" t="s">
+        <v>3461</v>
+      </c>
+      <c r="L521" t="s">
         <v>3462</v>
-      </c>
-[...10 lines deleted...]
-        <v>3466</v>
       </c>
     </row>
     <row r="522" spans="1:12">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522" t="s">
-        <v>3467</v>
+        <v>3463</v>
       </c>
       <c r="C522" t="s">
-        <v>23</v>
+        <v>777</v>
       </c>
       <c r="D522" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="E522">
         <v>2026</v>
       </c>
       <c r="F522" t="s">
-        <v>3468</v>
+        <v>3464</v>
       </c>
       <c r="G522"/>
       <c r="H522" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-      <c r="J522"/>
+        <v>3465</v>
+      </c>
+      <c r="I522" t="s">
+        <v>3466</v>
+      </c>
+      <c r="J522" t="s">
+        <v>3467</v>
+      </c>
       <c r="K522" t="s">
+        <v>3468</v>
+      </c>
+      <c r="L522" t="s">
         <v>3469</v>
-      </c>
-[...1 lines deleted...]
-        <v>3470</v>
       </c>
     </row>
     <row r="523" spans="1:12">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523" t="s">
-        <v>3471</v>
+        <v>3470</v>
       </c>
       <c r="C523" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D523" t="s">
         <v>39</v>
       </c>
       <c r="E523">
-        <v>1999</v>
+        <v>2026</v>
       </c>
       <c r="F523" t="s">
-        <v>3472</v>
+        <v>3471</v>
       </c>
       <c r="G523"/>
       <c r="H523" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="I523" t="s">
+        <v>184</v>
+      </c>
+      <c r="I523"/>
+      <c r="J523"/>
+      <c r="K523" t="s">
+        <v>3472</v>
+      </c>
+      <c r="L523" t="s">
         <v>3473</v>
-      </c>
-[...7 lines deleted...]
-        <v>3476</v>
       </c>
     </row>
     <row r="524" spans="1:12">
       <c r="A524">
         <v>523</v>
       </c>
       <c r="B524" t="s">
-        <v>3477</v>
+        <v>3474</v>
       </c>
       <c r="C524" t="s">
-        <v>83</v>
+        <v>29</v>
       </c>
       <c r="D524" t="s">
-        <v>3478</v>
+        <v>39</v>
       </c>
       <c r="E524">
-        <v>2026</v>
+        <v>1999</v>
       </c>
       <c r="F524" t="s">
-        <v>3479</v>
+        <v>3475</v>
       </c>
       <c r="G524"/>
       <c r="H524" t="s">
-        <v>2394</v>
+        <v>309</v>
       </c>
       <c r="I524" t="s">
-        <v>3480</v>
+        <v>3476</v>
       </c>
       <c r="J524" t="s">
-        <v>3481</v>
+        <v>3477</v>
       </c>
       <c r="K524" t="s">
-        <v>3482</v>
+        <v>3478</v>
       </c>
       <c r="L524" t="s">
-        <v>3483</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="525" spans="1:12">
       <c r="A525">
         <v>524</v>
       </c>
       <c r="B525" t="s">
+        <v>3480</v>
+      </c>
+      <c r="C525" t="s">
+        <v>83</v>
+      </c>
+      <c r="D525" t="s">
+        <v>3481</v>
+      </c>
+      <c r="E525">
+        <v>2026</v>
+      </c>
+      <c r="F525" t="s">
+        <v>3482</v>
+      </c>
+      <c r="G525"/>
+      <c r="H525" t="s">
+        <v>2394</v>
+      </c>
+      <c r="I525" t="s">
+        <v>3483</v>
+      </c>
+      <c r="J525" t="s">
         <v>3484</v>
       </c>
-      <c r="C525" t="s">
-[...8 lines deleted...]
-      <c r="F525" t="s">
+      <c r="K525" t="s">
         <v>3485</v>
       </c>
-      <c r="G525" t="s">
+      <c r="L525" t="s">
         <v>3486</v>
-      </c>
-[...13 lines deleted...]
-        <v>3490</v>
       </c>
     </row>
     <row r="526" spans="1:12">
       <c r="A526">
         <v>525</v>
       </c>
       <c r="B526" t="s">
+        <v>3487</v>
+      </c>
+      <c r="C526" t="s">
+        <v>65</v>
+      </c>
+      <c r="D526" t="s">
+        <v>3417</v>
+      </c>
+      <c r="E526">
+        <v>2026</v>
+      </c>
+      <c r="F526" t="s">
+        <v>3488</v>
+      </c>
+      <c r="G526" t="s">
+        <v>3489</v>
+      </c>
+      <c r="H526" t="s">
+        <v>3331</v>
+      </c>
+      <c r="I526" t="s">
+        <v>3490</v>
+      </c>
+      <c r="J526" t="s">
         <v>3491</v>
       </c>
-      <c r="C526" t="s">
-[...2 lines deleted...]
-      <c r="D526" t="s">
+      <c r="K526" t="s">
         <v>3492</v>
       </c>
-      <c r="E526">
-[...2 lines deleted...]
-      <c r="F526" t="s">
+      <c r="L526" t="s">
         <v>3493</v>
-      </c>
-[...14 lines deleted...]
-        <v>3497</v>
       </c>
     </row>
     <row r="527" spans="1:12">
       <c r="A527">
         <v>526</v>
       </c>
       <c r="B527" t="s">
+        <v>3494</v>
+      </c>
+      <c r="C527" t="s">
+        <v>268</v>
+      </c>
+      <c r="D527" t="s">
+        <v>3495</v>
+      </c>
+      <c r="E527">
+        <v>2026</v>
+      </c>
+      <c r="F527" t="s">
+        <v>3496</v>
+      </c>
+      <c r="G527"/>
+      <c r="H527" t="s">
+        <v>3042</v>
+      </c>
+      <c r="I527" t="s">
+        <v>3497</v>
+      </c>
+      <c r="J527" t="s">
         <v>3498</v>
       </c>
-      <c r="C527" t="s">
-[...8 lines deleted...]
-      <c r="F527" t="s">
+      <c r="K527" t="s">
         <v>3499</v>
       </c>
-      <c r="G527" t="s">
+      <c r="L527" t="s">
         <v>3500</v>
-      </c>
-[...13 lines deleted...]
-        <v>3504</v>
       </c>
     </row>
     <row r="528" spans="1:12">
       <c r="A528">
         <v>527</v>
       </c>
       <c r="B528" t="s">
+        <v>3501</v>
+      </c>
+      <c r="C528" t="s">
+        <v>117</v>
+      </c>
+      <c r="D528" t="s">
+        <v>14</v>
+      </c>
+      <c r="E528">
+        <v>2026</v>
+      </c>
+      <c r="F528" t="s">
+        <v>3502</v>
+      </c>
+      <c r="G528" t="s">
+        <v>3503</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1047</v>
+      </c>
+      <c r="I528" t="s">
+        <v>3504</v>
+      </c>
+      <c r="J528" t="s">
         <v>3505</v>
       </c>
-      <c r="C528" t="s">
-[...8 lines deleted...]
-      <c r="F528" t="s">
+      <c r="K528" t="s">
         <v>3506</v>
       </c>
-      <c r="G528"/>
-[...5 lines deleted...]
-      <c r="K528" t="s">
+      <c r="L528" t="s">
         <v>3507</v>
-      </c>
-[...1 lines deleted...]
-        <v>3508</v>
       </c>
     </row>
     <row r="529" spans="1:12">
       <c r="A529">
         <v>528</v>
       </c>
       <c r="B529" t="s">
+        <v>3508</v>
+      </c>
+      <c r="C529" t="s">
+        <v>23</v>
+      </c>
+      <c r="D529" t="s">
+        <v>39</v>
+      </c>
+      <c r="E529">
+        <v>2026</v>
+      </c>
+      <c r="F529" t="s">
         <v>3509</v>
-      </c>
-[...10 lines deleted...]
-        <v>3510</v>
       </c>
       <c r="G529"/>
       <c r="H529" t="s">
-        <v>164</v>
+        <v>184</v>
       </c>
       <c r="I529"/>
-      <c r="J529" t="s">
+      <c r="J529"/>
+      <c r="K529" t="s">
+        <v>3510</v>
+      </c>
+      <c r="L529" t="s">
         <v>3511</v>
-      </c>
-[...4 lines deleted...]
-        <v>3513</v>
       </c>
     </row>
     <row r="530" spans="1:12">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530" t="s">
-        <v>3514</v>
+        <v>3512</v>
       </c>
       <c r="C530" t="s">
-        <v>3515</v>
+        <v>83</v>
       </c>
       <c r="D530" t="s">
-        <v>39</v>
+        <v>2002</v>
       </c>
       <c r="E530">
         <v>2026</v>
       </c>
       <c r="F530" t="s">
-        <v>3516</v>
+        <v>3513</v>
       </c>
       <c r="G530"/>
       <c r="H530" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="I530"/>
       <c r="J530" t="s">
-        <v>3517</v>
-[...1 lines deleted...]
-      <c r="K530"/>
+        <v>3514</v>
+      </c>
+      <c r="K530" t="s">
+        <v>3515</v>
+      </c>
       <c r="L530" t="s">
-        <v>3518</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="531" spans="1:12">
       <c r="A531">
         <v>530</v>
       </c>
       <c r="B531" t="s">
+        <v>3517</v>
+      </c>
+      <c r="C531" t="s">
+        <v>3518</v>
+      </c>
+      <c r="D531" t="s">
+        <v>39</v>
+      </c>
+      <c r="E531">
+        <v>2026</v>
+      </c>
+      <c r="F531" t="s">
         <v>3519</v>
       </c>
-      <c r="C531" t="s">
-[...2 lines deleted...]
-      <c r="D531" t="s">
+      <c r="G531"/>
+      <c r="H531" t="s">
+        <v>237</v>
+      </c>
+      <c r="I531" t="s">
+        <v>1521</v>
+      </c>
+      <c r="J531" t="s">
         <v>3520</v>
       </c>
-      <c r="E531">
-[...2 lines deleted...]
-      <c r="F531" t="s">
+      <c r="K531"/>
+      <c r="L531" t="s">
         <v>3521</v>
-      </c>
-[...16 lines deleted...]
-        <v>3527</v>
       </c>
     </row>
     <row r="532" spans="1:12">
       <c r="A532">
         <v>531</v>
       </c>
       <c r="B532" t="s">
+        <v>3522</v>
+      </c>
+      <c r="C532" t="s">
+        <v>83</v>
+      </c>
+      <c r="D532" t="s">
+        <v>3523</v>
+      </c>
+      <c r="E532">
+        <v>2026</v>
+      </c>
+      <c r="F532" t="s">
+        <v>3524</v>
+      </c>
+      <c r="G532" t="s">
+        <v>3525</v>
+      </c>
+      <c r="H532" t="s">
+        <v>3526</v>
+      </c>
+      <c r="I532" t="s">
+        <v>3527</v>
+      </c>
+      <c r="J532" t="s">
         <v>3528</v>
       </c>
-      <c r="C532" t="s">
-[...8 lines deleted...]
-      <c r="F532" t="s">
+      <c r="K532" t="s">
         <v>3529</v>
       </c>
-      <c r="G532"/>
-[...3 lines deleted...]
-      <c r="I532" t="s">
+      <c r="L532" t="s">
         <v>3530</v>
-      </c>
-[...7 lines deleted...]
-        <v>3533</v>
       </c>
     </row>
     <row r="533" spans="1:12">
       <c r="A533">
         <v>532</v>
       </c>
       <c r="B533" t="s">
+        <v>3531</v>
+      </c>
+      <c r="C533" t="s">
+        <v>335</v>
+      </c>
+      <c r="D533" t="s">
+        <v>472</v>
+      </c>
+      <c r="E533">
+        <v>2026</v>
+      </c>
+      <c r="F533" t="s">
+        <v>3532</v>
+      </c>
+      <c r="G533"/>
+      <c r="H533" t="s">
+        <v>322</v>
+      </c>
+      <c r="I533" t="s">
+        <v>3533</v>
+      </c>
+      <c r="J533" t="s">
         <v>3534</v>
       </c>
-      <c r="C533" t="s">
-[...8 lines deleted...]
-      <c r="F533" t="s">
+      <c r="K533" t="s">
         <v>3535</v>
       </c>
-      <c r="G533" t="s">
+      <c r="L533" t="s">
         <v>3536</v>
-      </c>
-[...11 lines deleted...]
-        <v>3539</v>
       </c>
     </row>
     <row r="534" spans="1:12">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534" t="s">
+        <v>3537</v>
+      </c>
+      <c r="C534" t="s">
+        <v>29</v>
+      </c>
+      <c r="D534" t="s">
+        <v>371</v>
+      </c>
+      <c r="E534">
+        <v>2026</v>
+      </c>
+      <c r="F534" t="s">
+        <v>3538</v>
+      </c>
+      <c r="G534" t="s">
+        <v>3539</v>
+      </c>
+      <c r="H534">
+        <v>75</v>
+      </c>
+      <c r="I534" t="s">
         <v>3540</v>
       </c>
-      <c r="C534" t="s">
-[...8 lines deleted...]
-      <c r="F534" t="s">
+      <c r="J534" t="s">
         <v>3541</v>
       </c>
-      <c r="G534"/>
-      <c r="H534" t="s">
+      <c r="K534"/>
+      <c r="L534" t="s">
         <v>3542</v>
-      </c>
-[...10 lines deleted...]
-        <v>3546</v>
       </c>
     </row>
     <row r="535" spans="1:12">
       <c r="A535">
         <v>534</v>
       </c>
       <c r="B535" t="s">
-        <v>3547</v>
+        <v>3543</v>
       </c>
       <c r="C535" t="s">
         <v>117</v>
       </c>
       <c r="D535" t="s">
         <v>39</v>
       </c>
       <c r="E535">
         <v>1970</v>
       </c>
       <c r="F535" t="s">
-        <v>3548</v>
+        <v>3544</v>
       </c>
       <c r="G535"/>
       <c r="H535" t="s">
-        <v>1171</v>
-[...2 lines deleted...]
-      <c r="J535"/>
+        <v>3545</v>
+      </c>
+      <c r="I535" t="s">
+        <v>3546</v>
+      </c>
+      <c r="J535" t="s">
+        <v>3547</v>
+      </c>
       <c r="K535" t="s">
+        <v>3548</v>
+      </c>
+      <c r="L535" t="s">
         <v>3549</v>
-      </c>
-[...1 lines deleted...]
-        <v>3550</v>
       </c>
     </row>
     <row r="536" spans="1:12">
       <c r="A536">
         <v>535</v>
       </c>
       <c r="B536" t="s">
-        <v>3551</v>
+        <v>3550</v>
       </c>
       <c r="C536" t="s">
         <v>117</v>
       </c>
       <c r="D536" t="s">
         <v>39</v>
       </c>
       <c r="E536">
         <v>1970</v>
       </c>
       <c r="F536" t="s">
-        <v>3552</v>
-[...3 lines deleted...]
-      </c>
+        <v>3551</v>
+      </c>
+      <c r="G536"/>
       <c r="H536" t="s">
-        <v>3554</v>
+        <v>1171</v>
       </c>
       <c r="I536"/>
       <c r="J536"/>
-      <c r="K536"/>
+      <c r="K536" t="s">
+        <v>3552</v>
+      </c>
       <c r="L536" t="s">
-        <v>3555</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="537" spans="1:12">
       <c r="A537">
         <v>536</v>
       </c>
       <c r="B537" t="s">
-        <v>3556</v>
+        <v>3554</v>
       </c>
       <c r="C537" t="s">
         <v>117</v>
       </c>
       <c r="D537" t="s">
         <v>39</v>
       </c>
       <c r="E537">
         <v>1970</v>
       </c>
       <c r="F537" t="s">
+        <v>3555</v>
+      </c>
+      <c r="G537" t="s">
+        <v>3556</v>
+      </c>
+      <c r="H537" t="s">
         <v>3557</v>
-      </c>
-[...2 lines deleted...]
-        <v>3558</v>
       </c>
       <c r="I537"/>
       <c r="J537"/>
-      <c r="K537" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K537"/>
       <c r="L537" t="s">
-        <v>3560</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="538" spans="1:12">
       <c r="A538">
         <v>537</v>
       </c>
       <c r="B538" t="s">
-        <v>3561</v>
+        <v>3559</v>
       </c>
       <c r="C538" t="s">
         <v>117</v>
       </c>
       <c r="D538" t="s">
         <v>39</v>
       </c>
       <c r="E538">
         <v>1970</v>
       </c>
       <c r="F538" t="s">
-        <v>3562</v>
+        <v>3560</v>
       </c>
       <c r="G538"/>
       <c r="H538" t="s">
-        <v>3563</v>
+        <v>3561</v>
       </c>
       <c r="I538"/>
       <c r="J538"/>
       <c r="K538" t="s">
-        <v>3564</v>
+        <v>3562</v>
       </c>
       <c r="L538" t="s">
-        <v>3565</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="539" spans="1:12">
       <c r="A539">
         <v>538</v>
       </c>
       <c r="B539" t="s">
-        <v>3566</v>
+        <v>3564</v>
       </c>
       <c r="C539" t="s">
         <v>117</v>
       </c>
       <c r="D539" t="s">
         <v>39</v>
       </c>
       <c r="E539">
         <v>1970</v>
       </c>
       <c r="F539" t="s">
-        <v>3567</v>
-[...3 lines deleted...]
-      </c>
+        <v>3565</v>
+      </c>
+      <c r="G539"/>
       <c r="H539" t="s">
-        <v>3569</v>
+        <v>3566</v>
       </c>
       <c r="I539"/>
       <c r="J539"/>
       <c r="K539" t="s">
-        <v>3570</v>
+        <v>3567</v>
       </c>
       <c r="L539" t="s">
-        <v>3571</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="540" spans="1:12">
       <c r="A540">
         <v>539</v>
       </c>
       <c r="B540" t="s">
-        <v>3572</v>
+        <v>3569</v>
       </c>
       <c r="C540" t="s">
         <v>117</v>
       </c>
       <c r="D540" t="s">
         <v>39</v>
       </c>
       <c r="E540">
         <v>1970</v>
       </c>
       <c r="F540" t="s">
-        <v>3573</v>
+        <v>3570</v>
       </c>
       <c r="G540" t="s">
-        <v>3568</v>
+        <v>3571</v>
       </c>
       <c r="H540" t="s">
-        <v>3542</v>
+        <v>3572</v>
       </c>
       <c r="I540"/>
       <c r="J540"/>
       <c r="K540" t="s">
+        <v>3573</v>
+      </c>
+      <c r="L540" t="s">
         <v>3574</v>
-      </c>
-[...1 lines deleted...]
-        <v>3575</v>
       </c>
     </row>
     <row r="541" spans="1:12">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541" t="s">
-        <v>3576</v>
+        <v>3575</v>
       </c>
       <c r="C541" t="s">
         <v>117</v>
       </c>
       <c r="D541" t="s">
         <v>39</v>
       </c>
       <c r="E541">
         <v>1970</v>
       </c>
       <c r="F541" t="s">
-        <v>3577</v>
+        <v>3576</v>
       </c>
       <c r="G541" t="s">
-        <v>3553</v>
+        <v>3571</v>
       </c>
       <c r="H541" t="s">
-        <v>1160</v>
+        <v>3545</v>
       </c>
       <c r="I541"/>
       <c r="J541"/>
-      <c r="K541"/>
+      <c r="K541" t="s">
+        <v>3577</v>
+      </c>
       <c r="L541" t="s">
         <v>3578</v>
       </c>
     </row>
     <row r="542" spans="1:12">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542" t="s">
         <v>3579</v>
       </c>
       <c r="C542" t="s">
         <v>117</v>
       </c>
       <c r="D542" t="s">
         <v>39</v>
       </c>
       <c r="E542">
         <v>1970</v>
       </c>
       <c r="F542" t="s">
         <v>3580</v>
       </c>
       <c r="G542" t="s">
-        <v>3568</v>
+        <v>3556</v>
       </c>
       <c r="H542" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I542"/>
+      <c r="J542"/>
+      <c r="K542"/>
+      <c r="L542" t="s">
         <v>3581</v>
-      </c>
-[...10 lines deleted...]
-        <v>3583</v>
       </c>
     </row>
     <row r="543" spans="1:12">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543" t="s">
-        <v>3584</v>
+        <v>3582</v>
       </c>
       <c r="C543" t="s">
         <v>117</v>
       </c>
       <c r="D543" t="s">
         <v>39</v>
       </c>
       <c r="E543">
         <v>1970</v>
       </c>
       <c r="F543" t="s">
+        <v>3583</v>
+      </c>
+      <c r="G543" t="s">
+        <v>3571</v>
+      </c>
+      <c r="H543" t="s">
+        <v>3584</v>
+      </c>
+      <c r="I543" t="s">
+        <v>3546</v>
+      </c>
+      <c r="J543" t="s">
+        <v>3547</v>
+      </c>
+      <c r="K543" t="s">
         <v>3585</v>
       </c>
-      <c r="G543" t="s">
-[...2 lines deleted...]
-      <c r="H543" t="s">
+      <c r="L543" t="s">
         <v>3586</v>
-      </c>
-[...6 lines deleted...]
-        <v>3588</v>
       </c>
     </row>
     <row r="544" spans="1:12">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544" t="s">
+        <v>3587</v>
+      </c>
+      <c r="C544" t="s">
+        <v>117</v>
+      </c>
+      <c r="D544" t="s">
+        <v>39</v>
+      </c>
+      <c r="E544">
+        <v>1970</v>
+      </c>
+      <c r="F544" t="s">
+        <v>3588</v>
+      </c>
+      <c r="G544" t="s">
+        <v>3571</v>
+      </c>
+      <c r="H544" t="s">
         <v>3589</v>
-      </c>
-[...14 lines deleted...]
-        <v>3591</v>
       </c>
       <c r="I544"/>
       <c r="J544"/>
       <c r="K544" t="s">
-        <v>3592</v>
+        <v>3590</v>
       </c>
       <c r="L544" t="s">
-        <v>3593</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="545" spans="1:12">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545" t="s">
-        <v>3594</v>
+        <v>3592</v>
       </c>
       <c r="C545" t="s">
         <v>259</v>
       </c>
       <c r="D545" t="s">
         <v>371</v>
       </c>
       <c r="E545">
         <v>2026</v>
       </c>
       <c r="F545" t="s">
+        <v>3593</v>
+      </c>
+      <c r="G545"/>
+      <c r="H545" t="s">
+        <v>3594</v>
+      </c>
+      <c r="I545"/>
+      <c r="J545"/>
+      <c r="K545" t="s">
         <v>3595</v>
       </c>
-      <c r="G545" t="s">
+      <c r="L545" t="s">
         <v>3596</v>
-      </c>
-[...13 lines deleted...]
-        <v>3600</v>
       </c>
     </row>
     <row r="546" spans="1:12">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546" t="s">
+        <v>3597</v>
+      </c>
+      <c r="C546" t="s">
+        <v>259</v>
+      </c>
+      <c r="D546" t="s">
+        <v>371</v>
+      </c>
+      <c r="E546">
+        <v>2026</v>
+      </c>
+      <c r="F546" t="s">
+        <v>3598</v>
+      </c>
+      <c r="G546" t="s">
+        <v>3599</v>
+      </c>
+      <c r="H546" t="s">
+        <v>1024</v>
+      </c>
+      <c r="I546" t="s">
+        <v>3600</v>
+      </c>
+      <c r="J546" t="s">
         <v>3601</v>
       </c>
-      <c r="C546" t="s">
-[...8 lines deleted...]
-      <c r="F546" t="s">
+      <c r="K546" t="s">
         <v>3602</v>
       </c>
-      <c r="G546"/>
-      <c r="H546" t="s">
+      <c r="L546" t="s">
         <v>3603</v>
-      </c>
-[...10 lines deleted...]
-        <v>3607</v>
       </c>
     </row>
     <row r="547" spans="1:12">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547" t="s">
+        <v>3604</v>
+      </c>
+      <c r="C547" t="s">
+        <v>117</v>
+      </c>
+      <c r="D547" t="s">
+        <v>2016</v>
+      </c>
+      <c r="E547">
+        <v>1970</v>
+      </c>
+      <c r="F547" t="s">
+        <v>3605</v>
+      </c>
+      <c r="G547"/>
+      <c r="H547" t="s">
+        <v>3606</v>
+      </c>
+      <c r="I547" t="s">
+        <v>3607</v>
+      </c>
+      <c r="J547" t="s">
         <v>3608</v>
       </c>
-      <c r="C547" t="s">
-[...8 lines deleted...]
-      <c r="F547" t="s">
+      <c r="K547" t="s">
         <v>3609</v>
       </c>
-      <c r="G547" t="s">
+      <c r="L547" t="s">
         <v>3610</v>
-      </c>
-[...13 lines deleted...]
-        <v>3614</v>
       </c>
     </row>
     <row r="548" spans="1:12">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548" t="s">
+        <v>3611</v>
+      </c>
+      <c r="C548" t="s">
+        <v>65</v>
+      </c>
+      <c r="D548" t="s">
+        <v>510</v>
+      </c>
+      <c r="E548">
+        <v>2026</v>
+      </c>
+      <c r="F548" t="s">
+        <v>3612</v>
+      </c>
+      <c r="G548" t="s">
+        <v>3613</v>
+      </c>
+      <c r="H548" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I548" t="s">
+        <v>3614</v>
+      </c>
+      <c r="J548" t="s">
         <v>3615</v>
       </c>
-      <c r="C548" t="s">
-[...8 lines deleted...]
-      <c r="F548" t="s">
+      <c r="K548" t="s">
         <v>3616</v>
       </c>
-      <c r="G548" t="s">
+      <c r="L548" t="s">
         <v>3617</v>
-      </c>
-[...11 lines deleted...]
-        <v>3621</v>
       </c>
     </row>
     <row r="549" spans="1:12">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549" t="s">
+        <v>3618</v>
+      </c>
+      <c r="C549" t="s">
+        <v>99</v>
+      </c>
+      <c r="D549" t="s">
+        <v>154</v>
+      </c>
+      <c r="E549">
+        <v>2026</v>
+      </c>
+      <c r="F549" t="s">
+        <v>3619</v>
+      </c>
+      <c r="G549" t="s">
+        <v>3620</v>
+      </c>
+      <c r="H549" t="s">
+        <v>3621</v>
+      </c>
+      <c r="I549" t="s">
         <v>3622</v>
       </c>
-      <c r="C549" t="s">
-[...8 lines deleted...]
-      <c r="F549" t="s">
+      <c r="J549"/>
+      <c r="K549" t="s">
         <v>3623</v>
       </c>
-      <c r="G549"/>
-      <c r="H549" t="s">
+      <c r="L549" t="s">
         <v>3624</v>
-      </c>
-[...8 lines deleted...]
-        <v>3627</v>
       </c>
     </row>
     <row r="550" spans="1:12">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550" t="s">
-        <v>3628</v>
+        <v>3625</v>
       </c>
       <c r="C550" t="s">
-        <v>99</v>
+        <v>23</v>
       </c>
       <c r="D550" t="s">
         <v>821</v>
       </c>
       <c r="E550">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F550" t="s">
+        <v>3626</v>
+      </c>
+      <c r="G550"/>
+      <c r="H550" t="s">
+        <v>3627</v>
+      </c>
+      <c r="I550"/>
+      <c r="J550" t="s">
+        <v>3628</v>
+      </c>
+      <c r="K550" t="s">
         <v>3629</v>
       </c>
-      <c r="G550" t="s">
+      <c r="L550" t="s">
         <v>3630</v>
-      </c>
-[...11 lines deleted...]
-        <v>3634</v>
       </c>
     </row>
     <row r="551" spans="1:12">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551" t="s">
+        <v>3631</v>
+      </c>
+      <c r="C551" t="s">
+        <v>99</v>
+      </c>
+      <c r="D551" t="s">
+        <v>821</v>
+      </c>
+      <c r="E551">
+        <v>2026</v>
+      </c>
+      <c r="F551" t="s">
+        <v>3632</v>
+      </c>
+      <c r="G551" t="s">
+        <v>3633</v>
+      </c>
+      <c r="H551" t="s">
+        <v>3634</v>
+      </c>
+      <c r="I551" t="s">
         <v>3635</v>
       </c>
-      <c r="C551" t="s">
-[...8 lines deleted...]
-      <c r="F551" t="s">
+      <c r="J551"/>
+      <c r="K551" t="s">
         <v>3636</v>
       </c>
-      <c r="G551"/>
-[...3 lines deleted...]
-      <c r="I551" t="s">
+      <c r="L551" t="s">
         <v>3637</v>
-      </c>
-[...7 lines deleted...]
-        <v>3640</v>
       </c>
     </row>
     <row r="552" spans="1:12">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552" t="s">
-        <v>3641</v>
+        <v>3638</v>
       </c>
       <c r="C552" t="s">
-        <v>38</v>
+        <v>259</v>
       </c>
       <c r="D552" t="s">
-        <v>1450</v>
+        <v>75</v>
       </c>
       <c r="E552">
         <v>2026</v>
       </c>
       <c r="F552" t="s">
-        <v>3642</v>
+        <v>3639</v>
       </c>
       <c r="G552"/>
       <c r="H552" t="s">
+        <v>87</v>
+      </c>
+      <c r="I552" t="s">
+        <v>3640</v>
+      </c>
+      <c r="J552" t="s">
+        <v>3641</v>
+      </c>
+      <c r="K552" t="s">
+        <v>3642</v>
+      </c>
+      <c r="L552" t="s">
         <v>3643</v>
-      </c>
-[...8 lines deleted...]
-        <v>3646</v>
       </c>
     </row>
     <row r="553" spans="1:12">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553" t="s">
-        <v>3647</v>
+        <v>3644</v>
       </c>
       <c r="C553" t="s">
-        <v>189</v>
+        <v>38</v>
       </c>
       <c r="D553" t="s">
-        <v>75</v>
+        <v>1450</v>
       </c>
       <c r="E553">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F553" t="s">
-        <v>3648</v>
+        <v>3645</v>
       </c>
       <c r="G553"/>
       <c r="H553" t="s">
+        <v>3646</v>
+      </c>
+      <c r="I553" t="s">
+        <v>3647</v>
+      </c>
+      <c r="J553" t="s">
+        <v>3648</v>
+      </c>
+      <c r="K553"/>
+      <c r="L553" t="s">
         <v>3649</v>
-      </c>
-[...10 lines deleted...]
-        <v>3653</v>
       </c>
     </row>
     <row r="554" spans="1:12">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554" t="s">
-        <v>3654</v>
+        <v>3650</v>
       </c>
       <c r="C554" t="s">
-        <v>29</v>
+        <v>189</v>
       </c>
       <c r="D554" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="E554">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F554" t="s">
-        <v>3655</v>
+        <v>3651</v>
       </c>
       <c r="G554"/>
       <c r="H554" t="s">
-        <v>157</v>
+        <v>3652</v>
       </c>
       <c r="I554" t="s">
+        <v>3653</v>
+      </c>
+      <c r="J554" t="s">
+        <v>3654</v>
+      </c>
+      <c r="K554" t="s">
+        <v>3655</v>
+      </c>
+      <c r="L554" t="s">
         <v>3656</v>
-      </c>
-[...7 lines deleted...]
-        <v>3659</v>
       </c>
     </row>
     <row r="555" spans="1:12">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555" t="s">
+        <v>3657</v>
+      </c>
+      <c r="C555" t="s">
+        <v>29</v>
+      </c>
+      <c r="D555" t="s">
+        <v>39</v>
+      </c>
+      <c r="E555">
+        <v>2026</v>
+      </c>
+      <c r="F555" t="s">
+        <v>3658</v>
+      </c>
+      <c r="G555"/>
+      <c r="H555" t="s">
+        <v>157</v>
+      </c>
+      <c r="I555" t="s">
+        <v>3659</v>
+      </c>
+      <c r="J555" t="s">
         <v>3660</v>
       </c>
-      <c r="C555"/>
-[...6 lines deleted...]
-      <c r="F555" t="s">
+      <c r="K555" t="s">
         <v>3661</v>
       </c>
-      <c r="G555"/>
-[...1 lines deleted...]
-      <c r="I555" t="s">
+      <c r="L555" t="s">
         <v>3662</v>
-      </c>
-[...5 lines deleted...]
-        <v>3664</v>
       </c>
     </row>
     <row r="556" spans="1:12">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556" t="s">
+        <v>3663</v>
+      </c>
+      <c r="C556"/>
+      <c r="D556" t="s">
+        <v>371</v>
+      </c>
+      <c r="E556">
+        <v>2026</v>
+      </c>
+      <c r="F556" t="s">
+        <v>3664</v>
+      </c>
+      <c r="G556"/>
+      <c r="H556"/>
+      <c r="I556" t="s">
         <v>3665</v>
       </c>
-      <c r="C556" t="s">
-[...2 lines deleted...]
-      <c r="D556" t="s">
+      <c r="J556" t="s">
         <v>3666</v>
       </c>
-      <c r="E556">
-[...2 lines deleted...]
-      <c r="F556" t="s">
+      <c r="K556"/>
+      <c r="L556" t="s">
         <v>3667</v>
-      </c>
-[...16 lines deleted...]
-        <v>3672</v>
       </c>
     </row>
     <row r="557" spans="1:12">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557" t="s">
+        <v>3668</v>
+      </c>
+      <c r="C557" t="s">
+        <v>38</v>
+      </c>
+      <c r="D557" t="s">
+        <v>3669</v>
+      </c>
+      <c r="E557">
+        <v>2026</v>
+      </c>
+      <c r="F557" t="s">
+        <v>3670</v>
+      </c>
+      <c r="G557" t="s">
+        <v>3671</v>
+      </c>
+      <c r="H557" t="s">
+        <v>87</v>
+      </c>
+      <c r="I557" t="s">
+        <v>3672</v>
+      </c>
+      <c r="J557" t="s">
         <v>3673</v>
       </c>
-      <c r="C557" t="s">
+      <c r="K557" t="s">
         <v>3674</v>
       </c>
-      <c r="D557" t="s">
-[...5 lines deleted...]
-      <c r="F557" t="s">
+      <c r="L557" t="s">
         <v>3675</v>
-      </c>
-[...14 lines deleted...]
-        <v>3679</v>
       </c>
     </row>
     <row r="558" spans="1:12">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558" t="s">
+        <v>3676</v>
+      </c>
+      <c r="C558" t="s">
+        <v>3677</v>
+      </c>
+      <c r="D558" t="s">
+        <v>75</v>
+      </c>
+      <c r="E558">
+        <v>2026</v>
+      </c>
+      <c r="F558" t="s">
+        <v>3678</v>
+      </c>
+      <c r="G558"/>
+      <c r="H558" t="s">
+        <v>254</v>
+      </c>
+      <c r="I558" t="s">
+        <v>3679</v>
+      </c>
+      <c r="J558" t="s">
         <v>3680</v>
       </c>
-      <c r="C558" t="s">
-[...8 lines deleted...]
-      <c r="F558" t="s">
+      <c r="K558" t="s">
         <v>3681</v>
       </c>
-      <c r="G558" t="s">
+      <c r="L558" t="s">
         <v>3682</v>
-      </c>
-[...11 lines deleted...]
-        <v>3685</v>
       </c>
     </row>
     <row r="559" spans="1:12">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559" t="s">
+        <v>3683</v>
+      </c>
+      <c r="C559" t="s">
+        <v>65</v>
+      </c>
+      <c r="D559" t="s">
+        <v>371</v>
+      </c>
+      <c r="E559">
+        <v>2026</v>
+      </c>
+      <c r="F559" t="s">
+        <v>3684</v>
+      </c>
+      <c r="G559" t="s">
+        <v>3685</v>
+      </c>
+      <c r="H559">
+        <v>93</v>
+      </c>
+      <c r="I559" t="s">
         <v>3686</v>
       </c>
-      <c r="C559" t="s">
-[...8 lines deleted...]
-      <c r="F559" t="s">
+      <c r="J559" t="s">
         <v>3687</v>
       </c>
-      <c r="G559"/>
-[...5 lines deleted...]
-      <c r="K559" t="s">
+      <c r="K559"/>
+      <c r="L559" t="s">
         <v>3688</v>
-      </c>
-[...1 lines deleted...]
-        <v>3689</v>
       </c>
     </row>
     <row r="560" spans="1:12">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560" t="s">
+        <v>3689</v>
+      </c>
+      <c r="C560" t="s">
+        <v>29</v>
+      </c>
+      <c r="D560" t="s">
+        <v>39</v>
+      </c>
+      <c r="E560">
+        <v>2026</v>
+      </c>
+      <c r="F560" t="s">
         <v>3690</v>
-      </c>
-[...10 lines deleted...]
-        <v>3692</v>
       </c>
       <c r="G560"/>
       <c r="H560" t="s">
-        <v>438</v>
-[...6 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="I560"/>
+      <c r="J560"/>
       <c r="K560" t="s">
-        <v>3695</v>
+        <v>3691</v>
       </c>
       <c r="L560" t="s">
-        <v>3696</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="561" spans="1:12">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561" t="s">
-        <v>3697</v>
+        <v>3693</v>
       </c>
       <c r="C561" t="s">
-        <v>3691</v>
+        <v>3694</v>
       </c>
       <c r="D561" t="s">
         <v>1939</v>
       </c>
       <c r="E561">
-        <v>1967</v>
+        <v>1964</v>
       </c>
       <c r="F561" t="s">
-        <v>3698</v>
+        <v>3695</v>
       </c>
       <c r="G561"/>
       <c r="H561" t="s">
         <v>438</v>
       </c>
       <c r="I561" t="s">
+        <v>3696</v>
+      </c>
+      <c r="J561" t="s">
+        <v>3697</v>
+      </c>
+      <c r="K561" t="s">
+        <v>3698</v>
+      </c>
+      <c r="L561" t="s">
         <v>3699</v>
-      </c>
-[...5 lines deleted...]
-        <v>3701</v>
       </c>
     </row>
     <row r="562" spans="1:12">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562" t="s">
-        <v>3702</v>
+        <v>3700</v>
       </c>
       <c r="C562" t="s">
-        <v>3691</v>
+        <v>3694</v>
       </c>
       <c r="D562" t="s">
         <v>1939</v>
       </c>
       <c r="E562">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="F562" t="s">
-        <v>3703</v>
+        <v>3701</v>
       </c>
       <c r="G562"/>
       <c r="H562" t="s">
-        <v>1610</v>
+        <v>438</v>
       </c>
       <c r="I562" t="s">
+        <v>3702</v>
+      </c>
+      <c r="J562" t="s">
+        <v>3703</v>
+      </c>
+      <c r="K562"/>
+      <c r="L562" t="s">
         <v>3704</v>
-      </c>
-[...7 lines deleted...]
-        <v>3707</v>
       </c>
     </row>
     <row r="563" spans="1:12">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563" t="s">
-        <v>3708</v>
+        <v>3705</v>
       </c>
       <c r="C563" t="s">
-        <v>23</v>
+        <v>3694</v>
       </c>
       <c r="D563" t="s">
-        <v>75</v>
+        <v>1939</v>
       </c>
       <c r="E563">
-        <v>2026</v>
+        <v>1965</v>
       </c>
       <c r="F563" t="s">
-        <v>3709</v>
+        <v>3706</v>
       </c>
       <c r="G563"/>
       <c r="H563" t="s">
-        <v>407</v>
+        <v>1610</v>
       </c>
       <c r="I563" t="s">
+        <v>3707</v>
+      </c>
+      <c r="J563" t="s">
+        <v>3708</v>
+      </c>
+      <c r="K563" t="s">
+        <v>3709</v>
+      </c>
+      <c r="L563" t="s">
         <v>3710</v>
-      </c>
-[...7 lines deleted...]
-        <v>3713</v>
       </c>
     </row>
     <row r="564" spans="1:12">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564" t="s">
+        <v>3711</v>
+      </c>
+      <c r="C564" t="s">
+        <v>23</v>
+      </c>
+      <c r="D564" t="s">
+        <v>75</v>
+      </c>
+      <c r="E564">
+        <v>2026</v>
+      </c>
+      <c r="F564" t="s">
+        <v>3712</v>
+      </c>
+      <c r="G564"/>
+      <c r="H564" t="s">
+        <v>407</v>
+      </c>
+      <c r="I564" t="s">
+        <v>3713</v>
+      </c>
+      <c r="J564" t="s">
         <v>3714</v>
       </c>
-      <c r="C564" t="s">
-[...2 lines deleted...]
-      <c r="D564" t="s">
+      <c r="K564" t="s">
         <v>3715</v>
       </c>
-      <c r="E564">
-[...2 lines deleted...]
-      <c r="F564" t="s">
+      <c r="L564" t="s">
         <v>3716</v>
-      </c>
-[...10 lines deleted...]
-        <v>3718</v>
       </c>
     </row>
     <row r="565" spans="1:12">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565" t="s">
+        <v>3717</v>
+      </c>
+      <c r="C565" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D565" t="s">
+        <v>3718</v>
+      </c>
+      <c r="E565">
+        <v>2026</v>
+      </c>
+      <c r="F565" t="s">
         <v>3719</v>
       </c>
-      <c r="C565" t="s">
-[...2 lines deleted...]
-      <c r="D565" t="s">
+      <c r="G565" t="s">
         <v>3720</v>
       </c>
-      <c r="E565">
-[...2 lines deleted...]
-      <c r="F565" t="s">
+      <c r="H565" t="s">
+        <v>430</v>
+      </c>
+      <c r="I565"/>
+      <c r="J565"/>
+      <c r="K565"/>
+      <c r="L565" t="s">
         <v>3721</v>
-      </c>
-[...16 lines deleted...]
-        <v>3726</v>
       </c>
     </row>
     <row r="566" spans="1:12">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566" t="s">
+        <v>3722</v>
+      </c>
+      <c r="C566" t="s">
+        <v>65</v>
+      </c>
+      <c r="D566" t="s">
+        <v>3723</v>
+      </c>
+      <c r="E566">
+        <v>2026</v>
+      </c>
+      <c r="F566" t="s">
+        <v>3724</v>
+      </c>
+      <c r="G566" t="s">
+        <v>3725</v>
+      </c>
+      <c r="H566" t="s">
+        <v>1586</v>
+      </c>
+      <c r="I566" t="s">
+        <v>3726</v>
+      </c>
+      <c r="J566" t="s">
         <v>3727</v>
       </c>
-      <c r="C566" t="s">
-[...8 lines deleted...]
-      <c r="F566" t="s">
+      <c r="K566" t="s">
         <v>3728</v>
       </c>
-      <c r="G566"/>
-[...3 lines deleted...]
-      <c r="I566" t="s">
+      <c r="L566" t="s">
         <v>3729</v>
-      </c>
-[...5 lines deleted...]
-        <v>3731</v>
       </c>
     </row>
     <row r="567" spans="1:12">
       <c r="A567">
         <v>566</v>
       </c>
       <c r="B567" t="s">
-        <v>3732</v>
+        <v>3730</v>
       </c>
       <c r="C567" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="D567" t="s">
-        <v>3733</v>
+        <v>39</v>
       </c>
       <c r="E567">
         <v>2026</v>
       </c>
       <c r="F567" t="s">
-        <v>3734</v>
+        <v>3731</v>
       </c>
       <c r="G567"/>
       <c r="H567" t="s">
-        <v>3735</v>
-[...1 lines deleted...]
-      <c r="I567"/>
+        <v>107</v>
+      </c>
+      <c r="I567" t="s">
+        <v>3732</v>
+      </c>
       <c r="J567"/>
       <c r="K567" t="s">
-        <v>3736</v>
+        <v>3733</v>
       </c>
       <c r="L567" t="s">
-        <v>3737</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="568" spans="1:12">
       <c r="A568">
         <v>567</v>
       </c>
       <c r="B568" t="s">
-        <v>3738</v>
+        <v>3735</v>
       </c>
       <c r="C568" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="D568" t="s">
-        <v>39</v>
+        <v>3736</v>
       </c>
       <c r="E568">
         <v>2026</v>
       </c>
       <c r="F568" t="s">
-        <v>3739</v>
+        <v>3737</v>
       </c>
       <c r="G568"/>
       <c r="H568" t="s">
-        <v>520</v>
+        <v>3738</v>
       </c>
       <c r="I568"/>
       <c r="J568"/>
       <c r="K568" t="s">
+        <v>3739</v>
+      </c>
+      <c r="L568" t="s">
         <v>3740</v>
-      </c>
-[...1 lines deleted...]
-        <v>3741</v>
       </c>
     </row>
     <row r="569" spans="1:12">
       <c r="A569">
         <v>568</v>
       </c>
       <c r="B569" t="s">
+        <v>3741</v>
+      </c>
+      <c r="C569" t="s">
+        <v>48</v>
+      </c>
+      <c r="D569" t="s">
+        <v>39</v>
+      </c>
+      <c r="E569">
+        <v>2026</v>
+      </c>
+      <c r="F569" t="s">
         <v>3742</v>
       </c>
-      <c r="C569" t="s">
-[...8 lines deleted...]
-      <c r="F569" t="s">
+      <c r="G569"/>
+      <c r="H569" t="s">
+        <v>520</v>
+      </c>
+      <c r="I569"/>
+      <c r="J569"/>
+      <c r="K569" t="s">
         <v>3743</v>
       </c>
-      <c r="G569" t="s">
+      <c r="L569" t="s">
         <v>3744</v>
-      </c>
-[...13 lines deleted...]
-        <v>3748</v>
       </c>
     </row>
     <row r="570" spans="1:12">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570" t="s">
-        <v>3749</v>
+        <v>3745</v>
       </c>
       <c r="C570" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="D570" t="s">
-        <v>472</v>
+        <v>14</v>
       </c>
       <c r="E570">
         <v>2026</v>
       </c>
       <c r="F570" t="s">
-        <v>3750</v>
+        <v>3746</v>
       </c>
       <c r="G570" t="s">
-        <v>3751</v>
+        <v>3747</v>
       </c>
       <c r="H570" t="s">
         <v>1093</v>
       </c>
       <c r="I570" t="s">
-        <v>3752</v>
+        <v>3748</v>
       </c>
       <c r="J570" t="s">
-        <v>3753</v>
+        <v>3749</v>
       </c>
       <c r="K570" t="s">
-        <v>3754</v>
+        <v>3750</v>
       </c>
       <c r="L570" t="s">
-        <v>3755</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="571" spans="1:12">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571" t="s">
+        <v>3752</v>
+      </c>
+      <c r="C571" t="s">
+        <v>65</v>
+      </c>
+      <c r="D571" t="s">
+        <v>472</v>
+      </c>
+      <c r="E571">
+        <v>2026</v>
+      </c>
+      <c r="F571" t="s">
+        <v>3753</v>
+      </c>
+      <c r="G571" t="s">
+        <v>3754</v>
+      </c>
+      <c r="H571" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I571" t="s">
+        <v>3755</v>
+      </c>
+      <c r="J571" t="s">
         <v>3756</v>
       </c>
-      <c r="C571" t="s">
-[...8 lines deleted...]
-      <c r="F571" t="s">
+      <c r="K571" t="s">
         <v>3757</v>
       </c>
-      <c r="G571"/>
-      <c r="H571" t="s">
+      <c r="L571" t="s">
         <v>3758</v>
-      </c>
-[...10 lines deleted...]
-        <v>3762</v>
       </c>
     </row>
     <row r="572" spans="1:12">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572" t="s">
+        <v>3759</v>
+      </c>
+      <c r="C572" t="s">
+        <v>306</v>
+      </c>
+      <c r="D572" t="s">
+        <v>75</v>
+      </c>
+      <c r="E572">
+        <v>1970</v>
+      </c>
+      <c r="F572" t="s">
+        <v>3760</v>
+      </c>
+      <c r="G572"/>
+      <c r="H572" t="s">
+        <v>3761</v>
+      </c>
+      <c r="I572" t="s">
+        <v>3762</v>
+      </c>
+      <c r="J572" t="s">
         <v>3763</v>
       </c>
-      <c r="C572" t="s">
-[...8 lines deleted...]
-      <c r="F572" t="s">
+      <c r="K572" t="s">
         <v>3764</v>
       </c>
-      <c r="G572" t="s">
+      <c r="L572" t="s">
         <v>3765</v>
-      </c>
-[...7 lines deleted...]
-        <v>3766</v>
       </c>
     </row>
     <row r="573" spans="1:12">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573" t="s">
+        <v>3766</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D573" t="s">
+        <v>14</v>
+      </c>
+      <c r="E573">
+        <v>2026</v>
+      </c>
+      <c r="F573" t="s">
         <v>3767</v>
       </c>
-      <c r="C573" t="s">
-[...8 lines deleted...]
-      <c r="F573" t="s">
+      <c r="G573" t="s">
         <v>3768</v>
       </c>
-      <c r="G573" t="s">
+      <c r="H573" t="s">
+        <v>42</v>
+      </c>
+      <c r="I573"/>
+      <c r="J573"/>
+      <c r="K573"/>
+      <c r="L573" t="s">
         <v>3769</v>
-      </c>
-[...13 lines deleted...]
-        <v>3773</v>
       </c>
     </row>
     <row r="574" spans="1:12">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574" t="s">
+        <v>3770</v>
+      </c>
+      <c r="C574" t="s">
+        <v>38</v>
+      </c>
+      <c r="D574" t="s">
+        <v>66</v>
+      </c>
+      <c r="E574">
+        <v>2026</v>
+      </c>
+      <c r="F574" t="s">
+        <v>3771</v>
+      </c>
+      <c r="G574" t="s">
+        <v>3772</v>
+      </c>
+      <c r="H574" t="s">
+        <v>68</v>
+      </c>
+      <c r="I574" t="s">
+        <v>3773</v>
+      </c>
+      <c r="J574" t="s">
         <v>3774</v>
       </c>
-      <c r="C574" t="s">
+      <c r="K574" t="s">
         <v>3775</v>
       </c>
-      <c r="D574" t="s">
-[...5 lines deleted...]
-      <c r="F574" t="s">
+      <c r="L574" t="s">
         <v>3776</v>
-      </c>
-[...16 lines deleted...]
-        <v>3781</v>
       </c>
     </row>
     <row r="575" spans="1:12">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575" t="s">
+        <v>3777</v>
+      </c>
+      <c r="C575" t="s">
+        <v>3778</v>
+      </c>
+      <c r="D575" t="s">
+        <v>39</v>
+      </c>
+      <c r="E575">
+        <v>2026</v>
+      </c>
+      <c r="F575" t="s">
+        <v>3779</v>
+      </c>
+      <c r="G575" t="s">
+        <v>3780</v>
+      </c>
+      <c r="H575" t="s">
+        <v>1384</v>
+      </c>
+      <c r="I575" t="s">
+        <v>3781</v>
+      </c>
+      <c r="J575" t="s">
         <v>3782</v>
       </c>
-      <c r="C575" t="s">
-[...8 lines deleted...]
-      <c r="F575" t="s">
+      <c r="K575" t="s">
         <v>3783</v>
       </c>
-      <c r="G575"/>
-[...3 lines deleted...]
-      <c r="I575" t="s">
+      <c r="L575" t="s">
         <v>3784</v>
-      </c>
-[...7 lines deleted...]
-        <v>3787</v>
       </c>
     </row>
     <row r="576" spans="1:12">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576" t="s">
-        <v>3788</v>
+        <v>3785</v>
       </c>
       <c r="C576" t="s">
-        <v>306</v>
+        <v>23</v>
       </c>
       <c r="D576" t="s">
-        <v>371</v>
+        <v>75</v>
       </c>
       <c r="E576">
-        <v>1968</v>
+        <v>2026</v>
       </c>
       <c r="F576" t="s">
-        <v>3789</v>
+        <v>3786</v>
       </c>
       <c r="G576" t="s">
-        <v>3790</v>
-[...9 lines deleted...]
-      </c>
+        <v>3787</v>
+      </c>
+      <c r="H576" t="s">
+        <v>292</v>
+      </c>
+      <c r="I576"/>
+      <c r="J576"/>
       <c r="K576"/>
       <c r="L576" t="s">
-        <v>3793</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="577" spans="1:12">
       <c r="A577">
         <v>576</v>
       </c>
       <c r="B577" t="s">
-        <v>3794</v>
+        <v>3789</v>
       </c>
       <c r="C577" t="s">
-        <v>2949</v>
+        <v>306</v>
       </c>
       <c r="D577" t="s">
-        <v>3795</v>
+        <v>75</v>
       </c>
       <c r="E577">
         <v>2026</v>
       </c>
       <c r="F577" t="s">
-        <v>3796</v>
+        <v>3790</v>
       </c>
       <c r="G577"/>
       <c r="H577" t="s">
-        <v>1384</v>
+        <v>68</v>
       </c>
       <c r="I577" t="s">
-        <v>3797</v>
+        <v>3791</v>
       </c>
       <c r="J577" t="s">
-        <v>3798</v>
+        <v>3792</v>
       </c>
       <c r="K577" t="s">
-        <v>3799</v>
+        <v>3793</v>
       </c>
       <c r="L577" t="s">
-        <v>3800</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="578" spans="1:12">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578" t="s">
-        <v>3801</v>
+        <v>3795</v>
       </c>
       <c r="C578" t="s">
-        <v>38</v>
+        <v>306</v>
       </c>
       <c r="D578" t="s">
-        <v>39</v>
+        <v>371</v>
       </c>
       <c r="E578">
-        <v>2026</v>
+        <v>1968</v>
       </c>
       <c r="F578" t="s">
-        <v>3802</v>
-[...3 lines deleted...]
-        <v>743</v>
+        <v>3796</v>
+      </c>
+      <c r="G578" t="s">
+        <v>3797</v>
+      </c>
+      <c r="H578">
+        <v>87</v>
       </c>
       <c r="I578" t="s">
-        <v>3803</v>
+        <v>3798</v>
       </c>
       <c r="J578" t="s">
-        <v>3804</v>
-[...3 lines deleted...]
-      </c>
+        <v>3799</v>
+      </c>
+      <c r="K578"/>
       <c r="L578" t="s">
-        <v>3806</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="579" spans="1:12">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579" t="s">
-        <v>3807</v>
+        <v>3801</v>
       </c>
       <c r="C579" t="s">
-        <v>48</v>
+        <v>2952</v>
       </c>
       <c r="D579" t="s">
-        <v>1939</v>
+        <v>3802</v>
       </c>
       <c r="E579">
         <v>2026</v>
       </c>
       <c r="F579" t="s">
-        <v>3808</v>
+        <v>3803</v>
       </c>
       <c r="G579"/>
       <c r="H579" t="s">
-        <v>2135</v>
-[...1 lines deleted...]
-      <c r="I579"/>
+        <v>1384</v>
+      </c>
+      <c r="I579" t="s">
+        <v>3804</v>
+      </c>
       <c r="J579" t="s">
-        <v>3809</v>
+        <v>3805</v>
       </c>
       <c r="K579" t="s">
-        <v>3810</v>
+        <v>3806</v>
       </c>
       <c r="L579" t="s">
-        <v>3811</v>
+        <v>3807</v>
       </c>
     </row>
     <row r="580" spans="1:12">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580" t="s">
-        <v>3812</v>
+        <v>3808</v>
       </c>
       <c r="C580" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="D580" t="s">
         <v>39</v>
       </c>
       <c r="E580">
         <v>2026</v>
       </c>
       <c r="F580" t="s">
-        <v>3813</v>
+        <v>3809</v>
       </c>
       <c r="G580"/>
       <c r="H580" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-      <c r="J580"/>
+        <v>743</v>
+      </c>
+      <c r="I580" t="s">
+        <v>3810</v>
+      </c>
+      <c r="J580" t="s">
+        <v>3811</v>
+      </c>
       <c r="K580" t="s">
-        <v>3814</v>
+        <v>3812</v>
       </c>
       <c r="L580" t="s">
-        <v>3815</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="581" spans="1:12">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581" t="s">
-        <v>3816</v>
+        <v>3814</v>
       </c>
       <c r="C581" t="s">
-        <v>1292</v>
+        <v>48</v>
       </c>
       <c r="D581" t="s">
-        <v>39</v>
+        <v>1939</v>
       </c>
       <c r="E581">
         <v>2026</v>
       </c>
       <c r="F581" t="s">
-        <v>3817</v>
+        <v>3815</v>
       </c>
       <c r="G581"/>
       <c r="H581" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="I581" t="s">
+        <v>2135</v>
+      </c>
+      <c r="I581"/>
+      <c r="J581" t="s">
+        <v>3816</v>
+      </c>
+      <c r="K581" t="s">
+        <v>3817</v>
+      </c>
+      <c r="L581" t="s">
         <v>3818</v>
-      </c>
-[...7 lines deleted...]
-        <v>3821</v>
       </c>
     </row>
     <row r="582" spans="1:12">
       <c r="A582">
         <v>581</v>
       </c>
       <c r="B582" t="s">
+        <v>3819</v>
+      </c>
+      <c r="C582" t="s">
+        <v>23</v>
+      </c>
+      <c r="D582" t="s">
+        <v>39</v>
+      </c>
+      <c r="E582">
+        <v>2026</v>
+      </c>
+      <c r="F582" t="s">
+        <v>3820</v>
+      </c>
+      <c r="G582"/>
+      <c r="H582" t="s">
+        <v>50</v>
+      </c>
+      <c r="I582"/>
+      <c r="J582"/>
+      <c r="K582" t="s">
+        <v>3821</v>
+      </c>
+      <c r="L582" t="s">
         <v>3822</v>
-      </c>
-[...28 lines deleted...]
-        <v>3828</v>
       </c>
     </row>
     <row r="583" spans="1:12">
       <c r="A583">
         <v>582</v>
       </c>
       <c r="B583" t="s">
-        <v>3829</v>
+        <v>3823</v>
       </c>
       <c r="C583" t="s">
-        <v>23</v>
+        <v>1292</v>
       </c>
       <c r="D583" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E583">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F583" t="s">
-        <v>3830</v>
+        <v>3824</v>
       </c>
       <c r="G583"/>
       <c r="H583" t="s">
-        <v>3831</v>
+        <v>87</v>
       </c>
       <c r="I583" t="s">
-        <v>3832</v>
+        <v>3825</v>
       </c>
       <c r="J583" t="s">
-        <v>3833</v>
+        <v>3826</v>
       </c>
       <c r="K583" t="s">
-        <v>3834</v>
+        <v>3827</v>
       </c>
       <c r="L583" t="s">
-        <v>3835</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="584" spans="1:12">
       <c r="A584">
         <v>583</v>
       </c>
       <c r="B584" t="s">
-        <v>3836</v>
+        <v>3829</v>
       </c>
       <c r="C584" t="s">
-        <v>65</v>
+        <v>259</v>
       </c>
       <c r="D584" t="s">
-        <v>861</v>
+        <v>472</v>
       </c>
       <c r="E584">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F584" t="s">
-        <v>3837</v>
-[...1 lines deleted...]
-      <c r="G584"/>
+        <v>3830</v>
+      </c>
+      <c r="G584" t="s">
+        <v>3831</v>
+      </c>
       <c r="H584" t="s">
-        <v>3838</v>
+        <v>2941</v>
       </c>
       <c r="I584" t="s">
-        <v>3839</v>
+        <v>3832</v>
       </c>
       <c r="J584" t="s">
-        <v>3840</v>
+        <v>3833</v>
       </c>
       <c r="K584" t="s">
-        <v>3841</v>
+        <v>3834</v>
       </c>
       <c r="L584" t="s">
-        <v>3842</v>
+        <v>3835</v>
       </c>
     </row>
     <row r="585" spans="1:12">
       <c r="A585">
         <v>584</v>
       </c>
       <c r="B585" t="s">
-        <v>3843</v>
+        <v>3836</v>
       </c>
       <c r="C585" t="s">
         <v>23</v>
       </c>
       <c r="D585" t="s">
-        <v>704</v>
+        <v>75</v>
       </c>
       <c r="E585">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F585" t="s">
-        <v>3844</v>
+        <v>3837</v>
       </c>
       <c r="G585"/>
       <c r="H585" t="s">
-        <v>3377</v>
+        <v>3838</v>
       </c>
       <c r="I585" t="s">
-        <v>3845</v>
+        <v>3839</v>
       </c>
       <c r="J585" t="s">
-        <v>3846</v>
+        <v>3840</v>
       </c>
       <c r="K585" t="s">
-        <v>3847</v>
+        <v>3841</v>
       </c>
       <c r="L585" t="s">
-        <v>3848</v>
+        <v>3842</v>
       </c>
     </row>
     <row r="586" spans="1:12">
       <c r="A586">
         <v>585</v>
       </c>
       <c r="B586" t="s">
-        <v>3849</v>
+        <v>3843</v>
       </c>
       <c r="C586" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="D586" t="s">
-        <v>39</v>
+        <v>861</v>
       </c>
       <c r="E586">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F586" t="s">
-        <v>3850</v>
+        <v>3844</v>
       </c>
       <c r="G586"/>
       <c r="H586" t="s">
-        <v>1695</v>
-[...2 lines deleted...]
-      <c r="J586"/>
+        <v>3845</v>
+      </c>
+      <c r="I586" t="s">
+        <v>3846</v>
+      </c>
+      <c r="J586" t="s">
+        <v>3847</v>
+      </c>
       <c r="K586" t="s">
-        <v>3851</v>
+        <v>3848</v>
       </c>
       <c r="L586" t="s">
-        <v>3852</v>
+        <v>3849</v>
       </c>
     </row>
     <row r="587" spans="1:12">
       <c r="A587">
         <v>586</v>
       </c>
       <c r="B587" t="s">
-        <v>3853</v>
+        <v>3850</v>
       </c>
       <c r="C587" t="s">
-        <v>3854</v>
+        <v>23</v>
       </c>
       <c r="D587" t="s">
-        <v>3855</v>
+        <v>704</v>
       </c>
       <c r="E587">
         <v>2026</v>
       </c>
       <c r="F587" t="s">
-        <v>3856</v>
+        <v>3851</v>
       </c>
       <c r="G587"/>
       <c r="H587" t="s">
-        <v>2938</v>
+        <v>3380</v>
       </c>
       <c r="I587" t="s">
-        <v>3857</v>
+        <v>3852</v>
       </c>
       <c r="J587" t="s">
-        <v>3858</v>
+        <v>3853</v>
       </c>
       <c r="K587" t="s">
-        <v>3859</v>
+        <v>3854</v>
       </c>
       <c r="L587" t="s">
-        <v>3860</v>
+        <v>3855</v>
       </c>
     </row>
     <row r="588" spans="1:12">
       <c r="A588">
         <v>587</v>
       </c>
       <c r="B588" t="s">
-        <v>3861</v>
+        <v>3856</v>
       </c>
       <c r="C588" t="s">
-        <v>1292</v>
+        <v>23</v>
       </c>
       <c r="D588" t="s">
-        <v>75</v>
+        <v>39</v>
       </c>
       <c r="E588">
         <v>2026</v>
       </c>
       <c r="F588" t="s">
-        <v>3862</v>
+        <v>3857</v>
       </c>
       <c r="G588"/>
       <c r="H588" t="s">
-        <v>779</v>
-[...6 lines deleted...]
-      </c>
+        <v>1695</v>
+      </c>
+      <c r="I588"/>
+      <c r="J588"/>
       <c r="K588" t="s">
-        <v>3865</v>
+        <v>3858</v>
       </c>
       <c r="L588" t="s">
-        <v>3866</v>
+        <v>3859</v>
       </c>
     </row>
     <row r="589" spans="1:12">
       <c r="A589">
         <v>588</v>
       </c>
       <c r="B589" t="s">
+        <v>3860</v>
+      </c>
+      <c r="C589" t="s">
+        <v>3861</v>
+      </c>
+      <c r="D589" t="s">
+        <v>3862</v>
+      </c>
+      <c r="E589">
+        <v>2026</v>
+      </c>
+      <c r="F589" t="s">
+        <v>3863</v>
+      </c>
+      <c r="G589"/>
+      <c r="H589" t="s">
+        <v>2941</v>
+      </c>
+      <c r="I589" t="s">
+        <v>3864</v>
+      </c>
+      <c r="J589" t="s">
+        <v>3865</v>
+      </c>
+      <c r="K589" t="s">
+        <v>3866</v>
+      </c>
+      <c r="L589" t="s">
         <v>3867</v>
-      </c>
-[...28 lines deleted...]
-        <v>3873</v>
       </c>
     </row>
     <row r="590" spans="1:12">
       <c r="A590">
         <v>589</v>
       </c>
       <c r="B590" t="s">
-        <v>3874</v>
+        <v>3868</v>
       </c>
       <c r="C590" t="s">
-        <v>83</v>
+        <v>1292</v>
       </c>
       <c r="D590" t="s">
-        <v>147</v>
+        <v>75</v>
       </c>
       <c r="E590">
         <v>2026</v>
       </c>
       <c r="F590" t="s">
-        <v>3875</v>
-[...3 lines deleted...]
-      </c>
+        <v>3869</v>
+      </c>
+      <c r="G590"/>
       <c r="H590" t="s">
-        <v>759</v>
+        <v>779</v>
       </c>
       <c r="I590" t="s">
-        <v>3877</v>
+        <v>3870</v>
       </c>
       <c r="J590" t="s">
-        <v>3878</v>
+        <v>3871</v>
       </c>
       <c r="K590" t="s">
-        <v>3879</v>
+        <v>3872</v>
       </c>
       <c r="L590" t="s">
-        <v>3880</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="591" spans="1:12">
       <c r="A591">
         <v>590</v>
       </c>
       <c r="B591" t="s">
-        <v>3881</v>
+        <v>3874</v>
       </c>
       <c r="C591" t="s">
-        <v>1600</v>
+        <v>29</v>
       </c>
       <c r="D591" t="s">
-        <v>118</v>
+        <v>371</v>
       </c>
       <c r="E591">
-        <v>2026</v>
+        <v>1972</v>
       </c>
       <c r="F591" t="s">
-        <v>3882</v>
+        <v>3875</v>
       </c>
       <c r="G591" t="s">
-        <v>3883</v>
+        <v>3876</v>
       </c>
       <c r="H591" t="s">
-        <v>3884</v>
+        <v>157</v>
       </c>
       <c r="I591" t="s">
-        <v>3885</v>
+        <v>3877</v>
       </c>
       <c r="J591" t="s">
-        <v>3886</v>
+        <v>3878</v>
       </c>
       <c r="K591" t="s">
-        <v>3887</v>
+        <v>3879</v>
       </c>
       <c r="L591" t="s">
-        <v>3888</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="592" spans="1:12">
       <c r="A592">
         <v>591</v>
       </c>
       <c r="B592" t="s">
-        <v>3889</v>
+        <v>3881</v>
       </c>
       <c r="C592" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="D592" t="s">
-        <v>948</v>
+        <v>147</v>
       </c>
       <c r="E592">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F592" t="s">
-        <v>3890</v>
-[...1 lines deleted...]
-      <c r="G592"/>
+        <v>3882</v>
+      </c>
+      <c r="G592" t="s">
+        <v>3883</v>
+      </c>
       <c r="H592" t="s">
-        <v>3891</v>
+        <v>759</v>
       </c>
       <c r="I592" t="s">
-        <v>3892</v>
+        <v>3884</v>
       </c>
       <c r="J592" t="s">
-        <v>3893</v>
+        <v>3885</v>
       </c>
       <c r="K592" t="s">
-        <v>3894</v>
+        <v>3886</v>
       </c>
       <c r="L592" t="s">
-        <v>3895</v>
+        <v>3887</v>
       </c>
     </row>
     <row r="593" spans="1:12">
       <c r="A593">
         <v>592</v>
       </c>
       <c r="B593" t="s">
-        <v>3896</v>
+        <v>3888</v>
       </c>
       <c r="C593" t="s">
-        <v>177</v>
+        <v>1600</v>
       </c>
       <c r="D593" t="s">
-        <v>39</v>
+        <v>118</v>
       </c>
       <c r="E593">
-        <v>1970</v>
+        <v>2026</v>
       </c>
       <c r="F593" t="s">
-        <v>3897</v>
-[...1 lines deleted...]
-      <c r="G593"/>
+        <v>3889</v>
+      </c>
+      <c r="G593" t="s">
+        <v>3890</v>
+      </c>
       <c r="H593" t="s">
-        <v>1187</v>
+        <v>3891</v>
       </c>
       <c r="I593" t="s">
-        <v>3898</v>
-[...1 lines deleted...]
-      <c r="J593"/>
+        <v>3892</v>
+      </c>
+      <c r="J593" t="s">
+        <v>3893</v>
+      </c>
       <c r="K593" t="s">
-        <v>3899</v>
+        <v>3894</v>
       </c>
       <c r="L593" t="s">
-        <v>3900</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="594" spans="1:12">
       <c r="A594">
         <v>593</v>
       </c>
       <c r="B594" t="s">
-        <v>3901</v>
+        <v>3896</v>
       </c>
       <c r="C594" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="D594" t="s">
         <v>948</v>
       </c>
       <c r="E594">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F594" t="s">
+        <v>3897</v>
+      </c>
+      <c r="G594"/>
+      <c r="H594" t="s">
+        <v>3898</v>
+      </c>
+      <c r="I594" t="s">
+        <v>3899</v>
+      </c>
+      <c r="J594" t="s">
+        <v>3900</v>
+      </c>
+      <c r="K594" t="s">
+        <v>3901</v>
+      </c>
+      <c r="L594" t="s">
         <v>3902</v>
-      </c>
-[...14 lines deleted...]
-        <v>3906</v>
       </c>
     </row>
     <row r="595" spans="1:12">
       <c r="A595">
         <v>594</v>
       </c>
       <c r="B595" t="s">
-        <v>3907</v>
+        <v>3903</v>
       </c>
       <c r="C595" t="s">
-        <v>259</v>
+        <v>177</v>
       </c>
       <c r="D595" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="E595">
-        <v>2026</v>
+        <v>1970</v>
       </c>
       <c r="F595" t="s">
-        <v>3908</v>
+        <v>3904</v>
       </c>
       <c r="G595"/>
       <c r="H595" t="s">
-        <v>3909</v>
+        <v>1187</v>
       </c>
       <c r="I595" t="s">
-        <v>3910</v>
-[...3 lines deleted...]
-      </c>
+        <v>3905</v>
+      </c>
+      <c r="J595"/>
       <c r="K595" t="s">
-        <v>3912</v>
+        <v>3906</v>
       </c>
       <c r="L595" t="s">
-        <v>3913</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="596" spans="1:12">
       <c r="A596">
         <v>595</v>
       </c>
       <c r="B596" t="s">
-        <v>3914</v>
+        <v>3908</v>
       </c>
       <c r="C596" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D596" t="s">
-        <v>14</v>
+        <v>948</v>
       </c>
       <c r="E596">
         <v>2026</v>
       </c>
       <c r="F596" t="s">
-        <v>3915</v>
+        <v>3909</v>
       </c>
       <c r="G596" t="s">
-        <v>3916</v>
+        <v>3910</v>
       </c>
       <c r="H596" t="s">
-        <v>793</v>
+        <v>2769</v>
       </c>
       <c r="I596" t="s">
-        <v>3917</v>
+        <v>3911</v>
       </c>
       <c r="J596" t="s">
-        <v>3918</v>
+        <v>3912</v>
       </c>
       <c r="K596"/>
       <c r="L596" t="s">
-        <v>3919</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="597" spans="1:12">
       <c r="A597">
         <v>596</v>
       </c>
       <c r="B597" t="s">
+        <v>3914</v>
+      </c>
+      <c r="C597" t="s">
+        <v>259</v>
+      </c>
+      <c r="D597" t="s">
+        <v>234</v>
+      </c>
+      <c r="E597">
+        <v>2026</v>
+      </c>
+      <c r="F597" t="s">
+        <v>3915</v>
+      </c>
+      <c r="G597"/>
+      <c r="H597" t="s">
+        <v>3916</v>
+      </c>
+      <c r="I597" t="s">
+        <v>3917</v>
+      </c>
+      <c r="J597" t="s">
+        <v>3918</v>
+      </c>
+      <c r="K597" t="s">
+        <v>3919</v>
+      </c>
+      <c r="L597" t="s">
         <v>3920</v>
-      </c>
-[...26 lines deleted...]
-        <v>3925</v>
       </c>
     </row>
     <row r="598" spans="1:12">
       <c r="A598">
         <v>597</v>
       </c>
       <c r="B598" t="s">
-        <v>3926</v>
+        <v>3921</v>
       </c>
       <c r="C598" t="s">
         <v>13</v>
       </c>
       <c r="D598" t="s">
         <v>14</v>
       </c>
       <c r="E598">
+        <v>2026</v>
+      </c>
+      <c r="F598" t="s">
+        <v>3922</v>
+      </c>
+      <c r="G598" t="s">
+        <v>3923</v>
+      </c>
+      <c r="H598" t="s">
+        <v>793</v>
+      </c>
+      <c r="I598" t="s">
+        <v>3924</v>
+      </c>
+      <c r="J598" t="s">
+        <v>3925</v>
+      </c>
+      <c r="K598"/>
+      <c r="L598" t="s">
+        <v>3926</v>
+      </c>
+    </row>
+    <row r="599" spans="1:12">
+      <c r="A599">
+        <v>598</v>
+      </c>
+      <c r="B599" t="s">
+        <v>3927</v>
+      </c>
+      <c r="C599" t="s">
+        <v>13</v>
+      </c>
+      <c r="D599" t="s">
+        <v>14</v>
+      </c>
+      <c r="E599">
+        <v>2026</v>
+      </c>
+      <c r="F599" t="s">
+        <v>3928</v>
+      </c>
+      <c r="G599" t="s">
+        <v>3929</v>
+      </c>
+      <c r="H599" t="s">
+        <v>254</v>
+      </c>
+      <c r="I599" t="s">
+        <v>3930</v>
+      </c>
+      <c r="J599" t="s">
+        <v>3931</v>
+      </c>
+      <c r="K599"/>
+      <c r="L599" t="s">
+        <v>3932</v>
+      </c>
+    </row>
+    <row r="600" spans="1:12">
+      <c r="A600">
+        <v>599</v>
+      </c>
+      <c r="B600" t="s">
+        <v>3933</v>
+      </c>
+      <c r="C600" t="s">
+        <v>13</v>
+      </c>
+      <c r="D600" t="s">
+        <v>14</v>
+      </c>
+      <c r="E600">
         <v>1985</v>
       </c>
-      <c r="F598" t="s">
-[...18 lines deleted...]
-        <v>3932</v>
+      <c r="F600" t="s">
+        <v>3934</v>
+      </c>
+      <c r="G600" t="s">
+        <v>3935</v>
+      </c>
+      <c r="H600" t="s">
+        <v>3362</v>
+      </c>
+      <c r="I600" t="s">
+        <v>3936</v>
+      </c>
+      <c r="J600" t="s">
+        <v>3937</v>
+      </c>
+      <c r="K600" t="s">
+        <v>3938</v>
+      </c>
+      <c r="L600" t="s">
+        <v>3939</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">